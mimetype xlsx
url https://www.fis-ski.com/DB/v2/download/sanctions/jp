--- v0 (2025-11-29)
+++ v1 (2025-12-27)
@@ -7,210 +7,657 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$9</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$42</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Men's Large Hill HS142</t>
+  </si>
+  <si>
+    <t>FIN</t>
+  </si>
+  <si>
+    <t>Ruka</t>
+  </si>
+  <si>
+    <t>LH</t>
+  </si>
+  <si>
+    <t>COC</t>
+  </si>
+  <si>
+    <t>14.12.2025</t>
+  </si>
+  <si>
+    <t>14.12.2025 12:21</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.9 - Air permeability of suit material / *with possible additional explanation</t>
+  </si>
+  <si>
+    <t>Disqualification (DSQ)</t>
+  </si>
+  <si>
+    <t>POL</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>Szymon</t>
+  </si>
+  <si>
+    <t>SARNIAK</t>
+  </si>
+  <si>
+    <t>Athlete</t>
+  </si>
+  <si>
+    <t>14.12.2025 13:24</t>
+  </si>
+  <si>
+    <t>Manipulation of Equipment after jump</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, 4.7.</t>
+  </si>
+  <si>
+    <t>NOR</t>
+  </si>
+  <si>
+    <t>Oddvar</t>
+  </si>
+  <si>
+    <t>GUNNEROED</t>
+  </si>
   <si>
     <t>SFWC</t>
   </si>
   <si>
-    <t>JP</t>
+    <t>Women's Large Hill HS132 Qualification</t>
+  </si>
+  <si>
+    <t>SWE</t>
+  </si>
+  <si>
+    <t>Falun</t>
+  </si>
+  <si>
+    <t>QUA</t>
+  </si>
+  <si>
+    <t>30.11.2025</t>
+  </si>
+  <si>
+    <t>30.11.2025 09:24</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>Minja</t>
+  </si>
+  <si>
+    <t>KORHONEN</t>
   </si>
   <si>
     <t>Women's Large Hill HS140</t>
   </si>
   <si>
-    <t>NOR</t>
-[...1 lines deleted...]
-  <si>
     <t>Lillehammer</t>
   </si>
   <si>
-    <t>LH</t>
-[...1 lines deleted...]
-  <si>
     <t>WC</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>22.11.2025 11:01</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, + 1 cm</t>
   </si>
   <si>
-    <t>Disqualification (DSQ)</t>
-[...1 lines deleted...]
-  <si>
     <t>UKR</t>
   </si>
   <si>
-    <t>W</t>
-[...1 lines deleted...]
-  <si>
     <t>Zhanna</t>
   </si>
   <si>
     <t>HLUKHOVA</t>
   </si>
   <si>
-    <t>Athlete</t>
+    <t>Men's Normal Hill HS98</t>
+  </si>
+  <si>
+    <t>Notodden</t>
+  </si>
+  <si>
+    <t>NH</t>
+  </si>
+  <si>
+    <t>FC</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
+  </si>
+  <si>
+    <t>13.12.2025 13:51</t>
+  </si>
+  <si>
+    <t>Boot +0,5cm</t>
+  </si>
+  <si>
+    <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm</t>
+  </si>
+  <si>
+    <t>Brage</t>
+  </si>
+  <si>
+    <t>STENSLAND-LARSEN</t>
+  </si>
+  <si>
+    <t>14.12.2025 12:30</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.6 - Leg length</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>Bryce</t>
+  </si>
+  <si>
+    <t>KLOC</t>
+  </si>
+  <si>
+    <t>Men's Large Hill HS140 Qualification</t>
+  </si>
+  <si>
+    <t>SUI</t>
+  </si>
+  <si>
+    <t>Engelberg</t>
+  </si>
+  <si>
+    <t>19.12.2025</t>
+  </si>
+  <si>
+    <t>19.12.2025 16:12</t>
+  </si>
+  <si>
+    <t>SCE C 2.2 - Binding – Incorrect placement of binding</t>
+  </si>
+  <si>
+    <t>KAZ</t>
+  </si>
+  <si>
+    <t>Ilya</t>
+  </si>
+  <si>
+    <t>MIZERNYKH</t>
+  </si>
+  <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
+    <t>12.12.2025 15:48</t>
+  </si>
+  <si>
+    <t>Tolerance at waist - Suit exceeds allowed size by 5cm</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm</t>
+  </si>
+  <si>
+    <t>Lukasz</t>
+  </si>
+  <si>
+    <t>LUKASZCZYK</t>
   </si>
   <si>
     <t>Men's Large Hill HS140</t>
   </si>
   <si>
     <t>23.11.2025</t>
   </si>
   <si>
     <t>23.11.2025 15:08</t>
   </si>
   <si>
     <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm, + 3 mm</t>
   </si>
   <si>
     <t>SVK</t>
   </si>
   <si>
-    <t>M</t>
-[...1 lines deleted...]
-  <si>
     <t>Hektor</t>
   </si>
   <si>
     <t>KAPUSTIK</t>
   </si>
   <si>
+    <t>Women's Large Hill HS134 Qualification</t>
+  </si>
+  <si>
+    <t>Wisla</t>
+  </si>
+  <si>
+    <t>04.12.2025</t>
+  </si>
+  <si>
+    <t>04.12.2025 12:18</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, 3cm</t>
+  </si>
+  <si>
+    <t>FRA</t>
+  </si>
+  <si>
+    <t>Emma</t>
+  </si>
+  <si>
+    <t>CHERVET</t>
+  </si>
+  <si>
     <t>22.11.2025 12:20</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, +1 cm</t>
   </si>
   <si>
     <t>CHN</t>
   </si>
   <si>
     <t>Ping</t>
   </si>
   <si>
     <t>ZENG</t>
   </si>
   <si>
+    <t>04.12.2025 12:07</t>
+  </si>
+  <si>
+    <t>SCE C 1.2.1.1 - Ski length / Too long ski, 1 cm</t>
+  </si>
+  <si>
+    <t>Liangyao</t>
+  </si>
+  <si>
+    <t>WANG</t>
+  </si>
+  <si>
     <t>Men's Large Hill HS132 Qualification</t>
   </si>
   <si>
-    <t>SWE</t>
-[...7 lines deleted...]
-  <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>26.11.2025 11:18</t>
   </si>
   <si>
-    <t>SCE C 4.4.9 - Air permeability of suit material / *with possible additional explanation</t>
-[...1 lines deleted...]
-  <si>
     <t>Weijie</t>
   </si>
   <si>
     <t>ZHEN</t>
   </si>
   <si>
+    <t>19.12.2025 15:58</t>
+  </si>
+  <si>
+    <t>SCE C 4.7.1 - Violation of start control procedure</t>
+  </si>
+  <si>
+    <t>Yixin</t>
+  </si>
+  <si>
+    <t>LYU</t>
+  </si>
+  <si>
+    <t>21.12.2025</t>
+  </si>
+  <si>
+    <t>21.12.2025 16:05</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit</t>
+  </si>
+  <si>
+    <t>Erik</t>
+  </si>
+  <si>
+    <t>BELSHAW</t>
+  </si>
+  <si>
+    <t>Women's Large Hill HS140 Qualification</t>
+  </si>
+  <si>
+    <t>20.12.2025</t>
+  </si>
+  <si>
+    <t>20.12.2025 12:01</t>
+  </si>
+  <si>
+    <t>Tamara</t>
+  </si>
+  <si>
+    <t>MESIKOVA</t>
+  </si>
+  <si>
+    <t>21.12.2025 10:22</t>
+  </si>
+  <si>
+    <t>SCE C 1.2.1.1 - Ski length / Too long ski</t>
+  </si>
+  <si>
+    <t>Men's Normal Hill HS106</t>
+  </si>
+  <si>
+    <t>Kandersteg</t>
+  </si>
+  <si>
+    <t>06.12.2025</t>
+  </si>
+  <si>
+    <t>06.12.2025 19:00</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.6 - Leg length, 0.9 cm too short</t>
+  </si>
+  <si>
+    <t>SLO</t>
+  </si>
+  <si>
+    <t>Anej</t>
+  </si>
+  <si>
+    <t>RAZPOTNIK</t>
+  </si>
+  <si>
+    <t>14.12.2025 12:43</t>
+  </si>
+  <si>
+    <t>GER</t>
+  </si>
+  <si>
+    <t>Max</t>
+  </si>
+  <si>
+    <t>UNGLAUBE</t>
+  </si>
+  <si>
+    <t>04.12.2025 13:01</t>
+  </si>
+  <si>
+    <t>SCE C 1.2.1.1 - Ski length / Too long ski, 1cm</t>
+  </si>
+  <si>
+    <t>Nika</t>
+  </si>
+  <si>
+    <t>PREVC</t>
+  </si>
+  <si>
+    <t>21.12.2025 15:02</t>
+  </si>
+  <si>
+    <t>Danil</t>
+  </si>
+  <si>
+    <t>VASSILYEV</t>
+  </si>
+  <si>
     <t>22.11.2025 15:12</t>
   </si>
   <si>
-    <t>FIN</t>
-[...1 lines deleted...]
-  <si>
     <t>Kasperi</t>
   </si>
   <si>
     <t>VALTO</t>
   </si>
   <si>
+    <t>13.12.2025 13:12</t>
+  </si>
+  <si>
+    <t>Rok</t>
+  </si>
+  <si>
+    <t>MASLE</t>
+  </si>
+  <si>
+    <t>30.11.2025 09:20</t>
+  </si>
+  <si>
+    <t>Veronika</t>
+  </si>
+  <si>
+    <t>SHISHKINA</t>
+  </si>
+  <si>
+    <t>Klingenthal</t>
+  </si>
+  <si>
+    <t>12.12.2025 14:30</t>
+  </si>
+  <si>
+    <t>06.12.2025 19:05</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.6 - Leg length, 1 cm too short</t>
+  </si>
+  <si>
+    <t>Emanuel</t>
+  </si>
+  <si>
+    <t>SCHMID</t>
+  </si>
+  <si>
+    <t>19.12.2025 15:56</t>
+  </si>
+  <si>
+    <t>ROU</t>
+  </si>
+  <si>
+    <t>Daniel Andrei</t>
+  </si>
+  <si>
+    <t>CACINA</t>
+  </si>
+  <si>
+    <t>19.12.2025 16:27</t>
+  </si>
+  <si>
+    <t>Antti</t>
+  </si>
+  <si>
+    <t>AALTO</t>
+  </si>
+  <si>
+    <t>19.12.2025 15:52</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.7 - Crotch control</t>
+  </si>
+  <si>
+    <t>Mihnea Alexandru</t>
+  </si>
+  <si>
+    <t>SPULBER</t>
+  </si>
+  <si>
+    <t>21.12.2025 14:37</t>
+  </si>
+  <si>
+    <t>SCE C 1.2.1.2 -  Ski width</t>
+  </si>
+  <si>
+    <t>Men's Large Hill HS134</t>
+  </si>
+  <si>
+    <t>07.12.2025</t>
+  </si>
+  <si>
+    <t>07.12.2025 14:42</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, crotch after jump</t>
+  </si>
+  <si>
+    <t>ITA</t>
+  </si>
+  <si>
+    <t>Alex</t>
+  </si>
+  <si>
+    <t>INSAM</t>
+  </si>
+  <si>
+    <t>20.12.2025 16:14</t>
+  </si>
+  <si>
+    <t>21.12.2025 11:48</t>
+  </si>
+  <si>
+    <t>Daniela Vasilica</t>
+  </si>
+  <si>
+    <t>TOTH</t>
+  </si>
+  <si>
     <t>23.11.2025 15:10</t>
   </si>
   <si>
     <t>TUR</t>
   </si>
   <si>
     <t>Fatih Arda</t>
   </si>
   <si>
     <t>IPCIOGLU</t>
   </si>
   <si>
+    <t>14.12.2025 16:04</t>
+  </si>
+  <si>
+    <t>SCE C 1.2.1.1 - Ski length / Too long ski, SCE 1.2.1.1 - Ski too long - 1 cm</t>
+  </si>
+  <si>
+    <t>Disqualification (DSQ), Disqualification (DSQ), Disqualification (DSQ)</t>
+  </si>
+  <si>
     <t>22.11.2025 11:12</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, Arm + 3 cm</t>
   </si>
   <si>
-    <t>GER</t>
-[...1 lines deleted...]
-  <si>
     <t>Anna</t>
   </si>
   <si>
     <t>HOLLANDT</t>
+  </si>
+  <si>
+    <t>07.12.2025 10:15</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.7 - Crotch control, low crotch</t>
+  </si>
+  <si>
+    <t>CAN</t>
+  </si>
+  <si>
+    <t>Eric</t>
+  </si>
+  <si>
+    <t>MITCHELL</t>
+  </si>
+  <si>
+    <t>21.12.2025 15:27</t>
+  </si>
+  <si>
+    <t>BUL</t>
+  </si>
+  <si>
+    <t>Vladimir</t>
+  </si>
+  <si>
+    <t>ZOGRAFSKI</t>
+  </si>
+  <si>
+    <t>12.12.2025 16:40</t>
+  </si>
+  <si>
+    <t>SCE C 1.2.1.3 - Ski tip curve / Ski tip too flat</t>
+  </si>
+  <si>
+    <t>Juliane</t>
+  </si>
+  <si>
+    <t>SEYFARTH</t>
+  </si>
+  <si>
+    <t>20.12.2025 16:04</t>
+  </si>
+  <si>
+    <t>Mackenzie</t>
+  </si>
+  <si>
+    <t>BOYD-CLOWES</t>
   </si>
   <si>
     <t>Major_category</t>
   </si>
   <si>
     <t>Discipline</t>
   </si>
   <si>
     <t>Raceid</t>
   </si>
   <si>
     <t>Competitorid</t>
   </si>
   <si>
     <t>Codex</t>
   </si>
   <si>
     <t>Race</t>
   </si>
   <si>
     <t>Nation</t>
   </si>
   <si>
     <t>Place</t>
   </si>
@@ -631,618 +1078,2742 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.426" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="13.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="14.996" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.14" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="103.689" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="24.994" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.14" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="21.281" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
-        <v>74</v>
+        <v>223</v>
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="1" t="s">
-        <v>73</v>
+        <v>222</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>72</v>
+        <v>221</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>71</v>
+        <v>220</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>70</v>
+        <v>219</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>69</v>
+        <v>218</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>68</v>
+        <v>217</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>67</v>
+        <v>216</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>66</v>
+        <v>215</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>65</v>
+        <v>214</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>64</v>
+        <v>213</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>63</v>
+        <v>212</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>62</v>
+        <v>211</v>
       </c>
       <c r="M2" s="1" t="s">
-        <v>61</v>
+        <v>210</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>60</v>
+        <v>209</v>
       </c>
       <c r="O2" s="1" t="s">
-        <v>59</v>
+        <v>208</v>
       </c>
       <c r="P2" s="1" t="s">
-        <v>58</v>
+        <v>207</v>
       </c>
       <c r="Q2" s="1" t="s">
-        <v>57</v>
+        <v>206</v>
       </c>
       <c r="R2" s="1" t="s">
-        <v>56</v>
+        <v>205</v>
       </c>
       <c r="S2" s="1" t="s">
-        <v>55</v>
+        <v>204</v>
       </c>
       <c r="T2" s="1" t="s">
-        <v>54</v>
+        <v>203</v>
       </c>
       <c r="U2" s="1" t="s">
-        <v>53</v>
+        <v>202</v>
       </c>
       <c r="V2" s="1" t="s">
-        <v>52</v>
+        <v>201</v>
       </c>
       <c r="W2" s="1" t="s">
-        <v>51</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B3">
-        <v>5883</v>
+        <v>4678</v>
       </c>
       <c r="C3" t="s">
-        <v>50</v>
+        <v>199</v>
       </c>
       <c r="D3" t="s">
-        <v>49</v>
+        <v>198</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F3" t="s">
-        <v>48</v>
+        <v>186</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J3" t="s">
-        <v>47</v>
+        <v>105</v>
       </c>
       <c r="L3" t="s">
-        <v>46</v>
+        <v>197</v>
       </c>
       <c r="M3" t="s">
-        <v>7</v>
+        <v>109</v>
       </c>
       <c r="N3" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="O3" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P3" t="s">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="Q3" t="s">
-        <v>3</v>
+        <v>56</v>
       </c>
       <c r="R3" t="s">
-        <v>2</v>
+        <v>70</v>
       </c>
       <c r="S3">
-        <v>3064</v>
+        <v>3098</v>
       </c>
       <c r="T3">
-        <v>138378</v>
+        <v>78803</v>
       </c>
       <c r="U3">
-        <v>7461</v>
+        <v>7495</v>
       </c>
       <c r="V3" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="W3" t="s">
-        <v>0</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B4">
-        <v>6177</v>
+        <v>1952</v>
       </c>
       <c r="C4" t="s">
-        <v>45</v>
+        <v>196</v>
       </c>
       <c r="D4" t="s">
-        <v>44</v>
+        <v>195</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>43</v>
+        <v>124</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J4" t="s">
-        <v>9</v>
+        <v>194</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>193</v>
       </c>
       <c r="M4" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="N4" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="O4" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P4" t="s">
-        <v>4</v>
+        <v>143</v>
       </c>
       <c r="Q4" t="s">
-        <v>3</v>
+        <v>124</v>
       </c>
       <c r="R4" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="S4">
-        <v>3069</v>
+        <v>3225</v>
       </c>
       <c r="T4">
-        <v>151263</v>
+        <v>97562</v>
       </c>
       <c r="U4">
-        <v>7466</v>
+        <v>7626</v>
       </c>
       <c r="V4" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="W4" t="s">
-        <v>0</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B5">
-        <v>7873</v>
+        <v>5168</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>192</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>191</v>
       </c>
       <c r="E5" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F5" t="s">
-        <v>39</v>
+        <v>190</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J5" t="s">
-        <v>9</v>
+        <v>161</v>
       </c>
       <c r="L5" t="s">
-        <v>38</v>
+        <v>189</v>
       </c>
       <c r="M5" t="s">
-        <v>7</v>
+        <v>103</v>
       </c>
       <c r="N5" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="O5" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P5" t="s">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="Q5" t="s">
-        <v>3</v>
+        <v>56</v>
       </c>
       <c r="R5" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="S5">
-        <v>3065</v>
+        <v>3100</v>
       </c>
       <c r="T5">
-        <v>212624</v>
+        <v>111930</v>
       </c>
       <c r="U5">
-        <v>7462</v>
+        <v>7497</v>
       </c>
       <c r="V5" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="W5" t="s">
-        <v>0</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B6">
-        <v>8514</v>
+        <v>5805</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>188</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>187</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F6" t="s">
-        <v>26</v>
+        <v>186</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J6" t="s">
-        <v>35</v>
+        <v>185</v>
       </c>
       <c r="L6" t="s">
-        <v>34</v>
+        <v>184</v>
       </c>
       <c r="M6" t="s">
-        <v>33</v>
+        <v>163</v>
       </c>
       <c r="N6" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="O6" t="s">
-        <v>5</v>
+        <v>42</v>
       </c>
       <c r="P6" t="s">
-        <v>31</v>
+        <v>116</v>
       </c>
       <c r="Q6" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="R6" t="s">
-        <v>29</v>
+        <v>115</v>
       </c>
       <c r="S6">
-        <v>3072</v>
+        <v>3252</v>
       </c>
       <c r="T6">
-        <v>237718</v>
+        <v>136847</v>
       </c>
       <c r="U6">
-        <v>7469</v>
+        <v>7653</v>
       </c>
       <c r="V6" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B7">
-        <v>8526</v>
+        <v>5883</v>
       </c>
       <c r="C7" t="s">
+        <v>183</v>
+      </c>
+      <c r="D7" t="s">
+        <v>182</v>
+      </c>
+      <c r="E7" t="s">
         <v>28</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>26</v>
+        <v>124</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J7" t="s">
-        <v>25</v>
+        <v>181</v>
       </c>
       <c r="L7" t="s">
-        <v>24</v>
+        <v>180</v>
       </c>
       <c r="M7" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="N7" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="O7" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P7" t="s">
-        <v>4</v>
+        <v>32</v>
       </c>
       <c r="Q7" t="s">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="R7" t="s">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="S7">
         <v>3064</v>
       </c>
       <c r="T7">
-        <v>237730</v>
+        <v>138378</v>
       </c>
       <c r="U7">
         <v>7461</v>
       </c>
       <c r="V7" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="W7" t="s">
-        <v>0</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B8">
-        <v>8558</v>
+        <v>6177</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>175</v>
       </c>
       <c r="E8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" t="s">
+        <v>174</v>
+      </c>
+      <c r="G8">
+        <v>0</v>
+      </c>
+      <c r="H8" t="s">
+        <v>179</v>
+      </c>
+      <c r="J8" t="s">
+        <v>178</v>
+      </c>
+      <c r="L8" t="s">
+        <v>177</v>
+      </c>
+      <c r="M8" t="s">
+        <v>6</v>
+      </c>
+      <c r="N8" t="s">
+        <v>33</v>
+      </c>
+      <c r="O8" t="s">
+        <v>4</v>
+      </c>
+      <c r="P8" t="s">
+        <v>143</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>124</v>
+      </c>
+      <c r="R8" t="s">
+        <v>70</v>
+      </c>
+      <c r="S8">
+        <v>3228</v>
+      </c>
+      <c r="T8">
+        <v>151263</v>
+      </c>
+      <c r="U8">
+        <v>7629</v>
+      </c>
+      <c r="V8" t="s">
+        <v>0</v>
+      </c>
+      <c r="W8" t="s">
         <v>21</v>
-      </c>
-[...46 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9">
+        <v>6177</v>
+      </c>
+      <c r="C9" t="s">
+        <v>176</v>
+      </c>
+      <c r="D9" t="s">
+        <v>175</v>
+      </c>
+      <c r="E9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" t="s">
+        <v>174</v>
+      </c>
+      <c r="G9">
+        <v>2</v>
+      </c>
+      <c r="H9" t="s">
+        <v>9</v>
+      </c>
+      <c r="J9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>173</v>
+      </c>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O9" t="s">
+        <v>4</v>
+      </c>
+      <c r="P9" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>18</v>
+      </c>
+      <c r="R9" t="s">
+        <v>70</v>
+      </c>
+      <c r="S9">
+        <v>3069</v>
+      </c>
+      <c r="T9">
+        <v>151263</v>
+      </c>
+      <c r="U9">
+        <v>7466</v>
+      </c>
+      <c r="V9" t="s">
+        <v>0</v>
+      </c>
+      <c r="W9" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" t="s">
+        <v>14</v>
+      </c>
+      <c r="B10">
+        <v>6563</v>
+      </c>
+      <c r="C10" t="s">
+        <v>172</v>
+      </c>
+      <c r="D10" t="s">
+        <v>171</v>
+      </c>
+      <c r="E10" t="s">
+        <v>28</v>
+      </c>
+      <c r="F10" t="s">
+        <v>150</v>
+      </c>
+      <c r="G10">
+        <v>1</v>
+      </c>
+      <c r="H10" t="s">
+        <v>9</v>
+      </c>
+      <c r="J10" t="s">
+        <v>161</v>
+      </c>
+      <c r="L10" t="s">
+        <v>170</v>
+      </c>
+      <c r="M10" t="s">
+        <v>103</v>
+      </c>
+      <c r="N10" t="s">
+        <v>33</v>
+      </c>
+      <c r="O10" t="s">
+        <v>4</v>
+      </c>
+      <c r="P10" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>56</v>
+      </c>
+      <c r="R10" t="s">
+        <v>31</v>
+      </c>
+      <c r="S10">
+        <v>3101</v>
+      </c>
+      <c r="T10">
+        <v>166476</v>
+      </c>
+      <c r="U10">
+        <v>7498</v>
+      </c>
+      <c r="V10" t="s">
+        <v>0</v>
+      </c>
+      <c r="W10" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11">
+        <v>6758</v>
+      </c>
+      <c r="C11" t="s">
+        <v>168</v>
+      </c>
+      <c r="D11" t="s">
+        <v>167</v>
+      </c>
+      <c r="E11" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" t="s">
+        <v>166</v>
+      </c>
+      <c r="G11">
+        <v>0</v>
+      </c>
+      <c r="H11" t="s">
+        <v>9</v>
+      </c>
+      <c r="J11" t="s">
+        <v>157</v>
+      </c>
+      <c r="L11" t="s">
+        <v>169</v>
+      </c>
+      <c r="M11" t="s">
+        <v>109</v>
+      </c>
+      <c r="N11" t="s">
+        <v>33</v>
+      </c>
+      <c r="O11" t="s">
+        <v>4</v>
+      </c>
+      <c r="P11" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>56</v>
+      </c>
+      <c r="R11" t="s">
+        <v>70</v>
+      </c>
+      <c r="S11">
+        <v>3098</v>
+      </c>
+      <c r="T11">
+        <v>175089</v>
+      </c>
+      <c r="U11">
+        <v>7495</v>
+      </c>
+      <c r="V11" t="s">
+        <v>0</v>
+      </c>
+      <c r="W11" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12">
+        <v>6758</v>
+      </c>
+      <c r="C12" t="s">
+        <v>168</v>
+      </c>
+      <c r="D12" t="s">
+        <v>167</v>
+      </c>
+      <c r="E12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" t="s">
+        <v>166</v>
+      </c>
+      <c r="G12">
+        <v>2</v>
+      </c>
+      <c r="H12" t="s">
+        <v>9</v>
+      </c>
+      <c r="J12" t="s">
+        <v>165</v>
+      </c>
+      <c r="L12" t="s">
+        <v>164</v>
+      </c>
+      <c r="M12" t="s">
+        <v>163</v>
+      </c>
+      <c r="N12" t="s">
+        <v>33</v>
+      </c>
+      <c r="O12" t="s">
+        <v>4</v>
+      </c>
+      <c r="P12" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>10</v>
+      </c>
+      <c r="R12" t="s">
+        <v>162</v>
+      </c>
+      <c r="S12">
+        <v>3089</v>
+      </c>
+      <c r="T12">
+        <v>175089</v>
+      </c>
+      <c r="U12">
+        <v>7486</v>
+      </c>
+      <c r="V12" t="s">
+        <v>0</v>
+      </c>
+      <c r="W12" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B13">
+        <v>6807</v>
+      </c>
+      <c r="C13" t="s">
+        <v>159</v>
+      </c>
+      <c r="D13" t="s">
+        <v>158</v>
+      </c>
+      <c r="E13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" t="s">
+        <v>150</v>
+      </c>
+      <c r="G13">
+        <v>0</v>
+      </c>
+      <c r="H13" t="s">
+        <v>9</v>
+      </c>
+      <c r="J13" t="s">
+        <v>161</v>
+      </c>
+      <c r="L13" t="s">
+        <v>160</v>
+      </c>
+      <c r="M13" t="s">
+        <v>103</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>4</v>
+      </c>
+      <c r="P13" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>56</v>
+      </c>
+      <c r="R13" t="s">
+        <v>55</v>
+      </c>
+      <c r="S13">
+        <v>3100</v>
+      </c>
+      <c r="T13">
+        <v>178038</v>
+      </c>
+      <c r="U13">
+        <v>7497</v>
+      </c>
+      <c r="V13" t="s">
+        <v>0</v>
+      </c>
+      <c r="W13" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="14" spans="1:23">
+      <c r="A14" t="s">
+        <v>14</v>
+      </c>
+      <c r="B14">
+        <v>6807</v>
+      </c>
+      <c r="C14" t="s">
+        <v>159</v>
+      </c>
+      <c r="D14" t="s">
+        <v>158</v>
+      </c>
+      <c r="E14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" t="s">
+        <v>150</v>
+      </c>
+      <c r="G14">
+        <v>2</v>
+      </c>
+      <c r="H14" t="s">
+        <v>9</v>
+      </c>
+      <c r="J14" t="s">
+        <v>157</v>
+      </c>
+      <c r="L14" t="s">
+        <v>156</v>
+      </c>
+      <c r="M14" t="s">
+        <v>58</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>4</v>
+      </c>
+      <c r="P14" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>56</v>
+      </c>
+      <c r="R14" t="s">
+        <v>55</v>
+      </c>
+      <c r="S14">
+        <v>3096</v>
+      </c>
+      <c r="T14">
+        <v>178038</v>
+      </c>
+      <c r="U14">
+        <v>7493</v>
+      </c>
+      <c r="V14" t="s">
+        <v>0</v>
+      </c>
+      <c r="W14" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="15" spans="1:23">
+      <c r="A15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B15">
+        <v>6996</v>
+      </c>
+      <c r="C15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D15" t="s">
+        <v>154</v>
+      </c>
+      <c r="E15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" t="s">
+        <v>2</v>
+      </c>
+      <c r="G15">
+        <v>1</v>
+      </c>
+      <c r="H15" t="s">
+        <v>9</v>
+      </c>
+      <c r="J15" t="s">
+        <v>105</v>
+      </c>
+      <c r="L15" t="s">
+        <v>153</v>
+      </c>
+      <c r="M15" t="s">
+        <v>58</v>
+      </c>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>4</v>
+      </c>
+      <c r="P15" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>56</v>
+      </c>
+      <c r="R15" t="s">
+        <v>55</v>
+      </c>
+      <c r="S15">
+        <v>3096</v>
+      </c>
+      <c r="T15">
+        <v>182547</v>
+      </c>
+      <c r="U15">
+        <v>7493</v>
+      </c>
+      <c r="V15" t="s">
+        <v>0</v>
+      </c>
+      <c r="W15" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="16" spans="1:23">
+      <c r="A16" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16">
+        <v>7048</v>
+      </c>
+      <c r="C16" t="s">
+        <v>152</v>
+      </c>
+      <c r="D16" t="s">
+        <v>151</v>
+      </c>
+      <c r="E16" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" t="s">
+        <v>150</v>
+      </c>
+      <c r="G16">
+        <v>1</v>
+      </c>
+      <c r="H16" t="s">
+        <v>9</v>
+      </c>
+      <c r="J16" t="s">
+        <v>105</v>
+      </c>
+      <c r="L16" t="s">
+        <v>149</v>
+      </c>
+      <c r="M16" t="s">
+        <v>58</v>
+      </c>
+      <c r="N16" t="s">
+        <v>25</v>
+      </c>
+      <c r="O16" t="s">
+        <v>4</v>
+      </c>
+      <c r="P16" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>56</v>
+      </c>
+      <c r="R16" t="s">
+        <v>55</v>
+      </c>
+      <c r="S16">
+        <v>3096</v>
+      </c>
+      <c r="T16">
+        <v>184854</v>
+      </c>
+      <c r="U16">
+        <v>7493</v>
+      </c>
+      <c r="V16" t="s">
+        <v>0</v>
+      </c>
+      <c r="W16" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="17" spans="1:23">
+      <c r="A17" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17">
+        <v>7385</v>
+      </c>
+      <c r="C17" t="s">
+        <v>148</v>
+      </c>
+      <c r="D17" t="s">
+        <v>147</v>
+      </c>
+      <c r="E17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" t="s">
+        <v>124</v>
+      </c>
+      <c r="G17">
+        <v>1</v>
+      </c>
+      <c r="H17" t="s">
+        <v>9</v>
+      </c>
+      <c r="J17" t="s">
+        <v>146</v>
+      </c>
+      <c r="L17" t="s">
+        <v>145</v>
+      </c>
+      <c r="M17" t="s">
+        <v>117</v>
+      </c>
+      <c r="N17" t="s">
+        <v>43</v>
+      </c>
+      <c r="O17" t="s">
+        <v>42</v>
+      </c>
+      <c r="P17" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>56</v>
+      </c>
+      <c r="R17" t="s">
+        <v>115</v>
+      </c>
+      <c r="S17">
+        <v>3251</v>
+      </c>
+      <c r="T17">
+        <v>196652</v>
+      </c>
+      <c r="U17">
+        <v>7652</v>
+      </c>
+      <c r="V17" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:23">
+      <c r="A18" t="s">
+        <v>14</v>
+      </c>
+      <c r="B18">
+        <v>7579</v>
+      </c>
+      <c r="C18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D18" t="s">
+        <v>141</v>
+      </c>
+      <c r="E18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F18" t="s">
+        <v>61</v>
+      </c>
+      <c r="G18">
+        <v>0</v>
+      </c>
+      <c r="H18" t="s">
+        <v>9</v>
+      </c>
+      <c r="J18" t="s">
+        <v>8</v>
+      </c>
+      <c r="L18" t="s">
+        <v>144</v>
+      </c>
+      <c r="M18" t="s">
+        <v>64</v>
+      </c>
+      <c r="N18" t="s">
+        <v>25</v>
+      </c>
+      <c r="O18" t="s">
+        <v>4</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>124</v>
+      </c>
+      <c r="R18" t="s">
+        <v>108</v>
+      </c>
+      <c r="S18">
+        <v>3224</v>
+      </c>
+      <c r="T18">
+        <v>203232</v>
+      </c>
+      <c r="U18">
+        <v>7625</v>
+      </c>
+      <c r="V18" t="s">
+        <v>0</v>
+      </c>
+      <c r="W18" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="19" spans="1:23">
+      <c r="A19" t="s">
+        <v>14</v>
+      </c>
+      <c r="B19">
+        <v>7579</v>
+      </c>
+      <c r="C19" t="s">
+        <v>142</v>
+      </c>
+      <c r="D19" t="s">
+        <v>141</v>
+      </c>
+      <c r="E19" t="s">
+        <v>28</v>
+      </c>
+      <c r="F19" t="s">
+        <v>61</v>
+      </c>
+      <c r="G19">
+        <v>2</v>
+      </c>
+      <c r="H19" t="s">
+        <v>9</v>
+      </c>
+      <c r="J19" t="s">
+        <v>8</v>
+      </c>
+      <c r="L19" t="s">
+        <v>140</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>25</v>
+      </c>
+      <c r="O19" t="s">
+        <v>4</v>
+      </c>
+      <c r="P19" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>23</v>
+      </c>
+      <c r="R19" t="s">
+        <v>22</v>
+      </c>
+      <c r="S19">
+        <v>3076</v>
+      </c>
+      <c r="T19">
+        <v>203232</v>
+      </c>
+      <c r="U19">
+        <v>7473</v>
+      </c>
+      <c r="V19" t="s">
+        <v>0</v>
+      </c>
+      <c r="W19" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="20" spans="1:23">
+      <c r="A20" t="s">
+        <v>14</v>
+      </c>
+      <c r="B20">
+        <v>7620</v>
+      </c>
+      <c r="C20" t="s">
+        <v>139</v>
+      </c>
+      <c r="D20" t="s">
+        <v>138</v>
+      </c>
+      <c r="E20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" t="s">
+        <v>120</v>
+      </c>
+      <c r="G20">
+        <v>1</v>
+      </c>
+      <c r="H20" t="s">
+        <v>9</v>
+      </c>
+      <c r="J20" t="s">
+        <v>8</v>
+      </c>
+      <c r="L20" t="s">
+        <v>137</v>
+      </c>
+      <c r="M20" t="s">
+        <v>44</v>
+      </c>
+      <c r="N20" t="s">
+        <v>5</v>
+      </c>
+      <c r="O20" t="s">
+        <v>4</v>
+      </c>
+      <c r="P20" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>2</v>
+      </c>
+      <c r="R20" t="s">
+        <v>1</v>
+      </c>
+      <c r="S20">
+        <v>3208</v>
+      </c>
+      <c r="T20">
+        <v>204078</v>
+      </c>
+      <c r="U20">
+        <v>7609</v>
+      </c>
+      <c r="V20" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:23">
+      <c r="A21" t="s">
+        <v>14</v>
+      </c>
+      <c r="B21">
+        <v>7873</v>
+      </c>
+      <c r="C21" t="s">
+        <v>136</v>
+      </c>
+      <c r="D21" t="s">
+        <v>135</v>
+      </c>
+      <c r="E21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" t="s">
+        <v>2</v>
+      </c>
+      <c r="G21">
+        <v>1</v>
+      </c>
+      <c r="H21" t="s">
+        <v>9</v>
+      </c>
+      <c r="J21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>134</v>
+      </c>
+      <c r="M21" t="s">
+        <v>34</v>
+      </c>
+      <c r="N21" t="s">
+        <v>33</v>
+      </c>
+      <c r="O21" t="s">
+        <v>4</v>
+      </c>
+      <c r="P21" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>18</v>
+      </c>
+      <c r="R21" t="s">
+        <v>70</v>
+      </c>
+      <c r="S21">
+        <v>3065</v>
+      </c>
+      <c r="T21">
+        <v>212624</v>
+      </c>
+      <c r="U21">
+        <v>7462</v>
+      </c>
+      <c r="V21" t="s">
+        <v>0</v>
+      </c>
+      <c r="W21" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="22" spans="1:23">
+      <c r="A22" t="s">
+        <v>14</v>
+      </c>
+      <c r="B22">
+        <v>7888</v>
+      </c>
+      <c r="C22" t="s">
+        <v>133</v>
+      </c>
+      <c r="D22" t="s">
+        <v>132</v>
+      </c>
+      <c r="E22" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" t="s">
+        <v>61</v>
+      </c>
+      <c r="G22">
+        <v>1</v>
+      </c>
+      <c r="H22" t="s">
+        <v>9</v>
+      </c>
+      <c r="J22" t="s">
+        <v>105</v>
+      </c>
+      <c r="L22" t="s">
+        <v>131</v>
+      </c>
+      <c r="M22" t="s">
+        <v>103</v>
+      </c>
+      <c r="N22" t="s">
+        <v>25</v>
+      </c>
+      <c r="O22" t="s">
+        <v>4</v>
+      </c>
+      <c r="P22" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>56</v>
+      </c>
+      <c r="R22" t="s">
+        <v>55</v>
+      </c>
+      <c r="S22">
+        <v>3100</v>
+      </c>
+      <c r="T22">
+        <v>213180</v>
+      </c>
+      <c r="U22">
+        <v>7497</v>
+      </c>
+      <c r="V22" t="s">
+        <v>0</v>
+      </c>
+      <c r="W22" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:23">
+      <c r="A23" t="s">
+        <v>14</v>
+      </c>
+      <c r="B23">
+        <v>8132</v>
+      </c>
+      <c r="C23" t="s">
+        <v>130</v>
+      </c>
+      <c r="D23" t="s">
+        <v>129</v>
+      </c>
+      <c r="E23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F23" t="s">
+        <v>120</v>
+      </c>
+      <c r="G23">
+        <v>1</v>
+      </c>
+      <c r="H23" t="s">
+        <v>9</v>
+      </c>
+      <c r="J23" t="s">
+        <v>128</v>
+      </c>
+      <c r="L23" t="s">
+        <v>127</v>
+      </c>
+      <c r="M23" t="s">
+        <v>79</v>
+      </c>
+      <c r="N23" t="s">
+        <v>25</v>
+      </c>
+      <c r="O23" t="s">
+        <v>4</v>
+      </c>
+      <c r="P23" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>10</v>
+      </c>
+      <c r="R23" t="s">
+        <v>77</v>
+      </c>
+      <c r="S23">
+        <v>3082</v>
+      </c>
+      <c r="T23">
+        <v>222153</v>
+      </c>
+      <c r="U23">
+        <v>7479</v>
+      </c>
+      <c r="V23" t="s">
+        <v>0</v>
+      </c>
+      <c r="W23" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="24" spans="1:23">
+      <c r="A24" t="s">
+        <v>14</v>
+      </c>
+      <c r="B24">
+        <v>8291</v>
+      </c>
+      <c r="C24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" t="s">
+        <v>124</v>
+      </c>
+      <c r="G24">
+        <v>1</v>
+      </c>
+      <c r="H24" t="s">
+        <v>9</v>
+      </c>
+      <c r="J24" t="s">
+        <v>100</v>
+      </c>
+      <c r="L24" t="s">
+        <v>123</v>
+      </c>
+      <c r="M24" t="s">
+        <v>6</v>
+      </c>
+      <c r="N24" t="s">
+        <v>5</v>
+      </c>
+      <c r="O24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P24" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>2</v>
+      </c>
+      <c r="R24" t="s">
+        <v>1</v>
+      </c>
+      <c r="S24">
+        <v>3209</v>
+      </c>
+      <c r="T24">
+        <v>229689</v>
+      </c>
+      <c r="U24">
+        <v>7610</v>
+      </c>
+      <c r="V24" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:23">
+      <c r="A25" t="s">
+        <v>14</v>
+      </c>
+      <c r="B25">
+        <v>8294</v>
+      </c>
+      <c r="C25" t="s">
+        <v>122</v>
+      </c>
+      <c r="D25" t="s">
+        <v>121</v>
+      </c>
+      <c r="E25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" t="s">
+        <v>120</v>
+      </c>
+      <c r="G25">
+        <v>1</v>
+      </c>
+      <c r="H25" t="s">
+        <v>9</v>
+      </c>
+      <c r="J25" t="s">
+        <v>119</v>
+      </c>
+      <c r="L25" t="s">
+        <v>118</v>
+      </c>
+      <c r="M25" t="s">
+        <v>117</v>
+      </c>
+      <c r="N25" t="s">
+        <v>43</v>
+      </c>
+      <c r="O25" t="s">
+        <v>42</v>
+      </c>
+      <c r="P25" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>56</v>
+      </c>
+      <c r="R25" t="s">
+        <v>115</v>
+      </c>
+      <c r="S25">
+        <v>3251</v>
+      </c>
+      <c r="T25">
+        <v>229710</v>
+      </c>
+      <c r="U25">
+        <v>7652</v>
+      </c>
+      <c r="V25" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:23">
+      <c r="A26" t="s">
+        <v>14</v>
+      </c>
+      <c r="B26">
+        <v>8356</v>
+      </c>
+      <c r="C26" t="s">
+        <v>112</v>
+      </c>
+      <c r="D26" t="s">
+        <v>111</v>
+      </c>
+      <c r="E26" t="s">
+        <v>28</v>
+      </c>
+      <c r="F26" t="s">
+        <v>74</v>
+      </c>
+      <c r="G26">
+        <v>0</v>
+      </c>
+      <c r="H26" t="s">
+        <v>9</v>
+      </c>
+      <c r="J26" t="s">
+        <v>114</v>
+      </c>
+      <c r="L26" t="s">
+        <v>113</v>
+      </c>
+      <c r="M26" t="s">
+        <v>103</v>
+      </c>
+      <c r="N26" t="s">
+        <v>25</v>
+      </c>
+      <c r="O26" t="s">
+        <v>4</v>
+      </c>
+      <c r="P26" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>56</v>
+      </c>
+      <c r="R26" t="s">
+        <v>108</v>
+      </c>
+      <c r="S26">
+        <v>3099</v>
+      </c>
+      <c r="T26">
+        <v>231633</v>
+      </c>
+      <c r="U26">
+        <v>7496</v>
+      </c>
+      <c r="V26" t="s">
+        <v>0</v>
+      </c>
+      <c r="W26" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="27" spans="1:23">
+      <c r="A27" t="s">
+        <v>14</v>
+      </c>
+      <c r="B27">
+        <v>8356</v>
+      </c>
+      <c r="C27" t="s">
+        <v>112</v>
+      </c>
+      <c r="D27" t="s">
+        <v>111</v>
+      </c>
+      <c r="E27" t="s">
+        <v>28</v>
+      </c>
+      <c r="F27" t="s">
+        <v>74</v>
+      </c>
+      <c r="G27">
+        <v>2</v>
+      </c>
+      <c r="H27" t="s">
+        <v>9</v>
+      </c>
+      <c r="J27" t="s">
+        <v>105</v>
+      </c>
+      <c r="L27" t="s">
+        <v>110</v>
+      </c>
+      <c r="M27" t="s">
+        <v>109</v>
+      </c>
+      <c r="N27" t="s">
+        <v>25</v>
+      </c>
+      <c r="O27" t="s">
+        <v>4</v>
+      </c>
+      <c r="P27" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>56</v>
+      </c>
+      <c r="R27" t="s">
+        <v>108</v>
+      </c>
+      <c r="S27">
+        <v>3095</v>
+      </c>
+      <c r="T27">
+        <v>231633</v>
+      </c>
+      <c r="U27">
+        <v>7492</v>
+      </c>
+      <c r="V27" t="s">
+        <v>0</v>
+      </c>
+      <c r="W27" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="28" spans="1:23">
+      <c r="A28" t="s">
+        <v>14</v>
+      </c>
+      <c r="B28">
+        <v>8498</v>
+      </c>
+      <c r="C28" t="s">
+        <v>107</v>
+      </c>
+      <c r="D28" t="s">
+        <v>106</v>
+      </c>
+      <c r="E28" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" t="s">
+        <v>52</v>
+      </c>
+      <c r="G28">
+        <v>1</v>
+      </c>
+      <c r="H28" t="s">
+        <v>9</v>
+      </c>
+      <c r="J28" t="s">
+        <v>105</v>
+      </c>
+      <c r="L28" t="s">
+        <v>104</v>
+      </c>
+      <c r="M28" t="s">
+        <v>103</v>
+      </c>
+      <c r="N28" t="s">
+        <v>33</v>
+      </c>
+      <c r="O28" t="s">
+        <v>4</v>
+      </c>
+      <c r="P28" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>56</v>
+      </c>
+      <c r="R28" t="s">
+        <v>70</v>
+      </c>
+      <c r="S28">
+        <v>3102</v>
+      </c>
+      <c r="T28">
+        <v>237347</v>
+      </c>
+      <c r="U28">
+        <v>7499</v>
+      </c>
+      <c r="V28" t="s">
+        <v>0</v>
+      </c>
+      <c r="W28" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="29" spans="1:23">
+      <c r="A29" t="s">
+        <v>14</v>
+      </c>
+      <c r="B29">
+        <v>8512</v>
+      </c>
+      <c r="C29" t="s">
+        <v>102</v>
+      </c>
+      <c r="D29" t="s">
+        <v>101</v>
+      </c>
+      <c r="E29" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" t="s">
+        <v>87</v>
+      </c>
+      <c r="G29">
+        <v>1</v>
+      </c>
+      <c r="H29" t="s">
+        <v>9</v>
+      </c>
+      <c r="J29" t="s">
+        <v>100</v>
+      </c>
+      <c r="L29" t="s">
+        <v>99</v>
+      </c>
+      <c r="M29" t="s">
+        <v>58</v>
+      </c>
+      <c r="N29" t="s">
+        <v>25</v>
+      </c>
+      <c r="O29" t="s">
+        <v>4</v>
+      </c>
+      <c r="P29" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>56</v>
+      </c>
+      <c r="R29" t="s">
+        <v>55</v>
+      </c>
+      <c r="S29">
+        <v>3096</v>
+      </c>
+      <c r="T29">
+        <v>237716</v>
+      </c>
+      <c r="U29">
+        <v>7493</v>
+      </c>
+      <c r="V29" t="s">
+        <v>0</v>
+      </c>
+      <c r="W29" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="30" spans="1:23">
+      <c r="A30" t="s">
+        <v>14</v>
+      </c>
+      <c r="B30">
+        <v>8514</v>
+      </c>
+      <c r="C30" t="s">
+        <v>98</v>
+      </c>
+      <c r="D30" t="s">
+        <v>97</v>
+      </c>
+      <c r="E30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" t="s">
+        <v>87</v>
+      </c>
+      <c r="G30">
+        <v>1</v>
+      </c>
+      <c r="H30" t="s">
+        <v>9</v>
+      </c>
+      <c r="J30" t="s">
+        <v>8</v>
+      </c>
+      <c r="L30" t="s">
+        <v>96</v>
+      </c>
+      <c r="M30" t="s">
+        <v>95</v>
+      </c>
+      <c r="N30" t="s">
+        <v>25</v>
+      </c>
+      <c r="O30" t="s">
+        <v>4</v>
+      </c>
+      <c r="P30" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>23</v>
+      </c>
+      <c r="R30" t="s">
+        <v>94</v>
+      </c>
+      <c r="S30">
+        <v>3072</v>
+      </c>
+      <c r="T30">
+        <v>237718</v>
+      </c>
+      <c r="U30">
+        <v>7469</v>
+      </c>
+      <c r="V30" t="s">
+        <v>0</v>
+      </c>
+      <c r="W30" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="31" spans="1:23">
+      <c r="A31" t="s">
+        <v>14</v>
+      </c>
+      <c r="B31">
+        <v>8515</v>
+      </c>
+      <c r="C31" t="s">
+        <v>93</v>
+      </c>
+      <c r="D31" t="s">
+        <v>92</v>
+      </c>
+      <c r="E31" t="s">
+        <v>28</v>
+      </c>
+      <c r="F31" t="s">
+        <v>87</v>
+      </c>
+      <c r="G31">
+        <v>1</v>
+      </c>
+      <c r="H31" t="s">
+        <v>9</v>
+      </c>
+      <c r="J31" t="s">
+        <v>91</v>
+      </c>
+      <c r="L31" t="s">
+        <v>90</v>
+      </c>
+      <c r="M31" t="s">
+        <v>79</v>
+      </c>
+      <c r="N31" t="s">
+        <v>25</v>
+      </c>
+      <c r="O31" t="s">
+        <v>4</v>
+      </c>
+      <c r="P31" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>10</v>
+      </c>
+      <c r="R31" t="s">
+        <v>77</v>
+      </c>
+      <c r="S31">
+        <v>3082</v>
+      </c>
+      <c r="T31">
+        <v>237719</v>
+      </c>
+      <c r="U31">
+        <v>7479</v>
+      </c>
+      <c r="V31" t="s">
+        <v>0</v>
+      </c>
+      <c r="W31" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="32" spans="1:23">
+      <c r="A32" t="s">
+        <v>14</v>
+      </c>
+      <c r="B32">
+        <v>8526</v>
+      </c>
+      <c r="C32" t="s">
+        <v>89</v>
+      </c>
+      <c r="D32" t="s">
+        <v>88</v>
+      </c>
+      <c r="E32" t="s">
+        <v>28</v>
+      </c>
+      <c r="F32" t="s">
+        <v>87</v>
+      </c>
+      <c r="G32">
+        <v>1</v>
+      </c>
+      <c r="H32" t="s">
+        <v>9</v>
+      </c>
+      <c r="J32" t="s">
+        <v>86</v>
+      </c>
+      <c r="L32" t="s">
+        <v>85</v>
+      </c>
+      <c r="M32" t="s">
+        <v>34</v>
+      </c>
+      <c r="N32" t="s">
+        <v>33</v>
+      </c>
+      <c r="O32" t="s">
+        <v>4</v>
+      </c>
+      <c r="P32" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>18</v>
+      </c>
+      <c r="R32" t="s">
+        <v>31</v>
+      </c>
+      <c r="S32">
+        <v>3064</v>
+      </c>
+      <c r="T32">
+        <v>237730</v>
+      </c>
+      <c r="U32">
+        <v>7461</v>
+      </c>
+      <c r="V32" t="s">
+        <v>0</v>
+      </c>
+      <c r="W32" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="33" spans="1:23">
+      <c r="A33" t="s">
+        <v>14</v>
+      </c>
+      <c r="B33">
+        <v>8552</v>
+      </c>
+      <c r="C33" t="s">
+        <v>84</v>
+      </c>
+      <c r="D33" t="s">
+        <v>83</v>
+      </c>
+      <c r="E33" t="s">
+        <v>28</v>
+      </c>
+      <c r="F33" t="s">
+        <v>82</v>
+      </c>
+      <c r="G33">
+        <v>1</v>
+      </c>
+      <c r="H33" t="s">
+        <v>9</v>
+      </c>
+      <c r="J33" t="s">
+        <v>81</v>
+      </c>
+      <c r="L33" t="s">
+        <v>80</v>
+      </c>
+      <c r="M33" t="s">
+        <v>79</v>
+      </c>
+      <c r="N33" t="s">
+        <v>25</v>
+      </c>
+      <c r="O33" t="s">
+        <v>4</v>
+      </c>
+      <c r="P33" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>10</v>
+      </c>
+      <c r="R33" t="s">
+        <v>77</v>
+      </c>
+      <c r="S33">
+        <v>3082</v>
+      </c>
+      <c r="T33">
+        <v>238611</v>
+      </c>
+      <c r="U33">
+        <v>7479</v>
+      </c>
+      <c r="V33" t="s">
+        <v>0</v>
+      </c>
+      <c r="W33" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="34" spans="1:23">
+      <c r="A34" t="s">
+        <v>14</v>
+      </c>
+      <c r="B34">
+        <v>8558</v>
+      </c>
+      <c r="C34" t="s">
+        <v>76</v>
+      </c>
+      <c r="D34" t="s">
+        <v>75</v>
+      </c>
+      <c r="E34" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" t="s">
+        <v>74</v>
+      </c>
+      <c r="G34">
+        <v>1</v>
+      </c>
+      <c r="H34" t="s">
+        <v>9</v>
+      </c>
+      <c r="J34" t="s">
+        <v>73</v>
+      </c>
+      <c r="L34" t="s">
+        <v>72</v>
+      </c>
+      <c r="M34" t="s">
+        <v>71</v>
+      </c>
+      <c r="N34" t="s">
+        <v>33</v>
+      </c>
+      <c r="O34" t="s">
+        <v>4</v>
+      </c>
+      <c r="P34" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>18</v>
+      </c>
+      <c r="R34" t="s">
+        <v>70</v>
+      </c>
+      <c r="S34">
+        <v>3069</v>
+      </c>
+      <c r="T34">
+        <v>239041</v>
+      </c>
+      <c r="U34">
+        <v>7466</v>
+      </c>
+      <c r="V34" t="s">
+        <v>0</v>
+      </c>
+      <c r="W34" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="35" spans="1:23">
+      <c r="A35" t="s">
+        <v>14</v>
+      </c>
+      <c r="B35">
+        <v>8584</v>
+      </c>
+      <c r="C35" t="s">
+        <v>69</v>
+      </c>
+      <c r="D35" t="s">
+        <v>68</v>
+      </c>
+      <c r="E35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" t="s">
+        <v>10</v>
+      </c>
+      <c r="G35">
+        <v>1</v>
+      </c>
+      <c r="H35" t="s">
+        <v>9</v>
+      </c>
+      <c r="J35" t="s">
+        <v>67</v>
+      </c>
+      <c r="K35" t="s">
+        <v>66</v>
+      </c>
+      <c r="L35" t="s">
+        <v>65</v>
+      </c>
+      <c r="M35" t="s">
+        <v>64</v>
+      </c>
+      <c r="N35" t="s">
+        <v>43</v>
+      </c>
+      <c r="O35" t="s">
+        <v>42</v>
+      </c>
+      <c r="P35" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>18</v>
+      </c>
+      <c r="R35" t="s">
+        <v>40</v>
+      </c>
+      <c r="S35">
+        <v>3257</v>
+      </c>
+      <c r="T35">
+        <v>239622</v>
+      </c>
+      <c r="U35">
+        <v>7658</v>
+      </c>
+      <c r="V35" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:23">
+      <c r="A36" t="s">
+        <v>14</v>
+      </c>
+      <c r="B36">
+        <v>8612</v>
+      </c>
+      <c r="C36" t="s">
+        <v>63</v>
+      </c>
+      <c r="D36" t="s">
+        <v>62</v>
+      </c>
+      <c r="E36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" t="s">
+        <v>61</v>
+      </c>
+      <c r="G36">
+        <v>1</v>
+      </c>
+      <c r="H36" t="s">
+        <v>9</v>
+      </c>
+      <c r="J36" t="s">
+        <v>60</v>
+      </c>
+      <c r="L36" t="s">
+        <v>59</v>
+      </c>
+      <c r="M36" t="s">
+        <v>58</v>
+      </c>
+      <c r="N36" t="s">
+        <v>25</v>
+      </c>
+      <c r="O36" t="s">
+        <v>4</v>
+      </c>
+      <c r="P36" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>56</v>
+      </c>
+      <c r="R36" t="s">
+        <v>55</v>
+      </c>
+      <c r="S36">
+        <v>3096</v>
+      </c>
+      <c r="T36">
+        <v>239926</v>
+      </c>
+      <c r="U36">
+        <v>7493</v>
+      </c>
+      <c r="V36" t="s">
+        <v>0</v>
+      </c>
+      <c r="W36" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="37" spans="1:23">
+      <c r="A37" t="s">
+        <v>14</v>
+      </c>
+      <c r="B37">
+        <v>8618</v>
+      </c>
+      <c r="C37" t="s">
+        <v>54</v>
+      </c>
+      <c r="D37" t="s">
+        <v>53</v>
+      </c>
+      <c r="E37" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" t="s">
+        <v>52</v>
+      </c>
+      <c r="G37">
+        <v>1</v>
+      </c>
+      <c r="H37" t="s">
+        <v>9</v>
+      </c>
+      <c r="J37" t="s">
+        <v>51</v>
+      </c>
+      <c r="L37" t="s">
+        <v>50</v>
+      </c>
+      <c r="M37" t="s">
+        <v>6</v>
+      </c>
+      <c r="N37" t="s">
+        <v>5</v>
+      </c>
+      <c r="O37" t="s">
+        <v>4</v>
+      </c>
+      <c r="P37" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>2</v>
+      </c>
+      <c r="R37" t="s">
+        <v>1</v>
+      </c>
+      <c r="S37">
+        <v>3209</v>
+      </c>
+      <c r="T37">
+        <v>240015</v>
+      </c>
+      <c r="U37">
+        <v>7610</v>
+      </c>
+      <c r="V37" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:23">
+      <c r="A38" t="s">
+        <v>14</v>
+      </c>
+      <c r="B38">
+        <v>219938</v>
+      </c>
+      <c r="C38" t="s">
+        <v>49</v>
+      </c>
+      <c r="D38" t="s">
+        <v>48</v>
+      </c>
+      <c r="E38" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" t="s">
+        <v>18</v>
+      </c>
+      <c r="G38">
+        <v>1</v>
+      </c>
+      <c r="H38" t="s">
+        <v>9</v>
+      </c>
+      <c r="J38" t="s">
+        <v>47</v>
+      </c>
+      <c r="K38" t="s">
+        <v>46</v>
+      </c>
+      <c r="L38" t="s">
+        <v>45</v>
+      </c>
+      <c r="M38" t="s">
+        <v>44</v>
+      </c>
+      <c r="N38" t="s">
+        <v>43</v>
+      </c>
+      <c r="O38" t="s">
+        <v>42</v>
+      </c>
+      <c r="P38" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>18</v>
+      </c>
+      <c r="R38" t="s">
+        <v>40</v>
+      </c>
+      <c r="S38">
+        <v>3260</v>
+      </c>
+      <c r="T38">
+        <v>265672</v>
+      </c>
+      <c r="U38">
+        <v>7661</v>
+      </c>
+      <c r="V38" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:23">
+      <c r="A39" t="s">
+        <v>14</v>
+      </c>
+      <c r="B39">
+        <v>220076</v>
+      </c>
+      <c r="C39" t="s">
+        <v>39</v>
+      </c>
+      <c r="D39" t="s">
+        <v>38</v>
+      </c>
+      <c r="E39" t="s">
+        <v>28</v>
+      </c>
+      <c r="F39" t="s">
+        <v>37</v>
+      </c>
+      <c r="G39">
+        <v>1</v>
+      </c>
+      <c r="H39" t="s">
+        <v>9</v>
+      </c>
+      <c r="J39" t="s">
+        <v>36</v>
+      </c>
+      <c r="L39" t="s">
+        <v>35</v>
+      </c>
+      <c r="M39" t="s">
+        <v>34</v>
+      </c>
+      <c r="N39" t="s">
+        <v>33</v>
+      </c>
+      <c r="O39" t="s">
+        <v>4</v>
+      </c>
+      <c r="P39" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>18</v>
+      </c>
+      <c r="R39" t="s">
+        <v>31</v>
+      </c>
+      <c r="S39">
+        <v>3064</v>
+      </c>
+      <c r="T39">
+        <v>270960</v>
+      </c>
+      <c r="U39">
+        <v>7461</v>
+      </c>
+      <c r="V39" t="s">
+        <v>0</v>
+      </c>
+      <c r="W39" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="40" spans="1:23">
+      <c r="A40" t="s">
+        <v>14</v>
+      </c>
+      <c r="B40">
+        <v>220236</v>
+      </c>
+      <c r="C40" t="s">
+        <v>30</v>
+      </c>
+      <c r="D40" t="s">
+        <v>29</v>
+      </c>
+      <c r="E40" t="s">
+        <v>28</v>
+      </c>
+      <c r="F40" t="s">
+        <v>2</v>
+      </c>
+      <c r="G40">
+        <v>1</v>
+      </c>
+      <c r="H40" t="s">
+        <v>9</v>
+      </c>
+      <c r="J40" t="s">
+        <v>8</v>
+      </c>
+      <c r="L40" t="s">
+        <v>27</v>
+      </c>
+      <c r="M40" t="s">
+        <v>26</v>
+      </c>
+      <c r="N40" t="s">
+        <v>25</v>
+      </c>
+      <c r="O40" t="s">
+        <v>4</v>
+      </c>
+      <c r="P40" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>23</v>
+      </c>
+      <c r="R40" t="s">
+        <v>22</v>
+      </c>
+      <c r="S40">
+        <v>3076</v>
+      </c>
+      <c r="T40">
+        <v>276021</v>
+      </c>
+      <c r="U40">
+        <v>7473</v>
+      </c>
+      <c r="V40" t="s">
+        <v>0</v>
+      </c>
+      <c r="W40" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="41" spans="1:23">
+      <c r="A41" t="s">
+        <v>14</v>
+      </c>
+      <c r="B41">
+        <v>220239</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>19</v>
+      </c>
+      <c r="E41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" t="s">
+        <v>18</v>
+      </c>
+      <c r="G41">
+        <v>1</v>
+      </c>
+      <c r="H41" t="s">
+        <v>9</v>
+      </c>
+      <c r="J41" t="s">
+        <v>17</v>
+      </c>
+      <c r="K41" t="s">
+        <v>16</v>
+      </c>
+      <c r="L41" t="s">
         <v>15</v>
       </c>
-      <c r="B9">
-[...5 lines deleted...]
-      <c r="D9" t="s">
+      <c r="M41" t="s">
+        <v>6</v>
+      </c>
+      <c r="N41" t="s">
+        <v>5</v>
+      </c>
+      <c r="O41" t="s">
+        <v>4</v>
+      </c>
+      <c r="P41" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>2</v>
+      </c>
+      <c r="R41" t="s">
+        <v>1</v>
+      </c>
+      <c r="S41">
+        <v>3209</v>
+      </c>
+      <c r="T41">
+        <v>276159</v>
+      </c>
+      <c r="U41">
+        <v>7610</v>
+      </c>
+      <c r="V41" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:23">
+      <c r="A42" t="s">
+        <v>14</v>
+      </c>
+      <c r="B42">
+        <v>220307</v>
+      </c>
+      <c r="C42" t="s">
         <v>13</v>
       </c>
-      <c r="E9" t="s">
+      <c r="D42" t="s">
         <v>12</v>
       </c>
-      <c r="F9" t="s">
+      <c r="E42" t="s">
         <v>11</v>
       </c>
-      <c r="G9">
+      <c r="F42" t="s">
+        <v>10</v>
+      </c>
+      <c r="G42">
         <v>1</v>
       </c>
-      <c r="H9" t="s">
-[...2 lines deleted...]
-      <c r="J9" t="s">
+      <c r="H42" t="s">
         <v>9</v>
       </c>
-      <c r="L9" t="s">
+      <c r="J42" t="s">
         <v>8</v>
       </c>
-      <c r="M9" t="s">
+      <c r="L42" t="s">
         <v>7</v>
       </c>
-      <c r="N9" t="s">
+      <c r="M42" t="s">
         <v>6</v>
       </c>
-      <c r="O9" t="s">
+      <c r="N42" t="s">
         <v>5</v>
       </c>
-      <c r="P9" t="s">
+      <c r="O42" t="s">
         <v>4</v>
       </c>
-      <c r="Q9" t="s">
+      <c r="P42" t="s">
         <v>3</v>
       </c>
-      <c r="R9" t="s">
+      <c r="Q42" t="s">
         <v>2</v>
       </c>
-      <c r="S9">
-[...8 lines deleted...]
-      <c r="V9" t="s">
+      <c r="R42" t="s">
         <v>1</v>
       </c>
-      <c r="W9" t="s">
+      <c r="S42">
+        <v>3209</v>
+      </c>
+      <c r="T42">
+        <v>279099</v>
+      </c>
+      <c r="U42">
+        <v>7610</v>
+      </c>
+      <c r="V42" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:W9"/>
-  <conditionalFormatting sqref="G3:G9">
+  <autoFilter ref="A2:W42"/>
+  <conditionalFormatting sqref="G3:G42">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>