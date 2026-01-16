--- v1 (2025-12-27)
+++ v2 (2026-01-16)
@@ -7,657 +7,1140 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$42</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$85</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="385">
+  <si>
+    <t>SFWC</t>
+  </si>
   <si>
     <t>JP</t>
   </si>
   <si>
+    <t>Women's Normal Hill HS94</t>
+  </si>
+  <si>
+    <t>SLO</t>
+  </si>
+  <si>
+    <t>Ljubno</t>
+  </si>
+  <si>
+    <t>NH</t>
+  </si>
+  <si>
+    <t>WC</t>
+  </si>
+  <si>
+    <t>10.01.2026</t>
+  </si>
+  <si>
+    <t>10.01.2026 12:15</t>
+  </si>
+  <si>
+    <t>Skis too long (+2 cm)</t>
+  </si>
+  <si>
+    <t>SCE C 1.2.1.1 - Ski length / Too long ski</t>
+  </si>
+  <si>
+    <t>Disqualification (DSQ)</t>
+  </si>
+  <si>
+    <t>UKR</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>Karina</t>
+  </si>
+  <si>
+    <t>KOZLOVA</t>
+  </si>
+  <si>
+    <t>Athlete</t>
+  </si>
+  <si>
+    <t>Women's Normal Hill HS98</t>
+  </si>
+  <si>
+    <t>AUT</t>
+  </si>
+  <si>
+    <t>Villach</t>
+  </si>
+  <si>
+    <t>05.01.2026</t>
+  </si>
+  <si>
+    <t>05.01.2026 15:29</t>
+  </si>
+  <si>
+    <t>FIN</t>
+  </si>
+  <si>
+    <t>Heta</t>
+  </si>
+  <si>
+    <t>HIRVONEN</t>
+  </si>
+  <si>
+    <t>Men's Large Hill HS140</t>
+  </si>
+  <si>
+    <t>GER</t>
+  </si>
+  <si>
+    <t>Klingenthal</t>
+  </si>
+  <si>
+    <t>LH</t>
+  </si>
+  <si>
+    <t>FC</t>
+  </si>
+  <si>
+    <t>09.01.2026</t>
+  </si>
+  <si>
+    <t>09.01.2026 18:47</t>
+  </si>
+  <si>
+    <t>KAZ</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>Artyom</t>
+  </si>
+  <si>
+    <t>MESHKOV</t>
+  </si>
+  <si>
     <t>Men's Large Hill HS142</t>
   </si>
   <si>
-    <t>FIN</t>
-[...1 lines deleted...]
-  <si>
     <t>Ruka</t>
   </si>
   <si>
-    <t>LH</t>
-[...1 lines deleted...]
-  <si>
     <t>COC</t>
   </si>
   <si>
     <t>14.12.2025</t>
   </si>
   <si>
     <t>14.12.2025 12:21</t>
   </si>
   <si>
     <t>SCE C 4.4.9 - Air permeability of suit material / *with possible additional explanation</t>
   </si>
   <si>
-    <t>Disqualification (DSQ)</t>
-[...1 lines deleted...]
-  <si>
     <t>POL</t>
   </si>
   <si>
-    <t>M</t>
-[...1 lines deleted...]
-  <si>
     <t>Szymon</t>
   </si>
   <si>
     <t>SARNIAK</t>
   </si>
   <si>
-    <t>Athlete</t>
-[...1 lines deleted...]
-  <si>
     <t>14.12.2025 13:24</t>
   </si>
   <si>
     <t>Manipulation of Equipment after jump</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, 4.7.</t>
   </si>
   <si>
     <t>NOR</t>
   </si>
   <si>
     <t>Oddvar</t>
   </si>
   <si>
     <t>GUNNEROED</t>
   </si>
   <si>
-    <t>SFWC</t>
-[...1 lines deleted...]
-  <si>
     <t>Women's Large Hill HS132 Qualification</t>
   </si>
   <si>
     <t>SWE</t>
   </si>
   <si>
     <t>Falun</t>
   </si>
   <si>
     <t>QUA</t>
   </si>
   <si>
     <t>30.11.2025</t>
   </si>
   <si>
     <t>30.11.2025 09:24</t>
   </si>
   <si>
-    <t>W</t>
-[...1 lines deleted...]
-  <si>
     <t>Minja</t>
   </si>
   <si>
     <t>KORHONEN</t>
   </si>
   <si>
     <t>Women's Large Hill HS140</t>
   </si>
   <si>
     <t>Lillehammer</t>
   </si>
   <si>
-    <t>WC</t>
-[...1 lines deleted...]
-  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>22.11.2025 11:01</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, + 1 cm</t>
   </si>
   <si>
-    <t>UKR</t>
-[...1 lines deleted...]
-  <si>
     <t>Zhanna</t>
   </si>
   <si>
     <t>HLUKHOVA</t>
   </si>
   <si>
+    <t>Men's Large Hill HS137</t>
+  </si>
+  <si>
+    <t>JPN</t>
+  </si>
+  <si>
+    <t>Sapporo Okuraymama</t>
+  </si>
+  <si>
+    <t>10.01.2026 11:35</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.7 - Crotch control</t>
+  </si>
+  <si>
+    <t>Not permitted to start (NPS)</t>
+  </si>
+  <si>
+    <t>KOR</t>
+  </si>
+  <si>
+    <t>Sunwoong</t>
+  </si>
+  <si>
+    <t>JANG</t>
+  </si>
+  <si>
+    <t>10.01.2026 17:47</t>
+  </si>
+  <si>
+    <t>Suit exceeds allowed size by 30 mm</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm</t>
+  </si>
+  <si>
+    <t>Azbe</t>
+  </si>
+  <si>
+    <t>REMIC</t>
+  </si>
+  <si>
     <t>Men's Normal Hill HS98</t>
   </si>
   <si>
     <t>Notodden</t>
   </si>
   <si>
-    <t>NH</t>
-[...4 lines deleted...]
-  <si>
     <t>13.12.2025</t>
   </si>
   <si>
     <t>13.12.2025 13:51</t>
   </si>
   <si>
     <t>Boot +0,5cm</t>
   </si>
   <si>
     <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm</t>
   </si>
   <si>
     <t>Brage</t>
   </si>
   <si>
     <t>STENSLAND-LARSEN</t>
   </si>
   <si>
+    <t>Women's Normal Hill HS98 Qualification</t>
+  </si>
+  <si>
+    <t>05.01.2026 13:11</t>
+  </si>
+  <si>
+    <t>Disqualification (DSQ), Disqualification (DSQ)</t>
+  </si>
+  <si>
+    <t>Luise</t>
+  </si>
+  <si>
+    <t>TRITSCHER</t>
+  </si>
+  <si>
+    <t>05.01.2026 13:15</t>
+  </si>
+  <si>
+    <t>ITA</t>
+  </si>
+  <si>
+    <t>Leonie</t>
+  </si>
+  <si>
+    <t>RUNGGALDIER</t>
+  </si>
+  <si>
+    <t>05.01.2026 13:25</t>
+  </si>
+  <si>
+    <t>Julia</t>
+  </si>
+  <si>
+    <t>AIKIA</t>
+  </si>
+  <si>
+    <t>10.01.2026 13:20</t>
+  </si>
+  <si>
+    <t>Suit too big (+3 cm)</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit</t>
+  </si>
+  <si>
+    <t>Sofia</t>
+  </si>
+  <si>
+    <t>MATTILA</t>
+  </si>
+  <si>
+    <t>Garmisch-Partenkirchen</t>
+  </si>
+  <si>
+    <t>01.01.2026</t>
+  </si>
+  <si>
+    <t>01.01.2026 14:45</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.6 - Leg length</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>Jason</t>
+  </si>
+  <si>
+    <t>COLBY</t>
+  </si>
+  <si>
     <t>14.12.2025 12:30</t>
   </si>
   <si>
-    <t>SCE C 4.4.6 - Leg length</t>
-[...4 lines deleted...]
-  <si>
     <t>Bryce</t>
   </si>
   <si>
     <t>KLOC</t>
   </si>
   <si>
     <t>Men's Large Hill HS140 Qualification</t>
   </si>
   <si>
     <t>SUI</t>
   </si>
   <si>
     <t>Engelberg</t>
   </si>
   <si>
     <t>19.12.2025</t>
   </si>
   <si>
     <t>19.12.2025 16:12</t>
   </si>
   <si>
     <t>SCE C 2.2 - Binding – Incorrect placement of binding</t>
   </si>
   <si>
-    <t>KAZ</t>
-[...1 lines deleted...]
-  <si>
     <t>Ilya</t>
   </si>
   <si>
     <t>MIZERNYKH</t>
   </si>
   <si>
+    <t>Men's Large Hill HS142 Qualification</t>
+  </si>
+  <si>
+    <t>Bischofshofen</t>
+  </si>
+  <si>
+    <t>05.01.2026 17:40</t>
+  </si>
+  <si>
     <t>12.12.2025</t>
   </si>
   <si>
     <t>12.12.2025 15:48</t>
   </si>
   <si>
     <t>Tolerance at waist - Suit exceeds allowed size by 5cm</t>
   </si>
   <si>
-    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm</t>
-[...1 lines deleted...]
-  <si>
     <t>Lukasz</t>
   </si>
   <si>
     <t>LUKASZCZYK</t>
   </si>
   <si>
-    <t>Men's Large Hill HS140</t>
+    <t>10.01.2026 18:34</t>
+  </si>
+  <si>
+    <t>Suit exceeds allowed size by 25 mm</t>
   </si>
   <si>
     <t>23.11.2025</t>
   </si>
   <si>
     <t>23.11.2025 15:08</t>
   </si>
   <si>
     <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm, + 3 mm</t>
   </si>
   <si>
     <t>SVK</t>
   </si>
   <si>
     <t>Hektor</t>
   </si>
   <si>
     <t>KAPUSTIK</t>
   </si>
   <si>
     <t>Women's Large Hill HS134 Qualification</t>
   </si>
   <si>
     <t>Wisla</t>
   </si>
   <si>
     <t>04.12.2025</t>
   </si>
   <si>
     <t>04.12.2025 12:18</t>
   </si>
   <si>
     <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, 3cm</t>
   </si>
   <si>
     <t>FRA</t>
   </si>
   <si>
     <t>Emma</t>
   </si>
   <si>
     <t>CHERVET</t>
   </si>
   <si>
+    <t>31.12.2025</t>
+  </si>
+  <si>
+    <t>31.12.2025 16:15</t>
+  </si>
+  <si>
+    <t>EST</t>
+  </si>
+  <si>
+    <t>Kaimar</t>
+  </si>
+  <si>
+    <t>VAGUL</t>
+  </si>
+  <si>
     <t>22.11.2025 12:20</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, +1 cm</t>
   </si>
   <si>
     <t>CHN</t>
   </si>
   <si>
     <t>Ping</t>
   </si>
   <si>
     <t>ZENG</t>
   </si>
   <si>
     <t>04.12.2025 12:07</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, 1 cm</t>
   </si>
   <si>
     <t>Liangyao</t>
   </si>
   <si>
     <t>WANG</t>
   </si>
   <si>
     <t>Men's Large Hill HS132 Qualification</t>
   </si>
   <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>26.11.2025 11:18</t>
   </si>
   <si>
     <t>Weijie</t>
   </si>
   <si>
     <t>ZHEN</t>
   </si>
   <si>
+    <t>Zhangjiakou</t>
+  </si>
+  <si>
+    <t>14.01.2026</t>
+  </si>
+  <si>
+    <t>14.01.2026 11:15</t>
+  </si>
+  <si>
+    <t>SCE C 4.7.1 - Violation of start control procedure</t>
+  </si>
+  <si>
     <t>19.12.2025 15:58</t>
   </si>
   <si>
-    <t>SCE C 4.7.1 - Violation of start control procedure</t>
-[...1 lines deleted...]
-  <si>
     <t>Yixin</t>
   </si>
   <si>
     <t>LYU</t>
   </si>
   <si>
+    <t>13.01.2026</t>
+  </si>
+  <si>
+    <t>13.01.2026 19:32</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.6 - Leg length, 6mm</t>
+  </si>
+  <si>
     <t>21.12.2025</t>
   </si>
   <si>
     <t>21.12.2025 16:05</t>
   </si>
   <si>
-    <t>SCE C 4 - Suit</t>
-[...1 lines deleted...]
-  <si>
     <t>Erik</t>
   </si>
   <si>
     <t>BELSHAW</t>
   </si>
   <si>
     <t>Women's Large Hill HS140 Qualification</t>
   </si>
   <si>
     <t>20.12.2025</t>
   </si>
   <si>
     <t>20.12.2025 12:01</t>
   </si>
   <si>
     <t>Tamara</t>
   </si>
   <si>
     <t>MESIKOVA</t>
   </si>
   <si>
     <t>21.12.2025 10:22</t>
   </si>
   <si>
-    <t>SCE C 1.2.1.1 - Ski length / Too long ski</t>
+    <t>10.01.2026 11:45</t>
+  </si>
+  <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t>TITTEL</t>
+  </si>
+  <si>
+    <t>Juri</t>
+  </si>
+  <si>
+    <t>KESSELI</t>
   </si>
   <si>
     <t>Men's Normal Hill HS106</t>
   </si>
   <si>
     <t>Kandersteg</t>
   </si>
   <si>
     <t>06.12.2025</t>
   </si>
   <si>
     <t>06.12.2025 19:00</t>
   </si>
   <si>
     <t>SCE C 4.4.6 - Leg length, 0.9 cm too short</t>
   </si>
   <si>
-    <t>SLO</t>
-[...1 lines deleted...]
-  <si>
     <t>Anej</t>
   </si>
   <si>
     <t>RAZPOTNIK</t>
   </si>
   <si>
     <t>14.12.2025 12:43</t>
   </si>
   <si>
-    <t>GER</t>
-[...1 lines deleted...]
-  <si>
     <t>Max</t>
   </si>
   <si>
     <t>UNGLAUBE</t>
   </si>
   <si>
+    <t>Suit exceeds allowed size by 40 mm</t>
+  </si>
+  <si>
+    <t>Ari</t>
+  </si>
+  <si>
+    <t>REPELLIN</t>
+  </si>
+  <si>
+    <t>Women's Normal Hill HS94 Qualification</t>
+  </si>
+  <si>
+    <t>09.01.2026 12:15</t>
+  </si>
+  <si>
+    <t>ROU</t>
+  </si>
+  <si>
+    <t>Delia Anamaria</t>
+  </si>
+  <si>
+    <t>FOLEA</t>
+  </si>
+  <si>
     <t>04.12.2025 13:01</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, 1cm</t>
   </si>
   <si>
     <t>Nika</t>
   </si>
   <si>
     <t>PREVC</t>
   </si>
   <si>
+    <t>11.01.2026</t>
+  </si>
+  <si>
+    <t>11.01.2026 14:55</t>
+  </si>
+  <si>
+    <t>Mircea Stefan</t>
+  </si>
+  <si>
+    <t>JIPESCU</t>
+  </si>
+  <si>
+    <t>13.01.2026 20:32</t>
+  </si>
+  <si>
+    <t>27.12.2025</t>
+  </si>
+  <si>
+    <t>27.12.2025 16:27</t>
+  </si>
+  <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>STEINBERGER</t>
+  </si>
+  <si>
+    <t>Jakob</t>
+  </si>
+  <si>
+    <t>Nik</t>
+  </si>
+  <si>
+    <t>GOSTISA LAH</t>
+  </si>
+  <si>
+    <t>11.01.2026 13:31</t>
+  </si>
+  <si>
+    <t>Ski tip too flat</t>
+  </si>
+  <si>
+    <t>SCE C 1.2.1.3 - Ski tip curve / Ski tip too flat</t>
+  </si>
+  <si>
+    <t>Martina</t>
+  </si>
+  <si>
+    <t>ZANITZER</t>
+  </si>
+  <si>
+    <t>13.01.2026 20:38</t>
+  </si>
+  <si>
+    <t>CZE</t>
+  </si>
+  <si>
+    <t>Filip</t>
+  </si>
+  <si>
+    <t>KRENEK</t>
+  </si>
+  <si>
     <t>21.12.2025 15:02</t>
   </si>
   <si>
     <t>Danil</t>
   </si>
   <si>
     <t>VASSILYEV</t>
   </si>
   <si>
     <t>22.11.2025 15:12</t>
   </si>
   <si>
     <t>Kasperi</t>
   </si>
   <si>
     <t>VALTO</t>
   </si>
   <si>
+    <t>27.12.2025 17:17</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.6 - Leg length, Leg length -5 mm</t>
+  </si>
+  <si>
+    <t>Benjamin</t>
+  </si>
+  <si>
+    <t>OESTVOLD</t>
+  </si>
+  <si>
+    <t>10.01.2026 12:35</t>
+  </si>
+  <si>
+    <t>Klara</t>
+  </si>
+  <si>
+    <t>ULRICHOVA</t>
+  </si>
+  <si>
+    <t>Suit exceeds allowed size by 90 mm</t>
+  </si>
+  <si>
+    <t>Benedikt</t>
+  </si>
+  <si>
+    <t>HOLUB</t>
+  </si>
+  <si>
+    <t>06.01.2026</t>
+  </si>
+  <si>
+    <t>06.01.2026 13:07</t>
+  </si>
+  <si>
+    <t>Sophie</t>
+  </si>
+  <si>
+    <t>KOTHBAUER</t>
+  </si>
+  <si>
     <t>13.12.2025 13:12</t>
   </si>
   <si>
     <t>Rok</t>
   </si>
   <si>
     <t>MASLE</t>
   </si>
   <si>
+    <t>Zakopane</t>
+  </si>
+  <si>
+    <t>10.01.2026 14:15</t>
+  </si>
+  <si>
+    <t>Nurshat</t>
+  </si>
+  <si>
+    <t>TURSUNZHANOV</t>
+  </si>
+  <si>
     <t>30.11.2025 09:20</t>
   </si>
   <si>
     <t>Veronika</t>
   </si>
   <si>
     <t>SHISHKINA</t>
   </si>
   <si>
-    <t>Klingenthal</t>
-[...1 lines deleted...]
-  <si>
     <t>12.12.2025 14:30</t>
   </si>
   <si>
+    <t>Women's Large Hill HS137</t>
+  </si>
+  <si>
+    <t>Oberstdorf</t>
+  </si>
+  <si>
+    <t>01.01.2026 16:39</t>
+  </si>
+  <si>
+    <t>Too long ski + 1 cm</t>
+  </si>
+  <si>
+    <t>Frida</t>
+  </si>
+  <si>
+    <t>WESTMAN</t>
+  </si>
+  <si>
+    <t>27.12.2025 15:58</t>
+  </si>
+  <si>
+    <t>crotch control after jump</t>
+  </si>
+  <si>
+    <t>Finn</t>
+  </si>
+  <si>
+    <t>BRAUN</t>
+  </si>
+  <si>
     <t>06.12.2025 19:05</t>
   </si>
   <si>
     <t>SCE C 4.4.6 - Leg length, 1 cm too short</t>
   </si>
   <si>
     <t>Emanuel</t>
   </si>
   <si>
     <t>SCHMID</t>
   </si>
   <si>
+    <t>27.12.2025 15:52</t>
+  </si>
+  <si>
+    <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm, +7 mm</t>
+  </si>
+  <si>
+    <t>Sergey</t>
+  </si>
+  <si>
+    <t>TKACHENKO</t>
+  </si>
+  <si>
+    <t>06.01.2026 14:41</t>
+  </si>
+  <si>
+    <t>Josephine</t>
+  </si>
+  <si>
+    <t>PAGNIER</t>
+  </si>
+  <si>
+    <t>29.12.2025</t>
+  </si>
+  <si>
+    <t>29.12.2025 18:45</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.6 - Leg length, Leg length - 3 mm</t>
+  </si>
+  <si>
+    <t>Timi</t>
+  </si>
+  <si>
+    <t>ZAJC</t>
+  </si>
+  <si>
+    <t>01.01.2026 14:20</t>
+  </si>
+  <si>
     <t>19.12.2025 15:56</t>
   </si>
   <si>
-    <t>ROU</t>
-[...1 lines deleted...]
-  <si>
     <t>Daniel Andrei</t>
   </si>
   <si>
     <t>CACINA</t>
   </si>
   <si>
     <t>19.12.2025 16:27</t>
   </si>
   <si>
     <t>Antti</t>
   </si>
   <si>
     <t>AALTO</t>
   </si>
   <si>
+    <t>Men's Large Hill HS128 Qualification</t>
+  </si>
+  <si>
+    <t>Innsbruck</t>
+  </si>
+  <si>
+    <t>03.01.2026</t>
+  </si>
+  <si>
+    <t>03.01.2026 16:00</t>
+  </si>
+  <si>
+    <t>ICR 441.5.4 - Fluorinated wax, 222.8  Positive to fluorinated wax (DR - Diffuse Reflectance)</t>
+  </si>
+  <si>
+    <t>Pawel</t>
+  </si>
+  <si>
+    <t>WASEK</t>
+  </si>
+  <si>
+    <t>31.12.2025 17:05</t>
+  </si>
+  <si>
+    <t>Halvor Egner</t>
+  </si>
+  <si>
+    <t>GRANERUD</t>
+  </si>
+  <si>
+    <t>Women's Large Hill HS142</t>
+  </si>
+  <si>
+    <t>31.12.2025 14:18</t>
+  </si>
+  <si>
+    <t>Additional shoe lift inside stocking of one foot.</t>
+  </si>
+  <si>
+    <t>Other, 222.5 Basic Equipment Rules</t>
+  </si>
+  <si>
+    <t>Anna Odine</t>
+  </si>
+  <si>
+    <t>STROEM</t>
+  </si>
+  <si>
     <t>19.12.2025 15:52</t>
   </si>
   <si>
-    <t>SCE C 4.4.7 - Crotch control</t>
-[...1 lines deleted...]
-  <si>
     <t>Mihnea Alexandru</t>
   </si>
   <si>
     <t>SPULBER</t>
   </si>
   <si>
     <t>21.12.2025 14:37</t>
   </si>
   <si>
     <t>SCE C 1.2.1.2 -  Ski width</t>
   </si>
   <si>
     <t>Men's Large Hill HS134</t>
   </si>
   <si>
     <t>07.12.2025</t>
   </si>
   <si>
     <t>07.12.2025 14:42</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, crotch after jump</t>
   </si>
   <si>
-    <t>ITA</t>
-[...1 lines deleted...]
-  <si>
     <t>Alex</t>
   </si>
   <si>
     <t>INSAM</t>
   </si>
   <si>
     <t>20.12.2025 16:14</t>
   </si>
   <si>
+    <t>Suit exceeds allowed size by 20 mm</t>
+  </si>
+  <si>
+    <t>Janni</t>
+  </si>
+  <si>
+    <t>REISENAUER</t>
+  </si>
+  <si>
     <t>21.12.2025 11:48</t>
   </si>
   <si>
     <t>Daniela Vasilica</t>
   </si>
   <si>
     <t>TOTH</t>
   </si>
   <si>
     <t>23.11.2025 15:10</t>
   </si>
   <si>
     <t>TUR</t>
   </si>
   <si>
     <t>Fatih Arda</t>
   </si>
   <si>
     <t>IPCIOGLU</t>
   </si>
   <si>
     <t>14.12.2025 16:04</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, SCE 1.2.1.1 - Ski too long - 1 cm</t>
   </si>
   <si>
     <t>Disqualification (DSQ), Disqualification (DSQ), Disqualification (DSQ)</t>
   </si>
   <si>
+    <t>01.01.2026 14:47</t>
+  </si>
+  <si>
     <t>22.11.2025 11:12</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, Arm + 3 cm</t>
   </si>
   <si>
     <t>Anna</t>
   </si>
   <si>
     <t>HOLLANDT</t>
   </si>
   <si>
     <t>07.12.2025 10:15</t>
   </si>
   <si>
     <t>SCE C 4.4.7 - Crotch control, low crotch</t>
   </si>
   <si>
     <t>CAN</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>MITCHELL</t>
   </si>
   <si>
     <t>21.12.2025 15:27</t>
   </si>
   <si>
     <t>BUL</t>
   </si>
   <si>
     <t>Vladimir</t>
   </si>
   <si>
     <t>ZOGRAFSKI</t>
   </si>
   <si>
     <t>12.12.2025 16:40</t>
   </si>
   <si>
-    <t>SCE C 1.2.1.3 - Ski tip curve / Ski tip too flat</t>
-[...1 lines deleted...]
-  <si>
     <t>Juliane</t>
   </si>
   <si>
     <t>SEYFARTH</t>
   </si>
   <si>
     <t>20.12.2025 16:04</t>
   </si>
   <si>
     <t>Mackenzie</t>
   </si>
   <si>
     <t>BOYD-CLOWES</t>
+  </si>
+  <si>
+    <t>Heung Chul</t>
+  </si>
+  <si>
+    <t>CHOI</t>
   </si>
   <si>
     <t>Major_category</t>
   </si>
   <si>
     <t>Discipline</t>
   </si>
   <si>
     <t>Raceid</t>
   </si>
   <si>
     <t>Competitorid</t>
   </si>
   <si>
     <t>Codex</t>
   </si>
   <si>
     <t>Race</t>
   </si>
   <si>
     <t>Nation</t>
   </si>
   <si>
     <t>Place</t>
   </si>
@@ -1078,2742 +1561,5516 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W42"/>
+  <dimension ref="A1:W85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="109.545" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="21.281" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
-        <v>223</v>
+        <v>384</v>
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="1" t="s">
-        <v>222</v>
+        <v>383</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>221</v>
+        <v>382</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>220</v>
+        <v>381</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>219</v>
+        <v>380</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>218</v>
+        <v>379</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>217</v>
+        <v>378</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>216</v>
+        <v>377</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>215</v>
+        <v>376</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>214</v>
+        <v>375</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>213</v>
+        <v>374</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>212</v>
+        <v>373</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>211</v>
+        <v>372</v>
       </c>
       <c r="M2" s="1" t="s">
-        <v>210</v>
+        <v>371</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>209</v>
+        <v>370</v>
       </c>
       <c r="O2" s="1" t="s">
-        <v>208</v>
+        <v>369</v>
       </c>
       <c r="P2" s="1" t="s">
-        <v>207</v>
+        <v>368</v>
       </c>
       <c r="Q2" s="1" t="s">
-        <v>206</v>
+        <v>367</v>
       </c>
       <c r="R2" s="1" t="s">
-        <v>205</v>
+        <v>366</v>
       </c>
       <c r="S2" s="1" t="s">
-        <v>204</v>
+        <v>365</v>
       </c>
       <c r="T2" s="1" t="s">
-        <v>203</v>
+        <v>364</v>
       </c>
       <c r="U2" s="1" t="s">
-        <v>202</v>
+        <v>363</v>
       </c>
       <c r="V2" s="1" t="s">
-        <v>201</v>
+        <v>362</v>
       </c>
       <c r="W2" s="1" t="s">
-        <v>200</v>
+        <v>361</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B3">
-        <v>4678</v>
+        <v>2025</v>
       </c>
       <c r="C3" t="s">
-        <v>199</v>
+        <v>360</v>
       </c>
       <c r="D3" t="s">
-        <v>198</v>
+        <v>359</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>186</v>
+        <v>72</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J3" t="s">
-        <v>105</v>
+        <v>41</v>
       </c>
       <c r="L3" t="s">
-        <v>197</v>
+        <v>125</v>
       </c>
       <c r="M3" t="s">
-        <v>109</v>
+        <v>20</v>
       </c>
       <c r="N3" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="O3" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="P3" t="s">
-        <v>57</v>
+        <v>124</v>
       </c>
       <c r="Q3" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="R3" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="S3">
-        <v>3098</v>
+        <v>3109</v>
       </c>
       <c r="T3">
-        <v>78803</v>
+        <v>10064</v>
       </c>
       <c r="U3">
-        <v>7495</v>
+        <v>7506</v>
       </c>
       <c r="V3" t="s">
+        <v>1</v>
+      </c>
+      <c r="W3" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B4">
-        <v>1952</v>
+        <v>4678</v>
       </c>
       <c r="C4" t="s">
-        <v>196</v>
+        <v>358</v>
       </c>
       <c r="D4" t="s">
-        <v>195</v>
+        <v>357</v>
       </c>
       <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>346</v>
+      </c>
+      <c r="G4">
+        <v>1</v>
+      </c>
+      <c r="H4" t="s">
+        <v>11</v>
+      </c>
+      <c r="J4" t="s">
+        <v>102</v>
+      </c>
+      <c r="L4" t="s">
+        <v>356</v>
+      </c>
+      <c r="M4" t="s">
+        <v>181</v>
+      </c>
+      <c r="N4" t="s">
+        <v>6</v>
+      </c>
+      <c r="O4" t="s">
         <v>28</v>
       </c>
-      <c r="F4" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P4" t="s">
-        <v>143</v>
+        <v>117</v>
       </c>
       <c r="Q4" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="R4" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="S4">
-        <v>3225</v>
+        <v>3098</v>
       </c>
       <c r="T4">
-        <v>97562</v>
+        <v>78803</v>
       </c>
       <c r="U4">
-        <v>7626</v>
+        <v>7495</v>
       </c>
       <c r="V4" t="s">
+        <v>1</v>
+      </c>
+      <c r="W4" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B5">
-        <v>5168</v>
+        <v>1952</v>
       </c>
       <c r="C5" t="s">
-        <v>192</v>
+        <v>355</v>
       </c>
       <c r="D5" t="s">
-        <v>191</v>
+        <v>354</v>
       </c>
       <c r="E5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F5" t="s">
-        <v>190</v>
+        <v>26</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J5" t="s">
-        <v>161</v>
+        <v>227</v>
       </c>
       <c r="L5" t="s">
-        <v>189</v>
+        <v>353</v>
       </c>
       <c r="M5" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="N5" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="O5" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="Q5" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="R5" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="S5">
-        <v>3100</v>
+        <v>3225</v>
       </c>
       <c r="T5">
-        <v>111930</v>
+        <v>97562</v>
       </c>
       <c r="U5">
-        <v>7497</v>
+        <v>7626</v>
       </c>
       <c r="V5" t="s">
+        <v>1</v>
+      </c>
+      <c r="W5" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B6">
-        <v>5805</v>
+        <v>5168</v>
       </c>
       <c r="C6" t="s">
-        <v>188</v>
+        <v>352</v>
       </c>
       <c r="D6" t="s">
-        <v>187</v>
+        <v>351</v>
       </c>
       <c r="E6" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>186</v>
+        <v>350</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J6" t="s">
-        <v>185</v>
+        <v>318</v>
       </c>
       <c r="L6" t="s">
-        <v>184</v>
+        <v>349</v>
       </c>
       <c r="M6" t="s">
-        <v>163</v>
+        <v>176</v>
       </c>
       <c r="N6" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="O6" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="P6" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q6" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="R6" t="s">
         <v>115</v>
       </c>
       <c r="S6">
-        <v>3252</v>
+        <v>3100</v>
       </c>
       <c r="T6">
-        <v>136847</v>
+        <v>111930</v>
       </c>
       <c r="U6">
-        <v>7653</v>
+        <v>7497</v>
       </c>
       <c r="V6" t="s">
+        <v>1</v>
+      </c>
+      <c r="W6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B7">
-        <v>5883</v>
+        <v>5805</v>
       </c>
       <c r="C7" t="s">
-        <v>183</v>
+        <v>348</v>
       </c>
       <c r="D7" t="s">
-        <v>182</v>
+        <v>347</v>
       </c>
       <c r="E7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>124</v>
+        <v>346</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J7" t="s">
-        <v>181</v>
+        <v>345</v>
       </c>
       <c r="L7" t="s">
-        <v>180</v>
+        <v>344</v>
       </c>
       <c r="M7" t="s">
-        <v>34</v>
+        <v>320</v>
       </c>
       <c r="N7" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="O7" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P7" t="s">
-        <v>32</v>
+        <v>192</v>
       </c>
       <c r="Q7" t="s">
-        <v>18</v>
+        <v>116</v>
       </c>
       <c r="R7" t="s">
-        <v>31</v>
+        <v>191</v>
       </c>
       <c r="S7">
-        <v>3064</v>
+        <v>3252</v>
       </c>
       <c r="T7">
-        <v>138378</v>
+        <v>136847</v>
       </c>
       <c r="U7">
-        <v>7461</v>
+        <v>7653</v>
       </c>
       <c r="V7" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B8">
-        <v>6177</v>
+        <v>5883</v>
       </c>
       <c r="C8" t="s">
-        <v>176</v>
+        <v>343</v>
       </c>
       <c r="D8" t="s">
-        <v>175</v>
+        <v>342</v>
       </c>
       <c r="E8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F8" t="s">
-        <v>174</v>
+        <v>26</v>
       </c>
       <c r="G8">
+        <v>1</v>
+      </c>
+      <c r="H8" t="s">
+        <v>11</v>
+      </c>
+      <c r="J8" t="s">
+        <v>341</v>
+      </c>
+      <c r="L8" t="s">
+        <v>340</v>
+      </c>
+      <c r="M8" t="s">
+        <v>61</v>
+      </c>
+      <c r="N8" t="s">
+        <v>6</v>
+      </c>
+      <c r="O8" t="s">
+        <v>28</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>48</v>
+      </c>
+      <c r="R8" t="s">
+        <v>59</v>
+      </c>
+      <c r="S8">
+        <v>3064</v>
+      </c>
+      <c r="T8">
+        <v>138378</v>
+      </c>
+      <c r="U8">
+        <v>7461</v>
+      </c>
+      <c r="V8" t="s">
+        <v>1</v>
+      </c>
+      <c r="W8" t="s">
         <v>0</v>
-      </c>
-[...40 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B9">
         <v>6177</v>
       </c>
       <c r="C9" t="s">
-        <v>176</v>
+        <v>335</v>
       </c>
       <c r="D9" t="s">
-        <v>175</v>
+        <v>334</v>
       </c>
       <c r="E9" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
-        <v>174</v>
+        <v>333</v>
       </c>
       <c r="G9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H9" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="L9" t="s">
+        <v>339</v>
+      </c>
+      <c r="M9" t="s">
+        <v>106</v>
+      </c>
+      <c r="N9" t="s">
+        <v>6</v>
+      </c>
+      <c r="O9" t="s">
+        <v>28</v>
+      </c>
+      <c r="P9" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>26</v>
+      </c>
+      <c r="R9" t="s">
         <v>36</v>
       </c>
-      <c r="L9" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="S9">
-        <v>3069</v>
+        <v>3106</v>
       </c>
       <c r="T9">
         <v>151263</v>
       </c>
       <c r="U9">
-        <v>7466</v>
+        <v>7503</v>
       </c>
       <c r="V9" t="s">
+        <v>1</v>
+      </c>
+      <c r="W9" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B10">
-        <v>6563</v>
+        <v>6177</v>
       </c>
       <c r="C10" t="s">
-        <v>172</v>
+        <v>335</v>
       </c>
       <c r="D10" t="s">
-        <v>171</v>
+        <v>334</v>
       </c>
       <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>333</v>
+      </c>
+      <c r="G10">
+        <v>0</v>
+      </c>
+      <c r="H10" t="s">
+        <v>338</v>
+      </c>
+      <c r="J10" t="s">
+        <v>337</v>
+      </c>
+      <c r="L10" t="s">
+        <v>336</v>
+      </c>
+      <c r="M10" t="s">
+        <v>39</v>
+      </c>
+      <c r="N10" t="s">
+        <v>6</v>
+      </c>
+      <c r="O10" t="s">
         <v>28</v>
       </c>
-      <c r="F10" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P10" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="Q10" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="R10" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="S10">
-        <v>3101</v>
+        <v>3228</v>
       </c>
       <c r="T10">
-        <v>166476</v>
+        <v>151263</v>
       </c>
       <c r="U10">
-        <v>7498</v>
+        <v>7629</v>
       </c>
       <c r="V10" t="s">
+        <v>1</v>
+      </c>
+      <c r="W10" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B11">
-        <v>6758</v>
+        <v>6177</v>
       </c>
       <c r="C11" t="s">
-        <v>168</v>
+        <v>335</v>
       </c>
       <c r="D11" t="s">
-        <v>167</v>
+        <v>334</v>
       </c>
       <c r="E11" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F11" t="s">
-        <v>166</v>
+        <v>333</v>
       </c>
       <c r="G11">
+        <v>2</v>
+      </c>
+      <c r="H11" t="s">
+        <v>11</v>
+      </c>
+      <c r="J11" t="s">
+        <v>63</v>
+      </c>
+      <c r="L11" t="s">
+        <v>332</v>
+      </c>
+      <c r="M11" t="s">
+        <v>133</v>
+      </c>
+      <c r="N11" t="s">
+        <v>6</v>
+      </c>
+      <c r="O11" t="s">
+        <v>28</v>
+      </c>
+      <c r="P11" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>48</v>
+      </c>
+      <c r="R11" t="s">
+        <v>25</v>
+      </c>
+      <c r="S11">
+        <v>3069</v>
+      </c>
+      <c r="T11">
+        <v>151263</v>
+      </c>
+      <c r="U11">
+        <v>7466</v>
+      </c>
+      <c r="V11" t="s">
+        <v>1</v>
+      </c>
+      <c r="W11" t="s">
         <v>0</v>
-      </c>
-[...40 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B12">
-        <v>6758</v>
+        <v>6563</v>
       </c>
       <c r="C12" t="s">
-        <v>168</v>
+        <v>331</v>
       </c>
       <c r="D12" t="s">
-        <v>167</v>
+        <v>330</v>
       </c>
       <c r="E12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F12" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="G12">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H12" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J12" t="s">
-        <v>165</v>
+        <v>318</v>
       </c>
       <c r="L12" t="s">
-        <v>164</v>
+        <v>329</v>
       </c>
       <c r="M12" t="s">
-        <v>163</v>
+        <v>176</v>
       </c>
       <c r="N12" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
       <c r="O12" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="P12" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="Q12" t="s">
-        <v>10</v>
+        <v>116</v>
       </c>
       <c r="R12" t="s">
-        <v>162</v>
+        <v>59</v>
       </c>
       <c r="S12">
-        <v>3089</v>
+        <v>3101</v>
       </c>
       <c r="T12">
-        <v>175089</v>
+        <v>166476</v>
       </c>
       <c r="U12">
-        <v>7486</v>
+        <v>7498</v>
       </c>
       <c r="V12" t="s">
+        <v>1</v>
+      </c>
+      <c r="W12" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B13">
-        <v>6807</v>
+        <v>6715</v>
       </c>
       <c r="C13" t="s">
-        <v>159</v>
+        <v>328</v>
       </c>
       <c r="D13" t="s">
-        <v>158</v>
+        <v>327</v>
       </c>
       <c r="E13" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F13" t="s">
-        <v>150</v>
+        <v>18</v>
       </c>
       <c r="G13">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H13" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J13" t="s">
-        <v>161</v>
+        <v>77</v>
+      </c>
+      <c r="K13" t="s">
+        <v>326</v>
       </c>
       <c r="L13" t="s">
-        <v>160</v>
+        <v>75</v>
       </c>
       <c r="M13" t="s">
-        <v>103</v>
+        <v>7</v>
       </c>
       <c r="N13" t="s">
+        <v>29</v>
+      </c>
+      <c r="O13" t="s">
+        <v>28</v>
+      </c>
+      <c r="P13" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>26</v>
+      </c>
+      <c r="R13" t="s">
         <v>25</v>
       </c>
-      <c r="O13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="S13">
-        <v>3100</v>
+        <v>3238</v>
       </c>
       <c r="T13">
-        <v>178038</v>
+        <v>174516</v>
       </c>
       <c r="U13">
-        <v>7497</v>
+        <v>7639</v>
       </c>
       <c r="V13" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B14">
-        <v>6807</v>
+        <v>6758</v>
       </c>
       <c r="C14" t="s">
-        <v>159</v>
+        <v>324</v>
       </c>
       <c r="D14" t="s">
-        <v>158</v>
+        <v>323</v>
       </c>
       <c r="E14" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F14" t="s">
-        <v>150</v>
+        <v>94</v>
       </c>
       <c r="G14">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H14" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J14" t="s">
-        <v>157</v>
+        <v>70</v>
       </c>
       <c r="L14" t="s">
-        <v>156</v>
+        <v>325</v>
       </c>
       <c r="M14" t="s">
-        <v>58</v>
+        <v>181</v>
       </c>
       <c r="N14" t="s">
+        <v>6</v>
+      </c>
+      <c r="O14" t="s">
+        <v>28</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>116</v>
+      </c>
+      <c r="R14" t="s">
         <v>25</v>
       </c>
-      <c r="O14" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="S14">
-        <v>3096</v>
+        <v>3098</v>
       </c>
       <c r="T14">
-        <v>178038</v>
+        <v>175089</v>
       </c>
       <c r="U14">
-        <v>7493</v>
+        <v>7495</v>
       </c>
       <c r="V14" t="s">
+        <v>1</v>
+      </c>
+      <c r="W14" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B15">
-        <v>6996</v>
+        <v>6758</v>
       </c>
       <c r="C15" t="s">
-        <v>155</v>
+        <v>324</v>
       </c>
       <c r="D15" t="s">
-        <v>154</v>
+        <v>323</v>
       </c>
       <c r="E15" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F15" t="s">
+        <v>94</v>
+      </c>
+      <c r="G15">
         <v>2</v>
       </c>
-      <c r="G15">
-[...1 lines deleted...]
-      </c>
       <c r="H15" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J15" t="s">
-        <v>105</v>
+        <v>322</v>
       </c>
       <c r="L15" t="s">
-        <v>153</v>
+        <v>321</v>
       </c>
       <c r="M15" t="s">
-        <v>58</v>
+        <v>320</v>
       </c>
       <c r="N15" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="O15" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="P15" t="s">
-        <v>57</v>
+        <v>140</v>
       </c>
       <c r="Q15" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="R15" t="s">
-        <v>55</v>
+        <v>319</v>
       </c>
       <c r="S15">
-        <v>3096</v>
+        <v>3089</v>
       </c>
       <c r="T15">
-        <v>182547</v>
+        <v>175089</v>
       </c>
       <c r="U15">
-        <v>7493</v>
+        <v>7486</v>
       </c>
       <c r="V15" t="s">
+        <v>1</v>
+      </c>
+      <c r="W15" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B16">
-        <v>7048</v>
+        <v>6807</v>
       </c>
       <c r="C16" t="s">
-        <v>152</v>
+        <v>316</v>
       </c>
       <c r="D16" t="s">
-        <v>151</v>
+        <v>315</v>
       </c>
       <c r="E16" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F16" t="s">
-        <v>150</v>
+        <v>206</v>
       </c>
       <c r="G16">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H16" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J16" t="s">
-        <v>105</v>
+        <v>318</v>
       </c>
       <c r="L16" t="s">
-        <v>149</v>
+        <v>317</v>
       </c>
       <c r="M16" t="s">
-        <v>58</v>
+        <v>176</v>
       </c>
       <c r="N16" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="O16" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="P16" t="s">
-        <v>57</v>
+        <v>117</v>
       </c>
       <c r="Q16" t="s">
-        <v>56</v>
+        <v>116</v>
       </c>
       <c r="R16" t="s">
-        <v>55</v>
+        <v>115</v>
       </c>
       <c r="S16">
-        <v>3096</v>
+        <v>3100</v>
       </c>
       <c r="T16">
-        <v>184854</v>
+        <v>178038</v>
       </c>
       <c r="U16">
-        <v>7493</v>
+        <v>7497</v>
       </c>
       <c r="V16" t="s">
+        <v>1</v>
+      </c>
+      <c r="W16" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B17">
-        <v>7385</v>
+        <v>6807</v>
       </c>
       <c r="C17" t="s">
-        <v>148</v>
+        <v>316</v>
       </c>
       <c r="D17" t="s">
-        <v>147</v>
+        <v>315</v>
       </c>
       <c r="E17" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F17" t="s">
-        <v>124</v>
+        <v>206</v>
       </c>
       <c r="G17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H17" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J17" t="s">
-        <v>146</v>
+        <v>70</v>
       </c>
       <c r="L17" t="s">
-        <v>145</v>
+        <v>314</v>
       </c>
       <c r="M17" t="s">
+        <v>118</v>
+      </c>
+      <c r="N17" t="s">
+        <v>54</v>
+      </c>
+      <c r="O17" t="s">
+        <v>28</v>
+      </c>
+      <c r="P17" t="s">
         <v>117</v>
       </c>
-      <c r="N17" t="s">
-[...5 lines deleted...]
-      <c r="P17" t="s">
+      <c r="Q17" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="R17" t="s">
         <v>115</v>
       </c>
       <c r="S17">
-        <v>3251</v>
+        <v>3096</v>
       </c>
       <c r="T17">
-        <v>196652</v>
+        <v>178038</v>
       </c>
       <c r="U17">
-        <v>7652</v>
+        <v>7493</v>
       </c>
       <c r="V17" t="s">
+        <v>1</v>
+      </c>
+      <c r="W17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B18">
-        <v>7579</v>
+        <v>6867</v>
       </c>
       <c r="C18" t="s">
-        <v>142</v>
+        <v>313</v>
       </c>
       <c r="D18" t="s">
-        <v>141</v>
+        <v>312</v>
       </c>
       <c r="E18" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" t="s">
+        <v>48</v>
+      </c>
+      <c r="G18">
+        <v>1</v>
+      </c>
+      <c r="H18" t="s">
+        <v>11</v>
+      </c>
+      <c r="J18" t="s">
+        <v>311</v>
+      </c>
+      <c r="K18" t="s">
+        <v>310</v>
+      </c>
+      <c r="L18" t="s">
+        <v>309</v>
+      </c>
+      <c r="M18" t="s">
+        <v>147</v>
+      </c>
+      <c r="N18" t="s">
+        <v>6</v>
+      </c>
+      <c r="O18" t="s">
         <v>28</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18">
+      <c r="P18" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>26</v>
+      </c>
+      <c r="R18" t="s">
+        <v>308</v>
+      </c>
+      <c r="S18">
+        <v>3132</v>
+      </c>
+      <c r="T18">
+        <v>180411</v>
+      </c>
+      <c r="U18">
+        <v>7529</v>
+      </c>
+      <c r="V18" t="s">
+        <v>1</v>
+      </c>
+      <c r="W18" t="s">
         <v>0</v>
-      </c>
-[...40 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B19">
-        <v>7579</v>
+        <v>6880</v>
       </c>
       <c r="C19" t="s">
-        <v>142</v>
+        <v>307</v>
       </c>
       <c r="D19" t="s">
-        <v>141</v>
+        <v>306</v>
       </c>
       <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>48</v>
+      </c>
+      <c r="G19">
+        <v>1</v>
+      </c>
+      <c r="H19" t="s">
+        <v>11</v>
+      </c>
+      <c r="J19" t="s">
+        <v>108</v>
+      </c>
+      <c r="L19" t="s">
+        <v>305</v>
+      </c>
+      <c r="M19" t="s">
+        <v>147</v>
+      </c>
+      <c r="N19" t="s">
+        <v>54</v>
+      </c>
+      <c r="O19" t="s">
         <v>28</v>
       </c>
-      <c r="F19" t="s">
-[...14 lines deleted...]
-      <c r="M19" t="s">
+      <c r="P19" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q19" t="s">
         <v>26</v>
       </c>
-      <c r="N19" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="R19" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="S19">
-        <v>3076</v>
+        <v>3105</v>
       </c>
       <c r="T19">
-        <v>203232</v>
+        <v>180709</v>
       </c>
       <c r="U19">
-        <v>7473</v>
+        <v>7502</v>
       </c>
       <c r="V19" t="s">
+        <v>1</v>
+      </c>
+      <c r="W19" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B20">
-        <v>7620</v>
+        <v>6987</v>
       </c>
       <c r="C20" t="s">
-        <v>139</v>
+        <v>304</v>
       </c>
       <c r="D20" t="s">
-        <v>138</v>
+        <v>303</v>
       </c>
       <c r="E20" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F20" t="s">
-        <v>120</v>
+        <v>42</v>
       </c>
       <c r="G20">
         <v>1</v>
       </c>
       <c r="H20" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J20" t="s">
-        <v>8</v>
+        <v>302</v>
       </c>
       <c r="L20" t="s">
-        <v>137</v>
+        <v>301</v>
       </c>
       <c r="M20" t="s">
-        <v>44</v>
+        <v>300</v>
       </c>
       <c r="N20" t="s">
-        <v>5</v>
+        <v>54</v>
       </c>
       <c r="O20" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="P20" t="s">
-        <v>3</v>
+        <v>299</v>
       </c>
       <c r="Q20" t="s">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="R20" t="s">
-        <v>1</v>
+        <v>298</v>
       </c>
       <c r="S20">
-        <v>3208</v>
+        <v>3107</v>
       </c>
       <c r="T20">
-        <v>204078</v>
+        <v>182407</v>
       </c>
       <c r="U20">
-        <v>7609</v>
+        <v>7504</v>
       </c>
       <c r="V20" t="s">
+        <v>1</v>
+      </c>
+      <c r="W20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B21">
-        <v>7873</v>
+        <v>6996</v>
       </c>
       <c r="C21" t="s">
-        <v>136</v>
+        <v>297</v>
       </c>
       <c r="D21" t="s">
-        <v>135</v>
+        <v>296</v>
       </c>
       <c r="E21" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F21" t="s">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="H21" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J21" t="s">
-        <v>36</v>
+        <v>102</v>
       </c>
       <c r="L21" t="s">
-        <v>134</v>
+        <v>295</v>
       </c>
       <c r="M21" t="s">
-        <v>34</v>
+        <v>118</v>
       </c>
       <c r="N21" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="O21" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="P21" t="s">
-        <v>32</v>
+        <v>117</v>
       </c>
       <c r="Q21" t="s">
-        <v>18</v>
+        <v>116</v>
       </c>
       <c r="R21" t="s">
-        <v>70</v>
+        <v>115</v>
       </c>
       <c r="S21">
-        <v>3065</v>
+        <v>3096</v>
       </c>
       <c r="T21">
-        <v>212624</v>
+        <v>182547</v>
       </c>
       <c r="U21">
-        <v>7462</v>
+        <v>7493</v>
       </c>
       <c r="V21" t="s">
+        <v>1</v>
+      </c>
+      <c r="W21" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B22">
-        <v>7888</v>
+        <v>7048</v>
       </c>
       <c r="C22" t="s">
-        <v>133</v>
+        <v>294</v>
       </c>
       <c r="D22" t="s">
-        <v>132</v>
+        <v>293</v>
       </c>
       <c r="E22" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F22" t="s">
-        <v>61</v>
+        <v>206</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="H22" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J22" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="L22" t="s">
-        <v>131</v>
+        <v>292</v>
       </c>
       <c r="M22" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="N22" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="O22" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="P22" t="s">
-        <v>57</v>
+        <v>117</v>
       </c>
       <c r="Q22" t="s">
-        <v>56</v>
+        <v>116</v>
       </c>
       <c r="R22" t="s">
-        <v>55</v>
+        <v>115</v>
       </c>
       <c r="S22">
-        <v>3100</v>
+        <v>3096</v>
       </c>
       <c r="T22">
-        <v>213180</v>
+        <v>184854</v>
       </c>
       <c r="U22">
-        <v>7497</v>
+        <v>7493</v>
       </c>
       <c r="V22" t="s">
+        <v>1</v>
+      </c>
+      <c r="W22" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B23">
-        <v>8132</v>
+        <v>7147</v>
       </c>
       <c r="C23" t="s">
-        <v>130</v>
+        <v>290</v>
       </c>
       <c r="D23" t="s">
-        <v>129</v>
+        <v>289</v>
       </c>
       <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>3</v>
+      </c>
+      <c r="G23">
+        <v>0</v>
+      </c>
+      <c r="H23" t="s">
+        <v>11</v>
+      </c>
+      <c r="J23" t="s">
+        <v>108</v>
+      </c>
+      <c r="L23" t="s">
+        <v>291</v>
+      </c>
+      <c r="M23" t="s">
+        <v>106</v>
+      </c>
+      <c r="N23" t="s">
+        <v>6</v>
+      </c>
+      <c r="O23" t="s">
         <v>28</v>
       </c>
-      <c r="F23" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P23" t="s">
-        <v>78</v>
+        <v>105</v>
       </c>
       <c r="Q23" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="R23" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
       <c r="S23">
-        <v>3082</v>
+        <v>3106</v>
       </c>
       <c r="T23">
-        <v>222153</v>
+        <v>188590</v>
       </c>
       <c r="U23">
-        <v>7479</v>
+        <v>7503</v>
       </c>
       <c r="V23" t="s">
+        <v>1</v>
+      </c>
+      <c r="W23" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B24">
-        <v>8291</v>
+        <v>7147</v>
       </c>
       <c r="C24" t="s">
-        <v>126</v>
+        <v>290</v>
       </c>
       <c r="D24" t="s">
-        <v>125</v>
+        <v>289</v>
       </c>
       <c r="E24" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F24" t="s">
-        <v>124</v>
+        <v>3</v>
       </c>
       <c r="G24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H24" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J24" t="s">
-        <v>100</v>
+        <v>288</v>
       </c>
       <c r="L24" t="s">
-        <v>123</v>
+        <v>287</v>
       </c>
       <c r="M24" t="s">
+        <v>286</v>
+      </c>
+      <c r="N24" t="s">
         <v>6</v>
       </c>
-      <c r="N24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O24" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="P24" t="s">
-        <v>3</v>
+        <v>266</v>
       </c>
       <c r="Q24" t="s">
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="R24" t="s">
-        <v>1</v>
+        <v>66</v>
       </c>
       <c r="S24">
-        <v>3209</v>
+        <v>3104</v>
       </c>
       <c r="T24">
-        <v>229689</v>
+        <v>188590</v>
       </c>
       <c r="U24">
-        <v>7610</v>
+        <v>7501</v>
       </c>
       <c r="V24" t="s">
+        <v>1</v>
+      </c>
+      <c r="W24" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B25">
-        <v>8294</v>
+        <v>7154</v>
       </c>
       <c r="C25" t="s">
-        <v>122</v>
+        <v>285</v>
       </c>
       <c r="D25" t="s">
-        <v>121</v>
+        <v>284</v>
       </c>
       <c r="E25" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F25" t="s">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="G25">
         <v>1</v>
       </c>
       <c r="H25" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J25" t="s">
-        <v>119</v>
+        <v>10</v>
       </c>
       <c r="L25" t="s">
-        <v>118</v>
+        <v>283</v>
       </c>
       <c r="M25" t="s">
-        <v>117</v>
+        <v>250</v>
       </c>
       <c r="N25" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
       <c r="O25" t="s">
-        <v>42</v>
+        <v>5</v>
       </c>
       <c r="P25" t="s">
-        <v>116</v>
+        <v>19</v>
       </c>
       <c r="Q25" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="R25" t="s">
-        <v>115</v>
+        <v>17</v>
       </c>
       <c r="S25">
-        <v>3251</v>
+        <v>3138</v>
       </c>
       <c r="T25">
-        <v>229710</v>
+        <v>188722</v>
       </c>
       <c r="U25">
-        <v>7652</v>
+        <v>7535</v>
       </c>
       <c r="V25" t="s">
+        <v>1</v>
+      </c>
+      <c r="W25" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B26">
-        <v>8356</v>
+        <v>7343</v>
       </c>
       <c r="C26" t="s">
-        <v>112</v>
+        <v>282</v>
       </c>
       <c r="D26" t="s">
-        <v>111</v>
+        <v>281</v>
       </c>
       <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
+        <v>32</v>
+      </c>
+      <c r="G26">
+        <v>1</v>
+      </c>
+      <c r="H26" t="s">
+        <v>11</v>
+      </c>
+      <c r="J26" t="s">
+        <v>280</v>
+      </c>
+      <c r="L26" t="s">
+        <v>279</v>
+      </c>
+      <c r="M26" t="s">
+        <v>218</v>
+      </c>
+      <c r="N26" t="s">
+        <v>38</v>
+      </c>
+      <c r="O26" t="s">
         <v>28</v>
       </c>
-      <c r="F26" t="s">
-[...17 lines deleted...]
-      <c r="N26" t="s">
+      <c r="P26" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>116</v>
+      </c>
+      <c r="R26" t="s">
         <v>25</v>
       </c>
-      <c r="O26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="S26">
-        <v>3099</v>
+        <v>3253</v>
       </c>
       <c r="T26">
-        <v>231633</v>
+        <v>196057</v>
       </c>
       <c r="U26">
-        <v>7496</v>
+        <v>7654</v>
       </c>
       <c r="V26" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B27">
-        <v>8356</v>
+        <v>7385</v>
       </c>
       <c r="C27" t="s">
-        <v>112</v>
+        <v>278</v>
       </c>
       <c r="D27" t="s">
-        <v>111</v>
+        <v>277</v>
       </c>
       <c r="E27" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F27" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="G27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H27" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J27" t="s">
-        <v>105</v>
+        <v>276</v>
       </c>
       <c r="L27" t="s">
-        <v>110</v>
+        <v>275</v>
       </c>
       <c r="M27" t="s">
-        <v>109</v>
+        <v>193</v>
       </c>
       <c r="N27" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="O27" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P27" t="s">
-        <v>57</v>
+        <v>192</v>
       </c>
       <c r="Q27" t="s">
-        <v>56</v>
+        <v>116</v>
       </c>
       <c r="R27" t="s">
-        <v>108</v>
+        <v>191</v>
       </c>
       <c r="S27">
-        <v>3095</v>
+        <v>3251</v>
       </c>
       <c r="T27">
-        <v>231633</v>
+        <v>196652</v>
       </c>
       <c r="U27">
-        <v>7492</v>
+        <v>7652</v>
       </c>
       <c r="V27" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B28">
-        <v>8498</v>
+        <v>7387</v>
       </c>
       <c r="C28" t="s">
-        <v>107</v>
+        <v>274</v>
       </c>
       <c r="D28" t="s">
-        <v>106</v>
+        <v>273</v>
       </c>
       <c r="E28" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F28" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="G28">
         <v>1</v>
       </c>
       <c r="H28" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J28" t="s">
-        <v>105</v>
+        <v>70</v>
+      </c>
+      <c r="K28" t="s">
+        <v>272</v>
       </c>
       <c r="L28" t="s">
-        <v>104</v>
+        <v>271</v>
       </c>
       <c r="M28" t="s">
-        <v>103</v>
+        <v>218</v>
       </c>
       <c r="N28" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="O28" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="P28" t="s">
-        <v>57</v>
+        <v>117</v>
       </c>
       <c r="Q28" t="s">
-        <v>56</v>
+        <v>116</v>
       </c>
       <c r="R28" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="S28">
-        <v>3102</v>
+        <v>3253</v>
       </c>
       <c r="T28">
-        <v>237347</v>
+        <v>196654</v>
       </c>
       <c r="U28">
-        <v>7499</v>
+        <v>7654</v>
       </c>
       <c r="V28" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B29">
-        <v>8512</v>
+        <v>7505</v>
       </c>
       <c r="C29" t="s">
-        <v>102</v>
+        <v>270</v>
       </c>
       <c r="D29" t="s">
-        <v>101</v>
+        <v>269</v>
       </c>
       <c r="E29" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F29" t="s">
-        <v>87</v>
+        <v>52</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="H29" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J29" t="s">
-        <v>100</v>
+        <v>10</v>
+      </c>
+      <c r="K29" t="s">
+        <v>268</v>
       </c>
       <c r="L29" t="s">
-        <v>99</v>
+        <v>267</v>
       </c>
       <c r="M29" t="s">
-        <v>58</v>
+        <v>106</v>
       </c>
       <c r="N29" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="O29" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="P29" t="s">
-        <v>57</v>
+        <v>266</v>
       </c>
       <c r="Q29" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="R29" t="s">
-        <v>55</v>
+        <v>265</v>
       </c>
       <c r="S29">
-        <v>3096</v>
+        <v>3134</v>
       </c>
       <c r="T29">
-        <v>237716</v>
+        <v>201394</v>
       </c>
       <c r="U29">
-        <v>7493</v>
+        <v>7531</v>
       </c>
       <c r="V29" t="s">
+        <v>1</v>
+      </c>
+      <c r="W29" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B30">
-        <v>8514</v>
+        <v>7579</v>
       </c>
       <c r="C30" t="s">
-        <v>98</v>
+        <v>263</v>
       </c>
       <c r="D30" t="s">
-        <v>97</v>
+        <v>262</v>
       </c>
       <c r="E30" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F30" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="G30">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H30" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J30" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="L30" t="s">
-        <v>96</v>
+        <v>264</v>
       </c>
       <c r="M30" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="N30" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="O30" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="P30" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="Q30" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="R30" t="s">
-        <v>94</v>
+        <v>180</v>
       </c>
       <c r="S30">
-        <v>3072</v>
+        <v>3224</v>
       </c>
       <c r="T30">
-        <v>237718</v>
+        <v>203232</v>
       </c>
       <c r="U30">
-        <v>7469</v>
+        <v>7625</v>
       </c>
       <c r="V30" t="s">
+        <v>1</v>
+      </c>
+      <c r="W30" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B31">
-        <v>8515</v>
+        <v>7579</v>
       </c>
       <c r="C31" t="s">
-        <v>93</v>
+        <v>263</v>
       </c>
       <c r="D31" t="s">
-        <v>92</v>
+        <v>262</v>
       </c>
       <c r="E31" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" t="s">
+        <v>32</v>
+      </c>
+      <c r="G31">
+        <v>2</v>
+      </c>
+      <c r="H31" t="s">
+        <v>11</v>
+      </c>
+      <c r="J31" t="s">
+        <v>41</v>
+      </c>
+      <c r="L31" t="s">
+        <v>261</v>
+      </c>
+      <c r="M31" t="s">
+        <v>55</v>
+      </c>
+      <c r="N31" t="s">
+        <v>54</v>
+      </c>
+      <c r="O31" t="s">
         <v>28</v>
       </c>
-      <c r="F31" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P31" t="s">
-        <v>78</v>
+        <v>53</v>
       </c>
       <c r="Q31" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="R31" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="S31">
-        <v>3082</v>
+        <v>3076</v>
       </c>
       <c r="T31">
-        <v>237719</v>
+        <v>203232</v>
       </c>
       <c r="U31">
-        <v>7479</v>
+        <v>7473</v>
       </c>
       <c r="V31" t="s">
+        <v>1</v>
+      </c>
+      <c r="W31" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B32">
-        <v>8526</v>
+        <v>7586</v>
       </c>
       <c r="C32" t="s">
-        <v>89</v>
+        <v>260</v>
       </c>
       <c r="D32" t="s">
-        <v>88</v>
+        <v>259</v>
       </c>
       <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" t="s">
+        <v>32</v>
+      </c>
+      <c r="G32">
+        <v>1</v>
+      </c>
+      <c r="H32" t="s">
+        <v>71</v>
+      </c>
+      <c r="J32" t="s">
+        <v>70</v>
+      </c>
+      <c r="L32" t="s">
+        <v>258</v>
+      </c>
+      <c r="M32" t="s">
+        <v>7</v>
+      </c>
+      <c r="N32" t="s">
+        <v>54</v>
+      </c>
+      <c r="O32" t="s">
         <v>28</v>
       </c>
-      <c r="F32" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P32" t="s">
-        <v>32</v>
+        <v>257</v>
       </c>
       <c r="Q32" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="R32" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="S32">
-        <v>3064</v>
+        <v>3112</v>
       </c>
       <c r="T32">
-        <v>237730</v>
+        <v>203240</v>
       </c>
       <c r="U32">
-        <v>7461</v>
+        <v>7509</v>
       </c>
       <c r="V32" t="s">
+        <v>1</v>
+      </c>
+      <c r="W32" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B33">
-        <v>8552</v>
+        <v>7620</v>
       </c>
       <c r="C33" t="s">
-        <v>84</v>
+        <v>256</v>
       </c>
       <c r="D33" t="s">
-        <v>83</v>
+        <v>255</v>
       </c>
       <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>3</v>
+      </c>
+      <c r="G33">
+        <v>1</v>
+      </c>
+      <c r="H33" t="s">
+        <v>11</v>
+      </c>
+      <c r="J33" t="s">
+        <v>41</v>
+      </c>
+      <c r="L33" t="s">
+        <v>254</v>
+      </c>
+      <c r="M33" t="s">
+        <v>82</v>
+      </c>
+      <c r="N33" t="s">
+        <v>38</v>
+      </c>
+      <c r="O33" t="s">
         <v>28</v>
       </c>
-      <c r="F33" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P33" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="Q33" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="R33" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
       <c r="S33">
-        <v>3082</v>
+        <v>3208</v>
       </c>
       <c r="T33">
-        <v>238611</v>
+        <v>204078</v>
       </c>
       <c r="U33">
-        <v>7479</v>
+        <v>7609</v>
       </c>
       <c r="V33" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B34">
-        <v>8558</v>
+        <v>7635</v>
       </c>
       <c r="C34" t="s">
-        <v>76</v>
+        <v>253</v>
       </c>
       <c r="D34" t="s">
-        <v>75</v>
+        <v>252</v>
       </c>
       <c r="E34" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F34" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="G34">
         <v>1</v>
       </c>
       <c r="H34" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J34" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="L34" t="s">
-        <v>72</v>
+        <v>251</v>
       </c>
       <c r="M34" t="s">
-        <v>71</v>
+        <v>250</v>
       </c>
       <c r="N34" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="O34" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P34" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="Q34" t="s">
         <v>18</v>
       </c>
       <c r="R34" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="S34">
-        <v>3069</v>
+        <v>3137</v>
       </c>
       <c r="T34">
-        <v>239041</v>
+        <v>204149</v>
       </c>
       <c r="U34">
-        <v>7466</v>
+        <v>7534</v>
       </c>
       <c r="V34" t="s">
+        <v>1</v>
+      </c>
+      <c r="W34" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B35">
-        <v>8584</v>
+        <v>7795</v>
       </c>
       <c r="C35" t="s">
-        <v>69</v>
+        <v>249</v>
       </c>
       <c r="D35" t="s">
-        <v>68</v>
+        <v>248</v>
       </c>
       <c r="E35" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F35" t="s">
-        <v>10</v>
+        <v>231</v>
       </c>
       <c r="G35">
         <v>1</v>
       </c>
       <c r="H35" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J35" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="K35" t="s">
-        <v>66</v>
+        <v>247</v>
       </c>
       <c r="L35" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="M35" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="N35" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="O35" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="P35" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="Q35" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="R35" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="S35">
-        <v>3257</v>
+        <v>3238</v>
       </c>
       <c r="T35">
-        <v>239622</v>
+        <v>210391</v>
       </c>
       <c r="U35">
-        <v>7658</v>
+        <v>7639</v>
       </c>
       <c r="V35" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B36">
-        <v>8612</v>
+        <v>7823</v>
       </c>
       <c r="C36" t="s">
-        <v>63</v>
+        <v>246</v>
       </c>
       <c r="D36" t="s">
-        <v>62</v>
+        <v>245</v>
       </c>
       <c r="E36" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F36" t="s">
-        <v>61</v>
+        <v>231</v>
       </c>
       <c r="G36">
         <v>1</v>
       </c>
       <c r="H36" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J36" t="s">
-        <v>60</v>
+        <v>102</v>
+      </c>
+      <c r="K36" t="s">
+        <v>101</v>
       </c>
       <c r="L36" t="s">
-        <v>59</v>
+        <v>244</v>
       </c>
       <c r="M36" t="s">
-        <v>58</v>
+        <v>7</v>
       </c>
       <c r="N36" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="O36" t="s">
+        <v>5</v>
+      </c>
+      <c r="P36" t="s">
         <v>4</v>
       </c>
-      <c r="P36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q36" t="s">
-        <v>56</v>
+        <v>3</v>
       </c>
       <c r="R36" t="s">
-        <v>55</v>
+        <v>2</v>
       </c>
       <c r="S36">
-        <v>3096</v>
+        <v>3140</v>
       </c>
       <c r="T36">
-        <v>239926</v>
+        <v>211536</v>
       </c>
       <c r="U36">
-        <v>7493</v>
+        <v>7537</v>
       </c>
       <c r="V36" t="s">
+        <v>1</v>
+      </c>
+      <c r="W36" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B37">
-        <v>8618</v>
+        <v>7871</v>
       </c>
       <c r="C37" t="s">
-        <v>54</v>
+        <v>243</v>
       </c>
       <c r="D37" t="s">
-        <v>53</v>
+        <v>242</v>
       </c>
       <c r="E37" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="F37" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="G37">
         <v>1</v>
       </c>
       <c r="H37" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J37" t="s">
-        <v>51</v>
+        <v>241</v>
       </c>
       <c r="L37" t="s">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="M37" t="s">
-        <v>6</v>
+        <v>218</v>
       </c>
       <c r="N37" t="s">
-        <v>5</v>
+        <v>38</v>
       </c>
       <c r="O37" t="s">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="P37" t="s">
-        <v>3</v>
+        <v>117</v>
       </c>
       <c r="Q37" t="s">
-        <v>2</v>
+        <v>116</v>
       </c>
       <c r="R37" t="s">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="S37">
-        <v>3209</v>
+        <v>3253</v>
       </c>
       <c r="T37">
-        <v>240015</v>
+        <v>212601</v>
       </c>
       <c r="U37">
-        <v>7610</v>
+        <v>7654</v>
       </c>
       <c r="V37" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B38">
-        <v>219938</v>
+        <v>7873</v>
       </c>
       <c r="C38" t="s">
-        <v>49</v>
+        <v>239</v>
       </c>
       <c r="D38" t="s">
+        <v>238</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>22</v>
+      </c>
+      <c r="G38">
+        <v>1</v>
+      </c>
+      <c r="H38" t="s">
+        <v>11</v>
+      </c>
+      <c r="J38" t="s">
+        <v>63</v>
+      </c>
+      <c r="L38" t="s">
+        <v>237</v>
+      </c>
+      <c r="M38" t="s">
+        <v>61</v>
+      </c>
+      <c r="N38" t="s">
+        <v>6</v>
+      </c>
+      <c r="O38" t="s">
+        <v>28</v>
+      </c>
+      <c r="P38" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q38" t="s">
         <v>48</v>
       </c>
-      <c r="E38" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="R38" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="S38">
-        <v>3260</v>
+        <v>3065</v>
       </c>
       <c r="T38">
-        <v>265672</v>
+        <v>212624</v>
       </c>
       <c r="U38">
-        <v>7661</v>
+        <v>7462</v>
       </c>
       <c r="V38" t="s">
+        <v>1</v>
+      </c>
+      <c r="W38" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B39">
-        <v>220076</v>
+        <v>7888</v>
       </c>
       <c r="C39" t="s">
-        <v>39</v>
+        <v>236</v>
       </c>
       <c r="D39" t="s">
-        <v>38</v>
+        <v>235</v>
       </c>
       <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>32</v>
+      </c>
+      <c r="G39">
+        <v>1</v>
+      </c>
+      <c r="H39" t="s">
+        <v>11</v>
+      </c>
+      <c r="J39" t="s">
+        <v>102</v>
+      </c>
+      <c r="L39" t="s">
+        <v>234</v>
+      </c>
+      <c r="M39" t="s">
+        <v>176</v>
+      </c>
+      <c r="N39" t="s">
+        <v>54</v>
+      </c>
+      <c r="O39" t="s">
         <v>28</v>
       </c>
-      <c r="F39" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P39" t="s">
-        <v>32</v>
+        <v>117</v>
       </c>
       <c r="Q39" t="s">
-        <v>18</v>
+        <v>116</v>
       </c>
       <c r="R39" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="S39">
-        <v>3064</v>
+        <v>3100</v>
       </c>
       <c r="T39">
-        <v>270960</v>
+        <v>213180</v>
       </c>
       <c r="U39">
-        <v>7461</v>
+        <v>7497</v>
       </c>
       <c r="V39" t="s">
+        <v>1</v>
+      </c>
+      <c r="W39" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B40">
-        <v>220236</v>
+        <v>8048</v>
       </c>
       <c r="C40" t="s">
-        <v>30</v>
+        <v>233</v>
       </c>
       <c r="D40" t="s">
-        <v>29</v>
+        <v>232</v>
       </c>
       <c r="E40" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" t="s">
+        <v>231</v>
+      </c>
+      <c r="G40">
+        <v>1</v>
+      </c>
+      <c r="H40" t="s">
+        <v>71</v>
+      </c>
+      <c r="J40" t="s">
+        <v>10</v>
+      </c>
+      <c r="L40" t="s">
+        <v>230</v>
+      </c>
+      <c r="M40" t="s">
+        <v>173</v>
+      </c>
+      <c r="N40" t="s">
+        <v>38</v>
+      </c>
+      <c r="O40" t="s">
         <v>28</v>
       </c>
-      <c r="F40" t="s">
-[...17 lines deleted...]
-      <c r="N40" t="s">
+      <c r="P40" t="s">
+        <v>166</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>154</v>
+      </c>
+      <c r="R40" t="s">
         <v>25</v>
       </c>
-      <c r="O40" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="S40">
-        <v>3076</v>
+        <v>3286</v>
       </c>
       <c r="T40">
-        <v>276021</v>
+        <v>220609</v>
       </c>
       <c r="U40">
-        <v>7473</v>
+        <v>7687</v>
       </c>
       <c r="V40" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B41">
-        <v>220239</v>
+        <v>8082</v>
       </c>
       <c r="C41" t="s">
-        <v>20</v>
+        <v>229</v>
       </c>
       <c r="D41" t="s">
-        <v>19</v>
+        <v>228</v>
       </c>
       <c r="E41" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F41" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="G41">
         <v>1</v>
       </c>
       <c r="H41" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J41" t="s">
-        <v>17</v>
+        <v>227</v>
       </c>
       <c r="K41" t="s">
-        <v>16</v>
+        <v>226</v>
       </c>
       <c r="L41" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="M41" t="s">
+        <v>213</v>
+      </c>
+      <c r="N41" t="s">
         <v>6</v>
       </c>
-      <c r="N41" t="s">
+      <c r="O41" t="s">
         <v>5</v>
       </c>
-      <c r="O41" t="s">
+      <c r="P41" t="s">
         <v>4</v>
       </c>
-      <c r="P41" t="s">
+      <c r="Q41" t="s">
         <v>3</v>
       </c>
-      <c r="Q41" t="s">
+      <c r="R41" t="s">
         <v>2</v>
       </c>
-      <c r="R41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S41">
-        <v>3209</v>
+        <v>3142</v>
       </c>
       <c r="T41">
-        <v>276159</v>
+        <v>221320</v>
       </c>
       <c r="U41">
-        <v>7610</v>
+        <v>7539</v>
       </c>
       <c r="V41" t="s">
+        <v>1</v>
+      </c>
+      <c r="W41" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
+        <v>16</v>
+      </c>
+      <c r="B42">
+        <v>8084</v>
+      </c>
+      <c r="C42" t="s">
+        <v>224</v>
+      </c>
+      <c r="D42" t="s">
+        <v>223</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>3</v>
+      </c>
+      <c r="G42">
+        <v>1</v>
+      </c>
+      <c r="H42" t="s">
+        <v>11</v>
+      </c>
+      <c r="J42" t="s">
+        <v>108</v>
+      </c>
+      <c r="L42" t="s">
+        <v>31</v>
+      </c>
+      <c r="M42" t="s">
+        <v>30</v>
+      </c>
+      <c r="N42" t="s">
+        <v>29</v>
+      </c>
+      <c r="O42" t="s">
+        <v>28</v>
+      </c>
+      <c r="P42" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>26</v>
+      </c>
+      <c r="R42" t="s">
+        <v>25</v>
+      </c>
+      <c r="S42">
+        <v>3239</v>
+      </c>
+      <c r="T42">
+        <v>221326</v>
+      </c>
+      <c r="U42">
+        <v>7640</v>
+      </c>
+      <c r="V42" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="43" spans="1:23">
+      <c r="A43" t="s">
+        <v>16</v>
+      </c>
+      <c r="B43">
+        <v>8090</v>
+      </c>
+      <c r="C43" t="s">
+        <v>221</v>
+      </c>
+      <c r="D43" t="s">
+        <v>222</v>
+      </c>
+      <c r="E43" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" t="s">
+        <v>18</v>
+      </c>
+      <c r="G43">
+        <v>1</v>
+      </c>
+      <c r="H43" t="s">
+        <v>11</v>
+      </c>
+      <c r="J43" t="s">
+        <v>77</v>
+      </c>
+      <c r="K43" t="s">
+        <v>201</v>
+      </c>
+      <c r="L43" t="s">
+        <v>75</v>
+      </c>
+      <c r="M43" t="s">
+        <v>7</v>
+      </c>
+      <c r="N43" t="s">
+        <v>29</v>
+      </c>
+      <c r="O43" t="s">
+        <v>28</v>
+      </c>
+      <c r="P43" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>26</v>
+      </c>
+      <c r="R43" t="s">
+        <v>25</v>
+      </c>
+      <c r="S43">
+        <v>3238</v>
+      </c>
+      <c r="T43">
+        <v>221383</v>
+      </c>
+      <c r="U43">
+        <v>7639</v>
+      </c>
+      <c r="V43" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="44" spans="1:23">
+      <c r="A44" t="s">
+        <v>16</v>
+      </c>
+      <c r="B44">
+        <v>8091</v>
+      </c>
+      <c r="C44" t="s">
+        <v>221</v>
+      </c>
+      <c r="D44" t="s">
+        <v>220</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" t="s">
+        <v>18</v>
+      </c>
+      <c r="G44">
+        <v>1</v>
+      </c>
+      <c r="H44" t="s">
+        <v>11</v>
+      </c>
+      <c r="J44" t="s">
+        <v>41</v>
+      </c>
+      <c r="L44" t="s">
+        <v>219</v>
+      </c>
+      <c r="M44" t="s">
+        <v>218</v>
+      </c>
+      <c r="N44" t="s">
+        <v>38</v>
+      </c>
+      <c r="O44" t="s">
+        <v>28</v>
+      </c>
+      <c r="P44" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>116</v>
+      </c>
+      <c r="R44" t="s">
+        <v>25</v>
+      </c>
+      <c r="S44">
+        <v>3253</v>
+      </c>
+      <c r="T44">
+        <v>221384</v>
+      </c>
+      <c r="U44">
+        <v>7654</v>
+      </c>
+      <c r="V44" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="45" spans="1:23">
+      <c r="A45" t="s">
+        <v>16</v>
+      </c>
+      <c r="B45">
+        <v>8108</v>
+      </c>
+      <c r="C45" t="s">
+        <v>216</v>
+      </c>
+      <c r="D45" t="s">
+        <v>215</v>
+      </c>
+      <c r="E45" t="s">
+        <v>33</v>
+      </c>
+      <c r="F45" t="s">
+        <v>206</v>
+      </c>
+      <c r="G45">
+        <v>0</v>
+      </c>
+      <c r="H45" t="s">
+        <v>11</v>
+      </c>
+      <c r="J45" t="s">
+        <v>10</v>
+      </c>
+      <c r="L45" t="s">
+        <v>217</v>
+      </c>
+      <c r="M45" t="s">
+        <v>173</v>
+      </c>
+      <c r="N45" t="s">
+        <v>38</v>
+      </c>
+      <c r="O45" t="s">
+        <v>28</v>
+      </c>
+      <c r="P45" t="s">
+        <v>166</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>154</v>
+      </c>
+      <c r="R45" t="s">
+        <v>25</v>
+      </c>
+      <c r="S45">
+        <v>3286</v>
+      </c>
+      <c r="T45">
+        <v>221557</v>
+      </c>
+      <c r="U45">
+        <v>7687</v>
+      </c>
+      <c r="V45" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="46" spans="1:23">
+      <c r="A46" t="s">
+        <v>16</v>
+      </c>
+      <c r="B46">
+        <v>8108</v>
+      </c>
+      <c r="C46" t="s">
+        <v>216</v>
+      </c>
+      <c r="D46" t="s">
+        <v>215</v>
+      </c>
+      <c r="E46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" t="s">
+        <v>206</v>
+      </c>
+      <c r="G46">
+        <v>2</v>
+      </c>
+      <c r="H46" t="s">
+        <v>11</v>
+      </c>
+      <c r="J46" t="s">
+        <v>41</v>
+      </c>
+      <c r="L46" t="s">
+        <v>214</v>
+      </c>
+      <c r="M46" t="s">
+        <v>213</v>
+      </c>
+      <c r="N46" t="s">
+        <v>38</v>
+      </c>
+      <c r="O46" t="s">
+        <v>28</v>
+      </c>
+      <c r="P46" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>67</v>
+      </c>
+      <c r="R46" t="s">
+        <v>66</v>
+      </c>
+      <c r="S46">
+        <v>3246</v>
+      </c>
+      <c r="T46">
+        <v>221557</v>
+      </c>
+      <c r="U46">
+        <v>7647</v>
+      </c>
+      <c r="V46" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="1:23">
+      <c r="A47" t="s">
+        <v>16</v>
+      </c>
+      <c r="B47">
+        <v>8132</v>
+      </c>
+      <c r="C47" t="s">
+        <v>212</v>
+      </c>
+      <c r="D47" t="s">
+        <v>211</v>
+      </c>
+      <c r="E47" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" t="s">
+        <v>3</v>
+      </c>
+      <c r="G47">
+        <v>1</v>
+      </c>
+      <c r="H47" t="s">
+        <v>11</v>
+      </c>
+      <c r="J47" t="s">
+        <v>210</v>
+      </c>
+      <c r="L47" t="s">
+        <v>209</v>
+      </c>
+      <c r="M47" t="s">
+        <v>141</v>
+      </c>
+      <c r="N47" t="s">
+        <v>54</v>
+      </c>
+      <c r="O47" t="s">
+        <v>28</v>
+      </c>
+      <c r="P47" t="s">
+        <v>140</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>42</v>
+      </c>
+      <c r="R47" t="s">
+        <v>139</v>
+      </c>
+      <c r="S47">
+        <v>3082</v>
+      </c>
+      <c r="T47">
+        <v>222153</v>
+      </c>
+      <c r="U47">
+        <v>7479</v>
+      </c>
+      <c r="V47" t="s">
+        <v>1</v>
+      </c>
+      <c r="W47" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:23">
+      <c r="A48" t="s">
+        <v>16</v>
+      </c>
+      <c r="B48">
+        <v>8141</v>
+      </c>
+      <c r="C48" t="s">
+        <v>208</v>
+      </c>
+      <c r="D48" t="s">
+        <v>207</v>
+      </c>
+      <c r="E48" t="s">
+        <v>13</v>
+      </c>
+      <c r="F48" t="s">
+        <v>206</v>
+      </c>
+      <c r="G48">
+        <v>1</v>
+      </c>
+      <c r="H48" t="s">
+        <v>11</v>
+      </c>
+      <c r="J48" t="s">
+        <v>10</v>
+      </c>
+      <c r="L48" t="s">
+        <v>205</v>
+      </c>
+      <c r="M48" t="s">
+        <v>30</v>
+      </c>
+      <c r="N48" t="s">
+        <v>54</v>
+      </c>
+      <c r="O48" t="s">
+        <v>5</v>
+      </c>
+      <c r="P48" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>3</v>
+      </c>
+      <c r="R48" t="s">
+        <v>204</v>
+      </c>
+      <c r="S48">
+        <v>3139</v>
+      </c>
+      <c r="T48">
+        <v>222750</v>
+      </c>
+      <c r="U48">
+        <v>7536</v>
+      </c>
+      <c r="V48" t="s">
+        <v>1</v>
+      </c>
+      <c r="W48" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:23">
+      <c r="A49" t="s">
+        <v>16</v>
+      </c>
+      <c r="B49">
+        <v>8252</v>
+      </c>
+      <c r="C49" t="s">
+        <v>203</v>
+      </c>
+      <c r="D49" t="s">
+        <v>202</v>
+      </c>
+      <c r="E49" t="s">
+        <v>33</v>
+      </c>
+      <c r="F49" t="s">
+        <v>144</v>
+      </c>
+      <c r="G49">
+        <v>1</v>
+      </c>
+      <c r="H49" t="s">
+        <v>11</v>
+      </c>
+      <c r="J49" t="s">
+        <v>77</v>
+      </c>
+      <c r="K49" t="s">
+        <v>201</v>
+      </c>
+      <c r="L49" t="s">
+        <v>75</v>
+      </c>
+      <c r="M49" t="s">
+        <v>7</v>
+      </c>
+      <c r="N49" t="s">
+        <v>29</v>
+      </c>
+      <c r="O49" t="s">
+        <v>28</v>
+      </c>
+      <c r="P49" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>26</v>
+      </c>
+      <c r="R49" t="s">
+        <v>25</v>
+      </c>
+      <c r="S49">
+        <v>3238</v>
+      </c>
+      <c r="T49">
+        <v>228547</v>
+      </c>
+      <c r="U49">
+        <v>7639</v>
+      </c>
+      <c r="V49" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="50" spans="1:23">
+      <c r="A50" t="s">
+        <v>16</v>
+      </c>
+      <c r="B50">
+        <v>8291</v>
+      </c>
+      <c r="C50" t="s">
+        <v>200</v>
+      </c>
+      <c r="D50" t="s">
+        <v>199</v>
+      </c>
+      <c r="E50" t="s">
+        <v>33</v>
+      </c>
+      <c r="F50" t="s">
+        <v>26</v>
+      </c>
+      <c r="G50">
+        <v>1</v>
+      </c>
+      <c r="H50" t="s">
+        <v>11</v>
+      </c>
+      <c r="J50" t="s">
+        <v>169</v>
+      </c>
+      <c r="L50" t="s">
+        <v>198</v>
+      </c>
+      <c r="M50" t="s">
+        <v>39</v>
+      </c>
+      <c r="N50" t="s">
+        <v>38</v>
+      </c>
+      <c r="O50" t="s">
+        <v>28</v>
+      </c>
+      <c r="P50" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>22</v>
+      </c>
+      <c r="R50" t="s">
+        <v>36</v>
+      </c>
+      <c r="S50">
+        <v>3209</v>
+      </c>
+      <c r="T50">
+        <v>229689</v>
+      </c>
+      <c r="U50">
+        <v>7610</v>
+      </c>
+      <c r="V50" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="51" spans="1:23">
+      <c r="A51" t="s">
+        <v>16</v>
+      </c>
+      <c r="B51">
+        <v>8294</v>
+      </c>
+      <c r="C51" t="s">
+        <v>197</v>
+      </c>
+      <c r="D51" t="s">
+        <v>196</v>
+      </c>
+      <c r="E51" t="s">
+        <v>33</v>
+      </c>
+      <c r="F51" t="s">
+        <v>3</v>
+      </c>
+      <c r="G51">
+        <v>1</v>
+      </c>
+      <c r="H51" t="s">
+        <v>11</v>
+      </c>
+      <c r="J51" t="s">
+        <v>195</v>
+      </c>
+      <c r="L51" t="s">
+        <v>194</v>
+      </c>
+      <c r="M51" t="s">
+        <v>193</v>
+      </c>
+      <c r="N51" t="s">
+        <v>29</v>
+      </c>
+      <c r="O51" t="s">
+        <v>5</v>
+      </c>
+      <c r="P51" t="s">
+        <v>192</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>116</v>
+      </c>
+      <c r="R51" t="s">
+        <v>191</v>
+      </c>
+      <c r="S51">
+        <v>3251</v>
+      </c>
+      <c r="T51">
+        <v>229710</v>
+      </c>
+      <c r="U51">
+        <v>7652</v>
+      </c>
+      <c r="V51" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="52" spans="1:23">
+      <c r="A52" t="s">
+        <v>16</v>
+      </c>
+      <c r="B52">
+        <v>8309</v>
+      </c>
+      <c r="C52" t="s">
+        <v>190</v>
+      </c>
+      <c r="D52" t="s">
+        <v>189</v>
+      </c>
+      <c r="E52" t="s">
+        <v>33</v>
+      </c>
+      <c r="F52" t="s">
+        <v>116</v>
+      </c>
+      <c r="G52">
+        <v>1</v>
+      </c>
+      <c r="H52" t="s">
+        <v>11</v>
+      </c>
+      <c r="J52" t="s">
+        <v>41</v>
+      </c>
+      <c r="L52" t="s">
+        <v>100</v>
+      </c>
+      <c r="M52" t="s">
+        <v>7</v>
+      </c>
+      <c r="N52" t="s">
+        <v>38</v>
+      </c>
+      <c r="O52" t="s">
+        <v>28</v>
+      </c>
+      <c r="P52" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>67</v>
+      </c>
+      <c r="R52" t="s">
+        <v>66</v>
+      </c>
+      <c r="S52">
+        <v>3244</v>
+      </c>
+      <c r="T52">
+        <v>229759</v>
+      </c>
+      <c r="U52">
+        <v>7645</v>
+      </c>
+      <c r="V52" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="53" spans="1:23">
+      <c r="A53" t="s">
+        <v>16</v>
+      </c>
+      <c r="B53">
+        <v>8329</v>
+      </c>
+      <c r="C53" t="s">
+        <v>188</v>
+      </c>
+      <c r="D53" t="s">
+        <v>187</v>
+      </c>
+      <c r="E53" t="s">
+        <v>33</v>
+      </c>
+      <c r="F53" t="s">
+        <v>26</v>
+      </c>
+      <c r="G53">
+        <v>1</v>
+      </c>
+      <c r="H53" t="s">
+        <v>71</v>
+      </c>
+      <c r="J53" t="s">
+        <v>70</v>
+      </c>
+      <c r="L53" t="s">
+        <v>186</v>
+      </c>
+      <c r="M53" t="s">
+        <v>7</v>
+      </c>
+      <c r="N53" t="s">
+        <v>38</v>
+      </c>
+      <c r="O53" t="s">
+        <v>28</v>
+      </c>
+      <c r="P53" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>67</v>
+      </c>
+      <c r="R53" t="s">
+        <v>66</v>
+      </c>
+      <c r="S53">
+        <v>3244</v>
+      </c>
+      <c r="T53">
+        <v>229872</v>
+      </c>
+      <c r="U53">
+        <v>7645</v>
+      </c>
+      <c r="V53" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="54" spans="1:23">
+      <c r="A54" t="s">
+        <v>16</v>
+      </c>
+      <c r="B54">
+        <v>8356</v>
+      </c>
+      <c r="C54" t="s">
+        <v>184</v>
+      </c>
+      <c r="D54" t="s">
+        <v>183</v>
+      </c>
+      <c r="E54" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" t="s">
+        <v>136</v>
+      </c>
+      <c r="G54">
+        <v>0</v>
+      </c>
+      <c r="H54" t="s">
+        <v>11</v>
+      </c>
+      <c r="J54" t="s">
+        <v>10</v>
+      </c>
+      <c r="L54" t="s">
+        <v>185</v>
+      </c>
+      <c r="M54" t="s">
+        <v>176</v>
+      </c>
+      <c r="N54" t="s">
+        <v>54</v>
+      </c>
+      <c r="O54" t="s">
+        <v>28</v>
+      </c>
+      <c r="P54" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>116</v>
+      </c>
+      <c r="R54" t="s">
+        <v>180</v>
+      </c>
+      <c r="S54">
+        <v>3099</v>
+      </c>
+      <c r="T54">
+        <v>231633</v>
+      </c>
+      <c r="U54">
+        <v>7496</v>
+      </c>
+      <c r="V54" t="s">
+        <v>1</v>
+      </c>
+      <c r="W54" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:23">
+      <c r="A55" t="s">
+        <v>16</v>
+      </c>
+      <c r="B55">
+        <v>8356</v>
+      </c>
+      <c r="C55" t="s">
+        <v>184</v>
+      </c>
+      <c r="D55" t="s">
+        <v>183</v>
+      </c>
+      <c r="E55" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" t="s">
+        <v>136</v>
+      </c>
+      <c r="G55">
+        <v>2</v>
+      </c>
+      <c r="H55" t="s">
+        <v>11</v>
+      </c>
+      <c r="J55" t="s">
+        <v>102</v>
+      </c>
+      <c r="L55" t="s">
+        <v>182</v>
+      </c>
+      <c r="M55" t="s">
+        <v>181</v>
+      </c>
+      <c r="N55" t="s">
+        <v>54</v>
+      </c>
+      <c r="O55" t="s">
+        <v>28</v>
+      </c>
+      <c r="P55" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>116</v>
+      </c>
+      <c r="R55" t="s">
+        <v>180</v>
+      </c>
+      <c r="S55">
+        <v>3095</v>
+      </c>
+      <c r="T55">
+        <v>231633</v>
+      </c>
+      <c r="U55">
+        <v>7492</v>
+      </c>
+      <c r="V55" t="s">
+        <v>1</v>
+      </c>
+      <c r="W55" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:23">
+      <c r="A56" t="s">
+        <v>16</v>
+      </c>
+      <c r="B56">
+        <v>8498</v>
+      </c>
+      <c r="C56" t="s">
+        <v>179</v>
+      </c>
+      <c r="D56" t="s">
+        <v>178</v>
+      </c>
+      <c r="E56" t="s">
+        <v>33</v>
+      </c>
+      <c r="F56" t="s">
+        <v>109</v>
+      </c>
+      <c r="G56">
+        <v>1</v>
+      </c>
+      <c r="H56" t="s">
+        <v>11</v>
+      </c>
+      <c r="J56" t="s">
+        <v>102</v>
+      </c>
+      <c r="L56" t="s">
+        <v>177</v>
+      </c>
+      <c r="M56" t="s">
+        <v>176</v>
+      </c>
+      <c r="N56" t="s">
+        <v>6</v>
+      </c>
+      <c r="O56" t="s">
+        <v>28</v>
+      </c>
+      <c r="P56" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>116</v>
+      </c>
+      <c r="R56" t="s">
+        <v>25</v>
+      </c>
+      <c r="S56">
+        <v>3102</v>
+      </c>
+      <c r="T56">
+        <v>237347</v>
+      </c>
+      <c r="U56">
+        <v>7499</v>
+      </c>
+      <c r="V56" t="s">
+        <v>1</v>
+      </c>
+      <c r="W56" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:23">
+      <c r="A57" t="s">
+        <v>16</v>
+      </c>
+      <c r="B57">
+        <v>8512</v>
+      </c>
+      <c r="C57" t="s">
+        <v>172</v>
+      </c>
+      <c r="D57" t="s">
+        <v>171</v>
+      </c>
+      <c r="E57" t="s">
+        <v>33</v>
+      </c>
+      <c r="F57" t="s">
+        <v>154</v>
+      </c>
+      <c r="G57">
+        <v>0</v>
+      </c>
+      <c r="H57" t="s">
+        <v>11</v>
+      </c>
+      <c r="J57" t="s">
+        <v>175</v>
+      </c>
+      <c r="L57" t="s">
+        <v>174</v>
+      </c>
+      <c r="M57" t="s">
+        <v>173</v>
+      </c>
+      <c r="N57" t="s">
+        <v>38</v>
+      </c>
+      <c r="O57" t="s">
+        <v>28</v>
+      </c>
+      <c r="P57" t="s">
+        <v>166</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>154</v>
+      </c>
+      <c r="R57" t="s">
+        <v>25</v>
+      </c>
+      <c r="S57">
+        <v>3286</v>
+      </c>
+      <c r="T57">
+        <v>237716</v>
+      </c>
+      <c r="U57">
+        <v>7687</v>
+      </c>
+      <c r="V57" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:23">
+      <c r="A58" t="s">
+        <v>16</v>
+      </c>
+      <c r="B58">
+        <v>8512</v>
+      </c>
+      <c r="C58" t="s">
+        <v>172</v>
+      </c>
+      <c r="D58" t="s">
+        <v>171</v>
+      </c>
+      <c r="E58" t="s">
+        <v>33</v>
+      </c>
+      <c r="F58" t="s">
+        <v>154</v>
+      </c>
+      <c r="G58">
+        <v>2</v>
+      </c>
+      <c r="H58" t="s">
+        <v>11</v>
+      </c>
+      <c r="J58" t="s">
+        <v>169</v>
+      </c>
+      <c r="L58" t="s">
+        <v>170</v>
+      </c>
+      <c r="M58" t="s">
+        <v>118</v>
+      </c>
+      <c r="N58" t="s">
+        <v>54</v>
+      </c>
+      <c r="O58" t="s">
+        <v>28</v>
+      </c>
+      <c r="P58" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>116</v>
+      </c>
+      <c r="R58" t="s">
+        <v>115</v>
+      </c>
+      <c r="S58">
+        <v>3096</v>
+      </c>
+      <c r="T58">
+        <v>237716</v>
+      </c>
+      <c r="U58">
+        <v>7493</v>
+      </c>
+      <c r="V58" t="s">
+        <v>1</v>
+      </c>
+      <c r="W58" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:23">
+      <c r="A59" t="s">
+        <v>16</v>
+      </c>
+      <c r="B59">
+        <v>8514</v>
+      </c>
+      <c r="C59" t="s">
+        <v>165</v>
+      </c>
+      <c r="D59" t="s">
+        <v>164</v>
+      </c>
+      <c r="E59" t="s">
+        <v>33</v>
+      </c>
+      <c r="F59" t="s">
+        <v>154</v>
+      </c>
+      <c r="G59">
+        <v>1</v>
+      </c>
+      <c r="H59" t="s">
+        <v>71</v>
+      </c>
+      <c r="J59" t="s">
+        <v>169</v>
+      </c>
+      <c r="L59" t="s">
+        <v>168</v>
+      </c>
+      <c r="M59" t="s">
+        <v>167</v>
+      </c>
+      <c r="N59" t="s">
+        <v>38</v>
+      </c>
+      <c r="O59" t="s">
+        <v>28</v>
+      </c>
+      <c r="P59" t="s">
+        <v>166</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>154</v>
+      </c>
+      <c r="R59" t="s">
+        <v>25</v>
+      </c>
+      <c r="S59">
+        <v>3287</v>
+      </c>
+      <c r="T59">
+        <v>237718</v>
+      </c>
+      <c r="U59">
+        <v>7688</v>
+      </c>
+      <c r="V59" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="60" spans="1:23">
+      <c r="A60" t="s">
+        <v>16</v>
+      </c>
+      <c r="B60">
+        <v>8514</v>
+      </c>
+      <c r="C60" t="s">
+        <v>165</v>
+      </c>
+      <c r="D60" t="s">
+        <v>164</v>
+      </c>
+      <c r="E60" t="s">
+        <v>33</v>
+      </c>
+      <c r="F60" t="s">
+        <v>154</v>
+      </c>
+      <c r="G60">
+        <v>1</v>
+      </c>
+      <c r="H60" t="s">
+        <v>11</v>
+      </c>
+      <c r="J60" t="s">
+        <v>41</v>
+      </c>
+      <c r="L60" t="s">
+        <v>163</v>
+      </c>
+      <c r="M60" t="s">
+        <v>162</v>
+      </c>
+      <c r="N60" t="s">
+        <v>54</v>
+      </c>
+      <c r="O60" t="s">
+        <v>28</v>
+      </c>
+      <c r="P60" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>52</v>
+      </c>
+      <c r="R60" t="s">
+        <v>161</v>
+      </c>
+      <c r="S60">
+        <v>3072</v>
+      </c>
+      <c r="T60">
+        <v>237718</v>
+      </c>
+      <c r="U60">
+        <v>7469</v>
+      </c>
+      <c r="V60" t="s">
+        <v>1</v>
+      </c>
+      <c r="W60" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:23">
+      <c r="A61" t="s">
+        <v>16</v>
+      </c>
+      <c r="B61">
+        <v>8515</v>
+      </c>
+      <c r="C61" t="s">
+        <v>160</v>
+      </c>
+      <c r="D61" t="s">
+        <v>159</v>
+      </c>
+      <c r="E61" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" t="s">
+        <v>154</v>
+      </c>
+      <c r="G61">
+        <v>1</v>
+      </c>
+      <c r="H61" t="s">
+        <v>11</v>
+      </c>
+      <c r="J61" t="s">
+        <v>158</v>
+      </c>
+      <c r="L61" t="s">
+        <v>157</v>
+      </c>
+      <c r="M61" t="s">
+        <v>141</v>
+      </c>
+      <c r="N61" t="s">
+        <v>54</v>
+      </c>
+      <c r="O61" t="s">
+        <v>28</v>
+      </c>
+      <c r="P61" t="s">
+        <v>140</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>42</v>
+      </c>
+      <c r="R61" t="s">
+        <v>139</v>
+      </c>
+      <c r="S61">
+        <v>3082</v>
+      </c>
+      <c r="T61">
+        <v>237719</v>
+      </c>
+      <c r="U61">
+        <v>7479</v>
+      </c>
+      <c r="V61" t="s">
+        <v>1</v>
+      </c>
+      <c r="W61" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:23">
+      <c r="A62" t="s">
+        <v>16</v>
+      </c>
+      <c r="B62">
+        <v>8526</v>
+      </c>
+      <c r="C62" t="s">
+        <v>156</v>
+      </c>
+      <c r="D62" t="s">
+        <v>155</v>
+      </c>
+      <c r="E62" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" t="s">
+        <v>154</v>
+      </c>
+      <c r="G62">
+        <v>1</v>
+      </c>
+      <c r="H62" t="s">
+        <v>11</v>
+      </c>
+      <c r="J62" t="s">
+        <v>153</v>
+      </c>
+      <c r="L62" t="s">
+        <v>152</v>
+      </c>
+      <c r="M62" t="s">
+        <v>61</v>
+      </c>
+      <c r="N62" t="s">
+        <v>6</v>
+      </c>
+      <c r="O62" t="s">
+        <v>28</v>
+      </c>
+      <c r="P62" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>48</v>
+      </c>
+      <c r="R62" t="s">
+        <v>59</v>
+      </c>
+      <c r="S62">
+        <v>3064</v>
+      </c>
+      <c r="T62">
+        <v>237730</v>
+      </c>
+      <c r="U62">
+        <v>7461</v>
+      </c>
+      <c r="V62" t="s">
+        <v>1</v>
+      </c>
+      <c r="W62" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:23">
+      <c r="A63" t="s">
+        <v>16</v>
+      </c>
+      <c r="B63">
+        <v>8546</v>
+      </c>
+      <c r="C63" t="s">
+        <v>151</v>
+      </c>
+      <c r="D63" t="s">
+        <v>150</v>
+      </c>
+      <c r="E63" t="s">
+        <v>33</v>
+      </c>
+      <c r="F63" t="s">
+        <v>149</v>
+      </c>
+      <c r="G63">
+        <v>1</v>
+      </c>
+      <c r="H63" t="s">
+        <v>11</v>
+      </c>
+      <c r="J63" t="s">
+        <v>70</v>
+      </c>
+      <c r="L63" t="s">
+        <v>148</v>
+      </c>
+      <c r="M63" t="s">
+        <v>147</v>
+      </c>
+      <c r="N63" t="s">
+        <v>54</v>
+      </c>
+      <c r="O63" t="s">
+        <v>28</v>
+      </c>
+      <c r="P63" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>26</v>
+      </c>
+      <c r="R63" t="s">
+        <v>123</v>
+      </c>
+      <c r="S63">
+        <v>3105</v>
+      </c>
+      <c r="T63">
+        <v>238368</v>
+      </c>
+      <c r="U63">
+        <v>7502</v>
+      </c>
+      <c r="V63" t="s">
+        <v>1</v>
+      </c>
+      <c r="W63" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:23">
+      <c r="A64" t="s">
+        <v>16</v>
+      </c>
+      <c r="B64">
+        <v>8552</v>
+      </c>
+      <c r="C64" t="s">
+        <v>146</v>
+      </c>
+      <c r="D64" t="s">
+        <v>145</v>
+      </c>
+      <c r="E64" t="s">
+        <v>13</v>
+      </c>
+      <c r="F64" t="s">
+        <v>144</v>
+      </c>
+      <c r="G64">
+        <v>1</v>
+      </c>
+      <c r="H64" t="s">
+        <v>11</v>
+      </c>
+      <c r="J64" t="s">
+        <v>143</v>
+      </c>
+      <c r="L64" t="s">
+        <v>142</v>
+      </c>
+      <c r="M64" t="s">
+        <v>141</v>
+      </c>
+      <c r="N64" t="s">
+        <v>54</v>
+      </c>
+      <c r="O64" t="s">
+        <v>28</v>
+      </c>
+      <c r="P64" t="s">
+        <v>140</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>42</v>
+      </c>
+      <c r="R64" t="s">
+        <v>139</v>
+      </c>
+      <c r="S64">
+        <v>3082</v>
+      </c>
+      <c r="T64">
+        <v>238611</v>
+      </c>
+      <c r="U64">
+        <v>7479</v>
+      </c>
+      <c r="V64" t="s">
+        <v>1</v>
+      </c>
+      <c r="W64" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:23">
+      <c r="A65" t="s">
+        <v>16</v>
+      </c>
+      <c r="B65">
+        <v>8558</v>
+      </c>
+      <c r="C65" t="s">
+        <v>138</v>
+      </c>
+      <c r="D65" t="s">
+        <v>137</v>
+      </c>
+      <c r="E65" t="s">
+        <v>33</v>
+      </c>
+      <c r="F65" t="s">
+        <v>136</v>
+      </c>
+      <c r="G65">
+        <v>1</v>
+      </c>
+      <c r="H65" t="s">
+        <v>11</v>
+      </c>
+      <c r="J65" t="s">
+        <v>135</v>
+      </c>
+      <c r="L65" t="s">
+        <v>134</v>
+      </c>
+      <c r="M65" t="s">
+        <v>133</v>
+      </c>
+      <c r="N65" t="s">
+        <v>6</v>
+      </c>
+      <c r="O65" t="s">
+        <v>28</v>
+      </c>
+      <c r="P65" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>48</v>
+      </c>
+      <c r="R65" t="s">
+        <v>25</v>
+      </c>
+      <c r="S65">
+        <v>3069</v>
+      </c>
+      <c r="T65">
+        <v>239041</v>
+      </c>
+      <c r="U65">
+        <v>7466</v>
+      </c>
+      <c r="V65" t="s">
+        <v>1</v>
+      </c>
+      <c r="W65" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:23">
+      <c r="A66" t="s">
+        <v>16</v>
+      </c>
+      <c r="B66">
+        <v>8584</v>
+      </c>
+      <c r="C66" t="s">
+        <v>130</v>
+      </c>
+      <c r="D66" t="s">
+        <v>129</v>
+      </c>
+      <c r="E66" t="s">
+        <v>33</v>
+      </c>
+      <c r="F66" t="s">
+        <v>42</v>
+      </c>
+      <c r="G66">
+        <v>0</v>
+      </c>
+      <c r="H66" t="s">
+        <v>11</v>
+      </c>
+      <c r="J66" t="s">
+        <v>77</v>
+      </c>
+      <c r="K66" t="s">
+        <v>132</v>
+      </c>
+      <c r="L66" t="s">
+        <v>131</v>
+      </c>
+      <c r="M66" t="s">
+        <v>7</v>
+      </c>
+      <c r="N66" t="s">
+        <v>29</v>
+      </c>
+      <c r="O66" t="s">
+        <v>28</v>
+      </c>
+      <c r="P66" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>26</v>
+      </c>
+      <c r="R66" t="s">
+        <v>25</v>
+      </c>
+      <c r="S66">
+        <v>3238</v>
+      </c>
+      <c r="T66">
+        <v>239622</v>
+      </c>
+      <c r="U66">
+        <v>7639</v>
+      </c>
+      <c r="V66" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="1:23">
+      <c r="A67" t="s">
+        <v>16</v>
+      </c>
+      <c r="B67">
+        <v>8584</v>
+      </c>
+      <c r="C67" t="s">
+        <v>130</v>
+      </c>
+      <c r="D67" t="s">
+        <v>129</v>
+      </c>
+      <c r="E67" t="s">
+        <v>33</v>
+      </c>
+      <c r="F67" t="s">
+        <v>42</v>
+      </c>
+      <c r="G67">
+        <v>2</v>
+      </c>
+      <c r="H67" t="s">
+        <v>11</v>
+      </c>
+      <c r="J67" t="s">
+        <v>77</v>
+      </c>
+      <c r="K67" t="s">
+        <v>128</v>
+      </c>
+      <c r="L67" t="s">
+        <v>127</v>
+      </c>
+      <c r="M67" t="s">
+        <v>126</v>
+      </c>
+      <c r="N67" t="s">
+        <v>29</v>
+      </c>
+      <c r="O67" t="s">
+        <v>5</v>
+      </c>
+      <c r="P67" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>48</v>
+      </c>
+      <c r="R67" t="s">
+        <v>80</v>
+      </c>
+      <c r="S67">
+        <v>3257</v>
+      </c>
+      <c r="T67">
+        <v>239622</v>
+      </c>
+      <c r="U67">
+        <v>7658</v>
+      </c>
+      <c r="V67" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="68" spans="1:23">
+      <c r="A68" t="s">
+        <v>16</v>
+      </c>
+      <c r="B68">
+        <v>8612</v>
+      </c>
+      <c r="C68" t="s">
+        <v>122</v>
+      </c>
+      <c r="D68" t="s">
+        <v>121</v>
+      </c>
+      <c r="E68" t="s">
+        <v>33</v>
+      </c>
+      <c r="F68" t="s">
+        <v>32</v>
+      </c>
+      <c r="G68">
+        <v>0</v>
+      </c>
+      <c r="H68" t="s">
+        <v>11</v>
+      </c>
+      <c r="J68" t="s">
+        <v>70</v>
+      </c>
+      <c r="L68" t="s">
+        <v>125</v>
+      </c>
+      <c r="M68" t="s">
+        <v>20</v>
+      </c>
+      <c r="N68" t="s">
+        <v>54</v>
+      </c>
+      <c r="O68" t="s">
+        <v>28</v>
+      </c>
+      <c r="P68" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>18</v>
+      </c>
+      <c r="R68" t="s">
+        <v>123</v>
+      </c>
+      <c r="S68">
+        <v>3109</v>
+      </c>
+      <c r="T68">
+        <v>239926</v>
+      </c>
+      <c r="U68">
+        <v>7506</v>
+      </c>
+      <c r="V68" t="s">
+        <v>1</v>
+      </c>
+      <c r="W68" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:23">
+      <c r="A69" t="s">
+        <v>16</v>
+      </c>
+      <c r="B69">
+        <v>8612</v>
+      </c>
+      <c r="C69" t="s">
+        <v>122</v>
+      </c>
+      <c r="D69" t="s">
+        <v>121</v>
+      </c>
+      <c r="E69" t="s">
+        <v>33</v>
+      </c>
+      <c r="F69" t="s">
+        <v>32</v>
+      </c>
+      <c r="G69">
+        <v>2</v>
+      </c>
+      <c r="H69" t="s">
+        <v>11</v>
+      </c>
+      <c r="J69" t="s">
+        <v>120</v>
+      </c>
+      <c r="L69" t="s">
+        <v>119</v>
+      </c>
+      <c r="M69" t="s">
+        <v>118</v>
+      </c>
+      <c r="N69" t="s">
+        <v>54</v>
+      </c>
+      <c r="O69" t="s">
+        <v>28</v>
+      </c>
+      <c r="P69" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>116</v>
+      </c>
+      <c r="R69" t="s">
+        <v>115</v>
+      </c>
+      <c r="S69">
+        <v>3096</v>
+      </c>
+      <c r="T69">
+        <v>239926</v>
+      </c>
+      <c r="U69">
+        <v>7493</v>
+      </c>
+      <c r="V69" t="s">
+        <v>1</v>
+      </c>
+      <c r="W69" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:23">
+      <c r="A70" t="s">
+        <v>16</v>
+      </c>
+      <c r="B70">
+        <v>8618</v>
+      </c>
+      <c r="C70" t="s">
+        <v>114</v>
+      </c>
+      <c r="D70" t="s">
+        <v>113</v>
+      </c>
+      <c r="E70" t="s">
+        <v>33</v>
+      </c>
+      <c r="F70" t="s">
+        <v>109</v>
+      </c>
+      <c r="G70">
+        <v>1</v>
+      </c>
+      <c r="H70" t="s">
+        <v>11</v>
+      </c>
+      <c r="J70" t="s">
+        <v>108</v>
+      </c>
+      <c r="L70" t="s">
+        <v>112</v>
+      </c>
+      <c r="M70" t="s">
+        <v>39</v>
+      </c>
+      <c r="N70" t="s">
+        <v>38</v>
+      </c>
+      <c r="O70" t="s">
+        <v>28</v>
+      </c>
+      <c r="P70" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>22</v>
+      </c>
+      <c r="R70" t="s">
+        <v>36</v>
+      </c>
+      <c r="S70">
+        <v>3209</v>
+      </c>
+      <c r="T70">
+        <v>240015</v>
+      </c>
+      <c r="U70">
+        <v>7610</v>
+      </c>
+      <c r="V70" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="71" spans="1:23">
+      <c r="A71" t="s">
+        <v>16</v>
+      </c>
+      <c r="B71">
+        <v>219795</v>
+      </c>
+      <c r="C71" t="s">
+        <v>111</v>
+      </c>
+      <c r="D71" t="s">
+        <v>110</v>
+      </c>
+      <c r="E71" t="s">
+        <v>33</v>
+      </c>
+      <c r="F71" t="s">
+        <v>109</v>
+      </c>
+      <c r="G71">
+        <v>1</v>
+      </c>
+      <c r="H71" t="s">
+        <v>71</v>
+      </c>
+      <c r="J71" t="s">
+        <v>108</v>
+      </c>
+      <c r="L71" t="s">
+        <v>107</v>
+      </c>
+      <c r="M71" t="s">
+        <v>106</v>
+      </c>
+      <c r="N71" t="s">
+        <v>6</v>
+      </c>
+      <c r="O71" t="s">
+        <v>28</v>
+      </c>
+      <c r="P71" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>26</v>
+      </c>
+      <c r="R71" t="s">
+        <v>36</v>
+      </c>
+      <c r="S71">
+        <v>3106</v>
+      </c>
+      <c r="T71">
+        <v>261496</v>
+      </c>
+      <c r="U71">
+        <v>7503</v>
+      </c>
+      <c r="V71" t="s">
+        <v>1</v>
+      </c>
+      <c r="W71" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:23">
+      <c r="A72" t="s">
+        <v>16</v>
+      </c>
+      <c r="B72">
+        <v>219796</v>
+      </c>
+      <c r="C72" t="s">
+        <v>104</v>
+      </c>
+      <c r="D72" t="s">
+        <v>103</v>
+      </c>
+      <c r="E72" t="s">
+        <v>13</v>
+      </c>
+      <c r="F72" t="s">
+        <v>22</v>
+      </c>
+      <c r="G72">
+        <v>1</v>
+      </c>
+      <c r="H72" t="s">
+        <v>11</v>
+      </c>
+      <c r="J72" t="s">
+        <v>102</v>
+      </c>
+      <c r="K72" t="s">
+        <v>101</v>
+      </c>
+      <c r="L72" t="s">
+        <v>100</v>
+      </c>
+      <c r="M72" t="s">
+        <v>7</v>
+      </c>
+      <c r="N72" t="s">
+        <v>6</v>
+      </c>
+      <c r="O72" t="s">
+        <v>5</v>
+      </c>
+      <c r="P72" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>3</v>
+      </c>
+      <c r="R72" t="s">
+        <v>2</v>
+      </c>
+      <c r="S72">
+        <v>3140</v>
+      </c>
+      <c r="T72">
+        <v>261708</v>
+      </c>
+      <c r="U72">
+        <v>7537</v>
+      </c>
+      <c r="V72" t="s">
+        <v>1</v>
+      </c>
+      <c r="W72" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:23">
+      <c r="A73" t="s">
+        <v>16</v>
+      </c>
+      <c r="B73">
+        <v>219797</v>
+      </c>
+      <c r="C73" t="s">
+        <v>99</v>
+      </c>
+      <c r="D73" t="s">
+        <v>98</v>
+      </c>
+      <c r="E73" t="s">
+        <v>13</v>
+      </c>
+      <c r="F73" t="s">
+        <v>22</v>
+      </c>
+      <c r="G73">
+        <v>1</v>
+      </c>
+      <c r="H73" t="s">
+        <v>11</v>
+      </c>
+      <c r="J73" t="s">
+        <v>41</v>
+      </c>
+      <c r="L73" t="s">
+        <v>97</v>
+      </c>
+      <c r="M73" t="s">
+        <v>20</v>
+      </c>
+      <c r="N73" t="s">
+        <v>54</v>
+      </c>
+      <c r="O73" t="s">
+        <v>5</v>
+      </c>
+      <c r="P73" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>18</v>
+      </c>
+      <c r="R73" t="s">
+        <v>88</v>
+      </c>
+      <c r="S73">
+        <v>3135</v>
+      </c>
+      <c r="T73">
+        <v>261709</v>
+      </c>
+      <c r="U73">
+        <v>7532</v>
+      </c>
+      <c r="V73" t="s">
+        <v>1</v>
+      </c>
+      <c r="W73" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:23">
+      <c r="A74" t="s">
+        <v>16</v>
+      </c>
+      <c r="B74">
+        <v>219878</v>
+      </c>
+      <c r="C74" t="s">
+        <v>96</v>
+      </c>
+      <c r="D74" t="s">
+        <v>95</v>
+      </c>
+      <c r="E74" t="s">
+        <v>13</v>
+      </c>
+      <c r="F74" t="s">
+        <v>94</v>
+      </c>
+      <c r="G74">
+        <v>1</v>
+      </c>
+      <c r="H74" t="s">
+        <v>11</v>
+      </c>
+      <c r="J74" t="s">
+        <v>10</v>
+      </c>
+      <c r="L74" t="s">
+        <v>93</v>
+      </c>
+      <c r="M74" t="s">
+        <v>20</v>
+      </c>
+      <c r="N74" t="s">
+        <v>54</v>
+      </c>
+      <c r="O74" t="s">
+        <v>5</v>
+      </c>
+      <c r="P74" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>18</v>
+      </c>
+      <c r="R74" t="s">
+        <v>88</v>
+      </c>
+      <c r="S74">
+        <v>3135</v>
+      </c>
+      <c r="T74">
+        <v>263422</v>
+      </c>
+      <c r="U74">
+        <v>7532</v>
+      </c>
+      <c r="V74" t="s">
+        <v>1</v>
+      </c>
+      <c r="W74" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:23">
+      <c r="A75" t="s">
+        <v>16</v>
+      </c>
+      <c r="B75">
+        <v>219933</v>
+      </c>
+      <c r="C75" t="s">
+        <v>92</v>
+      </c>
+      <c r="D75" t="s">
+        <v>91</v>
+      </c>
+      <c r="E75" t="s">
+        <v>13</v>
+      </c>
+      <c r="F75" t="s">
+        <v>18</v>
+      </c>
+      <c r="G75">
+        <v>1</v>
+      </c>
+      <c r="H75" t="s">
+        <v>90</v>
+      </c>
+      <c r="J75" t="s">
+        <v>10</v>
+      </c>
+      <c r="L75" t="s">
+        <v>89</v>
+      </c>
+      <c r="M75" t="s">
+        <v>20</v>
+      </c>
+      <c r="N75" t="s">
+        <v>54</v>
+      </c>
+      <c r="O75" t="s">
+        <v>5</v>
+      </c>
+      <c r="P75" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>18</v>
+      </c>
+      <c r="R75" t="s">
+        <v>88</v>
+      </c>
+      <c r="S75">
+        <v>3135</v>
+      </c>
+      <c r="T75">
+        <v>264697</v>
+      </c>
+      <c r="U75">
+        <v>7532</v>
+      </c>
+      <c r="V75" t="s">
+        <v>1</v>
+      </c>
+      <c r="W75" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:23">
+      <c r="A76" t="s">
+        <v>16</v>
+      </c>
+      <c r="B76">
+        <v>219938</v>
+      </c>
+      <c r="C76" t="s">
+        <v>87</v>
+      </c>
+      <c r="D76" t="s">
+        <v>86</v>
+      </c>
+      <c r="E76" t="s">
+        <v>33</v>
+      </c>
+      <c r="F76" t="s">
+        <v>48</v>
+      </c>
+      <c r="G76">
+        <v>1</v>
+      </c>
+      <c r="H76" t="s">
+        <v>11</v>
+      </c>
+      <c r="J76" t="s">
+        <v>85</v>
+      </c>
+      <c r="K76" t="s">
+        <v>84</v>
+      </c>
+      <c r="L76" t="s">
+        <v>83</v>
+      </c>
+      <c r="M76" t="s">
+        <v>82</v>
+      </c>
+      <c r="N76" t="s">
+        <v>29</v>
+      </c>
+      <c r="O76" t="s">
+        <v>5</v>
+      </c>
+      <c r="P76" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>48</v>
+      </c>
+      <c r="R76" t="s">
+        <v>80</v>
+      </c>
+      <c r="S76">
+        <v>3260</v>
+      </c>
+      <c r="T76">
+        <v>265672</v>
+      </c>
+      <c r="U76">
+        <v>7661</v>
+      </c>
+      <c r="V76" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="1:23">
+      <c r="A77" t="s">
+        <v>16</v>
+      </c>
+      <c r="B77">
+        <v>219980</v>
+      </c>
+      <c r="C77" t="s">
+        <v>79</v>
+      </c>
+      <c r="D77" t="s">
+        <v>78</v>
+      </c>
+      <c r="E77" t="s">
+        <v>33</v>
+      </c>
+      <c r="F77" t="s">
+        <v>3</v>
+      </c>
+      <c r="G77">
+        <v>1</v>
+      </c>
+      <c r="H77" t="s">
+        <v>11</v>
+      </c>
+      <c r="J77" t="s">
+        <v>77</v>
+      </c>
+      <c r="K77" t="s">
+        <v>76</v>
+      </c>
+      <c r="L77" t="s">
+        <v>75</v>
+      </c>
+      <c r="M77" t="s">
+        <v>7</v>
+      </c>
+      <c r="N77" t="s">
+        <v>29</v>
+      </c>
+      <c r="O77" t="s">
+        <v>28</v>
+      </c>
+      <c r="P77" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>26</v>
+      </c>
+      <c r="R77" t="s">
+        <v>25</v>
+      </c>
+      <c r="S77">
+        <v>3238</v>
+      </c>
+      <c r="T77">
+        <v>268269</v>
+      </c>
+      <c r="U77">
+        <v>7639</v>
+      </c>
+      <c r="V77" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="78" spans="1:23">
+      <c r="A78" t="s">
+        <v>16</v>
+      </c>
+      <c r="B78">
+        <v>220040</v>
+      </c>
+      <c r="C78" t="s">
+        <v>74</v>
+      </c>
+      <c r="D78" t="s">
+        <v>73</v>
+      </c>
+      <c r="E78" t="s">
+        <v>33</v>
+      </c>
+      <c r="F78" t="s">
+        <v>72</v>
+      </c>
+      <c r="G78">
+        <v>1</v>
+      </c>
+      <c r="H78" t="s">
+        <v>71</v>
+      </c>
+      <c r="J78" t="s">
+        <v>70</v>
+      </c>
+      <c r="L78" t="s">
+        <v>69</v>
+      </c>
+      <c r="M78" t="s">
+        <v>7</v>
+      </c>
+      <c r="N78" t="s">
+        <v>38</v>
+      </c>
+      <c r="O78" t="s">
+        <v>28</v>
+      </c>
+      <c r="P78" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>67</v>
+      </c>
+      <c r="R78" t="s">
+        <v>66</v>
+      </c>
+      <c r="S78">
+        <v>3244</v>
+      </c>
+      <c r="T78">
+        <v>270266</v>
+      </c>
+      <c r="U78">
+        <v>7645</v>
+      </c>
+      <c r="V78" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="79" spans="1:23">
+      <c r="A79" t="s">
+        <v>16</v>
+      </c>
+      <c r="B79">
+        <v>220076</v>
+      </c>
+      <c r="C79" t="s">
+        <v>65</v>
+      </c>
+      <c r="D79" t="s">
+        <v>64</v>
+      </c>
+      <c r="E79" t="s">
+        <v>13</v>
+      </c>
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79">
+        <v>1</v>
+      </c>
+      <c r="H79" t="s">
+        <v>11</v>
+      </c>
+      <c r="J79" t="s">
+        <v>63</v>
+      </c>
+      <c r="L79" t="s">
+        <v>62</v>
+      </c>
+      <c r="M79" t="s">
+        <v>61</v>
+      </c>
+      <c r="N79" t="s">
+        <v>6</v>
+      </c>
+      <c r="O79" t="s">
+        <v>28</v>
+      </c>
+      <c r="P79" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>48</v>
+      </c>
+      <c r="R79" t="s">
+        <v>59</v>
+      </c>
+      <c r="S79">
+        <v>3064</v>
+      </c>
+      <c r="T79">
+        <v>270960</v>
+      </c>
+      <c r="U79">
+        <v>7461</v>
+      </c>
+      <c r="V79" t="s">
+        <v>1</v>
+      </c>
+      <c r="W79" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:23">
+      <c r="A80" t="s">
+        <v>16</v>
+      </c>
+      <c r="B80">
+        <v>220236</v>
+      </c>
+      <c r="C80" t="s">
+        <v>58</v>
+      </c>
+      <c r="D80" t="s">
+        <v>57</v>
+      </c>
+      <c r="E80" t="s">
+        <v>13</v>
+      </c>
+      <c r="F80" t="s">
+        <v>22</v>
+      </c>
+      <c r="G80">
+        <v>1</v>
+      </c>
+      <c r="H80" t="s">
+        <v>11</v>
+      </c>
+      <c r="J80" t="s">
+        <v>41</v>
+      </c>
+      <c r="L80" t="s">
+        <v>56</v>
+      </c>
+      <c r="M80" t="s">
+        <v>55</v>
+      </c>
+      <c r="N80" t="s">
+        <v>54</v>
+      </c>
+      <c r="O80" t="s">
+        <v>28</v>
+      </c>
+      <c r="P80" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>52</v>
+      </c>
+      <c r="R80" t="s">
+        <v>51</v>
+      </c>
+      <c r="S80">
+        <v>3076</v>
+      </c>
+      <c r="T80">
+        <v>276021</v>
+      </c>
+      <c r="U80">
+        <v>7473</v>
+      </c>
+      <c r="V80" t="s">
+        <v>1</v>
+      </c>
+      <c r="W80" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:23">
+      <c r="A81" t="s">
+        <v>16</v>
+      </c>
+      <c r="B81">
+        <v>220239</v>
+      </c>
+      <c r="C81" t="s">
+        <v>50</v>
+      </c>
+      <c r="D81" t="s">
+        <v>49</v>
+      </c>
+      <c r="E81" t="s">
+        <v>33</v>
+      </c>
+      <c r="F81" t="s">
+        <v>48</v>
+      </c>
+      <c r="G81">
+        <v>1</v>
+      </c>
+      <c r="H81" t="s">
+        <v>11</v>
+      </c>
+      <c r="J81" t="s">
+        <v>47</v>
+      </c>
+      <c r="K81" t="s">
+        <v>46</v>
+      </c>
+      <c r="L81" t="s">
+        <v>45</v>
+      </c>
+      <c r="M81" t="s">
+        <v>39</v>
+      </c>
+      <c r="N81" t="s">
+        <v>38</v>
+      </c>
+      <c r="O81" t="s">
+        <v>28</v>
+      </c>
+      <c r="P81" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>22</v>
+      </c>
+      <c r="R81" t="s">
+        <v>36</v>
+      </c>
+      <c r="S81">
+        <v>3209</v>
+      </c>
+      <c r="T81">
+        <v>276159</v>
+      </c>
+      <c r="U81">
+        <v>7610</v>
+      </c>
+      <c r="V81" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="1:23">
+      <c r="A82" t="s">
+        <v>16</v>
+      </c>
+      <c r="B82">
+        <v>220307</v>
+      </c>
+      <c r="C82" t="s">
+        <v>44</v>
+      </c>
+      <c r="D82" t="s">
+        <v>43</v>
+      </c>
+      <c r="E82" t="s">
+        <v>33</v>
+      </c>
+      <c r="F82" t="s">
+        <v>42</v>
+      </c>
+      <c r="G82">
+        <v>1</v>
+      </c>
+      <c r="H82" t="s">
+        <v>11</v>
+      </c>
+      <c r="J82" t="s">
+        <v>41</v>
+      </c>
+      <c r="L82" t="s">
+        <v>40</v>
+      </c>
+      <c r="M82" t="s">
+        <v>39</v>
+      </c>
+      <c r="N82" t="s">
+        <v>38</v>
+      </c>
+      <c r="O82" t="s">
+        <v>28</v>
+      </c>
+      <c r="P82" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>22</v>
+      </c>
+      <c r="R82" t="s">
+        <v>36</v>
+      </c>
+      <c r="S82">
+        <v>3209</v>
+      </c>
+      <c r="T82">
+        <v>279099</v>
+      </c>
+      <c r="U82">
+        <v>7610</v>
+      </c>
+      <c r="V82" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="83" spans="1:23">
+      <c r="A83" t="s">
+        <v>16</v>
+      </c>
+      <c r="B83">
+        <v>220338</v>
+      </c>
+      <c r="C83" t="s">
+        <v>35</v>
+      </c>
+      <c r="D83" t="s">
+        <v>34</v>
+      </c>
+      <c r="E83" t="s">
+        <v>33</v>
+      </c>
+      <c r="F83" t="s">
+        <v>32</v>
+      </c>
+      <c r="G83">
+        <v>1</v>
+      </c>
+      <c r="H83" t="s">
+        <v>11</v>
+      </c>
+      <c r="J83" t="s">
+        <v>10</v>
+      </c>
+      <c r="L83" t="s">
+        <v>31</v>
+      </c>
+      <c r="M83" t="s">
+        <v>30</v>
+      </c>
+      <c r="N83" t="s">
+        <v>29</v>
+      </c>
+      <c r="O83" t="s">
+        <v>28</v>
+      </c>
+      <c r="P83" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>26</v>
+      </c>
+      <c r="R83" t="s">
+        <v>25</v>
+      </c>
+      <c r="S83">
+        <v>3239</v>
+      </c>
+      <c r="T83">
+        <v>280079</v>
+      </c>
+      <c r="U83">
+        <v>7640</v>
+      </c>
+      <c r="V83" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="84" spans="1:23">
+      <c r="A84" t="s">
+        <v>16</v>
+      </c>
+      <c r="B84">
+        <v>220421</v>
+      </c>
+      <c r="C84" t="s">
+        <v>24</v>
+      </c>
+      <c r="D84" t="s">
+        <v>23</v>
+      </c>
+      <c r="E84" t="s">
+        <v>13</v>
+      </c>
+      <c r="F84" t="s">
+        <v>22</v>
+      </c>
+      <c r="G84">
+        <v>1</v>
+      </c>
+      <c r="H84" t="s">
+        <v>11</v>
+      </c>
+      <c r="J84" t="s">
+        <v>10</v>
+      </c>
+      <c r="L84" t="s">
+        <v>21</v>
+      </c>
+      <c r="M84" t="s">
+        <v>20</v>
+      </c>
+      <c r="N84" t="s">
+        <v>6</v>
+      </c>
+      <c r="O84" t="s">
+        <v>5</v>
+      </c>
+      <c r="P84" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>18</v>
+      </c>
+      <c r="R84" t="s">
+        <v>17</v>
+      </c>
+      <c r="S84">
+        <v>3136</v>
+      </c>
+      <c r="T84">
+        <v>283438</v>
+      </c>
+      <c r="U84">
+        <v>7533</v>
+      </c>
+      <c r="V84" t="s">
+        <v>1</v>
+      </c>
+      <c r="W84" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="1:23">
+      <c r="A85" t="s">
+        <v>16</v>
+      </c>
+      <c r="B85">
+        <v>220658</v>
+      </c>
+      <c r="C85" t="s">
+        <v>15</v>
+      </c>
+      <c r="D85" t="s">
         <v>14</v>
       </c>
-      <c r="B42">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="E85" t="s">
         <v>13</v>
       </c>
-      <c r="D42" t="s">
+      <c r="F85" t="s">
         <v>12</v>
       </c>
-      <c r="E42" t="s">
-[...2 lines deleted...]
-      <c r="F42" t="s">
+      <c r="G85">
+        <v>1</v>
+      </c>
+      <c r="H85" t="s">
+        <v>11</v>
+      </c>
+      <c r="J85" t="s">
         <v>10</v>
       </c>
-      <c r="G42">
-[...2 lines deleted...]
-      <c r="H42" t="s">
+      <c r="K85" t="s">
         <v>9</v>
       </c>
-      <c r="J42" t="s">
+      <c r="L85" t="s">
         <v>8</v>
       </c>
-      <c r="L42" t="s">
+      <c r="M85" t="s">
         <v>7</v>
       </c>
-      <c r="M42" t="s">
+      <c r="N85" t="s">
         <v>6</v>
       </c>
-      <c r="N42" t="s">
+      <c r="O85" t="s">
         <v>5</v>
       </c>
-      <c r="O42" t="s">
+      <c r="P85" t="s">
         <v>4</v>
       </c>
-      <c r="P42" t="s">
+      <c r="Q85" t="s">
         <v>3</v>
       </c>
-      <c r="Q42" t="s">
+      <c r="R85" t="s">
         <v>2</v>
       </c>
-      <c r="R42" t="s">
-[...11 lines deleted...]
-      <c r="V42" t="s">
+      <c r="S85">
+        <v>3140</v>
+      </c>
+      <c r="T85">
+        <v>296896</v>
+      </c>
+      <c r="U85">
+        <v>7537</v>
+      </c>
+      <c r="V85" t="s">
+        <v>1</v>
+      </c>
+      <c r="W85" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:W42"/>
-  <conditionalFormatting sqref="G3:G42">
+  <autoFilter ref="A2:W85"/>
+  <conditionalFormatting sqref="G3:G85">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>