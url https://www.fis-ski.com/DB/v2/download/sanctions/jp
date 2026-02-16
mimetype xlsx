--- v2 (2026-01-16)
+++ v3 (2026-02-16)
@@ -7,161 +7,227 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$85</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$113</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="385">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Women's Normal Hill HS94</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
     <t>Ljubno</t>
   </si>
   <si>
     <t>NH</t>
   </si>
   <si>
     <t>WC</t>
   </si>
   <si>
     <t>10.01.2026</t>
   </si>
   <si>
     <t>10.01.2026 12:15</t>
   </si>
   <si>
     <t>Skis too long (+2 cm)</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski</t>
   </si>
   <si>
     <t>Disqualification (DSQ)</t>
   </si>
   <si>
     <t>UKR</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <t>Karina</t>
   </si>
   <si>
     <t>KOZLOVA</t>
   </si>
   <si>
     <t>Athlete</t>
   </si>
   <si>
+    <t>Women's Normal Hill HS109</t>
+  </si>
+  <si>
+    <t>Kranj</t>
+  </si>
+  <si>
+    <t>ICOC</t>
+  </si>
+  <si>
+    <t>08.02.2026</t>
+  </si>
+  <si>
+    <t>08.02.2026 10:12</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm</t>
+  </si>
+  <si>
+    <t>KATJA</t>
+  </si>
+  <si>
+    <t>ZAGAR</t>
+  </si>
+  <si>
+    <t>AUT</t>
+  </si>
+  <si>
+    <t>Eisenerz</t>
+  </si>
+  <si>
+    <t>24.01.2026</t>
+  </si>
+  <si>
+    <t>24.01.2026 10:06</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.7 - Crotch control</t>
+  </si>
+  <si>
+    <t>Not permitted to start (NPS)</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>Jamay</t>
+  </si>
+  <si>
+    <t>WINGARD</t>
+  </si>
+  <si>
     <t>Women's Normal Hill HS98</t>
   </si>
   <si>
-    <t>AUT</t>
-[...1 lines deleted...]
-  <si>
     <t>Villach</t>
   </si>
   <si>
     <t>05.01.2026</t>
   </si>
   <si>
     <t>05.01.2026 15:29</t>
   </si>
   <si>
     <t>FIN</t>
   </si>
   <si>
     <t>Heta</t>
   </si>
   <si>
     <t>HIRVONEN</t>
   </si>
   <si>
+    <t>Men's Normal Hill HS98</t>
+  </si>
+  <si>
+    <t>FC</t>
+  </si>
+  <si>
+    <t>07.02.2026</t>
+  </si>
+  <si>
+    <t>07.02.2026 11:11</t>
+  </si>
+  <si>
+    <t>20 mm</t>
+  </si>
+  <si>
+    <t>CAN</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>Benjamin</t>
+  </si>
+  <si>
+    <t>LEACHMAN</t>
+  </si>
+  <si>
     <t>Men's Large Hill HS140</t>
   </si>
   <si>
     <t>GER</t>
   </si>
   <si>
     <t>Klingenthal</t>
   </si>
   <si>
     <t>LH</t>
   </si>
   <si>
-    <t>FC</t>
-[...1 lines deleted...]
-  <si>
     <t>09.01.2026</t>
   </si>
   <si>
     <t>09.01.2026 18:47</t>
   </si>
   <si>
     <t>KAZ</t>
   </si>
   <si>
-    <t>M</t>
-[...1 lines deleted...]
-  <si>
     <t>Artyom</t>
   </si>
   <si>
     <t>MESHKOV</t>
   </si>
   <si>
     <t>Men's Large Hill HS142</t>
   </si>
   <si>
     <t>Ruka</t>
   </si>
   <si>
     <t>COC</t>
   </si>
   <si>
     <t>14.12.2025</t>
   </si>
   <si>
     <t>14.12.2025 12:21</t>
   </si>
   <si>
     <t>SCE C 4.4.9 - Air permeability of suit material / *with possible additional explanation</t>
   </si>
   <si>
     <t>POL</t>
@@ -193,224 +259,344 @@
   <si>
     <t>Women's Large Hill HS132 Qualification</t>
   </si>
   <si>
     <t>SWE</t>
   </si>
   <si>
     <t>Falun</t>
   </si>
   <si>
     <t>QUA</t>
   </si>
   <si>
     <t>30.11.2025</t>
   </si>
   <si>
     <t>30.11.2025 09:24</t>
   </si>
   <si>
     <t>Minja</t>
   </si>
   <si>
     <t>KORHONEN</t>
   </si>
   <si>
+    <t>Men's Normal Hill HS104</t>
+  </si>
+  <si>
+    <t>SZCZYRK</t>
+  </si>
+  <si>
+    <t>31.01.2026</t>
+  </si>
+  <si>
+    <t>31.01.2026 15:00</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, 30mm</t>
+  </si>
+  <si>
+    <t>CZE</t>
+  </si>
+  <si>
+    <t>Oliver</t>
+  </si>
+  <si>
+    <t>JANDA</t>
+  </si>
+  <si>
+    <t>Women's Normal Hill HS100</t>
+  </si>
+  <si>
+    <t>Oberhof</t>
+  </si>
+  <si>
+    <t>15.02.2026</t>
+  </si>
+  <si>
+    <t>15.02.2026 16:00</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, 2 cm</t>
+  </si>
+  <si>
+    <t>FRA</t>
+  </si>
+  <si>
+    <t>Capucine</t>
+  </si>
+  <si>
+    <t>MESNIL</t>
+  </si>
+  <si>
     <t>Women's Large Hill HS140</t>
   </si>
   <si>
     <t>Lillehammer</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>22.11.2025 11:01</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, + 1 cm</t>
   </si>
   <si>
     <t>Zhanna</t>
   </si>
   <si>
     <t>HLUKHOVA</t>
   </si>
   <si>
     <t>Men's Large Hill HS137</t>
   </si>
   <si>
     <t>JPN</t>
   </si>
   <si>
     <t>Sapporo Okuraymama</t>
   </si>
   <si>
     <t>10.01.2026 11:35</t>
   </si>
   <si>
-    <t>SCE C 4.4.7 - Crotch control</t>
-[...4 lines deleted...]
-  <si>
     <t>KOR</t>
   </si>
   <si>
     <t>Sunwoong</t>
   </si>
   <si>
     <t>JANG</t>
   </si>
   <si>
+    <t>Sapporo</t>
+  </si>
+  <si>
+    <t>17.01.2026</t>
+  </si>
+  <si>
+    <t>17.01.2026 15:24</t>
+  </si>
+  <si>
+    <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm</t>
+  </si>
+  <si>
+    <t>Ziga</t>
+  </si>
+  <si>
+    <t>JANCAR</t>
+  </si>
+  <si>
     <t>10.01.2026 17:47</t>
   </si>
   <si>
     <t>Suit exceeds allowed size by 30 mm</t>
   </si>
   <si>
-    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm</t>
-[...1 lines deleted...]
-  <si>
     <t>Azbe</t>
   </si>
   <si>
     <t>REMIC</t>
   </si>
   <si>
-    <t>Men's Normal Hill HS98</t>
-[...1 lines deleted...]
-  <si>
     <t>Notodden</t>
   </si>
   <si>
     <t>13.12.2025</t>
   </si>
   <si>
     <t>13.12.2025 13:51</t>
   </si>
   <si>
     <t>Boot +0,5cm</t>
   </si>
   <si>
-    <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm</t>
-[...1 lines deleted...]
-  <si>
     <t>Brage</t>
   </si>
   <si>
     <t>STENSLAND-LARSEN</t>
   </si>
   <si>
     <t>Women's Normal Hill HS98 Qualification</t>
   </si>
   <si>
     <t>05.01.2026 13:11</t>
   </si>
   <si>
     <t>Disqualification (DSQ), Disqualification (DSQ)</t>
   </si>
   <si>
     <t>Luise</t>
   </si>
   <si>
     <t>TRITSCHER</t>
   </si>
   <si>
+    <t>08.02.2026 10:20</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, SCE 4.4 Suitsize 10mm</t>
+  </si>
+  <si>
     <t>05.01.2026 13:15</t>
   </si>
   <si>
     <t>ITA</t>
   </si>
   <si>
     <t>Leonie</t>
   </si>
   <si>
     <t>RUNGGALDIER</t>
   </si>
   <si>
     <t>05.01.2026 13:25</t>
   </si>
   <si>
     <t>Julia</t>
   </si>
   <si>
     <t>AIKIA</t>
   </si>
   <si>
     <t>10.01.2026 13:20</t>
   </si>
   <si>
     <t>Suit too big (+3 cm)</t>
   </si>
   <si>
     <t>SCE C 4 - Suit</t>
   </si>
   <si>
     <t>Sofia</t>
   </si>
   <si>
     <t>MATTILA</t>
   </si>
   <si>
     <t>Garmisch-Partenkirchen</t>
   </si>
   <si>
     <t>01.01.2026</t>
   </si>
   <si>
     <t>01.01.2026 14:45</t>
   </si>
   <si>
     <t>SCE C 4.4.6 - Leg length</t>
   </si>
   <si>
-    <t>USA</t>
-[...1 lines deleted...]
-  <si>
     <t>Jason</t>
   </si>
   <si>
     <t>COLBY</t>
   </si>
   <si>
+    <t>24.01.2026 10:14</t>
+  </si>
+  <si>
+    <t>Natalie</t>
+  </si>
+  <si>
+    <t>NEJEDLOVA</t>
+  </si>
+  <si>
+    <t>Women's Large Hill HS140 Qualification</t>
+  </si>
+  <si>
+    <t>CHN</t>
+  </si>
+  <si>
+    <t>Zhangjiakou</t>
+  </si>
+  <si>
+    <t>15.01.2026</t>
+  </si>
+  <si>
+    <t>15.01.2026 17:25</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, + 50 mm</t>
+  </si>
+  <si>
+    <t>Josie</t>
+  </si>
+  <si>
+    <t>JOHNSON</t>
+  </si>
+  <si>
+    <t>SUI</t>
+  </si>
+  <si>
+    <t>Noah</t>
+  </si>
+  <si>
+    <t>STUDER</t>
+  </si>
+  <si>
+    <t>Men's Normal Hill HS100</t>
+  </si>
+  <si>
+    <t>15.02.2026 09:45</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.7 - Crotch control, NPS</t>
+  </si>
+  <si>
+    <t>Anoki</t>
+  </si>
+  <si>
+    <t>POURADIER</t>
+  </si>
+  <si>
+    <t>01.02.2026</t>
+  </si>
+  <si>
+    <t>01.02.2026 11:00</t>
+  </si>
+  <si>
+    <t>Jaka</t>
+  </si>
+  <si>
+    <t>DRINOVEC</t>
+  </si>
+  <si>
     <t>14.12.2025 12:30</t>
   </si>
   <si>
     <t>Bryce</t>
   </si>
   <si>
     <t>KLOC</t>
   </si>
   <si>
     <t>Men's Large Hill HS140 Qualification</t>
   </si>
   <si>
-    <t>SUI</t>
-[...1 lines deleted...]
-  <si>
     <t>Engelberg</t>
   </si>
   <si>
     <t>19.12.2025</t>
   </si>
   <si>
     <t>19.12.2025 16:12</t>
   </si>
   <si>
     <t>SCE C 2.2 - Binding – Incorrect placement of binding</t>
   </si>
   <si>
     <t>Ilya</t>
   </si>
   <si>
     <t>MIZERNYKH</t>
   </si>
   <si>
     <t>Men's Large Hill HS142 Qualification</t>
   </si>
   <si>
     <t>Bischofshofen</t>
   </si>
   <si>
     <t>05.01.2026 17:40</t>
@@ -448,161 +634,149 @@
   <si>
     <t>SVK</t>
   </si>
   <si>
     <t>Hektor</t>
   </si>
   <si>
     <t>KAPUSTIK</t>
   </si>
   <si>
     <t>Women's Large Hill HS134 Qualification</t>
   </si>
   <si>
     <t>Wisla</t>
   </si>
   <si>
     <t>04.12.2025</t>
   </si>
   <si>
     <t>04.12.2025 12:18</t>
   </si>
   <si>
     <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, 3cm</t>
   </si>
   <si>
-    <t>FRA</t>
-[...1 lines deleted...]
-  <si>
     <t>Emma</t>
   </si>
   <si>
     <t>CHERVET</t>
   </si>
   <si>
     <t>31.12.2025</t>
   </si>
   <si>
     <t>31.12.2025 16:15</t>
   </si>
   <si>
     <t>EST</t>
   </si>
   <si>
     <t>Kaimar</t>
   </si>
   <si>
     <t>VAGUL</t>
   </si>
   <si>
     <t>22.11.2025 12:20</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, +1 cm</t>
   </si>
   <si>
-    <t>CHN</t>
-[...1 lines deleted...]
-  <si>
     <t>Ping</t>
   </si>
   <si>
     <t>ZENG</t>
   </si>
   <si>
     <t>04.12.2025 12:07</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, 1 cm</t>
   </si>
   <si>
     <t>Liangyao</t>
   </si>
   <si>
     <t>WANG</t>
   </si>
   <si>
     <t>Men's Large Hill HS132 Qualification</t>
   </si>
   <si>
     <t>26.11.2025</t>
   </si>
   <si>
     <t>26.11.2025 11:18</t>
   </si>
   <si>
     <t>Weijie</t>
   </si>
   <si>
     <t>ZHEN</t>
   </si>
   <si>
-    <t>Zhangjiakou</t>
-[...1 lines deleted...]
-  <si>
     <t>14.01.2026</t>
   </si>
   <si>
     <t>14.01.2026 11:15</t>
   </si>
   <si>
     <t>SCE C 4.7.1 - Violation of start control procedure</t>
   </si>
   <si>
     <t>19.12.2025 15:58</t>
   </si>
   <si>
     <t>Yixin</t>
   </si>
   <si>
     <t>LYU</t>
   </si>
   <si>
     <t>13.01.2026</t>
   </si>
   <si>
     <t>13.01.2026 19:32</t>
   </si>
   <si>
     <t>SCE C 4.4.6 - Leg length, 6mm</t>
   </si>
   <si>
     <t>21.12.2025</t>
   </si>
   <si>
     <t>21.12.2025 16:05</t>
   </si>
   <si>
     <t>Erik</t>
   </si>
   <si>
     <t>BELSHAW</t>
   </si>
   <si>
-    <t>Women's Large Hill HS140 Qualification</t>
-[...1 lines deleted...]
-  <si>
     <t>20.12.2025</t>
   </si>
   <si>
     <t>20.12.2025 12:01</t>
   </si>
   <si>
     <t>Tamara</t>
   </si>
   <si>
     <t>MESIKOVA</t>
   </si>
   <si>
     <t>21.12.2025 10:22</t>
   </si>
   <si>
     <t>10.01.2026 11:45</t>
   </si>
   <si>
     <t>Adrian</t>
   </si>
   <si>
     <t>TITTEL</t>
   </si>
   <si>
     <t>Juri</t>
@@ -619,50 +793,62 @@
   <si>
     <t>06.12.2025</t>
   </si>
   <si>
     <t>06.12.2025 19:00</t>
   </si>
   <si>
     <t>SCE C 4.4.6 - Leg length, 0.9 cm too short</t>
   </si>
   <si>
     <t>Anej</t>
   </si>
   <si>
     <t>RAZPOTNIK</t>
   </si>
   <si>
     <t>14.12.2025 12:43</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>UNGLAUBE</t>
   </si>
   <si>
+    <t>15.02.2026 10:00</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, 3 cm</t>
+  </si>
+  <si>
+    <t>Louis</t>
+  </si>
+  <si>
+    <t>OBERSTEINER</t>
+  </si>
+  <si>
     <t>Suit exceeds allowed size by 40 mm</t>
   </si>
   <si>
     <t>Ari</t>
   </si>
   <si>
     <t>REPELLIN</t>
   </si>
   <si>
     <t>Women's Normal Hill HS94 Qualification</t>
   </si>
   <si>
     <t>09.01.2026 12:15</t>
   </si>
   <si>
     <t>ROU</t>
   </si>
   <si>
     <t>Delia Anamaria</t>
   </si>
   <si>
     <t>FOLEA</t>
   </si>
   <si>
     <t>04.12.2025 13:01</t>
@@ -670,137 +856,197 @@
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, 1cm</t>
   </si>
   <si>
     <t>Nika</t>
   </si>
   <si>
     <t>PREVC</t>
   </si>
   <si>
     <t>11.01.2026</t>
   </si>
   <si>
     <t>11.01.2026 14:55</t>
   </si>
   <si>
     <t>Mircea Stefan</t>
   </si>
   <si>
     <t>JIPESCU</t>
   </si>
   <si>
     <t>13.01.2026 20:32</t>
   </si>
   <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, 20mm</t>
+  </si>
+  <si>
+    <t>Elias</t>
+  </si>
+  <si>
+    <t>MALCHER</t>
+  </si>
+  <si>
     <t>27.12.2025</t>
   </si>
   <si>
     <t>27.12.2025 16:27</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>STEINBERGER</t>
   </si>
   <si>
     <t>Jakob</t>
   </si>
   <si>
+    <t>Men's Normal Hill HS109</t>
+  </si>
+  <si>
+    <t>24.01.2026 14:03</t>
+  </si>
+  <si>
     <t>Nik</t>
   </si>
   <si>
     <t>GOSTISA LAH</t>
   </si>
   <si>
     <t>11.01.2026 13:31</t>
   </si>
   <si>
     <t>Ski tip too flat</t>
   </si>
   <si>
     <t>SCE C 1.2.1.3 - Ski tip curve / Ski tip too flat</t>
   </si>
   <si>
     <t>Martina</t>
   </si>
   <si>
     <t>ZANITZER</t>
   </si>
   <si>
     <t>13.01.2026 20:38</t>
   </si>
   <si>
-    <t>CZE</t>
-[...1 lines deleted...]
-  <si>
     <t>Filip</t>
   </si>
   <si>
     <t>KRENEK</t>
   </si>
   <si>
+    <t>08.02.2026 14:15</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>RYGL</t>
+  </si>
+  <si>
     <t>21.12.2025 15:02</t>
   </si>
   <si>
     <t>Danil</t>
   </si>
   <si>
     <t>VASSILYEV</t>
   </si>
   <si>
     <t>22.11.2025 15:12</t>
   </si>
   <si>
     <t>Kasperi</t>
   </si>
   <si>
     <t>VALTO</t>
   </si>
   <si>
     <t>27.12.2025 17:17</t>
   </si>
   <si>
     <t>SCE C 4.4.6 - Leg length, Leg length -5 mm</t>
   </si>
   <si>
-    <t>Benjamin</t>
-[...1 lines deleted...]
-  <si>
     <t>OESTVOLD</t>
   </si>
   <si>
+    <t>07.02.2026 12:24</t>
+  </si>
+  <si>
+    <t>25 mm</t>
+  </si>
+  <si>
+    <t>Julijan</t>
+  </si>
+  <si>
+    <t>SMID</t>
+  </si>
+  <si>
+    <t>Men's Large Hill HS137 Qualification</t>
+  </si>
+  <si>
+    <t>16.01.2026</t>
+  </si>
+  <si>
+    <t>16.01.2026 18:14</t>
+  </si>
+  <si>
+    <t>Tomas</t>
+  </si>
+  <si>
+    <t>KUISMA</t>
+  </si>
+  <si>
     <t>10.01.2026 12:35</t>
   </si>
   <si>
     <t>Klara</t>
   </si>
   <si>
     <t>ULRICHOVA</t>
   </si>
   <si>
+    <t>OWG</t>
+  </si>
+  <si>
+    <t>Women's Large Hill HS141</t>
+  </si>
+  <si>
+    <t>Milano Cortina</t>
+  </si>
+  <si>
+    <t>15.02.2026 19:10</t>
+  </si>
+  <si>
+    <t>Annika</t>
+  </si>
+  <si>
     <t>Suit exceeds allowed size by 90 mm</t>
   </si>
   <si>
     <t>Benedikt</t>
   </si>
   <si>
     <t>HOLUB</t>
   </si>
   <si>
     <t>06.01.2026</t>
   </si>
   <si>
     <t>06.01.2026 13:07</t>
   </si>
   <si>
     <t>Sophie</t>
   </si>
   <si>
     <t>KOTHBAUER</t>
   </si>
   <si>
     <t>13.12.2025 13:12</t>
   </si>
   <si>
     <t>Rok</t>
@@ -811,104 +1057,169 @@
   <si>
     <t>Zakopane</t>
   </si>
   <si>
     <t>10.01.2026 14:15</t>
   </si>
   <si>
     <t>Nurshat</t>
   </si>
   <si>
     <t>TURSUNZHANOV</t>
   </si>
   <si>
     <t>30.11.2025 09:20</t>
   </si>
   <si>
     <t>Veronika</t>
   </si>
   <si>
     <t>SHISHKINA</t>
   </si>
   <si>
     <t>12.12.2025 14:30</t>
   </si>
   <si>
+    <t>24.01.2026 14:20</t>
+  </si>
+  <si>
+    <t>Matija</t>
+  </si>
+  <si>
+    <t>VIDIC</t>
+  </si>
+  <si>
     <t>Women's Large Hill HS137</t>
   </si>
   <si>
     <t>Oberstdorf</t>
   </si>
   <si>
     <t>01.01.2026 16:39</t>
   </si>
   <si>
     <t>Too long ski + 1 cm</t>
   </si>
   <si>
     <t>Frida</t>
   </si>
   <si>
     <t>WESTMAN</t>
   </si>
   <si>
+    <t>Men's Large Hill HS141</t>
+  </si>
+  <si>
+    <t>14.02.2026</t>
+  </si>
+  <si>
+    <t>14.02.2026 19:28</t>
+  </si>
+  <si>
+    <t>In addition to the already imposed disqualification, inappropriate conduct by the competitor was also thoroughly examined during the hearing. This included two separate actions: manipulation at the start by pulling on the racing suit and inappropriate stretching within the exit area. It was determined that such behavior is not in accordance with the competition rules and the sporting code of behavior, as it may affect equal conditions for all competitors.
+An official hearing was attended by the competitor and his coach, Andreas Widhölzl. Both stated that, in their opinion, other competitors also stretch in the same manner, thereby attempting to explain the circumstances of the incident. Upon further request by the jury to clearly address the matter under review and the proposed sanction, they confirmed that they accepted the proposed measure.
+The proposed and imposed sanction consisted of disqualification due to the established irregularities, the issuance of a yellow card related to the boots, and an official warning for improper handling of equipment during the competition. The jury emphasized that the purpose of the sanction is to ensure consistent compliance with the rules, prevent similar violations in the future, and preserve the integrity of the competition.</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>TSCHOFENIG</t>
+  </si>
+  <si>
     <t>27.12.2025 15:58</t>
   </si>
   <si>
     <t>crotch control after jump</t>
   </si>
   <si>
     <t>Finn</t>
   </si>
   <si>
     <t>BRAUN</t>
   </si>
   <si>
     <t>06.12.2025 19:05</t>
   </si>
   <si>
     <t>SCE C 4.4.6 - Leg length, 1 cm too short</t>
   </si>
   <si>
     <t>Emanuel</t>
   </si>
   <si>
     <t>SCHMID</t>
   </si>
   <si>
+    <t>Men's Large Hill HS147 Qualification</t>
+  </si>
+  <si>
+    <t>Willingen</t>
+  </si>
+  <si>
+    <t>31.01.2026 12:41</t>
+  </si>
+  <si>
+    <t>Eetu</t>
+  </si>
+  <si>
+    <t>NOUSIAINEN</t>
+  </si>
+  <si>
     <t>27.12.2025 15:52</t>
   </si>
   <si>
     <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm, +7 mm</t>
   </si>
   <si>
     <t>Sergey</t>
   </si>
   <si>
     <t>TKACHENKO</t>
   </si>
   <si>
+    <t>Men's Large Hill HS147</t>
+  </si>
+  <si>
+    <t>31.01.2026 17:53</t>
+  </si>
+  <si>
+    <t>Yevhen</t>
+  </si>
+  <si>
+    <t>MARUSIAK</t>
+  </si>
+  <si>
+    <t>15.02.2026 10:25</t>
+  </si>
+  <si>
+    <t>Luca</t>
+  </si>
+  <si>
+    <t>ROTH</t>
+  </si>
+  <si>
     <t>06.01.2026 14:41</t>
   </si>
   <si>
     <t>Josephine</t>
   </si>
   <si>
     <t>PAGNIER</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
     <t>29.12.2025 18:45</t>
   </si>
   <si>
     <t>SCE C 4.4.6 - Leg length, Leg length - 3 mm</t>
   </si>
   <si>
     <t>Timi</t>
   </si>
   <si>
     <t>ZAJC</t>
   </si>
   <si>
     <t>01.01.2026 14:20</t>
@@ -1003,50 +1314,62 @@
   <si>
     <t>07.12.2025 14:42</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, crotch after jump</t>
   </si>
   <si>
     <t>Alex</t>
   </si>
   <si>
     <t>INSAM</t>
   </si>
   <si>
     <t>20.12.2025 16:14</t>
   </si>
   <si>
     <t>Suit exceeds allowed size by 20 mm</t>
   </si>
   <si>
     <t>Janni</t>
   </si>
   <si>
     <t>REISENAUER</t>
   </si>
   <si>
+    <t>07.02.2026 11:46</t>
+  </si>
+  <si>
+    <t>50 mm</t>
+  </si>
+  <si>
+    <t>Clemens</t>
+  </si>
+  <si>
+    <t>LEITNER</t>
+  </si>
+  <si>
     <t>21.12.2025 11:48</t>
   </si>
   <si>
     <t>Daniela Vasilica</t>
   </si>
   <si>
     <t>TOTH</t>
   </si>
   <si>
     <t>23.11.2025 15:10</t>
   </si>
   <si>
     <t>TUR</t>
   </si>
   <si>
     <t>Fatih Arda</t>
   </si>
   <si>
     <t>IPCIOGLU</t>
   </si>
   <si>
     <t>14.12.2025 16:04</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, SCE 1.2.1.1 - Ski too long - 1 cm</t>
@@ -1054,57 +1377,87 @@
   <si>
     <t>Disqualification (DSQ), Disqualification (DSQ), Disqualification (DSQ)</t>
   </si>
   <si>
     <t>01.01.2026 14:47</t>
   </si>
   <si>
     <t>22.11.2025 11:12</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, Arm + 3 cm</t>
   </si>
   <si>
     <t>Anna</t>
   </si>
   <si>
     <t>HOLLANDT</t>
   </si>
   <si>
     <t>07.12.2025 10:15</t>
   </si>
   <si>
     <t>SCE C 4.4.7 - Crotch control, low crotch</t>
   </si>
   <si>
-    <t>CAN</t>
-[...1 lines deleted...]
-  <si>
     <t>Eric</t>
   </si>
   <si>
     <t>MITCHELL</t>
+  </si>
+  <si>
+    <t>18.01.2026</t>
+  </si>
+  <si>
+    <t>18.01.2026 10:36</t>
+  </si>
+  <si>
+    <t>Stefan</t>
+  </si>
+  <si>
+    <t>KRAFT</t>
+  </si>
+  <si>
+    <t>16.01.2026 18:07</t>
+  </si>
+  <si>
+    <t>Junshiro</t>
+  </si>
+  <si>
+    <t>KOBAYASHI</t>
+  </si>
+  <si>
+    <t>24.01.2026 11:00</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, Exceeds allowed tolerance by 20mm</t>
+  </si>
+  <si>
+    <t>Tara</t>
+  </si>
+  <si>
+    <t>GERAGHTY-MOATS</t>
   </si>
   <si>
     <t>21.12.2025 15:27</t>
   </si>
   <si>
     <t>BUL</t>
   </si>
   <si>
     <t>Vladimir</t>
   </si>
   <si>
     <t>ZOGRAFSKI</t>
   </si>
   <si>
     <t>12.12.2025 16:40</t>
   </si>
   <si>
     <t>Juliane</t>
   </si>
   <si>
     <t>SEYFARTH</t>
   </si>
   <si>
     <t>20.12.2025 16:04</t>
   </si>
@@ -1561,5516 +1914,7111 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W85"/>
+  <dimension ref="A1:W113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="109.545" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="110.83" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="542.582" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="21.281" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
-        <v>384</v>
+        <v>501</v>
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="1" t="s">
-        <v>383</v>
+        <v>500</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>382</v>
+        <v>499</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>381</v>
+        <v>498</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>380</v>
+        <v>497</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>379</v>
+        <v>496</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>378</v>
+        <v>495</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>377</v>
+        <v>494</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>376</v>
+        <v>493</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>375</v>
+        <v>492</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>374</v>
+        <v>491</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>373</v>
+        <v>490</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>372</v>
+        <v>489</v>
       </c>
       <c r="M2" s="1" t="s">
-        <v>371</v>
+        <v>488</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>370</v>
+        <v>487</v>
       </c>
       <c r="O2" s="1" t="s">
-        <v>369</v>
+        <v>486</v>
       </c>
       <c r="P2" s="1" t="s">
-        <v>368</v>
+        <v>485</v>
       </c>
       <c r="Q2" s="1" t="s">
-        <v>367</v>
+        <v>484</v>
       </c>
       <c r="R2" s="1" t="s">
-        <v>366</v>
+        <v>483</v>
       </c>
       <c r="S2" s="1" t="s">
-        <v>365</v>
+        <v>482</v>
       </c>
       <c r="T2" s="1" t="s">
-        <v>364</v>
+        <v>481</v>
       </c>
       <c r="U2" s="1" t="s">
-        <v>363</v>
+        <v>480</v>
       </c>
       <c r="V2" s="1" t="s">
-        <v>362</v>
+        <v>479</v>
       </c>
       <c r="W2" s="1" t="s">
-        <v>361</v>
+        <v>478</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3" t="s">
-        <v>360</v>
+        <v>477</v>
       </c>
       <c r="D3" t="s">
-        <v>359</v>
+        <v>476</v>
       </c>
       <c r="E3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F3" t="s">
-        <v>72</v>
+        <v>108</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J3" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L3" t="s">
-        <v>125</v>
+        <v>187</v>
       </c>
       <c r="M3" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="N3" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="O3" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P3" t="s">
-        <v>124</v>
+        <v>186</v>
       </c>
       <c r="Q3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="R3" t="s">
-        <v>123</v>
+        <v>185</v>
       </c>
       <c r="S3">
         <v>3109</v>
       </c>
       <c r="T3">
         <v>10064</v>
       </c>
       <c r="U3">
         <v>7506</v>
       </c>
       <c r="V3" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B4">
         <v>4678</v>
       </c>
       <c r="C4" t="s">
-        <v>358</v>
+        <v>475</v>
       </c>
       <c r="D4" t="s">
-        <v>357</v>
+        <v>474</v>
       </c>
       <c r="E4" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F4" t="s">
-        <v>346</v>
+        <v>45</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J4" t="s">
-        <v>102</v>
+        <v>143</v>
       </c>
       <c r="L4" t="s">
-        <v>356</v>
+        <v>473</v>
       </c>
       <c r="M4" t="s">
-        <v>181</v>
+        <v>239</v>
       </c>
       <c r="N4" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="O4" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P4" t="s">
-        <v>117</v>
+        <v>179</v>
       </c>
       <c r="Q4" t="s">
-        <v>116</v>
+        <v>163</v>
       </c>
       <c r="R4" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="S4">
         <v>3098</v>
       </c>
       <c r="T4">
         <v>78803</v>
       </c>
       <c r="U4">
         <v>7495</v>
       </c>
       <c r="V4" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B5">
         <v>1952</v>
       </c>
       <c r="C5" t="s">
-        <v>355</v>
+        <v>472</v>
       </c>
       <c r="D5" t="s">
-        <v>354</v>
+        <v>471</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J5" t="s">
-        <v>227</v>
+        <v>294</v>
       </c>
       <c r="L5" t="s">
-        <v>353</v>
+        <v>470</v>
       </c>
       <c r="M5" t="s">
-        <v>126</v>
+        <v>188</v>
       </c>
       <c r="N5" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="O5" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="Q5" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="R5" t="s">
-        <v>59</v>
+        <v>97</v>
       </c>
       <c r="S5">
         <v>3225</v>
       </c>
       <c r="T5">
         <v>97562</v>
       </c>
       <c r="U5">
         <v>7626</v>
       </c>
       <c r="V5" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B6">
         <v>5168</v>
       </c>
       <c r="C6" t="s">
-        <v>352</v>
+        <v>469</v>
       </c>
       <c r="D6" t="s">
-        <v>351</v>
+        <v>468</v>
       </c>
       <c r="E6" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F6" t="s">
-        <v>350</v>
+        <v>467</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J6" t="s">
-        <v>318</v>
+        <v>421</v>
       </c>
       <c r="L6" t="s">
-        <v>349</v>
+        <v>466</v>
       </c>
       <c r="M6" t="s">
-        <v>176</v>
+        <v>235</v>
       </c>
       <c r="N6" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="O6" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
-        <v>117</v>
+        <v>179</v>
       </c>
       <c r="Q6" t="s">
-        <v>116</v>
+        <v>163</v>
       </c>
       <c r="R6" t="s">
-        <v>115</v>
+        <v>178</v>
       </c>
       <c r="S6">
         <v>3100</v>
       </c>
       <c r="T6">
         <v>111930</v>
       </c>
       <c r="U6">
         <v>7497</v>
       </c>
       <c r="V6" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B7">
-        <v>5805</v>
+        <v>5331</v>
       </c>
       <c r="C7" t="s">
-        <v>348</v>
+        <v>465</v>
       </c>
       <c r="D7" t="s">
-        <v>347</v>
+        <v>464</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>346</v>
+        <v>30</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J7" t="s">
-        <v>345</v>
+        <v>463</v>
       </c>
       <c r="L7" t="s">
-        <v>344</v>
+        <v>462</v>
       </c>
       <c r="M7" t="s">
-        <v>320</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="O7" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P7" t="s">
-        <v>192</v>
+        <v>25</v>
       </c>
       <c r="Q7" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="R7" t="s">
-        <v>191</v>
+        <v>16</v>
       </c>
       <c r="S7">
-        <v>3252</v>
+        <v>3267</v>
       </c>
       <c r="T7">
-        <v>136847</v>
+        <v>120490</v>
       </c>
       <c r="U7">
-        <v>7653</v>
+        <v>7668</v>
       </c>
       <c r="V7" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B8">
-        <v>5883</v>
+        <v>5451</v>
       </c>
       <c r="C8" t="s">
-        <v>343</v>
+        <v>461</v>
       </c>
       <c r="D8" t="s">
-        <v>342</v>
+        <v>460</v>
       </c>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F8" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J8" t="s">
-        <v>341</v>
+        <v>114</v>
       </c>
       <c r="L8" t="s">
-        <v>340</v>
+        <v>459</v>
       </c>
       <c r="M8" t="s">
-        <v>61</v>
+        <v>317</v>
       </c>
       <c r="N8" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="O8" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P8" t="s">
-        <v>60</v>
+        <v>111</v>
       </c>
       <c r="Q8" t="s">
-        <v>48</v>
+        <v>105</v>
       </c>
       <c r="R8" t="s">
-        <v>59</v>
+        <v>316</v>
       </c>
       <c r="S8">
-        <v>3064</v>
+        <v>3115</v>
       </c>
       <c r="T8">
-        <v>138378</v>
+        <v>126003</v>
       </c>
       <c r="U8">
-        <v>7461</v>
+        <v>7512</v>
       </c>
       <c r="V8" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B9">
-        <v>6177</v>
+        <v>5497</v>
       </c>
       <c r="C9" t="s">
-        <v>335</v>
+        <v>458</v>
       </c>
       <c r="D9" t="s">
-        <v>334</v>
+        <v>457</v>
       </c>
       <c r="E9" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F9" t="s">
-        <v>333</v>
+        <v>24</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J9" t="s">
-        <v>70</v>
+        <v>149</v>
       </c>
       <c r="L9" t="s">
-        <v>339</v>
+        <v>456</v>
       </c>
       <c r="M9" t="s">
-        <v>106</v>
+        <v>455</v>
       </c>
       <c r="N9" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="O9" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P9" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q9" t="s">
         <v>105</v>
       </c>
-      <c r="Q9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R9" t="s">
-        <v>36</v>
+        <v>316</v>
       </c>
       <c r="S9">
-        <v>3106</v>
+        <v>3117</v>
       </c>
       <c r="T9">
-        <v>151263</v>
+        <v>128286</v>
       </c>
       <c r="U9">
-        <v>7503</v>
+        <v>7514</v>
       </c>
       <c r="V9" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B10">
-        <v>6177</v>
+        <v>5805</v>
       </c>
       <c r="C10" t="s">
-        <v>335</v>
+        <v>454</v>
       </c>
       <c r="D10" t="s">
-        <v>334</v>
+        <v>453</v>
       </c>
       <c r="E10" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F10" t="s">
-        <v>333</v>
+        <v>45</v>
       </c>
       <c r="G10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H10" t="s">
-        <v>338</v>
+        <v>10</v>
       </c>
       <c r="J10" t="s">
-        <v>337</v>
+        <v>452</v>
       </c>
       <c r="L10" t="s">
-        <v>336</v>
+        <v>451</v>
       </c>
       <c r="M10" t="s">
-        <v>39</v>
+        <v>423</v>
       </c>
       <c r="N10" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="O10" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="P10" t="s">
-        <v>27</v>
+        <v>250</v>
       </c>
       <c r="Q10" t="s">
-        <v>26</v>
+        <v>163</v>
       </c>
       <c r="R10" t="s">
-        <v>25</v>
+        <v>249</v>
       </c>
       <c r="S10">
-        <v>3228</v>
+        <v>3252</v>
       </c>
       <c r="T10">
-        <v>151263</v>
+        <v>136847</v>
       </c>
       <c r="U10">
-        <v>7629</v>
+        <v>7653</v>
       </c>
       <c r="V10" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W10" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B11">
-        <v>6177</v>
+        <v>5883</v>
       </c>
       <c r="C11" t="s">
-        <v>335</v>
+        <v>450</v>
       </c>
       <c r="D11" t="s">
-        <v>334</v>
+        <v>449</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>333</v>
+        <v>50</v>
       </c>
       <c r="G11">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H11" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J11" t="s">
-        <v>63</v>
+        <v>448</v>
       </c>
       <c r="L11" t="s">
-        <v>332</v>
+        <v>447</v>
       </c>
       <c r="M11" t="s">
-        <v>133</v>
+        <v>99</v>
       </c>
       <c r="N11" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="O11" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P11" t="s">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="Q11" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="R11" t="s">
-        <v>25</v>
+        <v>97</v>
       </c>
       <c r="S11">
-        <v>3069</v>
+        <v>3064</v>
       </c>
       <c r="T11">
-        <v>151263</v>
+        <v>138378</v>
       </c>
       <c r="U11">
-        <v>7466</v>
+        <v>7461</v>
       </c>
       <c r="V11" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B12">
-        <v>6563</v>
+        <v>6177</v>
       </c>
       <c r="C12" t="s">
-        <v>331</v>
+        <v>442</v>
       </c>
       <c r="D12" t="s">
-        <v>330</v>
+        <v>441</v>
       </c>
       <c r="E12" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F12" t="s">
-        <v>206</v>
+        <v>440</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J12" t="s">
-        <v>318</v>
+        <v>28</v>
       </c>
       <c r="L12" t="s">
-        <v>329</v>
+        <v>446</v>
       </c>
       <c r="M12" t="s">
-        <v>176</v>
+        <v>147</v>
       </c>
       <c r="N12" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="O12" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P12" t="s">
-        <v>117</v>
+        <v>146</v>
       </c>
       <c r="Q12" t="s">
-        <v>116</v>
+        <v>50</v>
       </c>
       <c r="R12" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="S12">
-        <v>3101</v>
+        <v>3106</v>
       </c>
       <c r="T12">
-        <v>166476</v>
+        <v>151263</v>
       </c>
       <c r="U12">
-        <v>7498</v>
+        <v>7503</v>
       </c>
       <c r="V12" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W12" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B13">
-        <v>6715</v>
+        <v>6177</v>
       </c>
       <c r="C13" t="s">
-        <v>328</v>
+        <v>442</v>
       </c>
       <c r="D13" t="s">
-        <v>327</v>
+        <v>441</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F13" t="s">
-        <v>18</v>
+        <v>440</v>
       </c>
       <c r="G13">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H13" t="s">
-        <v>11</v>
+        <v>445</v>
       </c>
       <c r="J13" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>326</v>
+        <v>444</v>
       </c>
       <c r="L13" t="s">
-        <v>75</v>
+        <v>443</v>
       </c>
       <c r="M13" t="s">
-        <v>7</v>
+        <v>61</v>
       </c>
       <c r="N13" t="s">
-        <v>29</v>
+        <v>5</v>
       </c>
       <c r="O13" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P13" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="Q13" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="R13" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="S13">
-        <v>3238</v>
+        <v>3228</v>
       </c>
       <c r="T13">
-        <v>174516</v>
+        <v>151263</v>
       </c>
       <c r="U13">
-        <v>7639</v>
+        <v>7629</v>
       </c>
       <c r="V13" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B14">
-        <v>6758</v>
+        <v>6177</v>
       </c>
       <c r="C14" t="s">
-        <v>324</v>
+        <v>442</v>
       </c>
       <c r="D14" t="s">
-        <v>323</v>
+        <v>441</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F14" t="s">
-        <v>94</v>
+        <v>440</v>
       </c>
       <c r="G14">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H14" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J14" t="s">
+        <v>101</v>
+      </c>
+      <c r="L14" t="s">
+        <v>439</v>
+      </c>
+      <c r="M14" t="s">
+        <v>195</v>
+      </c>
+      <c r="N14" t="s">
+        <v>5</v>
+      </c>
+      <c r="O14" t="s">
+        <v>52</v>
+      </c>
+      <c r="P14" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q14" t="s">
         <v>70</v>
       </c>
-      <c r="L14" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R14" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="S14">
-        <v>3098</v>
+        <v>3069</v>
       </c>
       <c r="T14">
-        <v>175089</v>
+        <v>151263</v>
       </c>
       <c r="U14">
-        <v>7495</v>
+        <v>7466</v>
       </c>
       <c r="V14" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B15">
-        <v>6758</v>
+        <v>6563</v>
       </c>
       <c r="C15" t="s">
-        <v>324</v>
+        <v>438</v>
       </c>
       <c r="D15" t="s">
-        <v>323</v>
+        <v>437</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>94</v>
+        <v>268</v>
       </c>
       <c r="G15">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H15" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J15" t="s">
-        <v>322</v>
+        <v>421</v>
       </c>
       <c r="L15" t="s">
-        <v>321</v>
+        <v>436</v>
       </c>
       <c r="M15" t="s">
-        <v>320</v>
+        <v>235</v>
       </c>
       <c r="N15" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="O15" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P15" t="s">
-        <v>140</v>
+        <v>179</v>
       </c>
       <c r="Q15" t="s">
-        <v>42</v>
+        <v>163</v>
       </c>
       <c r="R15" t="s">
-        <v>319</v>
+        <v>97</v>
       </c>
       <c r="S15">
-        <v>3089</v>
+        <v>3101</v>
       </c>
       <c r="T15">
-        <v>175089</v>
+        <v>166476</v>
       </c>
       <c r="U15">
-        <v>7486</v>
+        <v>7498</v>
       </c>
       <c r="V15" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B16">
-        <v>6807</v>
+        <v>6711</v>
       </c>
       <c r="C16" t="s">
-        <v>316</v>
+        <v>435</v>
       </c>
       <c r="D16" t="s">
-        <v>315</v>
+        <v>434</v>
       </c>
       <c r="E16" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F16" t="s">
-        <v>206</v>
+        <v>24</v>
       </c>
       <c r="G16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H16" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J16" t="s">
-        <v>318</v>
+        <v>21</v>
+      </c>
+      <c r="K16" t="s">
+        <v>433</v>
       </c>
       <c r="L16" t="s">
-        <v>317</v>
+        <v>432</v>
       </c>
       <c r="M16" t="s">
-        <v>176</v>
+        <v>42</v>
       </c>
       <c r="N16" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="O16" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="P16" t="s">
-        <v>117</v>
+        <v>34</v>
       </c>
       <c r="Q16" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="R16" t="s">
-        <v>115</v>
+        <v>40</v>
       </c>
       <c r="S16">
-        <v>3100</v>
+        <v>3271</v>
       </c>
       <c r="T16">
-        <v>178038</v>
+        <v>174348</v>
       </c>
       <c r="U16">
-        <v>7497</v>
+        <v>7672</v>
       </c>
       <c r="V16" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W16" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B17">
-        <v>6807</v>
+        <v>6715</v>
       </c>
       <c r="C17" t="s">
-        <v>316</v>
+        <v>431</v>
       </c>
       <c r="D17" t="s">
-        <v>315</v>
+        <v>430</v>
       </c>
       <c r="E17" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F17" t="s">
-        <v>206</v>
+        <v>24</v>
       </c>
       <c r="G17">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H17" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J17" t="s">
-        <v>70</v>
+        <v>21</v>
+      </c>
+      <c r="K17" t="s">
+        <v>429</v>
       </c>
       <c r="L17" t="s">
-        <v>314</v>
+        <v>117</v>
       </c>
       <c r="M17" t="s">
-        <v>118</v>
+        <v>6</v>
       </c>
       <c r="N17" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="O17" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P17" t="s">
-        <v>117</v>
+        <v>51</v>
       </c>
       <c r="Q17" t="s">
-        <v>116</v>
+        <v>50</v>
       </c>
       <c r="R17" t="s">
-        <v>115</v>
+        <v>49</v>
       </c>
       <c r="S17">
-        <v>3096</v>
+        <v>3238</v>
       </c>
       <c r="T17">
-        <v>178038</v>
+        <v>174516</v>
       </c>
       <c r="U17">
-        <v>7493</v>
+        <v>7639</v>
       </c>
       <c r="V17" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B18">
-        <v>6867</v>
+        <v>6758</v>
       </c>
       <c r="C18" t="s">
-        <v>313</v>
+        <v>427</v>
       </c>
       <c r="D18" t="s">
-        <v>312</v>
+        <v>426</v>
       </c>
       <c r="E18" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F18" t="s">
-        <v>48</v>
+        <v>135</v>
       </c>
       <c r="G18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H18" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J18" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>28</v>
       </c>
       <c r="L18" t="s">
-        <v>309</v>
+        <v>428</v>
       </c>
       <c r="M18" t="s">
-        <v>147</v>
+        <v>239</v>
       </c>
       <c r="N18" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="O18" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P18" t="s">
-        <v>105</v>
+        <v>179</v>
       </c>
       <c r="Q18" t="s">
-        <v>26</v>
+        <v>163</v>
       </c>
       <c r="R18" t="s">
-        <v>308</v>
+        <v>49</v>
       </c>
       <c r="S18">
-        <v>3132</v>
+        <v>3098</v>
       </c>
       <c r="T18">
-        <v>180411</v>
+        <v>175089</v>
       </c>
       <c r="U18">
-        <v>7529</v>
+        <v>7495</v>
       </c>
       <c r="V18" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W18" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B19">
-        <v>6880</v>
+        <v>6758</v>
       </c>
       <c r="C19" t="s">
-        <v>307</v>
+        <v>427</v>
       </c>
       <c r="D19" t="s">
-        <v>306</v>
+        <v>426</v>
       </c>
       <c r="E19" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F19" t="s">
-        <v>48</v>
+        <v>135</v>
       </c>
       <c r="G19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H19" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J19" t="s">
-        <v>108</v>
+        <v>425</v>
       </c>
       <c r="L19" t="s">
-        <v>305</v>
+        <v>424</v>
       </c>
       <c r="M19" t="s">
-        <v>147</v>
+        <v>423</v>
       </c>
       <c r="N19" t="s">
-        <v>54</v>
+        <v>5</v>
       </c>
       <c r="O19" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P19" t="s">
-        <v>105</v>
+        <v>202</v>
       </c>
       <c r="Q19" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="R19" t="s">
-        <v>123</v>
+        <v>422</v>
       </c>
       <c r="S19">
-        <v>3105</v>
+        <v>3089</v>
       </c>
       <c r="T19">
-        <v>180709</v>
+        <v>175089</v>
       </c>
       <c r="U19">
-        <v>7502</v>
+        <v>7486</v>
       </c>
       <c r="V19" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W19" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B20">
-        <v>6987</v>
+        <v>6807</v>
       </c>
       <c r="C20" t="s">
-        <v>304</v>
+        <v>419</v>
       </c>
       <c r="D20" t="s">
-        <v>303</v>
+        <v>418</v>
       </c>
       <c r="E20" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F20" t="s">
-        <v>42</v>
+        <v>268</v>
       </c>
       <c r="G20">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H20" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J20" t="s">
-        <v>302</v>
+        <v>421</v>
       </c>
       <c r="L20" t="s">
-        <v>301</v>
+        <v>420</v>
       </c>
       <c r="M20" t="s">
-        <v>300</v>
+        <v>235</v>
       </c>
       <c r="N20" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="O20" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P20" t="s">
-        <v>299</v>
+        <v>179</v>
       </c>
       <c r="Q20" t="s">
-        <v>18</v>
+        <v>163</v>
       </c>
       <c r="R20" t="s">
-        <v>298</v>
+        <v>178</v>
       </c>
       <c r="S20">
-        <v>3107</v>
+        <v>3100</v>
       </c>
       <c r="T20">
-        <v>182407</v>
+        <v>178038</v>
       </c>
       <c r="U20">
-        <v>7504</v>
+        <v>7497</v>
       </c>
       <c r="V20" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B21">
-        <v>6996</v>
+        <v>6807</v>
       </c>
       <c r="C21" t="s">
-        <v>297</v>
+        <v>419</v>
       </c>
       <c r="D21" t="s">
-        <v>296</v>
+        <v>418</v>
       </c>
       <c r="E21" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F21" t="s">
-        <v>22</v>
+        <v>268</v>
       </c>
       <c r="G21">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H21" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J21" t="s">
-        <v>102</v>
+        <v>28</v>
       </c>
       <c r="L21" t="s">
-        <v>295</v>
+        <v>417</v>
       </c>
       <c r="M21" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="N21" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="O21" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P21" t="s">
-        <v>117</v>
+        <v>179</v>
       </c>
       <c r="Q21" t="s">
-        <v>116</v>
+        <v>163</v>
       </c>
       <c r="R21" t="s">
-        <v>115</v>
+        <v>178</v>
       </c>
       <c r="S21">
         <v>3096</v>
       </c>
       <c r="T21">
-        <v>182547</v>
+        <v>178038</v>
       </c>
       <c r="U21">
         <v>7493</v>
       </c>
       <c r="V21" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W21" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B22">
-        <v>7048</v>
+        <v>6867</v>
       </c>
       <c r="C22" t="s">
-        <v>294</v>
+        <v>416</v>
       </c>
       <c r="D22" t="s">
-        <v>293</v>
+        <v>415</v>
       </c>
       <c r="E22" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>206</v>
+        <v>70</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="H22" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J22" t="s">
-        <v>102</v>
+        <v>414</v>
+      </c>
+      <c r="K22" t="s">
+        <v>413</v>
       </c>
       <c r="L22" t="s">
-        <v>292</v>
+        <v>412</v>
       </c>
       <c r="M22" t="s">
-        <v>118</v>
+        <v>208</v>
       </c>
       <c r="N22" t="s">
-        <v>54</v>
+        <v>5</v>
       </c>
       <c r="O22" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P22" t="s">
-        <v>117</v>
+        <v>146</v>
       </c>
       <c r="Q22" t="s">
-        <v>116</v>
+        <v>50</v>
       </c>
       <c r="R22" t="s">
-        <v>115</v>
+        <v>411</v>
       </c>
       <c r="S22">
-        <v>3096</v>
+        <v>3132</v>
       </c>
       <c r="T22">
-        <v>184854</v>
+        <v>180411</v>
       </c>
       <c r="U22">
-        <v>7493</v>
+        <v>7529</v>
       </c>
       <c r="V22" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W22" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B23">
-        <v>7147</v>
+        <v>6880</v>
       </c>
       <c r="C23" t="s">
-        <v>290</v>
+        <v>410</v>
       </c>
       <c r="D23" t="s">
-        <v>289</v>
+        <v>409</v>
       </c>
       <c r="E23" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F23" t="s">
-        <v>3</v>
+        <v>70</v>
       </c>
       <c r="G23">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H23" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J23" t="s">
-        <v>108</v>
+        <v>149</v>
       </c>
       <c r="L23" t="s">
-        <v>291</v>
+        <v>408</v>
       </c>
       <c r="M23" t="s">
-        <v>106</v>
+        <v>208</v>
       </c>
       <c r="N23" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="O23" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P23" t="s">
-        <v>105</v>
+        <v>146</v>
       </c>
       <c r="Q23" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="R23" t="s">
-        <v>36</v>
+        <v>185</v>
       </c>
       <c r="S23">
-        <v>3106</v>
+        <v>3105</v>
       </c>
       <c r="T23">
-        <v>188590</v>
+        <v>180709</v>
       </c>
       <c r="U23">
-        <v>7503</v>
+        <v>7502</v>
       </c>
       <c r="V23" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B24">
-        <v>7147</v>
+        <v>6987</v>
       </c>
       <c r="C24" t="s">
-        <v>290</v>
+        <v>407</v>
       </c>
       <c r="D24" t="s">
-        <v>289</v>
+        <v>406</v>
       </c>
       <c r="E24" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F24" t="s">
-        <v>3</v>
+        <v>64</v>
       </c>
       <c r="G24">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H24" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J24" t="s">
-        <v>288</v>
+        <v>405</v>
       </c>
       <c r="L24" t="s">
-        <v>287</v>
+        <v>404</v>
       </c>
       <c r="M24" t="s">
-        <v>286</v>
+        <v>403</v>
       </c>
       <c r="N24" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="O24" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P24" t="s">
-        <v>266</v>
+        <v>402</v>
       </c>
       <c r="Q24" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="R24" t="s">
-        <v>66</v>
+        <v>401</v>
       </c>
       <c r="S24">
-        <v>3104</v>
+        <v>3107</v>
       </c>
       <c r="T24">
-        <v>188590</v>
+        <v>182407</v>
       </c>
       <c r="U24">
-        <v>7501</v>
+        <v>7504</v>
       </c>
       <c r="V24" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W24" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B25">
-        <v>7154</v>
+        <v>6996</v>
       </c>
       <c r="C25" t="s">
-        <v>285</v>
+        <v>400</v>
       </c>
       <c r="D25" t="s">
-        <v>284</v>
+        <v>399</v>
       </c>
       <c r="E25" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F25" t="s">
-        <v>144</v>
+        <v>37</v>
       </c>
       <c r="G25">
         <v>1</v>
       </c>
       <c r="H25" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J25" t="s">
-        <v>10</v>
+        <v>143</v>
       </c>
       <c r="L25" t="s">
-        <v>283</v>
+        <v>398</v>
       </c>
       <c r="M25" t="s">
-        <v>250</v>
+        <v>180</v>
       </c>
       <c r="N25" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="O25" t="s">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="P25" t="s">
-        <v>19</v>
+        <v>179</v>
       </c>
       <c r="Q25" t="s">
-        <v>18</v>
+        <v>163</v>
       </c>
       <c r="R25" t="s">
-        <v>17</v>
+        <v>178</v>
       </c>
       <c r="S25">
-        <v>3138</v>
+        <v>3096</v>
       </c>
       <c r="T25">
-        <v>188722</v>
+        <v>182547</v>
       </c>
       <c r="U25">
-        <v>7535</v>
+        <v>7493</v>
       </c>
       <c r="V25" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W25" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B26">
-        <v>7343</v>
+        <v>7048</v>
       </c>
       <c r="C26" t="s">
-        <v>282</v>
+        <v>397</v>
       </c>
       <c r="D26" t="s">
-        <v>281</v>
+        <v>396</v>
       </c>
       <c r="E26" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F26" t="s">
-        <v>32</v>
+        <v>268</v>
       </c>
       <c r="G26">
         <v>1</v>
       </c>
       <c r="H26" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J26" t="s">
-        <v>280</v>
+        <v>143</v>
       </c>
       <c r="L26" t="s">
-        <v>279</v>
+        <v>395</v>
       </c>
       <c r="M26" t="s">
-        <v>218</v>
+        <v>180</v>
       </c>
       <c r="N26" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="O26" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P26" t="s">
-        <v>117</v>
+        <v>179</v>
       </c>
       <c r="Q26" t="s">
-        <v>116</v>
+        <v>163</v>
       </c>
       <c r="R26" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
       <c r="S26">
-        <v>3253</v>
+        <v>3096</v>
       </c>
       <c r="T26">
-        <v>196057</v>
+        <v>184854</v>
       </c>
       <c r="U26">
-        <v>7654</v>
+        <v>7493</v>
       </c>
       <c r="V26" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B27">
-        <v>7385</v>
+        <v>7147</v>
       </c>
       <c r="C27" t="s">
-        <v>278</v>
+        <v>393</v>
       </c>
       <c r="D27" t="s">
-        <v>277</v>
+        <v>392</v>
       </c>
       <c r="E27" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F27" t="s">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="G27">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H27" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J27" t="s">
-        <v>276</v>
+        <v>149</v>
       </c>
       <c r="L27" t="s">
-        <v>275</v>
+        <v>394</v>
       </c>
       <c r="M27" t="s">
-        <v>193</v>
+        <v>147</v>
       </c>
       <c r="N27" t="s">
-        <v>29</v>
+        <v>5</v>
       </c>
       <c r="O27" t="s">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="P27" t="s">
-        <v>192</v>
+        <v>146</v>
       </c>
       <c r="Q27" t="s">
-        <v>116</v>
+        <v>50</v>
       </c>
       <c r="R27" t="s">
-        <v>191</v>
+        <v>58</v>
       </c>
       <c r="S27">
-        <v>3251</v>
+        <v>3106</v>
       </c>
       <c r="T27">
-        <v>196652</v>
+        <v>188590</v>
       </c>
       <c r="U27">
-        <v>7652</v>
+        <v>7503</v>
       </c>
       <c r="V27" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B28">
-        <v>7387</v>
+        <v>7147</v>
       </c>
       <c r="C28" t="s">
-        <v>274</v>
+        <v>393</v>
       </c>
       <c r="D28" t="s">
-        <v>273</v>
+        <v>392</v>
       </c>
       <c r="E28" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F28" t="s">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="G28">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H28" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J28" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>272</v>
+        <v>391</v>
       </c>
       <c r="L28" t="s">
-        <v>271</v>
+        <v>390</v>
       </c>
       <c r="M28" t="s">
-        <v>218</v>
+        <v>389</v>
       </c>
       <c r="N28" t="s">
-        <v>38</v>
+        <v>5</v>
       </c>
       <c r="O28" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P28" t="s">
-        <v>117</v>
+        <v>351</v>
       </c>
       <c r="Q28" t="s">
-        <v>116</v>
+        <v>50</v>
       </c>
       <c r="R28" t="s">
-        <v>25</v>
+        <v>104</v>
       </c>
       <c r="S28">
-        <v>3253</v>
+        <v>3104</v>
       </c>
       <c r="T28">
-        <v>196654</v>
+        <v>188590</v>
       </c>
       <c r="U28">
-        <v>7654</v>
+        <v>7501</v>
       </c>
       <c r="V28" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B29">
-        <v>7505</v>
+        <v>7154</v>
       </c>
       <c r="C29" t="s">
-        <v>270</v>
+        <v>388</v>
       </c>
       <c r="D29" t="s">
-        <v>269</v>
+        <v>387</v>
       </c>
       <c r="E29" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>52</v>
+        <v>94</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="H29" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J29" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>9</v>
       </c>
       <c r="L29" t="s">
-        <v>267</v>
+        <v>386</v>
       </c>
       <c r="M29" t="s">
-        <v>106</v>
+        <v>332</v>
       </c>
       <c r="N29" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="O29" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="P29" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="Q29" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="R29" t="s">
-        <v>265</v>
+        <v>33</v>
       </c>
       <c r="S29">
-        <v>3134</v>
+        <v>3138</v>
       </c>
       <c r="T29">
-        <v>201394</v>
+        <v>188722</v>
       </c>
       <c r="U29">
-        <v>7531</v>
+        <v>7535</v>
       </c>
       <c r="V29" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W29" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B30">
-        <v>7579</v>
+        <v>7155</v>
       </c>
       <c r="C30" t="s">
-        <v>263</v>
+        <v>385</v>
       </c>
       <c r="D30" t="s">
-        <v>262</v>
+        <v>384</v>
       </c>
       <c r="E30" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F30" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="G30">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H30" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J30" t="s">
-        <v>41</v>
+        <v>260</v>
       </c>
       <c r="L30" t="s">
-        <v>264</v>
+        <v>383</v>
       </c>
       <c r="M30" t="s">
-        <v>126</v>
+        <v>91</v>
       </c>
       <c r="N30" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="O30" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="P30" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="Q30" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="R30" t="s">
-        <v>180</v>
+        <v>166</v>
       </c>
       <c r="S30">
-        <v>3224</v>
+        <v>3234</v>
       </c>
       <c r="T30">
-        <v>203232</v>
+        <v>188723</v>
       </c>
       <c r="U30">
-        <v>7625</v>
+        <v>7635</v>
       </c>
       <c r="V30" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W30" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B31">
-        <v>7579</v>
+        <v>7230</v>
       </c>
       <c r="C31" t="s">
-        <v>263</v>
+        <v>382</v>
       </c>
       <c r="D31" t="s">
-        <v>262</v>
+        <v>381</v>
       </c>
       <c r="E31" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F31" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="G31">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H31" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J31" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="L31" t="s">
-        <v>261</v>
+        <v>380</v>
       </c>
       <c r="M31" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="N31" t="s">
-        <v>54</v>
+        <v>5</v>
       </c>
       <c r="O31" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P31" t="s">
-        <v>53</v>
+        <v>371</v>
       </c>
       <c r="Q31" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="R31" t="s">
-        <v>51</v>
+        <v>379</v>
       </c>
       <c r="S31">
-        <v>3076</v>
+        <v>3126</v>
       </c>
       <c r="T31">
-        <v>203232</v>
+        <v>190011</v>
       </c>
       <c r="U31">
-        <v>7473</v>
+        <v>7523</v>
       </c>
       <c r="V31" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W31" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B32">
-        <v>7586</v>
+        <v>7343</v>
       </c>
       <c r="C32" t="s">
-        <v>260</v>
+        <v>378</v>
       </c>
       <c r="D32" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="E32" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F32" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="G32">
         <v>1</v>
       </c>
       <c r="H32" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="J32" t="s">
-        <v>70</v>
+        <v>376</v>
       </c>
       <c r="L32" t="s">
-        <v>258</v>
+        <v>375</v>
       </c>
       <c r="M32" t="s">
-        <v>7</v>
+        <v>283</v>
       </c>
       <c r="N32" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="O32" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P32" t="s">
-        <v>257</v>
+        <v>179</v>
       </c>
       <c r="Q32" t="s">
-        <v>42</v>
+        <v>163</v>
       </c>
       <c r="R32" t="s">
-        <v>115</v>
+        <v>49</v>
       </c>
       <c r="S32">
-        <v>3112</v>
+        <v>3253</v>
       </c>
       <c r="T32">
-        <v>203240</v>
+        <v>196057</v>
       </c>
       <c r="U32">
-        <v>7509</v>
+        <v>7654</v>
       </c>
       <c r="V32" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W32" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B33">
-        <v>7620</v>
+        <v>7354</v>
       </c>
       <c r="C33" t="s">
-        <v>256</v>
+        <v>374</v>
       </c>
       <c r="D33" t="s">
-        <v>255</v>
+        <v>373</v>
       </c>
       <c r="E33" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F33" t="s">
-        <v>3</v>
+        <v>37</v>
       </c>
       <c r="G33">
         <v>1</v>
       </c>
       <c r="H33" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J33" t="s">
-        <v>41</v>
+        <v>143</v>
       </c>
       <c r="L33" t="s">
-        <v>254</v>
+        <v>372</v>
       </c>
       <c r="M33" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N33" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="O33" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P33" t="s">
-        <v>37</v>
+        <v>371</v>
       </c>
       <c r="Q33" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="R33" t="s">
-        <v>36</v>
+        <v>370</v>
       </c>
       <c r="S33">
-        <v>3208</v>
+        <v>3123</v>
       </c>
       <c r="T33">
-        <v>204078</v>
+        <v>196315</v>
       </c>
       <c r="U33">
-        <v>7609</v>
+        <v>7520</v>
       </c>
       <c r="V33" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B34">
-        <v>7635</v>
+        <v>7385</v>
       </c>
       <c r="C34" t="s">
-        <v>253</v>
+        <v>369</v>
       </c>
       <c r="D34" t="s">
-        <v>252</v>
+        <v>368</v>
       </c>
       <c r="E34" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F34" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="G34">
         <v>1</v>
       </c>
       <c r="H34" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J34" t="s">
-        <v>85</v>
+        <v>367</v>
       </c>
       <c r="L34" t="s">
+        <v>366</v>
+      </c>
+      <c r="M34" t="s">
         <v>251</v>
       </c>
-      <c r="M34" t="s">
+      <c r="N34" t="s">
+        <v>41</v>
+      </c>
+      <c r="O34" t="s">
+        <v>4</v>
+      </c>
+      <c r="P34" t="s">
         <v>250</v>
       </c>
-      <c r="N34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q34" t="s">
-        <v>18</v>
+        <v>163</v>
       </c>
       <c r="R34" t="s">
-        <v>88</v>
+        <v>249</v>
       </c>
       <c r="S34">
-        <v>3137</v>
+        <v>3251</v>
       </c>
       <c r="T34">
-        <v>204149</v>
+        <v>196652</v>
       </c>
       <c r="U34">
-        <v>7534</v>
+        <v>7652</v>
       </c>
       <c r="V34" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W34" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B35">
-        <v>7795</v>
+        <v>7387</v>
       </c>
       <c r="C35" t="s">
-        <v>249</v>
+        <v>365</v>
       </c>
       <c r="D35" t="s">
-        <v>248</v>
+        <v>364</v>
       </c>
       <c r="E35" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F35" t="s">
-        <v>231</v>
+        <v>50</v>
       </c>
       <c r="G35">
         <v>1</v>
       </c>
       <c r="H35" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J35" t="s">
-        <v>77</v>
+        <v>28</v>
       </c>
       <c r="K35" t="s">
-        <v>247</v>
+        <v>363</v>
       </c>
       <c r="L35" t="s">
-        <v>75</v>
+        <v>362</v>
       </c>
       <c r="M35" t="s">
-        <v>7</v>
+        <v>283</v>
       </c>
       <c r="N35" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="O35" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P35" t="s">
-        <v>27</v>
+        <v>179</v>
       </c>
       <c r="Q35" t="s">
-        <v>26</v>
+        <v>163</v>
       </c>
       <c r="R35" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="S35">
-        <v>3238</v>
+        <v>3253</v>
       </c>
       <c r="T35">
-        <v>210391</v>
+        <v>196654</v>
       </c>
       <c r="U35">
-        <v>7639</v>
+        <v>7654</v>
       </c>
       <c r="V35" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B36">
-        <v>7823</v>
+        <v>7395</v>
       </c>
       <c r="C36" t="s">
-        <v>246</v>
+        <v>361</v>
       </c>
       <c r="D36" t="s">
-        <v>245</v>
+        <v>360</v>
       </c>
       <c r="E36" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F36" t="s">
-        <v>231</v>
+        <v>24</v>
       </c>
       <c r="G36">
         <v>1</v>
       </c>
       <c r="H36" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J36" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
       <c r="K36" t="s">
-        <v>101</v>
+        <v>359</v>
       </c>
       <c r="L36" t="s">
-        <v>244</v>
+        <v>358</v>
       </c>
       <c r="M36" t="s">
-        <v>7</v>
+        <v>357</v>
       </c>
       <c r="N36" t="s">
-        <v>6</v>
+        <v>324</v>
       </c>
       <c r="O36" t="s">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="P36" t="s">
-        <v>4</v>
+        <v>326</v>
       </c>
       <c r="Q36" t="s">
-        <v>3</v>
+        <v>135</v>
       </c>
       <c r="R36" t="s">
-        <v>2</v>
+        <v>356</v>
       </c>
       <c r="S36">
-        <v>3140</v>
+        <v>3190</v>
       </c>
       <c r="T36">
-        <v>211536</v>
+        <v>196759</v>
       </c>
       <c r="U36">
-        <v>7537</v>
+        <v>7587</v>
       </c>
       <c r="V36" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="W36" t="s">
-        <v>0</v>
+        <v>324</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B37">
-        <v>7871</v>
+        <v>7505</v>
       </c>
       <c r="C37" t="s">
-        <v>243</v>
+        <v>355</v>
       </c>
       <c r="D37" t="s">
-        <v>242</v>
+        <v>354</v>
       </c>
       <c r="E37" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="G37">
         <v>1</v>
       </c>
       <c r="H37" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J37" t="s">
-        <v>241</v>
+        <v>9</v>
+      </c>
+      <c r="K37" t="s">
+        <v>353</v>
       </c>
       <c r="L37" t="s">
-        <v>240</v>
+        <v>352</v>
       </c>
       <c r="M37" t="s">
-        <v>218</v>
+        <v>147</v>
       </c>
       <c r="N37" t="s">
-        <v>38</v>
+        <v>5</v>
       </c>
       <c r="O37" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P37" t="s">
-        <v>117</v>
+        <v>351</v>
       </c>
       <c r="Q37" t="s">
-        <v>116</v>
+        <v>50</v>
       </c>
       <c r="R37" t="s">
-        <v>25</v>
+        <v>350</v>
       </c>
       <c r="S37">
-        <v>3253</v>
+        <v>3134</v>
       </c>
       <c r="T37">
-        <v>212601</v>
+        <v>201394</v>
       </c>
       <c r="U37">
-        <v>7654</v>
+        <v>7531</v>
       </c>
       <c r="V37" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B38">
-        <v>7873</v>
+        <v>7535</v>
       </c>
       <c r="C38" t="s">
-        <v>239</v>
+        <v>349</v>
       </c>
       <c r="D38" t="s">
-        <v>238</v>
+        <v>348</v>
       </c>
       <c r="E38" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F38" t="s">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="G38">
         <v>1</v>
       </c>
       <c r="H38" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J38" t="s">
         <v>63</v>
       </c>
       <c r="L38" t="s">
-        <v>237</v>
+        <v>347</v>
       </c>
       <c r="M38" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="N38" t="s">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="O38" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="P38" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="Q38" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="R38" t="s">
-        <v>25</v>
+        <v>288</v>
       </c>
       <c r="S38">
-        <v>3065</v>
+        <v>3268</v>
       </c>
       <c r="T38">
-        <v>212624</v>
+        <v>201747</v>
       </c>
       <c r="U38">
-        <v>7462</v>
+        <v>7669</v>
       </c>
       <c r="V38" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W38" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B39">
-        <v>7888</v>
+        <v>7579</v>
       </c>
       <c r="C39" t="s">
-        <v>236</v>
+        <v>345</v>
       </c>
       <c r="D39" t="s">
-        <v>235</v>
+        <v>344</v>
       </c>
       <c r="E39" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="G39">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H39" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J39" t="s">
-        <v>102</v>
+        <v>63</v>
       </c>
       <c r="L39" t="s">
-        <v>234</v>
+        <v>346</v>
       </c>
       <c r="M39" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
       <c r="N39" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="O39" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P39" t="s">
-        <v>117</v>
+        <v>51</v>
       </c>
       <c r="Q39" t="s">
-        <v>116</v>
+        <v>50</v>
       </c>
       <c r="R39" t="s">
-        <v>115</v>
+        <v>155</v>
       </c>
       <c r="S39">
-        <v>3100</v>
+        <v>3224</v>
       </c>
       <c r="T39">
-        <v>213180</v>
+        <v>203232</v>
       </c>
       <c r="U39">
-        <v>7497</v>
+        <v>7625</v>
       </c>
       <c r="V39" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W39" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B40">
-        <v>8048</v>
+        <v>7579</v>
       </c>
       <c r="C40" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="D40" t="s">
-        <v>232</v>
+        <v>344</v>
       </c>
       <c r="E40" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>231</v>
+        <v>55</v>
       </c>
       <c r="G40">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H40" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="J40" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="L40" t="s">
-        <v>230</v>
+        <v>343</v>
       </c>
       <c r="M40" t="s">
-        <v>173</v>
+        <v>77</v>
       </c>
       <c r="N40" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="O40" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P40" t="s">
-        <v>166</v>
+        <v>75</v>
       </c>
       <c r="Q40" t="s">
-        <v>154</v>
+        <v>74</v>
       </c>
       <c r="R40" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="S40">
-        <v>3286</v>
+        <v>3076</v>
       </c>
       <c r="T40">
-        <v>220609</v>
+        <v>203232</v>
       </c>
       <c r="U40">
-        <v>7687</v>
+        <v>7473</v>
       </c>
       <c r="V40" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B41">
-        <v>8082</v>
+        <v>7586</v>
       </c>
       <c r="C41" t="s">
-        <v>229</v>
+        <v>342</v>
       </c>
       <c r="D41" t="s">
-        <v>228</v>
+        <v>341</v>
       </c>
       <c r="E41" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F41" t="s">
-        <v>94</v>
+        <v>55</v>
       </c>
       <c r="G41">
         <v>1</v>
       </c>
       <c r="H41" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="J41" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>28</v>
       </c>
       <c r="L41" t="s">
-        <v>225</v>
+        <v>340</v>
       </c>
       <c r="M41" t="s">
-        <v>213</v>
+        <v>6</v>
       </c>
       <c r="N41" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="O41" t="s">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="P41" t="s">
-        <v>4</v>
+        <v>339</v>
       </c>
       <c r="Q41" t="s">
-        <v>3</v>
+        <v>64</v>
       </c>
       <c r="R41" t="s">
-        <v>2</v>
+        <v>178</v>
       </c>
       <c r="S41">
-        <v>3142</v>
+        <v>3112</v>
       </c>
       <c r="T41">
-        <v>221320</v>
+        <v>203240</v>
       </c>
       <c r="U41">
-        <v>7539</v>
+        <v>7509</v>
       </c>
       <c r="V41" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W41" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B42">
-        <v>8084</v>
+        <v>7620</v>
       </c>
       <c r="C42" t="s">
-        <v>224</v>
+        <v>338</v>
       </c>
       <c r="D42" t="s">
-        <v>223</v>
+        <v>337</v>
       </c>
       <c r="E42" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F42" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G42">
         <v>1</v>
       </c>
       <c r="H42" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J42" t="s">
-        <v>108</v>
+        <v>63</v>
       </c>
       <c r="L42" t="s">
-        <v>31</v>
+        <v>336</v>
       </c>
       <c r="M42" t="s">
-        <v>30</v>
+        <v>122</v>
       </c>
       <c r="N42" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="O42" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P42" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="Q42" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="R42" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="S42">
-        <v>3239</v>
+        <v>3208</v>
       </c>
       <c r="T42">
-        <v>221326</v>
+        <v>204078</v>
       </c>
       <c r="U42">
-        <v>7640</v>
+        <v>7609</v>
       </c>
       <c r="V42" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B43">
-        <v>8090</v>
+        <v>7635</v>
       </c>
       <c r="C43" t="s">
-        <v>221</v>
+        <v>335</v>
       </c>
       <c r="D43" t="s">
-        <v>222</v>
+        <v>334</v>
       </c>
       <c r="E43" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G43">
         <v>1</v>
       </c>
       <c r="H43" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J43" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>114</v>
       </c>
       <c r="L43" t="s">
-        <v>75</v>
+        <v>333</v>
       </c>
       <c r="M43" t="s">
-        <v>7</v>
+        <v>332</v>
       </c>
       <c r="N43" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="O43" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="P43" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="Q43" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="R43" t="s">
-        <v>25</v>
+        <v>127</v>
       </c>
       <c r="S43">
-        <v>3238</v>
+        <v>3137</v>
       </c>
       <c r="T43">
-        <v>221383</v>
+        <v>204149</v>
       </c>
       <c r="U43">
-        <v>7639</v>
+        <v>7534</v>
       </c>
       <c r="V43" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B44">
-        <v>8091</v>
+        <v>7795</v>
       </c>
       <c r="C44" t="s">
-        <v>221</v>
+        <v>331</v>
       </c>
       <c r="D44" t="s">
-        <v>220</v>
+        <v>330</v>
       </c>
       <c r="E44" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F44" t="s">
-        <v>18</v>
+        <v>86</v>
       </c>
       <c r="G44">
         <v>1</v>
       </c>
       <c r="H44" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J44" t="s">
+        <v>21</v>
+      </c>
+      <c r="K44" t="s">
+        <v>329</v>
+      </c>
+      <c r="L44" t="s">
+        <v>117</v>
+      </c>
+      <c r="M44" t="s">
+        <v>6</v>
+      </c>
+      <c r="N44" t="s">
         <v>41</v>
       </c>
-      <c r="L44" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O44" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P44" t="s">
-        <v>117</v>
+        <v>51</v>
       </c>
       <c r="Q44" t="s">
-        <v>116</v>
+        <v>50</v>
       </c>
       <c r="R44" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="S44">
-        <v>3253</v>
+        <v>3238</v>
       </c>
       <c r="T44">
-        <v>221384</v>
+        <v>210391</v>
       </c>
       <c r="U44">
-        <v>7654</v>
+        <v>7639</v>
       </c>
       <c r="V44" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B45">
-        <v>8108</v>
+        <v>7801</v>
       </c>
       <c r="C45" t="s">
-        <v>216</v>
+        <v>238</v>
       </c>
       <c r="D45" t="s">
-        <v>215</v>
+        <v>328</v>
       </c>
       <c r="E45" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>206</v>
+        <v>30</v>
       </c>
       <c r="G45">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H45" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J45" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L45" t="s">
-        <v>217</v>
+        <v>327</v>
       </c>
       <c r="M45" t="s">
-        <v>173</v>
+        <v>91</v>
       </c>
       <c r="N45" t="s">
-        <v>38</v>
+        <v>324</v>
       </c>
       <c r="O45" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P45" t="s">
-        <v>166</v>
+        <v>326</v>
       </c>
       <c r="Q45" t="s">
-        <v>154</v>
+        <v>135</v>
       </c>
       <c r="R45" t="s">
-        <v>25</v>
+        <v>325</v>
       </c>
       <c r="S45">
-        <v>3286</v>
+        <v>3191</v>
       </c>
       <c r="T45">
-        <v>221557</v>
+        <v>210919</v>
       </c>
       <c r="U45">
-        <v>7687</v>
+        <v>7588</v>
       </c>
       <c r="V45" t="s">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="W45" t="s">
+        <v>324</v>
       </c>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B46">
-        <v>8108</v>
+        <v>7823</v>
       </c>
       <c r="C46" t="s">
-        <v>216</v>
+        <v>323</v>
       </c>
       <c r="D46" t="s">
-        <v>215</v>
+        <v>322</v>
       </c>
       <c r="E46" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>206</v>
+        <v>86</v>
       </c>
       <c r="G46">
+        <v>1</v>
+      </c>
+      <c r="H46" t="s">
+        <v>10</v>
+      </c>
+      <c r="J46" t="s">
+        <v>143</v>
+      </c>
+      <c r="K46" t="s">
+        <v>142</v>
+      </c>
+      <c r="L46" t="s">
+        <v>321</v>
+      </c>
+      <c r="M46" t="s">
+        <v>6</v>
+      </c>
+      <c r="N46" t="s">
+        <v>5</v>
+      </c>
+      <c r="O46" t="s">
+        <v>4</v>
+      </c>
+      <c r="P46" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q46" t="s">
         <v>2</v>
       </c>
-      <c r="H46" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="R46" t="s">
-        <v>66</v>
+        <v>1</v>
       </c>
       <c r="S46">
-        <v>3246</v>
+        <v>3140</v>
       </c>
       <c r="T46">
-        <v>221557</v>
+        <v>211536</v>
       </c>
       <c r="U46">
-        <v>7647</v>
+        <v>7537</v>
       </c>
       <c r="V46" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B47">
-        <v>8132</v>
+        <v>7859</v>
       </c>
       <c r="C47" t="s">
-        <v>212</v>
+        <v>320</v>
       </c>
       <c r="D47" t="s">
-        <v>211</v>
+        <v>319</v>
       </c>
       <c r="E47" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F47" t="s">
-        <v>3</v>
+        <v>37</v>
       </c>
       <c r="G47">
         <v>1</v>
       </c>
       <c r="H47" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J47" t="s">
-        <v>210</v>
+        <v>149</v>
       </c>
       <c r="L47" t="s">
-        <v>209</v>
+        <v>318</v>
       </c>
       <c r="M47" t="s">
-        <v>141</v>
+        <v>317</v>
       </c>
       <c r="N47" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="O47" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P47" t="s">
-        <v>140</v>
+        <v>111</v>
       </c>
       <c r="Q47" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="R47" t="s">
-        <v>139</v>
+        <v>316</v>
       </c>
       <c r="S47">
-        <v>3082</v>
+        <v>3115</v>
       </c>
       <c r="T47">
-        <v>222153</v>
+        <v>212416</v>
       </c>
       <c r="U47">
-        <v>7479</v>
+        <v>7512</v>
       </c>
       <c r="V47" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W47" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B48">
-        <v>8141</v>
+        <v>7868</v>
       </c>
       <c r="C48" t="s">
-        <v>208</v>
+        <v>315</v>
       </c>
       <c r="D48" t="s">
-        <v>207</v>
+        <v>314</v>
       </c>
       <c r="E48" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F48" t="s">
-        <v>206</v>
+        <v>24</v>
       </c>
       <c r="G48">
         <v>1</v>
       </c>
       <c r="H48" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J48" t="s">
-        <v>10</v>
+        <v>21</v>
+      </c>
+      <c r="K48" t="s">
+        <v>313</v>
       </c>
       <c r="L48" t="s">
-        <v>205</v>
+        <v>312</v>
       </c>
       <c r="M48" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="N48" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="O48" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P48" t="s">
-        <v>4</v>
+        <v>34</v>
       </c>
       <c r="Q48" t="s">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="R48" t="s">
-        <v>204</v>
+        <v>40</v>
       </c>
       <c r="S48">
-        <v>3139</v>
+        <v>3271</v>
       </c>
       <c r="T48">
-        <v>222750</v>
+        <v>212524</v>
       </c>
       <c r="U48">
-        <v>7536</v>
+        <v>7672</v>
       </c>
       <c r="V48" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W48" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B49">
-        <v>8252</v>
+        <v>7871</v>
       </c>
       <c r="C49" t="s">
-        <v>203</v>
+        <v>311</v>
       </c>
       <c r="D49" t="s">
-        <v>202</v>
+        <v>47</v>
       </c>
       <c r="E49" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F49" t="s">
-        <v>144</v>
+        <v>70</v>
       </c>
       <c r="G49">
         <v>1</v>
       </c>
       <c r="H49" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J49" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>310</v>
       </c>
       <c r="L49" t="s">
-        <v>75</v>
+        <v>309</v>
       </c>
       <c r="M49" t="s">
-        <v>7</v>
+        <v>283</v>
       </c>
       <c r="N49" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="O49" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P49" t="s">
-        <v>27</v>
+        <v>179</v>
       </c>
       <c r="Q49" t="s">
-        <v>26</v>
+        <v>163</v>
       </c>
       <c r="R49" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="S49">
-        <v>3238</v>
+        <v>3253</v>
       </c>
       <c r="T49">
-        <v>228547</v>
+        <v>212601</v>
       </c>
       <c r="U49">
-        <v>7639</v>
+        <v>7654</v>
       </c>
       <c r="V49" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B50">
-        <v>8291</v>
+        <v>7873</v>
       </c>
       <c r="C50" t="s">
-        <v>200</v>
+        <v>308</v>
       </c>
       <c r="D50" t="s">
-        <v>199</v>
+        <v>307</v>
       </c>
       <c r="E50" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F50" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G50">
         <v>1</v>
       </c>
       <c r="H50" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J50" t="s">
-        <v>169</v>
+        <v>101</v>
       </c>
       <c r="L50" t="s">
-        <v>198</v>
+        <v>306</v>
       </c>
       <c r="M50" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="N50" t="s">
-        <v>38</v>
+        <v>5</v>
       </c>
       <c r="O50" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P50" t="s">
-        <v>37</v>
+        <v>98</v>
       </c>
       <c r="Q50" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="R50" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="S50">
-        <v>3209</v>
+        <v>3065</v>
       </c>
       <c r="T50">
-        <v>229689</v>
+        <v>212624</v>
       </c>
       <c r="U50">
-        <v>7610</v>
+        <v>7462</v>
       </c>
       <c r="V50" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B51">
-        <v>8294</v>
+        <v>7888</v>
       </c>
       <c r="C51" t="s">
-        <v>197</v>
+        <v>305</v>
       </c>
       <c r="D51" t="s">
-        <v>196</v>
+        <v>304</v>
       </c>
       <c r="E51" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F51" t="s">
-        <v>3</v>
+        <v>55</v>
       </c>
       <c r="G51">
         <v>1</v>
       </c>
       <c r="H51" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J51" t="s">
-        <v>195</v>
+        <v>143</v>
       </c>
       <c r="L51" t="s">
-        <v>194</v>
+        <v>303</v>
       </c>
       <c r="M51" t="s">
-        <v>193</v>
+        <v>235</v>
       </c>
       <c r="N51" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="O51" t="s">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="P51" t="s">
-        <v>192</v>
+        <v>179</v>
       </c>
       <c r="Q51" t="s">
-        <v>116</v>
+        <v>163</v>
       </c>
       <c r="R51" t="s">
-        <v>191</v>
+        <v>178</v>
       </c>
       <c r="S51">
-        <v>3251</v>
+        <v>3100</v>
       </c>
       <c r="T51">
-        <v>229710</v>
+        <v>213180</v>
       </c>
       <c r="U51">
-        <v>7652</v>
+        <v>7497</v>
       </c>
       <c r="V51" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B52">
-        <v>8309</v>
+        <v>8047</v>
       </c>
       <c r="C52" t="s">
-        <v>190</v>
+        <v>302</v>
       </c>
       <c r="D52" t="s">
-        <v>189</v>
+        <v>301</v>
       </c>
       <c r="E52" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F52" t="s">
-        <v>116</v>
+        <v>86</v>
       </c>
       <c r="G52">
         <v>1</v>
       </c>
       <c r="H52" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="J52" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="L52" t="s">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="M52" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="N52" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="O52" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="P52" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="Q52" t="s">
-        <v>67</v>
+        <v>2</v>
       </c>
       <c r="R52" t="s">
-        <v>66</v>
+        <v>288</v>
       </c>
       <c r="S52">
-        <v>3244</v>
+        <v>3302</v>
       </c>
       <c r="T52">
-        <v>229759</v>
+        <v>220608</v>
       </c>
       <c r="U52">
-        <v>7645</v>
+        <v>7703</v>
       </c>
       <c r="V52" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B53">
-        <v>8329</v>
+        <v>8048</v>
       </c>
       <c r="C53" t="s">
-        <v>188</v>
+        <v>299</v>
       </c>
       <c r="D53" t="s">
-        <v>187</v>
+        <v>298</v>
       </c>
       <c r="E53" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F53" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G53">
         <v>1</v>
       </c>
       <c r="H53" t="s">
-        <v>71</v>
+        <v>29</v>
       </c>
       <c r="J53" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="L53" t="s">
-        <v>186</v>
+        <v>297</v>
       </c>
       <c r="M53" t="s">
-        <v>7</v>
+        <v>232</v>
       </c>
       <c r="N53" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="O53" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P53" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="Q53" t="s">
-        <v>67</v>
+        <v>156</v>
       </c>
       <c r="R53" t="s">
-        <v>66</v>
+        <v>49</v>
       </c>
       <c r="S53">
-        <v>3244</v>
+        <v>3286</v>
       </c>
       <c r="T53">
-        <v>229872</v>
+        <v>220609</v>
       </c>
       <c r="U53">
-        <v>7645</v>
+        <v>7687</v>
       </c>
       <c r="V53" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B54">
-        <v>8356</v>
+        <v>8082</v>
       </c>
       <c r="C54" t="s">
-        <v>184</v>
+        <v>296</v>
       </c>
       <c r="D54" t="s">
-        <v>183</v>
+        <v>295</v>
       </c>
       <c r="E54" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="G54">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H54" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J54" t="s">
-        <v>10</v>
+        <v>294</v>
+      </c>
+      <c r="K54" t="s">
+        <v>293</v>
       </c>
       <c r="L54" t="s">
-        <v>185</v>
+        <v>292</v>
       </c>
       <c r="M54" t="s">
-        <v>176</v>
+        <v>275</v>
       </c>
       <c r="N54" t="s">
-        <v>54</v>
+        <v>5</v>
       </c>
       <c r="O54" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="P54" t="s">
-        <v>117</v>
+        <v>3</v>
       </c>
       <c r="Q54" t="s">
-        <v>116</v>
+        <v>2</v>
       </c>
       <c r="R54" t="s">
-        <v>180</v>
+        <v>1</v>
       </c>
       <c r="S54">
-        <v>3099</v>
+        <v>3142</v>
       </c>
       <c r="T54">
-        <v>231633</v>
+        <v>221320</v>
       </c>
       <c r="U54">
-        <v>7496</v>
+        <v>7539</v>
       </c>
       <c r="V54" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W54" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B55">
-        <v>8356</v>
+        <v>8084</v>
       </c>
       <c r="C55" t="s">
-        <v>184</v>
+        <v>291</v>
       </c>
       <c r="D55" t="s">
-        <v>183</v>
+        <v>290</v>
       </c>
       <c r="E55" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F55" t="s">
-        <v>136</v>
+        <v>2</v>
       </c>
       <c r="G55">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H55" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J55" t="s">
-        <v>102</v>
+        <v>149</v>
       </c>
       <c r="L55" t="s">
-        <v>182</v>
+        <v>54</v>
       </c>
       <c r="M55" t="s">
-        <v>181</v>
+        <v>53</v>
       </c>
       <c r="N55" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="O55" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P55" t="s">
-        <v>117</v>
+        <v>51</v>
       </c>
       <c r="Q55" t="s">
-        <v>116</v>
+        <v>50</v>
       </c>
       <c r="R55" t="s">
-        <v>180</v>
+        <v>49</v>
       </c>
       <c r="S55">
-        <v>3095</v>
+        <v>3239</v>
       </c>
       <c r="T55">
-        <v>231633</v>
+        <v>221326</v>
       </c>
       <c r="U55">
-        <v>7492</v>
+        <v>7640</v>
       </c>
       <c r="V55" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W55" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B56">
-        <v>8498</v>
+        <v>8090</v>
       </c>
       <c r="C56" t="s">
-        <v>179</v>
+        <v>286</v>
       </c>
       <c r="D56" t="s">
-        <v>178</v>
+        <v>287</v>
       </c>
       <c r="E56" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F56" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="G56">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H56" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J56" t="s">
-        <v>102</v>
+        <v>63</v>
       </c>
       <c r="L56" t="s">
-        <v>177</v>
+        <v>289</v>
       </c>
       <c r="M56" t="s">
-        <v>176</v>
+        <v>26</v>
       </c>
       <c r="N56" t="s">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="O56" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="P56" t="s">
-        <v>117</v>
+        <v>25</v>
       </c>
       <c r="Q56" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="R56" t="s">
-        <v>25</v>
+        <v>288</v>
       </c>
       <c r="S56">
-        <v>3102</v>
+        <v>3268</v>
       </c>
       <c r="T56">
-        <v>237347</v>
+        <v>221383</v>
       </c>
       <c r="U56">
-        <v>7499</v>
+        <v>7669</v>
       </c>
       <c r="V56" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W56" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B57">
-        <v>8512</v>
+        <v>8090</v>
       </c>
       <c r="C57" t="s">
-        <v>172</v>
+        <v>286</v>
       </c>
       <c r="D57" t="s">
-        <v>171</v>
+        <v>287</v>
       </c>
       <c r="E57" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F57" t="s">
-        <v>154</v>
+        <v>24</v>
       </c>
       <c r="G57">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H57" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J57" t="s">
-        <v>175</v>
+        <v>21</v>
+      </c>
+      <c r="K57" t="s">
+        <v>263</v>
       </c>
       <c r="L57" t="s">
-        <v>174</v>
+        <v>117</v>
       </c>
       <c r="M57" t="s">
-        <v>173</v>
+        <v>6</v>
       </c>
       <c r="N57" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="O57" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P57" t="s">
-        <v>166</v>
+        <v>51</v>
       </c>
       <c r="Q57" t="s">
-        <v>154</v>
+        <v>50</v>
       </c>
       <c r="R57" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="S57">
-        <v>3286</v>
+        <v>3238</v>
       </c>
       <c r="T57">
-        <v>237716</v>
+        <v>221383</v>
       </c>
       <c r="U57">
-        <v>7687</v>
+        <v>7639</v>
       </c>
       <c r="V57" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B58">
-        <v>8512</v>
+        <v>8091</v>
       </c>
       <c r="C58" t="s">
-        <v>172</v>
+        <v>286</v>
       </c>
       <c r="D58" t="s">
-        <v>171</v>
+        <v>285</v>
       </c>
       <c r="E58" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F58" t="s">
-        <v>154</v>
+        <v>24</v>
       </c>
       <c r="G58">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H58" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J58" t="s">
-        <v>169</v>
+        <v>63</v>
       </c>
       <c r="L58" t="s">
-        <v>170</v>
+        <v>284</v>
       </c>
       <c r="M58" t="s">
-        <v>118</v>
+        <v>283</v>
       </c>
       <c r="N58" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="O58" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P58" t="s">
-        <v>117</v>
+        <v>179</v>
       </c>
       <c r="Q58" t="s">
-        <v>116</v>
+        <v>163</v>
       </c>
       <c r="R58" t="s">
-        <v>115</v>
+        <v>49</v>
       </c>
       <c r="S58">
-        <v>3096</v>
+        <v>3253</v>
       </c>
       <c r="T58">
-        <v>237716</v>
+        <v>221384</v>
       </c>
       <c r="U58">
-        <v>7493</v>
+        <v>7654</v>
       </c>
       <c r="V58" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W58" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B59">
-        <v>8514</v>
+        <v>8104</v>
       </c>
       <c r="C59" t="s">
-        <v>165</v>
+        <v>282</v>
       </c>
       <c r="D59" t="s">
-        <v>164</v>
+        <v>281</v>
       </c>
       <c r="E59" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F59" t="s">
-        <v>154</v>
+        <v>50</v>
       </c>
       <c r="G59">
         <v>1</v>
       </c>
       <c r="H59" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="J59" t="s">
-        <v>169</v>
+        <v>280</v>
       </c>
       <c r="L59" t="s">
-        <v>168</v>
+        <v>84</v>
       </c>
       <c r="M59" t="s">
-        <v>167</v>
+        <v>83</v>
       </c>
       <c r="N59" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="O59" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="P59" t="s">
-        <v>166</v>
+        <v>82</v>
       </c>
       <c r="Q59" t="s">
-        <v>154</v>
+        <v>64</v>
       </c>
       <c r="R59" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="S59">
-        <v>3287</v>
+        <v>3255</v>
       </c>
       <c r="T59">
-        <v>237718</v>
+        <v>221539</v>
       </c>
       <c r="U59">
-        <v>7688</v>
+        <v>7656</v>
       </c>
       <c r="V59" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B60">
-        <v>8514</v>
+        <v>8108</v>
       </c>
       <c r="C60" t="s">
-        <v>165</v>
+        <v>278</v>
       </c>
       <c r="D60" t="s">
-        <v>164</v>
+        <v>277</v>
       </c>
       <c r="E60" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F60" t="s">
-        <v>154</v>
+        <v>268</v>
       </c>
       <c r="G60">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H60" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J60" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="L60" t="s">
-        <v>163</v>
+        <v>279</v>
       </c>
       <c r="M60" t="s">
-        <v>162</v>
+        <v>232</v>
       </c>
       <c r="N60" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="O60" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P60" t="s">
-        <v>53</v>
+        <v>157</v>
       </c>
       <c r="Q60" t="s">
-        <v>52</v>
+        <v>156</v>
       </c>
       <c r="R60" t="s">
-        <v>161</v>
+        <v>49</v>
       </c>
       <c r="S60">
-        <v>3072</v>
+        <v>3286</v>
       </c>
       <c r="T60">
-        <v>237718</v>
+        <v>221557</v>
       </c>
       <c r="U60">
-        <v>7469</v>
+        <v>7687</v>
       </c>
       <c r="V60" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W60" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B61">
-        <v>8515</v>
+        <v>8108</v>
       </c>
       <c r="C61" t="s">
-        <v>160</v>
+        <v>278</v>
       </c>
       <c r="D61" t="s">
-        <v>159</v>
+        <v>277</v>
       </c>
       <c r="E61" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F61" t="s">
-        <v>154</v>
+        <v>268</v>
       </c>
       <c r="G61">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H61" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J61" t="s">
-        <v>158</v>
+        <v>63</v>
       </c>
       <c r="L61" t="s">
-        <v>157</v>
+        <v>276</v>
       </c>
       <c r="M61" t="s">
-        <v>141</v>
+        <v>275</v>
       </c>
       <c r="N61" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="O61" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P61" t="s">
-        <v>140</v>
+        <v>106</v>
       </c>
       <c r="Q61" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="R61" t="s">
-        <v>139</v>
+        <v>104</v>
       </c>
       <c r="S61">
-        <v>3082</v>
+        <v>3246</v>
       </c>
       <c r="T61">
-        <v>237719</v>
+        <v>221557</v>
       </c>
       <c r="U61">
-        <v>7479</v>
+        <v>7647</v>
       </c>
       <c r="V61" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W61" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B62">
-        <v>8526</v>
+        <v>8132</v>
       </c>
       <c r="C62" t="s">
-        <v>156</v>
+        <v>274</v>
       </c>
       <c r="D62" t="s">
-        <v>155</v>
+        <v>273</v>
       </c>
       <c r="E62" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>154</v>
+        <v>2</v>
       </c>
       <c r="G62">
         <v>1</v>
       </c>
       <c r="H62" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J62" t="s">
-        <v>153</v>
+        <v>272</v>
       </c>
       <c r="L62" t="s">
-        <v>152</v>
+        <v>271</v>
       </c>
       <c r="M62" t="s">
-        <v>61</v>
+        <v>203</v>
       </c>
       <c r="N62" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="O62" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P62" t="s">
-        <v>60</v>
+        <v>202</v>
       </c>
       <c r="Q62" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="R62" t="s">
-        <v>59</v>
+        <v>201</v>
       </c>
       <c r="S62">
-        <v>3064</v>
+        <v>3082</v>
       </c>
       <c r="T62">
-        <v>237730</v>
+        <v>222153</v>
       </c>
       <c r="U62">
-        <v>7461</v>
+        <v>7479</v>
       </c>
       <c r="V62" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W62" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B63">
-        <v>8546</v>
+        <v>8141</v>
       </c>
       <c r="C63" t="s">
-        <v>151</v>
+        <v>270</v>
       </c>
       <c r="D63" t="s">
-        <v>150</v>
+        <v>269</v>
       </c>
       <c r="E63" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>149</v>
+        <v>268</v>
       </c>
       <c r="G63">
         <v>1</v>
       </c>
       <c r="H63" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J63" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="L63" t="s">
-        <v>148</v>
+        <v>267</v>
       </c>
       <c r="M63" t="s">
-        <v>147</v>
+        <v>53</v>
       </c>
       <c r="N63" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="O63" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="P63" t="s">
-        <v>105</v>
+        <v>3</v>
       </c>
       <c r="Q63" t="s">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="R63" t="s">
-        <v>123</v>
+        <v>266</v>
       </c>
       <c r="S63">
-        <v>3105</v>
+        <v>3139</v>
       </c>
       <c r="T63">
-        <v>238368</v>
+        <v>222750</v>
       </c>
       <c r="U63">
-        <v>7502</v>
+        <v>7536</v>
       </c>
       <c r="V63" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B64">
-        <v>8552</v>
+        <v>8252</v>
       </c>
       <c r="C64" t="s">
-        <v>146</v>
+        <v>265</v>
       </c>
       <c r="D64" t="s">
-        <v>145</v>
+        <v>264</v>
       </c>
       <c r="E64" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F64" t="s">
-        <v>144</v>
+        <v>94</v>
       </c>
       <c r="G64">
         <v>1</v>
       </c>
       <c r="H64" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J64" t="s">
-        <v>143</v>
+        <v>21</v>
+      </c>
+      <c r="K64" t="s">
+        <v>263</v>
       </c>
       <c r="L64" t="s">
-        <v>142</v>
+        <v>117</v>
       </c>
       <c r="M64" t="s">
-        <v>141</v>
+        <v>6</v>
       </c>
       <c r="N64" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="O64" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P64" t="s">
-        <v>140</v>
+        <v>51</v>
       </c>
       <c r="Q64" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="R64" t="s">
-        <v>139</v>
+        <v>49</v>
       </c>
       <c r="S64">
-        <v>3082</v>
+        <v>3238</v>
       </c>
       <c r="T64">
-        <v>238611</v>
+        <v>228547</v>
       </c>
       <c r="U64">
-        <v>7479</v>
+        <v>7639</v>
       </c>
       <c r="V64" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W64" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B65">
-        <v>8558</v>
+        <v>8282</v>
       </c>
       <c r="C65" t="s">
-        <v>138</v>
+        <v>262</v>
       </c>
       <c r="D65" t="s">
-        <v>137</v>
+        <v>261</v>
       </c>
       <c r="E65" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F65" t="s">
-        <v>136</v>
+        <v>94</v>
       </c>
       <c r="G65">
         <v>1</v>
       </c>
       <c r="H65" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J65" t="s">
-        <v>135</v>
+        <v>260</v>
       </c>
       <c r="L65" t="s">
-        <v>134</v>
+        <v>259</v>
       </c>
       <c r="M65" t="s">
-        <v>133</v>
+        <v>91</v>
       </c>
       <c r="N65" t="s">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="O65" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="P65" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="Q65" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="R65" t="s">
-        <v>25</v>
+        <v>166</v>
       </c>
       <c r="S65">
-        <v>3069</v>
+        <v>3234</v>
       </c>
       <c r="T65">
-        <v>239041</v>
+        <v>229568</v>
       </c>
       <c r="U65">
-        <v>7466</v>
+        <v>7635</v>
       </c>
       <c r="V65" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W65" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B66">
-        <v>8584</v>
+        <v>8291</v>
       </c>
       <c r="C66" t="s">
-        <v>130</v>
+        <v>258</v>
       </c>
       <c r="D66" t="s">
-        <v>129</v>
+        <v>257</v>
       </c>
       <c r="E66" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F66" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="G66">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H66" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J66" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>228</v>
       </c>
       <c r="L66" t="s">
-        <v>131</v>
+        <v>256</v>
       </c>
       <c r="M66" t="s">
-        <v>7</v>
+        <v>61</v>
       </c>
       <c r="N66" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="O66" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P66" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="Q66" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="R66" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="S66">
-        <v>3238</v>
+        <v>3209</v>
       </c>
       <c r="T66">
-        <v>239622</v>
+        <v>229689</v>
       </c>
       <c r="U66">
-        <v>7639</v>
+        <v>7610</v>
       </c>
       <c r="V66" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B67">
-        <v>8584</v>
+        <v>8294</v>
       </c>
       <c r="C67" t="s">
-        <v>130</v>
+        <v>255</v>
       </c>
       <c r="D67" t="s">
-        <v>129</v>
+        <v>254</v>
       </c>
       <c r="E67" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F67" t="s">
-        <v>42</v>
+        <v>2</v>
       </c>
       <c r="G67">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H67" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J67" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>253</v>
       </c>
       <c r="L67" t="s">
-        <v>127</v>
+        <v>252</v>
       </c>
       <c r="M67" t="s">
-        <v>126</v>
+        <v>251</v>
       </c>
       <c r="N67" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="O67" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P67" t="s">
-        <v>81</v>
+        <v>250</v>
       </c>
       <c r="Q67" t="s">
-        <v>48</v>
+        <v>163</v>
       </c>
       <c r="R67" t="s">
-        <v>80</v>
+        <v>249</v>
       </c>
       <c r="S67">
-        <v>3257</v>
+        <v>3251</v>
       </c>
       <c r="T67">
-        <v>239622</v>
+        <v>229710</v>
       </c>
       <c r="U67">
-        <v>7658</v>
+        <v>7652</v>
       </c>
       <c r="V67" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B68">
-        <v>8612</v>
+        <v>8309</v>
       </c>
       <c r="C68" t="s">
-        <v>122</v>
+        <v>248</v>
       </c>
       <c r="D68" t="s">
-        <v>121</v>
+        <v>247</v>
       </c>
       <c r="E68" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F68" t="s">
-        <v>32</v>
+        <v>163</v>
       </c>
       <c r="G68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H68" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J68" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="L68" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="M68" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="N68" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="O68" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P68" t="s">
-        <v>124</v>
+        <v>106</v>
       </c>
       <c r="Q68" t="s">
-        <v>18</v>
+        <v>105</v>
       </c>
       <c r="R68" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="S68">
-        <v>3109</v>
+        <v>3244</v>
       </c>
       <c r="T68">
-        <v>239926</v>
+        <v>229759</v>
       </c>
       <c r="U68">
-        <v>7506</v>
+        <v>7645</v>
       </c>
       <c r="V68" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W68" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B69">
-        <v>8612</v>
+        <v>8329</v>
       </c>
       <c r="C69" t="s">
-        <v>122</v>
+        <v>246</v>
       </c>
       <c r="D69" t="s">
-        <v>121</v>
+        <v>245</v>
       </c>
       <c r="E69" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F69" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="G69">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H69" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="J69" t="s">
-        <v>120</v>
+        <v>28</v>
       </c>
       <c r="L69" t="s">
-        <v>119</v>
+        <v>244</v>
       </c>
       <c r="M69" t="s">
-        <v>118</v>
+        <v>6</v>
       </c>
       <c r="N69" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="O69" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P69" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="Q69" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="R69" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
       <c r="S69">
-        <v>3096</v>
+        <v>3244</v>
       </c>
       <c r="T69">
-        <v>239926</v>
+        <v>229872</v>
       </c>
       <c r="U69">
-        <v>7493</v>
+        <v>7645</v>
       </c>
       <c r="V69" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W69" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B70">
-        <v>8618</v>
+        <v>8356</v>
       </c>
       <c r="C70" t="s">
-        <v>114</v>
+        <v>242</v>
       </c>
       <c r="D70" t="s">
-        <v>113</v>
+        <v>241</v>
       </c>
       <c r="E70" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>109</v>
+        <v>198</v>
       </c>
       <c r="G70">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H70" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J70" t="s">
-        <v>108</v>
+        <v>9</v>
       </c>
       <c r="L70" t="s">
-        <v>112</v>
+        <v>243</v>
       </c>
       <c r="M70" t="s">
-        <v>39</v>
+        <v>235</v>
       </c>
       <c r="N70" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="O70" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P70" t="s">
-        <v>37</v>
+        <v>179</v>
       </c>
       <c r="Q70" t="s">
-        <v>22</v>
+        <v>163</v>
       </c>
       <c r="R70" t="s">
-        <v>36</v>
+        <v>155</v>
       </c>
       <c r="S70">
-        <v>3209</v>
+        <v>3099</v>
       </c>
       <c r="T70">
-        <v>240015</v>
+        <v>231633</v>
       </c>
       <c r="U70">
-        <v>7610</v>
+        <v>7496</v>
       </c>
       <c r="V70" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B71">
-        <v>219795</v>
+        <v>8356</v>
       </c>
       <c r="C71" t="s">
-        <v>111</v>
+        <v>242</v>
       </c>
       <c r="D71" t="s">
-        <v>110</v>
+        <v>241</v>
       </c>
       <c r="E71" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>109</v>
+        <v>198</v>
       </c>
       <c r="G71">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H71" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="J71" t="s">
-        <v>108</v>
+        <v>143</v>
       </c>
       <c r="L71" t="s">
-        <v>107</v>
+        <v>240</v>
       </c>
       <c r="M71" t="s">
-        <v>106</v>
+        <v>239</v>
       </c>
       <c r="N71" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="O71" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P71" t="s">
-        <v>105</v>
+        <v>179</v>
       </c>
       <c r="Q71" t="s">
-        <v>26</v>
+        <v>163</v>
       </c>
       <c r="R71" t="s">
-        <v>36</v>
+        <v>155</v>
       </c>
       <c r="S71">
-        <v>3106</v>
+        <v>3095</v>
       </c>
       <c r="T71">
-        <v>261496</v>
+        <v>231633</v>
       </c>
       <c r="U71">
-        <v>7503</v>
+        <v>7492</v>
       </c>
       <c r="V71" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W71" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B72">
-        <v>219796</v>
+        <v>8498</v>
       </c>
       <c r="C72" t="s">
-        <v>104</v>
+        <v>238</v>
       </c>
       <c r="D72" t="s">
-        <v>103</v>
+        <v>237</v>
       </c>
       <c r="E72" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F72" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="G72">
         <v>1</v>
       </c>
       <c r="H72" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J72" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>143</v>
       </c>
       <c r="L72" t="s">
-        <v>100</v>
+        <v>236</v>
       </c>
       <c r="M72" t="s">
-        <v>7</v>
+        <v>235</v>
       </c>
       <c r="N72" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="O72" t="s">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="P72" t="s">
-        <v>4</v>
+        <v>179</v>
       </c>
       <c r="Q72" t="s">
-        <v>3</v>
+        <v>163</v>
       </c>
       <c r="R72" t="s">
-        <v>2</v>
+        <v>49</v>
       </c>
       <c r="S72">
-        <v>3140</v>
+        <v>3102</v>
       </c>
       <c r="T72">
-        <v>261708</v>
+        <v>237347</v>
       </c>
       <c r="U72">
-        <v>7537</v>
+        <v>7499</v>
       </c>
       <c r="V72" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W72" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B73">
-        <v>219797</v>
+        <v>8512</v>
       </c>
       <c r="C73" t="s">
-        <v>99</v>
+        <v>231</v>
       </c>
       <c r="D73" t="s">
-        <v>98</v>
+        <v>230</v>
       </c>
       <c r="E73" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F73" t="s">
-        <v>22</v>
+        <v>156</v>
       </c>
       <c r="G73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H73" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J73" t="s">
-        <v>41</v>
+        <v>234</v>
       </c>
       <c r="L73" t="s">
-        <v>97</v>
+        <v>233</v>
       </c>
       <c r="M73" t="s">
-        <v>20</v>
+        <v>232</v>
       </c>
       <c r="N73" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="O73" t="s">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="P73" t="s">
-        <v>19</v>
+        <v>157</v>
       </c>
       <c r="Q73" t="s">
-        <v>18</v>
+        <v>156</v>
       </c>
       <c r="R73" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="S73">
-        <v>3135</v>
+        <v>3286</v>
       </c>
       <c r="T73">
-        <v>261709</v>
+        <v>237716</v>
       </c>
       <c r="U73">
-        <v>7532</v>
+        <v>7687</v>
       </c>
       <c r="V73" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W73" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B74">
-        <v>219878</v>
+        <v>8512</v>
       </c>
       <c r="C74" t="s">
-        <v>96</v>
+        <v>231</v>
       </c>
       <c r="D74" t="s">
-        <v>95</v>
+        <v>230</v>
       </c>
       <c r="E74" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F74" t="s">
-        <v>94</v>
+        <v>156</v>
       </c>
       <c r="G74">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H74" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J74" t="s">
-        <v>10</v>
+        <v>228</v>
       </c>
       <c r="L74" t="s">
-        <v>93</v>
+        <v>229</v>
       </c>
       <c r="M74" t="s">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="N74" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="O74" t="s">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="P74" t="s">
-        <v>19</v>
+        <v>179</v>
       </c>
       <c r="Q74" t="s">
-        <v>18</v>
+        <v>163</v>
       </c>
       <c r="R74" t="s">
-        <v>88</v>
+        <v>178</v>
       </c>
       <c r="S74">
-        <v>3135</v>
+        <v>3096</v>
       </c>
       <c r="T74">
-        <v>263422</v>
+        <v>237716</v>
       </c>
       <c r="U74">
-        <v>7532</v>
+        <v>7493</v>
       </c>
       <c r="V74" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W74" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B75">
-        <v>219933</v>
+        <v>8514</v>
       </c>
       <c r="C75" t="s">
-        <v>92</v>
+        <v>225</v>
       </c>
       <c r="D75" t="s">
-        <v>91</v>
+        <v>224</v>
       </c>
       <c r="E75" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F75" t="s">
-        <v>18</v>
+        <v>156</v>
       </c>
       <c r="G75">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H75" t="s">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="J75" t="s">
-        <v>10</v>
+        <v>228</v>
       </c>
       <c r="L75" t="s">
-        <v>89</v>
+        <v>227</v>
       </c>
       <c r="M75" t="s">
-        <v>20</v>
+        <v>226</v>
       </c>
       <c r="N75" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="O75" t="s">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="P75" t="s">
-        <v>19</v>
+        <v>157</v>
       </c>
       <c r="Q75" t="s">
-        <v>18</v>
+        <v>156</v>
       </c>
       <c r="R75" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="S75">
-        <v>3135</v>
+        <v>3287</v>
       </c>
       <c r="T75">
-        <v>264697</v>
+        <v>237718</v>
       </c>
       <c r="U75">
-        <v>7532</v>
+        <v>7688</v>
       </c>
       <c r="V75" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W75" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B76">
-        <v>219938</v>
+        <v>8514</v>
       </c>
       <c r="C76" t="s">
-        <v>87</v>
+        <v>225</v>
       </c>
       <c r="D76" t="s">
-        <v>86</v>
+        <v>224</v>
       </c>
       <c r="E76" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F76" t="s">
-        <v>48</v>
+        <v>156</v>
       </c>
       <c r="G76">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H76" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J76" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="L76" t="s">
-        <v>83</v>
+        <v>223</v>
       </c>
       <c r="M76" t="s">
-        <v>82</v>
+        <v>222</v>
       </c>
       <c r="N76" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="O76" t="s">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="P76" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="Q76" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="R76" t="s">
-        <v>80</v>
+        <v>221</v>
       </c>
       <c r="S76">
-        <v>3260</v>
+        <v>3072</v>
       </c>
       <c r="T76">
-        <v>265672</v>
+        <v>237718</v>
       </c>
       <c r="U76">
-        <v>7661</v>
+        <v>7469</v>
       </c>
       <c r="V76" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B77">
-        <v>219980</v>
+        <v>8515</v>
       </c>
       <c r="C77" t="s">
-        <v>79</v>
+        <v>220</v>
       </c>
       <c r="D77" t="s">
-        <v>78</v>
+        <v>219</v>
       </c>
       <c r="E77" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>3</v>
+        <v>156</v>
       </c>
       <c r="G77">
         <v>1</v>
       </c>
       <c r="H77" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J77" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="K77" t="s">
+        <v>218</v>
+      </c>
+      <c r="L77" t="s">
+        <v>217</v>
+      </c>
+      <c r="M77" t="s">
+        <v>203</v>
+      </c>
+      <c r="N77" t="s">
         <v>76</v>
       </c>
-      <c r="L77" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O77" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P77" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="Q77" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="R77" t="s">
-        <v>25</v>
+        <v>201</v>
       </c>
       <c r="S77">
-        <v>3238</v>
+        <v>3082</v>
       </c>
       <c r="T77">
-        <v>268269</v>
+        <v>237719</v>
       </c>
       <c r="U77">
-        <v>7639</v>
+        <v>7479</v>
       </c>
       <c r="V77" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B78">
-        <v>220040</v>
+        <v>8526</v>
       </c>
       <c r="C78" t="s">
-        <v>74</v>
+        <v>216</v>
       </c>
       <c r="D78" t="s">
-        <v>73</v>
+        <v>215</v>
       </c>
       <c r="E78" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>72</v>
+        <v>156</v>
       </c>
       <c r="G78">
         <v>1</v>
       </c>
       <c r="H78" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="J78" t="s">
+        <v>214</v>
+      </c>
+      <c r="L78" t="s">
+        <v>213</v>
+      </c>
+      <c r="M78" t="s">
+        <v>99</v>
+      </c>
+      <c r="N78" t="s">
+        <v>5</v>
+      </c>
+      <c r="O78" t="s">
+        <v>52</v>
+      </c>
+      <c r="P78" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q78" t="s">
         <v>70</v>
       </c>
-      <c r="L78" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R78" t="s">
-        <v>66</v>
+        <v>97</v>
       </c>
       <c r="S78">
-        <v>3244</v>
+        <v>3064</v>
       </c>
       <c r="T78">
-        <v>270266</v>
+        <v>237730</v>
       </c>
       <c r="U78">
-        <v>7645</v>
+        <v>7461</v>
       </c>
       <c r="V78" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B79">
-        <v>220076</v>
+        <v>8546</v>
       </c>
       <c r="C79" t="s">
-        <v>65</v>
+        <v>212</v>
       </c>
       <c r="D79" t="s">
-        <v>64</v>
+        <v>211</v>
       </c>
       <c r="E79" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F79" t="s">
-        <v>12</v>
+        <v>210</v>
       </c>
       <c r="G79">
         <v>1</v>
       </c>
       <c r="H79" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J79" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="L79" t="s">
-        <v>62</v>
+        <v>209</v>
       </c>
       <c r="M79" t="s">
-        <v>61</v>
+        <v>208</v>
       </c>
       <c r="N79" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="O79" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P79" t="s">
-        <v>60</v>
+        <v>146</v>
       </c>
       <c r="Q79" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="R79" t="s">
-        <v>59</v>
+        <v>185</v>
       </c>
       <c r="S79">
-        <v>3064</v>
+        <v>3105</v>
       </c>
       <c r="T79">
-        <v>270960</v>
+        <v>238368</v>
       </c>
       <c r="U79">
-        <v>7461</v>
+        <v>7502</v>
       </c>
       <c r="V79" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W79" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B80">
-        <v>220236</v>
+        <v>8552</v>
       </c>
       <c r="C80" t="s">
-        <v>58</v>
+        <v>207</v>
       </c>
       <c r="D80" t="s">
-        <v>57</v>
+        <v>206</v>
       </c>
       <c r="E80" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="G80">
         <v>1</v>
       </c>
       <c r="H80" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J80" t="s">
-        <v>41</v>
+        <v>205</v>
       </c>
       <c r="L80" t="s">
-        <v>56</v>
+        <v>204</v>
       </c>
       <c r="M80" t="s">
-        <v>55</v>
+        <v>203</v>
       </c>
       <c r="N80" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="O80" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P80" t="s">
-        <v>53</v>
+        <v>202</v>
       </c>
       <c r="Q80" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="R80" t="s">
-        <v>51</v>
+        <v>201</v>
       </c>
       <c r="S80">
-        <v>3076</v>
+        <v>3082</v>
       </c>
       <c r="T80">
-        <v>276021</v>
+        <v>238611</v>
       </c>
       <c r="U80">
-        <v>7473</v>
+        <v>7479</v>
       </c>
       <c r="V80" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W80" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B81">
-        <v>220239</v>
+        <v>8558</v>
       </c>
       <c r="C81" t="s">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="D81" t="s">
-        <v>49</v>
+        <v>199</v>
       </c>
       <c r="E81" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F81" t="s">
-        <v>48</v>
+        <v>198</v>
       </c>
       <c r="G81">
         <v>1</v>
       </c>
       <c r="H81" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J81" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>197</v>
       </c>
       <c r="L81" t="s">
-        <v>45</v>
+        <v>196</v>
       </c>
       <c r="M81" t="s">
-        <v>39</v>
+        <v>195</v>
       </c>
       <c r="N81" t="s">
-        <v>38</v>
+        <v>5</v>
       </c>
       <c r="O81" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P81" t="s">
-        <v>37</v>
+        <v>98</v>
       </c>
       <c r="Q81" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="R81" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="S81">
-        <v>3209</v>
+        <v>3069</v>
       </c>
       <c r="T81">
-        <v>276159</v>
+        <v>239041</v>
       </c>
       <c r="U81">
-        <v>7610</v>
+        <v>7466</v>
       </c>
       <c r="V81" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B82">
-        <v>220307</v>
+        <v>8584</v>
       </c>
       <c r="C82" t="s">
-        <v>44</v>
+        <v>192</v>
       </c>
       <c r="D82" t="s">
-        <v>43</v>
+        <v>191</v>
       </c>
       <c r="E82" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F82" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="G82">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H82" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J82" t="s">
+        <v>21</v>
+      </c>
+      <c r="K82" t="s">
+        <v>194</v>
+      </c>
+      <c r="L82" t="s">
+        <v>193</v>
+      </c>
+      <c r="M82" t="s">
+        <v>6</v>
+      </c>
+      <c r="N82" t="s">
         <v>41</v>
       </c>
-      <c r="L82" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O82" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="P82" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="Q82" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="R82" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="S82">
-        <v>3209</v>
+        <v>3238</v>
       </c>
       <c r="T82">
-        <v>279099</v>
+        <v>239622</v>
       </c>
       <c r="U82">
-        <v>7610</v>
+        <v>7639</v>
       </c>
       <c r="V82" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B83">
-        <v>220338</v>
+        <v>8584</v>
       </c>
       <c r="C83" t="s">
-        <v>35</v>
+        <v>192</v>
       </c>
       <c r="D83" t="s">
-        <v>34</v>
+        <v>191</v>
       </c>
       <c r="E83" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F83" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="G83">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H83" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J83" t="s">
-        <v>10</v>
+        <v>21</v>
+      </c>
+      <c r="K83" t="s">
+        <v>190</v>
       </c>
       <c r="L83" t="s">
-        <v>31</v>
+        <v>189</v>
       </c>
       <c r="M83" t="s">
-        <v>30</v>
+        <v>188</v>
       </c>
       <c r="N83" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="O83" t="s">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="P83" t="s">
-        <v>27</v>
+        <v>121</v>
       </c>
       <c r="Q83" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="R83" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="S83">
-        <v>3239</v>
+        <v>3257</v>
       </c>
       <c r="T83">
-        <v>280079</v>
+        <v>239622</v>
       </c>
       <c r="U83">
-        <v>7640</v>
+        <v>7658</v>
       </c>
       <c r="V83" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B84">
-        <v>220421</v>
+        <v>8612</v>
       </c>
       <c r="C84" t="s">
+        <v>184</v>
+      </c>
+      <c r="D84" t="s">
+        <v>183</v>
+      </c>
+      <c r="E84" t="s">
+        <v>46</v>
+      </c>
+      <c r="F84" t="s">
+        <v>55</v>
+      </c>
+      <c r="G84">
+        <v>0</v>
+      </c>
+      <c r="H84" t="s">
+        <v>10</v>
+      </c>
+      <c r="J84" t="s">
+        <v>28</v>
+      </c>
+      <c r="L84" t="s">
+        <v>187</v>
+      </c>
+      <c r="M84" t="s">
+        <v>35</v>
+      </c>
+      <c r="N84" t="s">
+        <v>76</v>
+      </c>
+      <c r="O84" t="s">
+        <v>52</v>
+      </c>
+      <c r="P84" t="s">
+        <v>186</v>
+      </c>
+      <c r="Q84" t="s">
         <v>24</v>
       </c>
-      <c r="D84" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="R84" t="s">
-        <v>17</v>
+        <v>185</v>
       </c>
       <c r="S84">
-        <v>3136</v>
+        <v>3109</v>
       </c>
       <c r="T84">
-        <v>283438</v>
+        <v>239926</v>
       </c>
       <c r="U84">
-        <v>7533</v>
+        <v>7506</v>
       </c>
       <c r="V84" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W84" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" t="s">
+        <v>15</v>
+      </c>
+      <c r="B85">
+        <v>8612</v>
+      </c>
+      <c r="C85" t="s">
+        <v>184</v>
+      </c>
+      <c r="D85" t="s">
+        <v>183</v>
+      </c>
+      <c r="E85" t="s">
+        <v>46</v>
+      </c>
+      <c r="F85" t="s">
+        <v>55</v>
+      </c>
+      <c r="G85">
+        <v>2</v>
+      </c>
+      <c r="H85" t="s">
+        <v>10</v>
+      </c>
+      <c r="J85" t="s">
+        <v>182</v>
+      </c>
+      <c r="L85" t="s">
+        <v>181</v>
+      </c>
+      <c r="M85" t="s">
+        <v>180</v>
+      </c>
+      <c r="N85" t="s">
+        <v>76</v>
+      </c>
+      <c r="O85" t="s">
+        <v>52</v>
+      </c>
+      <c r="P85" t="s">
+        <v>179</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>163</v>
+      </c>
+      <c r="R85" t="s">
+        <v>178</v>
+      </c>
+      <c r="S85">
+        <v>3096</v>
+      </c>
+      <c r="T85">
+        <v>239926</v>
+      </c>
+      <c r="U85">
+        <v>7493</v>
+      </c>
+      <c r="V85" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:23">
+      <c r="A86" t="s">
+        <v>15</v>
+      </c>
+      <c r="B86">
+        <v>8618</v>
+      </c>
+      <c r="C86" t="s">
+        <v>177</v>
+      </c>
+      <c r="D86" t="s">
+        <v>176</v>
+      </c>
+      <c r="E86" t="s">
+        <v>46</v>
+      </c>
+      <c r="F86" t="s">
+        <v>30</v>
+      </c>
+      <c r="G86">
+        <v>1</v>
+      </c>
+      <c r="H86" t="s">
+        <v>10</v>
+      </c>
+      <c r="J86" t="s">
+        <v>149</v>
+      </c>
+      <c r="L86" t="s">
+        <v>175</v>
+      </c>
+      <c r="M86" t="s">
+        <v>61</v>
+      </c>
+      <c r="N86" t="s">
+        <v>60</v>
+      </c>
+      <c r="O86" t="s">
+        <v>52</v>
+      </c>
+      <c r="P86" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>37</v>
+      </c>
+      <c r="R86" t="s">
+        <v>58</v>
+      </c>
+      <c r="S86">
+        <v>3209</v>
+      </c>
+      <c r="T86">
+        <v>240015</v>
+      </c>
+      <c r="U86">
+        <v>7610</v>
+      </c>
+      <c r="V86" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:23">
+      <c r="A87" t="s">
+        <v>15</v>
+      </c>
+      <c r="B87">
+        <v>219668</v>
+      </c>
+      <c r="C87" t="s">
+        <v>174</v>
+      </c>
+      <c r="D87" t="s">
+        <v>173</v>
+      </c>
+      <c r="E87" t="s">
+        <v>46</v>
+      </c>
+      <c r="F87" t="s">
+        <v>2</v>
+      </c>
+      <c r="G87">
+        <v>1</v>
+      </c>
+      <c r="H87" t="s">
+        <v>10</v>
+      </c>
+      <c r="J87" t="s">
+        <v>85</v>
+      </c>
+      <c r="L87" t="s">
+        <v>172</v>
+      </c>
+      <c r="M87" t="s">
+        <v>171</v>
+      </c>
+      <c r="N87" t="s">
+        <v>41</v>
+      </c>
+      <c r="O87" t="s">
+        <v>4</v>
+      </c>
+      <c r="P87" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>64</v>
+      </c>
+      <c r="R87" t="s">
+        <v>81</v>
+      </c>
+      <c r="S87">
+        <v>3256</v>
+      </c>
+      <c r="T87">
+        <v>251772</v>
+      </c>
+      <c r="U87">
+        <v>7657</v>
+      </c>
+      <c r="V87" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:23">
+      <c r="A88" t="s">
+        <v>15</v>
+      </c>
+      <c r="B88">
+        <v>219691</v>
+      </c>
+      <c r="C88" t="s">
+        <v>170</v>
+      </c>
+      <c r="D88" t="s">
+        <v>169</v>
+      </c>
+      <c r="E88" t="s">
+        <v>46</v>
+      </c>
+      <c r="F88" t="s">
+        <v>94</v>
+      </c>
+      <c r="G88">
+        <v>1</v>
+      </c>
+      <c r="H88" t="s">
+        <v>29</v>
+      </c>
+      <c r="J88" t="s">
+        <v>168</v>
+      </c>
+      <c r="L88" t="s">
+        <v>167</v>
+      </c>
+      <c r="M88" t="s">
+        <v>91</v>
+      </c>
+      <c r="N88" t="s">
+        <v>60</v>
+      </c>
+      <c r="O88" t="s">
+        <v>4</v>
+      </c>
+      <c r="P88" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>50</v>
+      </c>
+      <c r="R88" t="s">
+        <v>166</v>
+      </c>
+      <c r="S88">
+        <v>3234</v>
+      </c>
+      <c r="T88">
+        <v>253050</v>
+      </c>
+      <c r="U88">
+        <v>7635</v>
+      </c>
+      <c r="V88" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:23">
+      <c r="A89" t="s">
+        <v>15</v>
+      </c>
+      <c r="B89">
+        <v>219738</v>
+      </c>
+      <c r="C89" t="s">
+        <v>165</v>
+      </c>
+      <c r="D89" t="s">
+        <v>164</v>
+      </c>
+      <c r="E89" t="s">
+        <v>46</v>
+      </c>
+      <c r="F89" t="s">
+        <v>163</v>
+      </c>
+      <c r="G89">
+        <v>1</v>
+      </c>
+      <c r="H89" t="s">
+        <v>10</v>
+      </c>
+      <c r="J89" t="s">
+        <v>63</v>
+      </c>
+      <c r="L89" t="s">
+        <v>84</v>
+      </c>
+      <c r="M89" t="s">
+        <v>83</v>
+      </c>
+      <c r="N89" t="s">
+        <v>41</v>
+      </c>
+      <c r="O89" t="s">
+        <v>4</v>
+      </c>
+      <c r="P89" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>64</v>
+      </c>
+      <c r="R89" t="s">
+        <v>81</v>
+      </c>
+      <c r="S89">
+        <v>3255</v>
+      </c>
+      <c r="T89">
+        <v>254865</v>
+      </c>
+      <c r="U89">
+        <v>7656</v>
+      </c>
+      <c r="V89" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:23">
+      <c r="A90" t="s">
+        <v>15</v>
+      </c>
+      <c r="B90">
+        <v>219758</v>
+      </c>
+      <c r="C90" t="s">
+        <v>162</v>
+      </c>
+      <c r="D90" t="s">
+        <v>161</v>
+      </c>
+      <c r="E90" t="s">
+        <v>12</v>
+      </c>
+      <c r="F90" t="s">
+        <v>30</v>
+      </c>
+      <c r="G90">
+        <v>1</v>
+      </c>
+      <c r="H90" t="s">
+        <v>10</v>
+      </c>
+      <c r="J90" t="s">
+        <v>160</v>
+      </c>
+      <c r="L90" t="s">
+        <v>159</v>
+      </c>
+      <c r="M90" t="s">
+        <v>158</v>
+      </c>
+      <c r="N90" t="s">
+        <v>76</v>
+      </c>
+      <c r="O90" t="s">
+        <v>52</v>
+      </c>
+      <c r="P90" t="s">
+        <v>157</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>156</v>
+      </c>
+      <c r="R90" t="s">
+        <v>155</v>
+      </c>
+      <c r="S90">
+        <v>3320</v>
+      </c>
+      <c r="T90">
+        <v>258828</v>
+      </c>
+      <c r="U90">
+        <v>7721</v>
+      </c>
+      <c r="V90" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:23">
+      <c r="A91" t="s">
+        <v>15</v>
+      </c>
+      <c r="B91">
+        <v>219785</v>
+      </c>
+      <c r="C91" t="s">
+        <v>154</v>
+      </c>
+      <c r="D91" t="s">
+        <v>153</v>
+      </c>
+      <c r="E91" t="s">
+        <v>12</v>
+      </c>
+      <c r="F91" t="s">
+        <v>86</v>
+      </c>
+      <c r="G91">
+        <v>1</v>
+      </c>
+      <c r="H91" t="s">
+        <v>29</v>
+      </c>
+      <c r="J91" t="s">
+        <v>28</v>
+      </c>
+      <c r="L91" t="s">
+        <v>152</v>
+      </c>
+      <c r="M91" t="s">
+        <v>26</v>
+      </c>
+      <c r="N91" t="s">
+        <v>18</v>
+      </c>
+      <c r="O91" t="s">
+        <v>4</v>
+      </c>
+      <c r="P91" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>24</v>
+      </c>
+      <c r="R91" t="s">
         <v>16</v>
       </c>
-      <c r="B85">
+      <c r="S91">
+        <v>3267</v>
+      </c>
+      <c r="T91">
+        <v>261347</v>
+      </c>
+      <c r="U91">
+        <v>7668</v>
+      </c>
+      <c r="V91" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:23">
+      <c r="A92" t="s">
+        <v>15</v>
+      </c>
+      <c r="B92">
+        <v>219795</v>
+      </c>
+      <c r="C92" t="s">
+        <v>151</v>
+      </c>
+      <c r="D92" t="s">
+        <v>150</v>
+      </c>
+      <c r="E92" t="s">
+        <v>46</v>
+      </c>
+      <c r="F92" t="s">
+        <v>30</v>
+      </c>
+      <c r="G92">
+        <v>1</v>
+      </c>
+      <c r="H92" t="s">
+        <v>29</v>
+      </c>
+      <c r="J92" t="s">
+        <v>149</v>
+      </c>
+      <c r="L92" t="s">
+        <v>148</v>
+      </c>
+      <c r="M92" t="s">
+        <v>147</v>
+      </c>
+      <c r="N92" t="s">
+        <v>5</v>
+      </c>
+      <c r="O92" t="s">
+        <v>52</v>
+      </c>
+      <c r="P92" t="s">
+        <v>146</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>50</v>
+      </c>
+      <c r="R92" t="s">
+        <v>58</v>
+      </c>
+      <c r="S92">
+        <v>3106</v>
+      </c>
+      <c r="T92">
+        <v>261496</v>
+      </c>
+      <c r="U92">
+        <v>7503</v>
+      </c>
+      <c r="V92" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:23">
+      <c r="A93" t="s">
+        <v>15</v>
+      </c>
+      <c r="B93">
+        <v>219796</v>
+      </c>
+      <c r="C93" t="s">
+        <v>145</v>
+      </c>
+      <c r="D93" t="s">
+        <v>144</v>
+      </c>
+      <c r="E93" t="s">
+        <v>12</v>
+      </c>
+      <c r="F93" t="s">
+        <v>37</v>
+      </c>
+      <c r="G93">
+        <v>1</v>
+      </c>
+      <c r="H93" t="s">
+        <v>10</v>
+      </c>
+      <c r="J93" t="s">
+        <v>143</v>
+      </c>
+      <c r="K93" t="s">
+        <v>142</v>
+      </c>
+      <c r="L93" t="s">
+        <v>141</v>
+      </c>
+      <c r="M93" t="s">
+        <v>6</v>
+      </c>
+      <c r="N93" t="s">
+        <v>5</v>
+      </c>
+      <c r="O93" t="s">
+        <v>4</v>
+      </c>
+      <c r="P93" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>2</v>
+      </c>
+      <c r="R93" t="s">
+        <v>1</v>
+      </c>
+      <c r="S93">
+        <v>3140</v>
+      </c>
+      <c r="T93">
+        <v>261708</v>
+      </c>
+      <c r="U93">
+        <v>7537</v>
+      </c>
+      <c r="V93" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:23">
+      <c r="A94" t="s">
+        <v>15</v>
+      </c>
+      <c r="B94">
+        <v>219797</v>
+      </c>
+      <c r="C94" t="s">
+        <v>140</v>
+      </c>
+      <c r="D94" t="s">
+        <v>139</v>
+      </c>
+      <c r="E94" t="s">
+        <v>12</v>
+      </c>
+      <c r="F94" t="s">
+        <v>37</v>
+      </c>
+      <c r="G94">
+        <v>1</v>
+      </c>
+      <c r="H94" t="s">
+        <v>10</v>
+      </c>
+      <c r="J94" t="s">
+        <v>63</v>
+      </c>
+      <c r="L94" t="s">
+        <v>138</v>
+      </c>
+      <c r="M94" t="s">
+        <v>35</v>
+      </c>
+      <c r="N94" t="s">
+        <v>76</v>
+      </c>
+      <c r="O94" t="s">
+        <v>4</v>
+      </c>
+      <c r="P94" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>24</v>
+      </c>
+      <c r="R94" t="s">
+        <v>127</v>
+      </c>
+      <c r="S94">
+        <v>3135</v>
+      </c>
+      <c r="T94">
+        <v>261709</v>
+      </c>
+      <c r="U94">
+        <v>7532</v>
+      </c>
+      <c r="V94" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:23">
+      <c r="A95" t="s">
+        <v>15</v>
+      </c>
+      <c r="B95">
+        <v>219878</v>
+      </c>
+      <c r="C95" t="s">
+        <v>137</v>
+      </c>
+      <c r="D95" t="s">
+        <v>136</v>
+      </c>
+      <c r="E95" t="s">
+        <v>12</v>
+      </c>
+      <c r="F95" t="s">
+        <v>135</v>
+      </c>
+      <c r="G95">
+        <v>1</v>
+      </c>
+      <c r="H95" t="s">
+        <v>10</v>
+      </c>
+      <c r="J95" t="s">
+        <v>9</v>
+      </c>
+      <c r="L95" t="s">
+        <v>134</v>
+      </c>
+      <c r="M95" t="s">
+        <v>35</v>
+      </c>
+      <c r="N95" t="s">
+        <v>76</v>
+      </c>
+      <c r="O95" t="s">
+        <v>4</v>
+      </c>
+      <c r="P95" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>24</v>
+      </c>
+      <c r="R95" t="s">
+        <v>127</v>
+      </c>
+      <c r="S95">
+        <v>3135</v>
+      </c>
+      <c r="T95">
+        <v>263422</v>
+      </c>
+      <c r="U95">
+        <v>7532</v>
+      </c>
+      <c r="V95" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:23">
+      <c r="A96" t="s">
+        <v>15</v>
+      </c>
+      <c r="B96">
+        <v>219933</v>
+      </c>
+      <c r="C96" t="s">
+        <v>131</v>
+      </c>
+      <c r="D96" t="s">
+        <v>130</v>
+      </c>
+      <c r="E96" t="s">
+        <v>12</v>
+      </c>
+      <c r="F96" t="s">
+        <v>24</v>
+      </c>
+      <c r="G96">
+        <v>0</v>
+      </c>
+      <c r="H96" t="s">
+        <v>10</v>
+      </c>
+      <c r="J96" t="s">
+        <v>133</v>
+      </c>
+      <c r="L96" t="s">
+        <v>132</v>
+      </c>
+      <c r="M96" t="s">
+        <v>19</v>
+      </c>
+      <c r="N96" t="s">
+        <v>18</v>
+      </c>
+      <c r="O96" t="s">
+        <v>4</v>
+      </c>
+      <c r="P96" t="s">
+        <v>17</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>2</v>
+      </c>
+      <c r="R96" t="s">
+        <v>16</v>
+      </c>
+      <c r="S96">
+        <v>3304</v>
+      </c>
+      <c r="T96">
+        <v>264697</v>
+      </c>
+      <c r="U96">
+        <v>7705</v>
+      </c>
+      <c r="V96" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:23">
+      <c r="A97" t="s">
+        <v>15</v>
+      </c>
+      <c r="B97">
+        <v>219933</v>
+      </c>
+      <c r="C97" t="s">
+        <v>131</v>
+      </c>
+      <c r="D97" t="s">
+        <v>130</v>
+      </c>
+      <c r="E97" t="s">
+        <v>12</v>
+      </c>
+      <c r="F97" t="s">
+        <v>24</v>
+      </c>
+      <c r="G97">
+        <v>2</v>
+      </c>
+      <c r="H97" t="s">
+        <v>129</v>
+      </c>
+      <c r="J97" t="s">
+        <v>9</v>
+      </c>
+      <c r="L97" t="s">
+        <v>128</v>
+      </c>
+      <c r="M97" t="s">
+        <v>35</v>
+      </c>
+      <c r="N97" t="s">
+        <v>76</v>
+      </c>
+      <c r="O97" t="s">
+        <v>4</v>
+      </c>
+      <c r="P97" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>24</v>
+      </c>
+      <c r="R97" t="s">
+        <v>127</v>
+      </c>
+      <c r="S97">
+        <v>3135</v>
+      </c>
+      <c r="T97">
+        <v>264697</v>
+      </c>
+      <c r="U97">
+        <v>7532</v>
+      </c>
+      <c r="V97" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:23">
+      <c r="A98" t="s">
+        <v>15</v>
+      </c>
+      <c r="B98">
+        <v>219938</v>
+      </c>
+      <c r="C98" t="s">
+        <v>126</v>
+      </c>
+      <c r="D98" t="s">
+        <v>125</v>
+      </c>
+      <c r="E98" t="s">
+        <v>46</v>
+      </c>
+      <c r="F98" t="s">
+        <v>70</v>
+      </c>
+      <c r="G98">
+        <v>1</v>
+      </c>
+      <c r="H98" t="s">
+        <v>10</v>
+      </c>
+      <c r="J98" t="s">
+        <v>114</v>
+      </c>
+      <c r="K98" t="s">
+        <v>124</v>
+      </c>
+      <c r="L98" t="s">
+        <v>123</v>
+      </c>
+      <c r="M98" t="s">
+        <v>122</v>
+      </c>
+      <c r="N98" t="s">
+        <v>41</v>
+      </c>
+      <c r="O98" t="s">
+        <v>4</v>
+      </c>
+      <c r="P98" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>70</v>
+      </c>
+      <c r="R98" t="s">
+        <v>40</v>
+      </c>
+      <c r="S98">
+        <v>3260</v>
+      </c>
+      <c r="T98">
+        <v>265672</v>
+      </c>
+      <c r="U98">
+        <v>7661</v>
+      </c>
+      <c r="V98" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:23">
+      <c r="A99" t="s">
+        <v>15</v>
+      </c>
+      <c r="B99">
+        <v>219980</v>
+      </c>
+      <c r="C99" t="s">
+        <v>120</v>
+      </c>
+      <c r="D99" t="s">
+        <v>119</v>
+      </c>
+      <c r="E99" t="s">
+        <v>46</v>
+      </c>
+      <c r="F99" t="s">
+        <v>2</v>
+      </c>
+      <c r="G99">
+        <v>1</v>
+      </c>
+      <c r="H99" t="s">
+        <v>10</v>
+      </c>
+      <c r="J99" t="s">
+        <v>21</v>
+      </c>
+      <c r="K99" t="s">
+        <v>118</v>
+      </c>
+      <c r="L99" t="s">
+        <v>117</v>
+      </c>
+      <c r="M99" t="s">
+        <v>6</v>
+      </c>
+      <c r="N99" t="s">
+        <v>41</v>
+      </c>
+      <c r="O99" t="s">
+        <v>52</v>
+      </c>
+      <c r="P99" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>50</v>
+      </c>
+      <c r="R99" t="s">
+        <v>49</v>
+      </c>
+      <c r="S99">
+        <v>3238</v>
+      </c>
+      <c r="T99">
+        <v>268269</v>
+      </c>
+      <c r="U99">
+        <v>7639</v>
+      </c>
+      <c r="V99" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:23">
+      <c r="A100" t="s">
+        <v>15</v>
+      </c>
+      <c r="B100">
+        <v>220004</v>
+      </c>
+      <c r="C100" t="s">
+        <v>116</v>
+      </c>
+      <c r="D100" t="s">
+        <v>115</v>
+      </c>
+      <c r="E100" t="s">
+        <v>46</v>
+      </c>
+      <c r="F100" t="s">
+        <v>2</v>
+      </c>
+      <c r="G100">
+        <v>1</v>
+      </c>
+      <c r="H100" t="s">
+        <v>10</v>
+      </c>
+      <c r="J100" t="s">
+        <v>114</v>
+      </c>
+      <c r="L100" t="s">
+        <v>113</v>
+      </c>
+      <c r="M100" t="s">
+        <v>112</v>
+      </c>
+      <c r="N100" t="s">
+        <v>5</v>
+      </c>
+      <c r="O100" t="s">
+        <v>52</v>
+      </c>
+      <c r="P100" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>105</v>
+      </c>
+      <c r="R100" t="s">
+        <v>104</v>
+      </c>
+      <c r="S100">
+        <v>3116</v>
+      </c>
+      <c r="T100">
+        <v>269726</v>
+      </c>
+      <c r="U100">
+        <v>7513</v>
+      </c>
+      <c r="V100" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="101" spans="1:23">
+      <c r="A101" t="s">
+        <v>15</v>
+      </c>
+      <c r="B101">
+        <v>220040</v>
+      </c>
+      <c r="C101" t="s">
+        <v>110</v>
+      </c>
+      <c r="D101" t="s">
+        <v>109</v>
+      </c>
+      <c r="E101" t="s">
+        <v>46</v>
+      </c>
+      <c r="F101" t="s">
+        <v>108</v>
+      </c>
+      <c r="G101">
+        <v>1</v>
+      </c>
+      <c r="H101" t="s">
+        <v>29</v>
+      </c>
+      <c r="J101" t="s">
+        <v>28</v>
+      </c>
+      <c r="L101" t="s">
+        <v>107</v>
+      </c>
+      <c r="M101" t="s">
+        <v>6</v>
+      </c>
+      <c r="N101" t="s">
+        <v>60</v>
+      </c>
+      <c r="O101" t="s">
+        <v>52</v>
+      </c>
+      <c r="P101" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>105</v>
+      </c>
+      <c r="R101" t="s">
+        <v>104</v>
+      </c>
+      <c r="S101">
+        <v>3244</v>
+      </c>
+      <c r="T101">
+        <v>270266</v>
+      </c>
+      <c r="U101">
+        <v>7645</v>
+      </c>
+      <c r="V101" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:23">
+      <c r="A102" t="s">
+        <v>15</v>
+      </c>
+      <c r="B102">
+        <v>220076</v>
+      </c>
+      <c r="C102" t="s">
+        <v>103</v>
+      </c>
+      <c r="D102" t="s">
+        <v>102</v>
+      </c>
+      <c r="E102" t="s">
+        <v>12</v>
+      </c>
+      <c r="F102" t="s">
+        <v>11</v>
+      </c>
+      <c r="G102">
+        <v>1</v>
+      </c>
+      <c r="H102" t="s">
+        <v>10</v>
+      </c>
+      <c r="J102" t="s">
+        <v>101</v>
+      </c>
+      <c r="L102" t="s">
+        <v>100</v>
+      </c>
+      <c r="M102" t="s">
+        <v>99</v>
+      </c>
+      <c r="N102" t="s">
+        <v>5</v>
+      </c>
+      <c r="O102" t="s">
+        <v>52</v>
+      </c>
+      <c r="P102" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>70</v>
+      </c>
+      <c r="R102" t="s">
+        <v>97</v>
+      </c>
+      <c r="S102">
+        <v>3064</v>
+      </c>
+      <c r="T102">
+        <v>270960</v>
+      </c>
+      <c r="U102">
+        <v>7461</v>
+      </c>
+      <c r="V102" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:23">
+      <c r="A103" t="s">
+        <v>15</v>
+      </c>
+      <c r="B103">
+        <v>220122</v>
+      </c>
+      <c r="C103" t="s">
+        <v>96</v>
+      </c>
+      <c r="D103" t="s">
+        <v>95</v>
+      </c>
+      <c r="E103" t="s">
+        <v>12</v>
+      </c>
+      <c r="F103" t="s">
+        <v>94</v>
+      </c>
+      <c r="G103">
+        <v>1</v>
+      </c>
+      <c r="H103" t="s">
+        <v>10</v>
+      </c>
+      <c r="J103" t="s">
+        <v>93</v>
+      </c>
+      <c r="L103" t="s">
+        <v>92</v>
+      </c>
+      <c r="M103" t="s">
+        <v>91</v>
+      </c>
+      <c r="N103" t="s">
+        <v>18</v>
+      </c>
+      <c r="O103" t="s">
+        <v>4</v>
+      </c>
+      <c r="P103" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>50</v>
+      </c>
+      <c r="R103" t="s">
+        <v>89</v>
+      </c>
+      <c r="S103">
+        <v>3296</v>
+      </c>
+      <c r="T103">
+        <v>272304</v>
+      </c>
+      <c r="U103">
+        <v>7697</v>
+      </c>
+      <c r="V103" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:23">
+      <c r="A104" t="s">
+        <v>15</v>
+      </c>
+      <c r="B104">
+        <v>220133</v>
+      </c>
+      <c r="C104" t="s">
+        <v>88</v>
+      </c>
+      <c r="D104" t="s">
+        <v>87</v>
+      </c>
+      <c r="E104" t="s">
+        <v>46</v>
+      </c>
+      <c r="F104" t="s">
+        <v>86</v>
+      </c>
+      <c r="G104">
+        <v>1</v>
+      </c>
+      <c r="H104" t="s">
+        <v>10</v>
+      </c>
+      <c r="J104" t="s">
+        <v>85</v>
+      </c>
+      <c r="L104" t="s">
+        <v>84</v>
+      </c>
+      <c r="M104" t="s">
+        <v>83</v>
+      </c>
+      <c r="N104" t="s">
+        <v>41</v>
+      </c>
+      <c r="O104" t="s">
+        <v>4</v>
+      </c>
+      <c r="P104" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>64</v>
+      </c>
+      <c r="R104" t="s">
+        <v>81</v>
+      </c>
+      <c r="S104">
+        <v>3255</v>
+      </c>
+      <c r="T104">
+        <v>272367</v>
+      </c>
+      <c r="U104">
+        <v>7656</v>
+      </c>
+      <c r="V104" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:23">
+      <c r="A105" t="s">
+        <v>15</v>
+      </c>
+      <c r="B105">
+        <v>220236</v>
+      </c>
+      <c r="C105" t="s">
+        <v>80</v>
+      </c>
+      <c r="D105" t="s">
+        <v>79</v>
+      </c>
+      <c r="E105" t="s">
+        <v>12</v>
+      </c>
+      <c r="F105" t="s">
+        <v>37</v>
+      </c>
+      <c r="G105">
+        <v>1</v>
+      </c>
+      <c r="H105" t="s">
+        <v>10</v>
+      </c>
+      <c r="J105" t="s">
+        <v>63</v>
+      </c>
+      <c r="L105" t="s">
+        <v>78</v>
+      </c>
+      <c r="M105" t="s">
+        <v>77</v>
+      </c>
+      <c r="N105" t="s">
+        <v>76</v>
+      </c>
+      <c r="O105" t="s">
+        <v>52</v>
+      </c>
+      <c r="P105" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>74</v>
+      </c>
+      <c r="R105" t="s">
+        <v>73</v>
+      </c>
+      <c r="S105">
+        <v>3076</v>
+      </c>
+      <c r="T105">
+        <v>276021</v>
+      </c>
+      <c r="U105">
+        <v>7473</v>
+      </c>
+      <c r="V105" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:23">
+      <c r="A106" t="s">
+        <v>15</v>
+      </c>
+      <c r="B106">
+        <v>220239</v>
+      </c>
+      <c r="C106" t="s">
+        <v>72</v>
+      </c>
+      <c r="D106" t="s">
+        <v>71</v>
+      </c>
+      <c r="E106" t="s">
+        <v>46</v>
+      </c>
+      <c r="F106" t="s">
+        <v>70</v>
+      </c>
+      <c r="G106">
+        <v>1</v>
+      </c>
+      <c r="H106" t="s">
+        <v>10</v>
+      </c>
+      <c r="J106" t="s">
+        <v>69</v>
+      </c>
+      <c r="K106" t="s">
+        <v>68</v>
+      </c>
+      <c r="L106" t="s">
+        <v>67</v>
+      </c>
+      <c r="M106" t="s">
+        <v>61</v>
+      </c>
+      <c r="N106" t="s">
+        <v>60</v>
+      </c>
+      <c r="O106" t="s">
+        <v>52</v>
+      </c>
+      <c r="P106" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>37</v>
+      </c>
+      <c r="R106" t="s">
+        <v>58</v>
+      </c>
+      <c r="S106">
+        <v>3209</v>
+      </c>
+      <c r="T106">
+        <v>276159</v>
+      </c>
+      <c r="U106">
+        <v>7610</v>
+      </c>
+      <c r="V106" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" spans="1:23">
+      <c r="A107" t="s">
+        <v>15</v>
+      </c>
+      <c r="B107">
+        <v>220307</v>
+      </c>
+      <c r="C107" t="s">
+        <v>66</v>
+      </c>
+      <c r="D107" t="s">
+        <v>65</v>
+      </c>
+      <c r="E107" t="s">
+        <v>46</v>
+      </c>
+      <c r="F107" t="s">
+        <v>64</v>
+      </c>
+      <c r="G107">
+        <v>1</v>
+      </c>
+      <c r="H107" t="s">
+        <v>10</v>
+      </c>
+      <c r="J107" t="s">
+        <v>63</v>
+      </c>
+      <c r="L107" t="s">
+        <v>62</v>
+      </c>
+      <c r="M107" t="s">
+        <v>61</v>
+      </c>
+      <c r="N107" t="s">
+        <v>60</v>
+      </c>
+      <c r="O107" t="s">
+        <v>52</v>
+      </c>
+      <c r="P107" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>37</v>
+      </c>
+      <c r="R107" t="s">
+        <v>58</v>
+      </c>
+      <c r="S107">
+        <v>3209</v>
+      </c>
+      <c r="T107">
+        <v>279099</v>
+      </c>
+      <c r="U107">
+        <v>7610</v>
+      </c>
+      <c r="V107" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:23">
+      <c r="A108" t="s">
+        <v>15</v>
+      </c>
+      <c r="B108">
+        <v>220338</v>
+      </c>
+      <c r="C108" t="s">
+        <v>57</v>
+      </c>
+      <c r="D108" t="s">
+        <v>56</v>
+      </c>
+      <c r="E108" t="s">
+        <v>46</v>
+      </c>
+      <c r="F108" t="s">
+        <v>55</v>
+      </c>
+      <c r="G108">
+        <v>1</v>
+      </c>
+      <c r="H108" t="s">
+        <v>10</v>
+      </c>
+      <c r="J108" t="s">
+        <v>9</v>
+      </c>
+      <c r="L108" t="s">
+        <v>54</v>
+      </c>
+      <c r="M108" t="s">
+        <v>53</v>
+      </c>
+      <c r="N108" t="s">
+        <v>41</v>
+      </c>
+      <c r="O108" t="s">
+        <v>52</v>
+      </c>
+      <c r="P108" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>50</v>
+      </c>
+      <c r="R108" t="s">
+        <v>49</v>
+      </c>
+      <c r="S108">
+        <v>3239</v>
+      </c>
+      <c r="T108">
+        <v>280079</v>
+      </c>
+      <c r="U108">
+        <v>7640</v>
+      </c>
+      <c r="V108" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:23">
+      <c r="A109" t="s">
+        <v>15</v>
+      </c>
+      <c r="B109">
+        <v>220342</v>
+      </c>
+      <c r="C109" t="s">
+        <v>48</v>
+      </c>
+      <c r="D109" t="s">
+        <v>47</v>
+      </c>
+      <c r="E109" t="s">
+        <v>46</v>
+      </c>
+      <c r="F109" t="s">
+        <v>45</v>
+      </c>
+      <c r="G109">
+        <v>1</v>
+      </c>
+      <c r="H109" t="s">
+        <v>10</v>
+      </c>
+      <c r="J109" t="s">
+        <v>21</v>
+      </c>
+      <c r="K109" t="s">
+        <v>44</v>
+      </c>
+      <c r="L109" t="s">
+        <v>43</v>
+      </c>
+      <c r="M109" t="s">
+        <v>42</v>
+      </c>
+      <c r="N109" t="s">
+        <v>41</v>
+      </c>
+      <c r="O109" t="s">
+        <v>4</v>
+      </c>
+      <c r="P109" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>24</v>
+      </c>
+      <c r="R109" t="s">
+        <v>40</v>
+      </c>
+      <c r="S109">
+        <v>3271</v>
+      </c>
+      <c r="T109">
+        <v>280194</v>
+      </c>
+      <c r="U109">
+        <v>7672</v>
+      </c>
+      <c r="V109" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="1:23">
+      <c r="A110" t="s">
+        <v>15</v>
+      </c>
+      <c r="B110">
+        <v>220421</v>
+      </c>
+      <c r="C110" t="s">
+        <v>39</v>
+      </c>
+      <c r="D110" t="s">
+        <v>38</v>
+      </c>
+      <c r="E110" t="s">
+        <v>12</v>
+      </c>
+      <c r="F110" t="s">
+        <v>37</v>
+      </c>
+      <c r="G110">
+        <v>1</v>
+      </c>
+      <c r="H110" t="s">
+        <v>10</v>
+      </c>
+      <c r="J110" t="s">
+        <v>9</v>
+      </c>
+      <c r="L110" t="s">
+        <v>36</v>
+      </c>
+      <c r="M110" t="s">
+        <v>35</v>
+      </c>
+      <c r="N110" t="s">
+        <v>5</v>
+      </c>
+      <c r="O110" t="s">
+        <v>4</v>
+      </c>
+      <c r="P110" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>24</v>
+      </c>
+      <c r="R110" t="s">
+        <v>33</v>
+      </c>
+      <c r="S110">
+        <v>3136</v>
+      </c>
+      <c r="T110">
+        <v>283438</v>
+      </c>
+      <c r="U110">
+        <v>7533</v>
+      </c>
+      <c r="V110" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:23">
+      <c r="A111" t="s">
+        <v>15</v>
+      </c>
+      <c r="B111">
+        <v>220469</v>
+      </c>
+      <c r="C111" t="s">
+        <v>32</v>
+      </c>
+      <c r="D111" t="s">
+        <v>31</v>
+      </c>
+      <c r="E111" t="s">
+        <v>12</v>
+      </c>
+      <c r="F111" t="s">
+        <v>30</v>
+      </c>
+      <c r="G111">
+        <v>1</v>
+      </c>
+      <c r="H111" t="s">
+        <v>29</v>
+      </c>
+      <c r="J111" t="s">
+        <v>28</v>
+      </c>
+      <c r="L111" t="s">
+        <v>27</v>
+      </c>
+      <c r="M111" t="s">
+        <v>26</v>
+      </c>
+      <c r="N111" t="s">
+        <v>18</v>
+      </c>
+      <c r="O111" t="s">
+        <v>4</v>
+      </c>
+      <c r="P111" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>24</v>
+      </c>
+      <c r="R111" t="s">
+        <v>16</v>
+      </c>
+      <c r="S111">
+        <v>3267</v>
+      </c>
+      <c r="T111">
+        <v>285727</v>
+      </c>
+      <c r="U111">
+        <v>7668</v>
+      </c>
+      <c r="V111" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="1:23">
+      <c r="A112" t="s">
+        <v>15</v>
+      </c>
+      <c r="B112">
+        <v>220590</v>
+      </c>
+      <c r="C112" t="s">
+        <v>23</v>
+      </c>
+      <c r="D112" t="s">
+        <v>22</v>
+      </c>
+      <c r="E112" t="s">
+        <v>12</v>
+      </c>
+      <c r="F112" t="s">
+        <v>2</v>
+      </c>
+      <c r="G112">
+        <v>1</v>
+      </c>
+      <c r="H112" t="s">
+        <v>10</v>
+      </c>
+      <c r="J112" t="s">
+        <v>21</v>
+      </c>
+      <c r="L112" t="s">
+        <v>20</v>
+      </c>
+      <c r="M112" t="s">
+        <v>19</v>
+      </c>
+      <c r="N112" t="s">
+        <v>18</v>
+      </c>
+      <c r="O112" t="s">
+        <v>4</v>
+      </c>
+      <c r="P112" t="s">
+        <v>17</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>2</v>
+      </c>
+      <c r="R112" t="s">
+        <v>16</v>
+      </c>
+      <c r="S112">
+        <v>3304</v>
+      </c>
+      <c r="T112">
+        <v>293491</v>
+      </c>
+      <c r="U112">
+        <v>7705</v>
+      </c>
+      <c r="V112" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:23">
+      <c r="A113" t="s">
+        <v>15</v>
+      </c>
+      <c r="B113">
         <v>220658</v>
       </c>
-      <c r="C85" t="s">
-[...2 lines deleted...]
-      <c r="D85" t="s">
+      <c r="C113" t="s">
         <v>14</v>
       </c>
-      <c r="E85" t="s">
+      <c r="D113" t="s">
         <v>13</v>
       </c>
-      <c r="F85" t="s">
+      <c r="E113" t="s">
         <v>12</v>
       </c>
-      <c r="G85">
+      <c r="F113" t="s">
+        <v>11</v>
+      </c>
+      <c r="G113">
         <v>1</v>
       </c>
-      <c r="H85" t="s">
-[...5 lines deleted...]
-      <c r="K85" t="s">
+      <c r="H113" t="s">
+        <v>10</v>
+      </c>
+      <c r="J113" t="s">
         <v>9</v>
       </c>
-      <c r="L85" t="s">
+      <c r="K113" t="s">
         <v>8</v>
       </c>
-      <c r="M85" t="s">
+      <c r="L113" t="s">
         <v>7</v>
       </c>
-      <c r="N85" t="s">
+      <c r="M113" t="s">
         <v>6</v>
       </c>
-      <c r="O85" t="s">
+      <c r="N113" t="s">
         <v>5</v>
       </c>
-      <c r="P85" t="s">
+      <c r="O113" t="s">
         <v>4</v>
       </c>
-      <c r="Q85" t="s">
+      <c r="P113" t="s">
         <v>3</v>
       </c>
-      <c r="R85" t="s">
+      <c r="Q113" t="s">
         <v>2</v>
       </c>
-      <c r="S85">
+      <c r="R113" t="s">
+        <v>1</v>
+      </c>
+      <c r="S113">
         <v>3140</v>
       </c>
-      <c r="T85">
+      <c r="T113">
         <v>296896</v>
       </c>
-      <c r="U85">
+      <c r="U113">
         <v>7537</v>
       </c>
-      <c r="V85" t="s">
-[...2 lines deleted...]
-      <c r="W85" t="s">
+      <c r="V113" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:W85"/>
-  <conditionalFormatting sqref="G3:G85">
+  <autoFilter ref="A2:W113"/>
+  <conditionalFormatting sqref="G3:G113">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>