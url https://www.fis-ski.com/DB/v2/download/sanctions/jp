--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$113</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$128</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="555">
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Women's Normal Hill HS94</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
     <t>Ljubno</t>
   </si>
   <si>
     <t>NH</t>
   </si>
   <si>
     <t>WC</t>
   </si>
   <si>
     <t>10.01.2026</t>
   </si>
   <si>
     <t>10.01.2026 12:15</t>
   </si>
   <si>
@@ -190,50 +190,77 @@
   <si>
     <t>GER</t>
   </si>
   <si>
     <t>Klingenthal</t>
   </si>
   <si>
     <t>LH</t>
   </si>
   <si>
     <t>09.01.2026</t>
   </si>
   <si>
     <t>09.01.2026 18:47</t>
   </si>
   <si>
     <t>KAZ</t>
   </si>
   <si>
     <t>Artyom</t>
   </si>
   <si>
     <t>MESHKOV</t>
   </si>
   <si>
+    <t>Men's Large Hill HS100</t>
+  </si>
+  <si>
+    <t>Oberhof</t>
+  </si>
+  <si>
+    <t>08.03.2026</t>
+  </si>
+  <si>
+    <t>08.03.2026 10:13</t>
+  </si>
+  <si>
+    <t>boots + 8 mm</t>
+  </si>
+  <si>
+    <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm</t>
+  </si>
+  <si>
+    <t>CZE</t>
+  </si>
+  <si>
+    <t>Dominik</t>
+  </si>
+  <si>
+    <t>LUKES</t>
+  </si>
+  <si>
     <t>Men's Large Hill HS142</t>
   </si>
   <si>
     <t>Ruka</t>
   </si>
   <si>
     <t>COC</t>
   </si>
   <si>
     <t>14.12.2025</t>
   </si>
   <si>
     <t>14.12.2025 12:21</t>
   </si>
   <si>
     <t>SCE C 4.4.9 - Air permeability of suit material / *with possible additional explanation</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
     <t>Szymon</t>
   </si>
   <si>
     <t>SARNIAK</t>
@@ -274,65 +301,59 @@
   <si>
     <t>30.11.2025 09:24</t>
   </si>
   <si>
     <t>Minja</t>
   </si>
   <si>
     <t>KORHONEN</t>
   </si>
   <si>
     <t>Men's Normal Hill HS104</t>
   </si>
   <si>
     <t>SZCZYRK</t>
   </si>
   <si>
     <t>31.01.2026</t>
   </si>
   <si>
     <t>31.01.2026 15:00</t>
   </si>
   <si>
     <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, 30mm</t>
   </si>
   <si>
-    <t>CZE</t>
-[...1 lines deleted...]
-  <si>
     <t>Oliver</t>
   </si>
   <si>
     <t>JANDA</t>
   </si>
   <si>
     <t>Women's Normal Hill HS100</t>
   </si>
   <si>
-    <t>Oberhof</t>
-[...1 lines deleted...]
-  <si>
     <t>15.02.2026</t>
   </si>
   <si>
     <t>15.02.2026 16:00</t>
   </si>
   <si>
     <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, 2 cm</t>
   </si>
   <si>
     <t>FRA</t>
   </si>
   <si>
     <t>Capucine</t>
   </si>
   <si>
     <t>MESNIL</t>
   </si>
   <si>
     <t>Women's Large Hill HS140</t>
   </si>
   <si>
     <t>Lillehammer</t>
   </si>
   <si>
     <t>22.11.2025</t>
@@ -358,71 +379,86 @@
   <si>
     <t>Sapporo Okuraymama</t>
   </si>
   <si>
     <t>10.01.2026 11:35</t>
   </si>
   <si>
     <t>KOR</t>
   </si>
   <si>
     <t>Sunwoong</t>
   </si>
   <si>
     <t>JANG</t>
   </si>
   <si>
     <t>Sapporo</t>
   </si>
   <si>
     <t>17.01.2026</t>
   </si>
   <si>
     <t>17.01.2026 15:24</t>
   </si>
   <si>
-    <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm</t>
-[...1 lines deleted...]
-  <si>
     <t>Ziga</t>
   </si>
   <si>
     <t>JANCAR</t>
   </si>
   <si>
     <t>10.01.2026 17:47</t>
   </si>
   <si>
     <t>Suit exceeds allowed size by 30 mm</t>
   </si>
   <si>
     <t>Azbe</t>
   </si>
   <si>
     <t>REMIC</t>
   </si>
   <si>
+    <t>Men's Large Hill HS130</t>
+  </si>
+  <si>
+    <t>Lahti</t>
+  </si>
+  <si>
+    <t>06.03.2026</t>
+  </si>
+  <si>
+    <t>06.03.2026 15:35</t>
+  </si>
+  <si>
+    <t>Timi</t>
+  </si>
+  <si>
+    <t>HEISKANEN</t>
+  </si>
+  <si>
     <t>Notodden</t>
   </si>
   <si>
     <t>13.12.2025</t>
   </si>
   <si>
     <t>13.12.2025 13:51</t>
   </si>
   <si>
     <t>Boot +0,5cm</t>
   </si>
   <si>
     <t>Brage</t>
   </si>
   <si>
     <t>STENSLAND-LARSEN</t>
   </si>
   <si>
     <t>Women's Normal Hill HS98 Qualification</t>
   </si>
   <si>
     <t>05.01.2026 13:11</t>
   </si>
   <si>
     <t>Disqualification (DSQ), Disqualification (DSQ)</t>
@@ -514,86 +550,125 @@
   <si>
     <t>15.01.2026</t>
   </si>
   <si>
     <t>15.01.2026 17:25</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, + 50 mm</t>
   </si>
   <si>
     <t>Josie</t>
   </si>
   <si>
     <t>JOHNSON</t>
   </si>
   <si>
     <t>SUI</t>
   </si>
   <si>
     <t>Noah</t>
   </si>
   <si>
     <t>STUDER</t>
   </si>
   <si>
+    <t>Men's Flying Hill HS235 Qualification</t>
+  </si>
+  <si>
+    <t>Kulm</t>
+  </si>
+  <si>
+    <t>FH</t>
+  </si>
+  <si>
+    <t>27.02.2026</t>
+  </si>
+  <si>
+    <t>27.02.2026 14:32</t>
+  </si>
+  <si>
+    <t>Isak Andreas</t>
+  </si>
+  <si>
+    <t>LANGMO</t>
+  </si>
+  <si>
     <t>Men's Normal Hill HS100</t>
   </si>
   <si>
     <t>15.02.2026 09:45</t>
   </si>
   <si>
     <t>SCE C 4.4.7 - Crotch control, NPS</t>
   </si>
   <si>
     <t>Anoki</t>
   </si>
   <si>
     <t>POURADIER</t>
   </si>
   <si>
+    <t>06.03.2026 15:45</t>
+  </si>
+  <si>
+    <t>Svyatoslav</t>
+  </si>
+  <si>
+    <t>NAZARENKO</t>
+  </si>
+  <si>
     <t>01.02.2026</t>
   </si>
   <si>
     <t>01.02.2026 11:00</t>
   </si>
   <si>
     <t>Jaka</t>
   </si>
   <si>
     <t>DRINOVEC</t>
   </si>
   <si>
     <t>14.12.2025 12:30</t>
   </si>
   <si>
     <t>Bryce</t>
   </si>
   <si>
     <t>KLOC</t>
   </si>
   <si>
+    <t>07.03.2026</t>
+  </si>
+  <si>
+    <t>07.03.2026 12:20</t>
+  </si>
+  <si>
+    <t>Suit tolerance 20 mm</t>
+  </si>
+  <si>
     <t>Men's Large Hill HS140 Qualification</t>
   </si>
   <si>
     <t>Engelberg</t>
   </si>
   <si>
     <t>19.12.2025</t>
   </si>
   <si>
     <t>19.12.2025 16:12</t>
   </si>
   <si>
     <t>SCE C 2.2 - Binding – Incorrect placement of binding</t>
   </si>
   <si>
     <t>Ilya</t>
   </si>
   <si>
     <t>MIZERNYKH</t>
   </si>
   <si>
     <t>Men's Large Hill HS142 Qualification</t>
   </si>
   <si>
     <t>Bischofshofen</t>
@@ -733,50 +808,62 @@
   <si>
     <t>LYU</t>
   </si>
   <si>
     <t>13.01.2026</t>
   </si>
   <si>
     <t>13.01.2026 19:32</t>
   </si>
   <si>
     <t>SCE C 4.4.6 - Leg length, 6mm</t>
   </si>
   <si>
     <t>21.12.2025</t>
   </si>
   <si>
     <t>21.12.2025 16:05</t>
   </si>
   <si>
     <t>Erik</t>
   </si>
   <si>
     <t>BELSHAW</t>
   </si>
   <si>
+    <t>08.03.2026 10:39</t>
+  </si>
+  <si>
+    <t>suit tolerance + 20 mm</t>
+  </si>
+  <si>
+    <t>Maksim</t>
+  </si>
+  <si>
+    <t>BARTOLJ</t>
+  </si>
+  <si>
     <t>20.12.2025</t>
   </si>
   <si>
     <t>20.12.2025 12:01</t>
   </si>
   <si>
     <t>Tamara</t>
   </si>
   <si>
     <t>MESIKOVA</t>
   </si>
   <si>
     <t>21.12.2025 10:22</t>
   </si>
   <si>
     <t>10.01.2026 11:45</t>
   </si>
   <si>
     <t>Adrian</t>
   </si>
   <si>
     <t>TITTEL</t>
   </si>
   <si>
     <t>Juri</t>
@@ -814,50 +901,62 @@
   <si>
     <t>UNGLAUBE</t>
   </si>
   <si>
     <t>15.02.2026 10:00</t>
   </si>
   <si>
     <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, 3 cm</t>
   </si>
   <si>
     <t>Louis</t>
   </si>
   <si>
     <t>OBERSTEINER</t>
   </si>
   <si>
     <t>Suit exceeds allowed size by 40 mm</t>
   </si>
   <si>
     <t>Ari</t>
   </si>
   <si>
     <t>REPELLIN</t>
   </si>
   <si>
+    <t>07.03.2026 12:44</t>
+  </si>
+  <si>
+    <t>leg length - 5 mm</t>
+  </si>
+  <si>
+    <t>Gorazd</t>
+  </si>
+  <si>
+    <t>ZAVRSNIK</t>
+  </si>
+  <si>
     <t>Women's Normal Hill HS94 Qualification</t>
   </si>
   <si>
     <t>09.01.2026 12:15</t>
   </si>
   <si>
     <t>ROU</t>
   </si>
   <si>
     <t>Delia Anamaria</t>
   </si>
   <si>
     <t>FOLEA</t>
   </si>
   <si>
     <t>04.12.2025 13:01</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, 1cm</t>
   </si>
   <si>
     <t>Nika</t>
   </si>
   <si>
     <t>PREVC</t>
@@ -916,50 +1015,56 @@
   <si>
     <t>11.01.2026 13:31</t>
   </si>
   <si>
     <t>Ski tip too flat</t>
   </si>
   <si>
     <t>SCE C 1.2.1.3 - Ski tip curve / Ski tip too flat</t>
   </si>
   <si>
     <t>Martina</t>
   </si>
   <si>
     <t>ZANITZER</t>
   </si>
   <si>
     <t>13.01.2026 20:38</t>
   </si>
   <si>
     <t>Filip</t>
   </si>
   <si>
     <t>KRENEK</t>
   </si>
   <si>
+    <t>07.03.2026 12:12</t>
+  </si>
+  <si>
+    <t>Suit Tolerance 20 mm</t>
+  </si>
+  <si>
     <t>08.02.2026 14:15</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>RYGL</t>
   </si>
   <si>
     <t>21.12.2025 15:02</t>
   </si>
   <si>
     <t>Danil</t>
   </si>
   <si>
     <t>VASSILYEV</t>
   </si>
   <si>
     <t>22.11.2025 15:12</t>
   </si>
   <si>
     <t>Kasperi</t>
   </si>
   <si>
     <t>VALTO</t>
@@ -1043,50 +1148,62 @@
     <t>Sophie</t>
   </si>
   <si>
     <t>KOTHBAUER</t>
   </si>
   <si>
     <t>13.12.2025 13:12</t>
   </si>
   <si>
     <t>Rok</t>
   </si>
   <si>
     <t>MASLE</t>
   </si>
   <si>
     <t>Zakopane</t>
   </si>
   <si>
     <t>10.01.2026 14:15</t>
   </si>
   <si>
     <t>Nurshat</t>
   </si>
   <si>
     <t>TURSUNZHANOV</t>
+  </si>
+  <si>
+    <t>Men's Super Team Large Hill HS130</t>
+  </si>
+  <si>
+    <t>STL</t>
+  </si>
+  <si>
+    <t>08.03.2026 16:07</t>
+  </si>
+  <si>
+    <t>Violation of SCE C 3.1.1 + 3mm. Team event, so the entire team KAZ DSQ'd.</t>
   </si>
   <si>
     <t>30.11.2025 09:20</t>
   </si>
   <si>
     <t>Veronika</t>
   </si>
   <si>
     <t>SHISHKINA</t>
   </si>
   <si>
     <t>12.12.2025 14:30</t>
   </si>
   <si>
     <t>24.01.2026 14:20</t>
   </si>
   <si>
     <t>Matija</t>
   </si>
   <si>
     <t>VIDIC</t>
   </si>
   <si>
     <t>Women's Large Hill HS137</t>
   </si>
@@ -1155,137 +1272,164 @@
   <si>
     <t>Willingen</t>
   </si>
   <si>
     <t>31.01.2026 12:41</t>
   </si>
   <si>
     <t>Eetu</t>
   </si>
   <si>
     <t>NOUSIAINEN</t>
   </si>
   <si>
     <t>27.12.2025 15:52</t>
   </si>
   <si>
     <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm, +7 mm</t>
   </si>
   <si>
     <t>Sergey</t>
   </si>
   <si>
     <t>TKACHENKO</t>
   </si>
   <si>
+    <t>08.03.2026 16:20</t>
+  </si>
+  <si>
+    <t>Ski length too long + 1cm. Team event so the entire team JPN was DSQ'd.</t>
+  </si>
+  <si>
+    <t>Ren</t>
+  </si>
+  <si>
+    <t>NIKAIDO</t>
+  </si>
+  <si>
     <t>Men's Large Hill HS147</t>
   </si>
   <si>
     <t>31.01.2026 17:53</t>
   </si>
   <si>
     <t>Yevhen</t>
   </si>
   <si>
     <t>MARUSIAK</t>
   </si>
   <si>
     <t>15.02.2026 10:25</t>
   </si>
   <si>
     <t>Luca</t>
   </si>
   <si>
     <t>ROTH</t>
   </si>
   <si>
     <t>06.01.2026 14:41</t>
   </si>
   <si>
     <t>Josephine</t>
   </si>
   <si>
     <t>PAGNIER</t>
   </si>
   <si>
     <t>29.12.2025</t>
   </si>
   <si>
     <t>29.12.2025 18:45</t>
   </si>
   <si>
     <t>SCE C 4.4.6 - Leg length, Leg length - 3 mm</t>
   </si>
   <si>
-    <t>Timi</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAJC</t>
   </si>
   <si>
     <t>01.01.2026 14:20</t>
   </si>
   <si>
+    <t>06.03.2026 16:50</t>
+  </si>
+  <si>
+    <t>SCE C 1.2.1.1 - Ski length / Too long ski, Too long skis + 1cm</t>
+  </si>
+  <si>
+    <t>Domen</t>
+  </si>
+  <si>
     <t>19.12.2025 15:56</t>
   </si>
   <si>
     <t>Daniel Andrei</t>
   </si>
   <si>
     <t>CACINA</t>
   </si>
   <si>
     <t>19.12.2025 16:27</t>
   </si>
   <si>
     <t>Antti</t>
   </si>
   <si>
     <t>AALTO</t>
   </si>
   <si>
     <t>Men's Large Hill HS128 Qualification</t>
   </si>
   <si>
     <t>Innsbruck</t>
   </si>
   <si>
     <t>03.01.2026</t>
   </si>
   <si>
     <t>03.01.2026 16:00</t>
   </si>
   <si>
     <t>ICR 441.5.4 - Fluorinated wax, 222.8  Positive to fluorinated wax (DR - Diffuse Reflectance)</t>
   </si>
   <si>
     <t>Pawel</t>
   </si>
   <si>
     <t>WASEK</t>
   </si>
   <si>
+    <t>06.03.2026 15:37</t>
+  </si>
+  <si>
+    <t>Nikita</t>
+  </si>
+  <si>
+    <t>DEVYATKIN</t>
+  </si>
+  <si>
     <t>31.12.2025 17:05</t>
   </si>
   <si>
     <t>Halvor Egner</t>
   </si>
   <si>
     <t>GRANERUD</t>
   </si>
   <si>
     <t>Women's Large Hill HS142</t>
   </si>
   <si>
     <t>31.12.2025 14:18</t>
   </si>
   <si>
     <t>Additional shoe lift inside stocking of one foot.</t>
   </si>
   <si>
     <t>Other, 222.5 Basic Equipment Rules</t>
   </si>
   <si>
     <t>Anna Odine</t>
   </si>
   <si>
     <t>STROEM</t>
@@ -1333,50 +1477,65 @@
     <t>Janni</t>
   </si>
   <si>
     <t>REISENAUER</t>
   </si>
   <si>
     <t>07.02.2026 11:46</t>
   </si>
   <si>
     <t>50 mm</t>
   </si>
   <si>
     <t>Clemens</t>
   </si>
   <si>
     <t>LEITNER</t>
   </si>
   <si>
     <t>21.12.2025 11:48</t>
   </si>
   <si>
     <t>Daniela Vasilica</t>
   </si>
   <si>
     <t>TOTH</t>
+  </si>
+  <si>
+    <t>07.03.2026 12:26</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>HAMANN</t>
+  </si>
+  <si>
+    <t>Anze</t>
+  </si>
+  <si>
+    <t>LANISEK</t>
   </si>
   <si>
     <t>23.11.2025 15:10</t>
   </si>
   <si>
     <t>TUR</t>
   </si>
   <si>
     <t>Fatih Arda</t>
   </si>
   <si>
     <t>IPCIOGLU</t>
   </si>
   <si>
     <t>14.12.2025 16:04</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, SCE 1.2.1.1 - Ski too long - 1 cm</t>
   </si>
   <si>
     <t>Disqualification (DSQ), Disqualification (DSQ), Disqualification (DSQ)</t>
   </si>
   <si>
     <t>01.01.2026 14:47</t>
   </si>
@@ -1914,7111 +2073,8062 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W113"/>
+  <dimension ref="A1:W128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="110.83" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="542.582" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="21.281" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
-        <v>501</v>
+        <v>554</v>
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="1" t="s">
-        <v>500</v>
+        <v>553</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>499</v>
+        <v>552</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>498</v>
+        <v>551</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>497</v>
+        <v>550</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>496</v>
+        <v>549</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>495</v>
+        <v>548</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>494</v>
+        <v>547</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>493</v>
+        <v>546</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>492</v>
+        <v>545</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>491</v>
+        <v>544</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>490</v>
+        <v>543</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>489</v>
+        <v>542</v>
       </c>
       <c r="M2" s="1" t="s">
-        <v>488</v>
+        <v>541</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>487</v>
+        <v>540</v>
       </c>
       <c r="O2" s="1" t="s">
-        <v>486</v>
+        <v>539</v>
       </c>
       <c r="P2" s="1" t="s">
-        <v>485</v>
+        <v>538</v>
       </c>
       <c r="Q2" s="1" t="s">
-        <v>484</v>
+        <v>537</v>
       </c>
       <c r="R2" s="1" t="s">
-        <v>483</v>
+        <v>536</v>
       </c>
       <c r="S2" s="1" t="s">
-        <v>482</v>
+        <v>535</v>
       </c>
       <c r="T2" s="1" t="s">
-        <v>481</v>
+        <v>534</v>
       </c>
       <c r="U2" s="1" t="s">
-        <v>480</v>
+        <v>533</v>
       </c>
       <c r="V2" s="1" t="s">
-        <v>479</v>
+        <v>532</v>
       </c>
       <c r="W2" s="1" t="s">
-        <v>478</v>
+        <v>531</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3" t="s">
-        <v>477</v>
+        <v>530</v>
       </c>
       <c r="D3" t="s">
-        <v>476</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
         <v>46</v>
       </c>
       <c r="F3" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3" t="s">
         <v>10</v>
       </c>
       <c r="J3" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="L3" t="s">
-        <v>187</v>
+        <v>212</v>
       </c>
       <c r="M3" t="s">
         <v>35</v>
       </c>
       <c r="N3" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="O3" t="s">
         <v>52</v>
       </c>
       <c r="P3" t="s">
-        <v>186</v>
+        <v>211</v>
       </c>
       <c r="Q3" t="s">
         <v>24</v>
       </c>
       <c r="R3" t="s">
-        <v>185</v>
+        <v>210</v>
       </c>
       <c r="S3">
         <v>3109</v>
       </c>
       <c r="T3">
         <v>10064</v>
       </c>
       <c r="U3">
         <v>7506</v>
       </c>
       <c r="V3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4">
         <v>4678</v>
       </c>
       <c r="C4" t="s">
-        <v>475</v>
+        <v>528</v>
       </c>
       <c r="D4" t="s">
-        <v>474</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
         <v>46</v>
       </c>
       <c r="F4" t="s">
         <v>45</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="s">
         <v>10</v>
       </c>
       <c r="J4" t="s">
-        <v>143</v>
+        <v>155</v>
       </c>
       <c r="L4" t="s">
-        <v>473</v>
+        <v>526</v>
       </c>
       <c r="M4" t="s">
-        <v>239</v>
+        <v>268</v>
       </c>
       <c r="N4" t="s">
         <v>5</v>
       </c>
       <c r="O4" t="s">
         <v>52</v>
       </c>
       <c r="P4" t="s">
-        <v>179</v>
+        <v>204</v>
       </c>
       <c r="Q4" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
       <c r="R4" t="s">
         <v>49</v>
       </c>
       <c r="S4">
         <v>3098</v>
       </c>
       <c r="T4">
         <v>78803</v>
       </c>
       <c r="U4">
         <v>7495</v>
       </c>
       <c r="V4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5">
         <v>1952</v>
       </c>
       <c r="C5" t="s">
-        <v>472</v>
+        <v>525</v>
       </c>
       <c r="D5" t="s">
-        <v>471</v>
+        <v>524</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>50</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" t="s">
         <v>10</v>
       </c>
       <c r="J5" t="s">
-        <v>294</v>
+        <v>327</v>
       </c>
       <c r="L5" t="s">
-        <v>470</v>
+        <v>523</v>
       </c>
       <c r="M5" t="s">
-        <v>188</v>
+        <v>213</v>
       </c>
       <c r="N5" t="s">
         <v>5</v>
       </c>
       <c r="O5" t="s">
         <v>52</v>
       </c>
       <c r="P5" t="s">
         <v>51</v>
       </c>
       <c r="Q5" t="s">
         <v>50</v>
       </c>
       <c r="R5" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="S5">
         <v>3225</v>
       </c>
       <c r="T5">
         <v>97562</v>
       </c>
       <c r="U5">
         <v>7626</v>
       </c>
       <c r="V5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6">
         <v>5168</v>
       </c>
       <c r="C6" t="s">
-        <v>469</v>
+        <v>522</v>
       </c>
       <c r="D6" t="s">
-        <v>468</v>
+        <v>521</v>
       </c>
       <c r="E6" t="s">
         <v>46</v>
       </c>
       <c r="F6" t="s">
-        <v>467</v>
+        <v>520</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6" t="s">
         <v>10</v>
       </c>
       <c r="J6" t="s">
-        <v>421</v>
+        <v>469</v>
       </c>
       <c r="L6" t="s">
-        <v>466</v>
+        <v>519</v>
       </c>
       <c r="M6" t="s">
-        <v>235</v>
+        <v>260</v>
       </c>
       <c r="N6" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="O6" t="s">
         <v>52</v>
       </c>
       <c r="P6" t="s">
-        <v>179</v>
+        <v>204</v>
       </c>
       <c r="Q6" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
       <c r="R6" t="s">
-        <v>178</v>
+        <v>203</v>
       </c>
       <c r="S6">
         <v>3100</v>
       </c>
       <c r="T6">
         <v>111930</v>
       </c>
       <c r="U6">
         <v>7497</v>
       </c>
       <c r="V6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7">
         <v>5331</v>
       </c>
       <c r="C7" t="s">
-        <v>465</v>
+        <v>518</v>
       </c>
       <c r="D7" t="s">
-        <v>464</v>
+        <v>517</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7" t="s">
         <v>10</v>
       </c>
       <c r="J7" t="s">
-        <v>463</v>
+        <v>516</v>
       </c>
       <c r="L7" t="s">
-        <v>462</v>
+        <v>515</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>18</v>
       </c>
       <c r="O7" t="s">
         <v>4</v>
       </c>
       <c r="P7" t="s">
         <v>25</v>
       </c>
       <c r="Q7" t="s">
         <v>24</v>
       </c>
       <c r="R7" t="s">
         <v>16</v>
       </c>
       <c r="S7">
         <v>3267</v>
       </c>
       <c r="T7">
         <v>120490</v>
       </c>
       <c r="U7">
         <v>7668</v>
       </c>
       <c r="V7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8">
         <v>5451</v>
       </c>
       <c r="C8" t="s">
-        <v>461</v>
+        <v>514</v>
       </c>
       <c r="D8" t="s">
-        <v>460</v>
+        <v>513</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8" t="s">
         <v>10</v>
       </c>
       <c r="J8" t="s">
-        <v>114</v>
+        <v>63</v>
       </c>
       <c r="L8" t="s">
-        <v>459</v>
+        <v>512</v>
       </c>
       <c r="M8" t="s">
-        <v>317</v>
+        <v>352</v>
       </c>
       <c r="N8" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="O8" t="s">
         <v>52</v>
       </c>
       <c r="P8" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="Q8" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="R8" t="s">
-        <v>316</v>
+        <v>351</v>
       </c>
       <c r="S8">
         <v>3115</v>
       </c>
       <c r="T8">
         <v>126003</v>
       </c>
       <c r="U8">
         <v>7512</v>
       </c>
       <c r="V8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>15</v>
       </c>
       <c r="B9">
         <v>5497</v>
       </c>
       <c r="C9" t="s">
-        <v>458</v>
+        <v>511</v>
       </c>
       <c r="D9" t="s">
-        <v>457</v>
+        <v>510</v>
       </c>
       <c r="E9" t="s">
         <v>46</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9" t="s">
         <v>10</v>
       </c>
       <c r="J9" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="L9" t="s">
-        <v>456</v>
+        <v>509</v>
       </c>
       <c r="M9" t="s">
-        <v>455</v>
+        <v>508</v>
       </c>
       <c r="N9" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="O9" t="s">
         <v>52</v>
       </c>
       <c r="P9" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="Q9" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="R9" t="s">
-        <v>316</v>
+        <v>351</v>
       </c>
       <c r="S9">
         <v>3117</v>
       </c>
       <c r="T9">
         <v>128286</v>
       </c>
       <c r="U9">
         <v>7514</v>
       </c>
       <c r="V9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>15</v>
       </c>
       <c r="B10">
         <v>5805</v>
       </c>
       <c r="C10" t="s">
-        <v>454</v>
+        <v>507</v>
       </c>
       <c r="D10" t="s">
-        <v>453</v>
+        <v>506</v>
       </c>
       <c r="E10" t="s">
         <v>46</v>
       </c>
       <c r="F10" t="s">
         <v>45</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10" t="s">
         <v>10</v>
       </c>
       <c r="J10" t="s">
-        <v>452</v>
+        <v>505</v>
       </c>
       <c r="L10" t="s">
-        <v>451</v>
+        <v>504</v>
       </c>
       <c r="M10" t="s">
-        <v>423</v>
+        <v>471</v>
       </c>
       <c r="N10" t="s">
         <v>41</v>
       </c>
       <c r="O10" t="s">
         <v>4</v>
       </c>
       <c r="P10" t="s">
-        <v>250</v>
+        <v>279</v>
       </c>
       <c r="Q10" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
       <c r="R10" t="s">
-        <v>249</v>
+        <v>278</v>
       </c>
       <c r="S10">
         <v>3252</v>
       </c>
       <c r="T10">
         <v>136847</v>
       </c>
       <c r="U10">
         <v>7653</v>
       </c>
       <c r="V10" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11">
         <v>5883</v>
       </c>
       <c r="C11" t="s">
-        <v>450</v>
+        <v>503</v>
       </c>
       <c r="D11" t="s">
-        <v>449</v>
+        <v>502</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>50</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11" t="s">
         <v>10</v>
       </c>
       <c r="J11" t="s">
-        <v>448</v>
+        <v>501</v>
       </c>
       <c r="L11" t="s">
-        <v>447</v>
+        <v>500</v>
       </c>
       <c r="M11" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="N11" t="s">
         <v>5</v>
       </c>
       <c r="O11" t="s">
         <v>52</v>
       </c>
       <c r="P11" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="Q11" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="R11" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="S11">
         <v>3064</v>
       </c>
       <c r="T11">
         <v>138378</v>
       </c>
       <c r="U11">
         <v>7461</v>
       </c>
       <c r="V11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>6177</v>
       </c>
       <c r="C12" t="s">
-        <v>442</v>
+        <v>495</v>
       </c>
       <c r="D12" t="s">
-        <v>441</v>
+        <v>494</v>
       </c>
       <c r="E12" t="s">
         <v>46</v>
       </c>
       <c r="F12" t="s">
-        <v>440</v>
+        <v>493</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12" t="s">
         <v>10</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="L12" t="s">
-        <v>446</v>
+        <v>499</v>
       </c>
       <c r="M12" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="N12" t="s">
         <v>5</v>
       </c>
       <c r="O12" t="s">
         <v>52</v>
       </c>
       <c r="P12" t="s">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="Q12" t="s">
         <v>50</v>
       </c>
       <c r="R12" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="S12">
         <v>3106</v>
       </c>
       <c r="T12">
         <v>151263</v>
       </c>
       <c r="U12">
         <v>7503</v>
       </c>
       <c r="V12" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13">
         <v>6177</v>
       </c>
       <c r="C13" t="s">
-        <v>442</v>
+        <v>495</v>
       </c>
       <c r="D13" t="s">
-        <v>441</v>
+        <v>494</v>
       </c>
       <c r="E13" t="s">
         <v>46</v>
       </c>
       <c r="F13" t="s">
-        <v>440</v>
+        <v>493</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13" t="s">
-        <v>445</v>
+        <v>498</v>
       </c>
       <c r="J13" t="s">
-        <v>444</v>
+        <v>497</v>
       </c>
       <c r="L13" t="s">
-        <v>443</v>
+        <v>496</v>
       </c>
       <c r="M13" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="N13" t="s">
         <v>5</v>
       </c>
       <c r="O13" t="s">
         <v>52</v>
       </c>
       <c r="P13" t="s">
         <v>51</v>
       </c>
       <c r="Q13" t="s">
         <v>50</v>
       </c>
       <c r="R13" t="s">
         <v>49</v>
       </c>
       <c r="S13">
         <v>3228</v>
       </c>
       <c r="T13">
         <v>151263</v>
       </c>
       <c r="U13">
         <v>7629</v>
       </c>
       <c r="V13" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14">
         <v>6177</v>
       </c>
       <c r="C14" t="s">
-        <v>442</v>
+        <v>495</v>
       </c>
       <c r="D14" t="s">
-        <v>441</v>
+        <v>494</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
-        <v>440</v>
+        <v>493</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14" t="s">
         <v>10</v>
       </c>
       <c r="J14" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="L14" t="s">
-        <v>439</v>
+        <v>492</v>
       </c>
       <c r="M14" t="s">
-        <v>195</v>
+        <v>220</v>
       </c>
       <c r="N14" t="s">
         <v>5</v>
       </c>
       <c r="O14" t="s">
         <v>52</v>
       </c>
       <c r="P14" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="Q14" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="R14" t="s">
         <v>49</v>
       </c>
       <c r="S14">
         <v>3069</v>
       </c>
       <c r="T14">
         <v>151263</v>
       </c>
       <c r="U14">
         <v>7466</v>
       </c>
       <c r="V14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
-        <v>6563</v>
+        <v>6437</v>
       </c>
       <c r="C15" t="s">
-        <v>438</v>
+        <v>491</v>
       </c>
       <c r="D15" t="s">
-        <v>437</v>
+        <v>490</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F15" t="s">
-        <v>268</v>
+        <v>2</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="H15" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="J15" t="s">
-        <v>421</v>
+        <v>28</v>
       </c>
       <c r="L15" t="s">
-        <v>436</v>
+        <v>182</v>
       </c>
       <c r="M15" t="s">
-        <v>235</v>
+        <v>181</v>
       </c>
       <c r="N15" t="s">
-        <v>5</v>
+        <v>85</v>
       </c>
       <c r="O15" t="s">
-        <v>52</v>
+        <v>180</v>
       </c>
       <c r="P15" t="s">
         <v>179</v>
       </c>
       <c r="Q15" t="s">
-        <v>163</v>
+        <v>24</v>
       </c>
       <c r="R15" t="s">
-        <v>97</v>
+        <v>178</v>
       </c>
       <c r="S15">
-        <v>3101</v>
+        <v>3155</v>
       </c>
       <c r="T15">
-        <v>166476</v>
+        <v>162711</v>
       </c>
       <c r="U15">
-        <v>7498</v>
+        <v>7552</v>
       </c>
       <c r="V15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>6711</v>
+        <v>6551</v>
       </c>
       <c r="C16" t="s">
-        <v>435</v>
+        <v>489</v>
       </c>
       <c r="D16" t="s">
-        <v>434</v>
+        <v>488</v>
       </c>
       <c r="E16" t="s">
         <v>46</v>
       </c>
       <c r="F16" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="H16" t="s">
         <v>10</v>
       </c>
       <c r="J16" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>433</v>
+        <v>72</v>
       </c>
       <c r="L16" t="s">
-        <v>432</v>
+        <v>487</v>
       </c>
       <c r="M16" t="s">
-        <v>42</v>
+        <v>200</v>
       </c>
       <c r="N16" t="s">
         <v>41</v>
       </c>
       <c r="O16" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P16" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="Q16" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="R16" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="S16">
-        <v>3271</v>
+        <v>3236</v>
       </c>
       <c r="T16">
-        <v>174348</v>
+        <v>166435</v>
       </c>
       <c r="U16">
-        <v>7672</v>
+        <v>7637</v>
       </c>
       <c r="V16" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>15</v>
       </c>
       <c r="B17">
-        <v>6715</v>
+        <v>6563</v>
       </c>
       <c r="C17" t="s">
-        <v>431</v>
+        <v>486</v>
       </c>
       <c r="D17" t="s">
-        <v>430</v>
+        <v>485</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>24</v>
+        <v>301</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
       <c r="H17" t="s">
         <v>10</v>
       </c>
       <c r="J17" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>429</v>
+        <v>469</v>
       </c>
       <c r="L17" t="s">
-        <v>117</v>
+        <v>484</v>
       </c>
       <c r="M17" t="s">
-        <v>6</v>
+        <v>260</v>
       </c>
       <c r="N17" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O17" t="s">
         <v>52</v>
       </c>
       <c r="P17" t="s">
-        <v>51</v>
+        <v>204</v>
       </c>
       <c r="Q17" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="R17" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="S17">
-        <v>3238</v>
+        <v>3101</v>
       </c>
       <c r="T17">
-        <v>174516</v>
+        <v>166476</v>
       </c>
       <c r="U17">
-        <v>7639</v>
+        <v>7498</v>
       </c>
       <c r="V17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>15</v>
       </c>
       <c r="B18">
-        <v>6758</v>
+        <v>6711</v>
       </c>
       <c r="C18" t="s">
-        <v>427</v>
+        <v>483</v>
       </c>
       <c r="D18" t="s">
-        <v>426</v>
+        <v>482</v>
       </c>
       <c r="E18" t="s">
         <v>46</v>
       </c>
       <c r="F18" t="s">
-        <v>135</v>
+        <v>24</v>
       </c>
       <c r="G18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H18" t="s">
         <v>10</v>
       </c>
       <c r="J18" t="s">
-        <v>28</v>
+        <v>21</v>
+      </c>
+      <c r="K18" t="s">
+        <v>481</v>
       </c>
       <c r="L18" t="s">
-        <v>428</v>
+        <v>480</v>
       </c>
       <c r="M18" t="s">
-        <v>239</v>
+        <v>42</v>
       </c>
       <c r="N18" t="s">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="O18" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P18" t="s">
-        <v>179</v>
+        <v>34</v>
       </c>
       <c r="Q18" t="s">
-        <v>163</v>
+        <v>24</v>
       </c>
       <c r="R18" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="S18">
-        <v>3098</v>
+        <v>3271</v>
       </c>
       <c r="T18">
-        <v>175089</v>
+        <v>174348</v>
       </c>
       <c r="U18">
-        <v>7495</v>
+        <v>7672</v>
       </c>
       <c r="V18" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>15</v>
       </c>
       <c r="B19">
-        <v>6758</v>
+        <v>6715</v>
       </c>
       <c r="C19" t="s">
-        <v>427</v>
+        <v>479</v>
       </c>
       <c r="D19" t="s">
-        <v>426</v>
+        <v>478</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
-        <v>135</v>
+        <v>24</v>
       </c>
       <c r="G19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H19" t="s">
         <v>10</v>
       </c>
       <c r="J19" t="s">
-        <v>425</v>
+        <v>21</v>
+      </c>
+      <c r="K19" t="s">
+        <v>477</v>
       </c>
       <c r="L19" t="s">
-        <v>424</v>
+        <v>123</v>
       </c>
       <c r="M19" t="s">
-        <v>423</v>
+        <v>6</v>
       </c>
       <c r="N19" t="s">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="O19" t="s">
         <v>52</v>
       </c>
       <c r="P19" t="s">
-        <v>202</v>
+        <v>51</v>
       </c>
       <c r="Q19" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="R19" t="s">
-        <v>422</v>
+        <v>49</v>
       </c>
       <c r="S19">
-        <v>3089</v>
+        <v>3238</v>
       </c>
       <c r="T19">
-        <v>175089</v>
+        <v>174516</v>
       </c>
       <c r="U19">
-        <v>7486</v>
+        <v>7639</v>
       </c>
       <c r="V19" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
         <v>15</v>
       </c>
       <c r="B20">
-        <v>6807</v>
+        <v>6758</v>
       </c>
       <c r="C20" t="s">
-        <v>419</v>
+        <v>475</v>
       </c>
       <c r="D20" t="s">
-        <v>418</v>
+        <v>474</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
+        <v>147</v>
+      </c>
+      <c r="G20">
+        <v>0</v>
+      </c>
+      <c r="H20" t="s">
+        <v>10</v>
+      </c>
+      <c r="J20" t="s">
+        <v>28</v>
+      </c>
+      <c r="L20" t="s">
+        <v>476</v>
+      </c>
+      <c r="M20" t="s">
         <v>268</v>
       </c>
-      <c r="G20">
-[...13 lines deleted...]
-      </c>
       <c r="N20" t="s">
-        <v>76</v>
+        <v>5</v>
       </c>
       <c r="O20" t="s">
         <v>52</v>
       </c>
       <c r="P20" t="s">
-        <v>179</v>
+        <v>204</v>
       </c>
       <c r="Q20" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
       <c r="R20" t="s">
-        <v>178</v>
+        <v>49</v>
       </c>
       <c r="S20">
-        <v>3100</v>
+        <v>3098</v>
       </c>
       <c r="T20">
-        <v>178038</v>
+        <v>175089</v>
       </c>
       <c r="U20">
-        <v>7497</v>
+        <v>7495</v>
       </c>
       <c r="V20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>15</v>
       </c>
       <c r="B21">
-        <v>6807</v>
+        <v>6758</v>
       </c>
       <c r="C21" t="s">
-        <v>419</v>
+        <v>475</v>
       </c>
       <c r="D21" t="s">
-        <v>418</v>
+        <v>474</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" t="s">
-        <v>268</v>
+        <v>147</v>
       </c>
       <c r="G21">
         <v>2</v>
       </c>
       <c r="H21" t="s">
         <v>10</v>
       </c>
       <c r="J21" t="s">
-        <v>28</v>
+        <v>473</v>
       </c>
       <c r="L21" t="s">
-        <v>417</v>
+        <v>472</v>
       </c>
       <c r="M21" t="s">
-        <v>180</v>
+        <v>471</v>
       </c>
       <c r="N21" t="s">
-        <v>76</v>
+        <v>5</v>
       </c>
       <c r="O21" t="s">
         <v>52</v>
       </c>
       <c r="P21" t="s">
-        <v>179</v>
+        <v>227</v>
       </c>
       <c r="Q21" t="s">
-        <v>163</v>
+        <v>73</v>
       </c>
       <c r="R21" t="s">
-        <v>178</v>
+        <v>470</v>
       </c>
       <c r="S21">
-        <v>3096</v>
+        <v>3089</v>
       </c>
       <c r="T21">
-        <v>178038</v>
+        <v>175089</v>
       </c>
       <c r="U21">
-        <v>7493</v>
+        <v>7486</v>
       </c>
       <c r="V21" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
         <v>15</v>
       </c>
       <c r="B22">
-        <v>6867</v>
+        <v>6807</v>
       </c>
       <c r="C22" t="s">
-        <v>416</v>
+        <v>467</v>
       </c>
       <c r="D22" t="s">
-        <v>415</v>
+        <v>466</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F22" t="s">
-        <v>70</v>
+        <v>301</v>
       </c>
       <c r="G22">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H22" t="s">
         <v>10</v>
       </c>
       <c r="J22" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>413</v>
+        <v>469</v>
       </c>
       <c r="L22" t="s">
-        <v>412</v>
+        <v>468</v>
       </c>
       <c r="M22" t="s">
-        <v>208</v>
+        <v>260</v>
       </c>
       <c r="N22" t="s">
-        <v>5</v>
+        <v>85</v>
       </c>
       <c r="O22" t="s">
         <v>52</v>
       </c>
       <c r="P22" t="s">
-        <v>146</v>
+        <v>204</v>
       </c>
       <c r="Q22" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="R22" t="s">
-        <v>411</v>
+        <v>203</v>
       </c>
       <c r="S22">
-        <v>3132</v>
+        <v>3100</v>
       </c>
       <c r="T22">
-        <v>180411</v>
+        <v>178038</v>
       </c>
       <c r="U22">
-        <v>7529</v>
+        <v>7497</v>
       </c>
       <c r="V22" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23">
-        <v>6880</v>
+        <v>6807</v>
       </c>
       <c r="C23" t="s">
-        <v>410</v>
+        <v>467</v>
       </c>
       <c r="D23" t="s">
-        <v>409</v>
+        <v>466</v>
       </c>
       <c r="E23" t="s">
         <v>46</v>
       </c>
       <c r="F23" t="s">
-        <v>70</v>
+        <v>301</v>
       </c>
       <c r="G23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H23" t="s">
         <v>10</v>
       </c>
       <c r="J23" t="s">
-        <v>149</v>
+        <v>28</v>
       </c>
       <c r="L23" t="s">
-        <v>408</v>
+        <v>465</v>
       </c>
       <c r="M23" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="N23" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="O23" t="s">
         <v>52</v>
       </c>
       <c r="P23" t="s">
-        <v>146</v>
+        <v>204</v>
       </c>
       <c r="Q23" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="R23" t="s">
-        <v>185</v>
+        <v>203</v>
       </c>
       <c r="S23">
-        <v>3105</v>
+        <v>3096</v>
       </c>
       <c r="T23">
-        <v>180709</v>
+        <v>178038</v>
       </c>
       <c r="U23">
-        <v>7502</v>
+        <v>7493</v>
       </c>
       <c r="V23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24">
-        <v>6987</v>
+        <v>6867</v>
       </c>
       <c r="C24" t="s">
-        <v>407</v>
+        <v>464</v>
       </c>
       <c r="D24" t="s">
-        <v>406</v>
+        <v>463</v>
       </c>
       <c r="E24" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="G24">
         <v>1</v>
       </c>
       <c r="H24" t="s">
         <v>10</v>
       </c>
       <c r="J24" t="s">
-        <v>405</v>
+        <v>462</v>
+      </c>
+      <c r="K24" t="s">
+        <v>461</v>
       </c>
       <c r="L24" t="s">
-        <v>404</v>
+        <v>460</v>
       </c>
       <c r="M24" t="s">
-        <v>403</v>
+        <v>233</v>
       </c>
       <c r="N24" t="s">
-        <v>76</v>
+        <v>5</v>
       </c>
       <c r="O24" t="s">
         <v>52</v>
       </c>
       <c r="P24" t="s">
-        <v>402</v>
+        <v>158</v>
       </c>
       <c r="Q24" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="R24" t="s">
-        <v>401</v>
+        <v>459</v>
       </c>
       <c r="S24">
-        <v>3107</v>
+        <v>3132</v>
       </c>
       <c r="T24">
-        <v>182407</v>
+        <v>180411</v>
       </c>
       <c r="U24">
-        <v>7504</v>
+        <v>7529</v>
       </c>
       <c r="V24" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
         <v>15</v>
       </c>
       <c r="B25">
-        <v>6996</v>
+        <v>6880</v>
       </c>
       <c r="C25" t="s">
-        <v>400</v>
+        <v>458</v>
       </c>
       <c r="D25" t="s">
-        <v>399</v>
+        <v>457</v>
       </c>
       <c r="E25" t="s">
         <v>46</v>
       </c>
       <c r="F25" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="G25">
         <v>1</v>
       </c>
       <c r="H25" t="s">
         <v>10</v>
       </c>
       <c r="J25" t="s">
-        <v>143</v>
+        <v>161</v>
       </c>
       <c r="L25" t="s">
-        <v>398</v>
+        <v>456</v>
       </c>
       <c r="M25" t="s">
-        <v>180</v>
+        <v>233</v>
       </c>
       <c r="N25" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="O25" t="s">
         <v>52</v>
       </c>
       <c r="P25" t="s">
-        <v>179</v>
+        <v>158</v>
       </c>
       <c r="Q25" t="s">
-        <v>163</v>
+        <v>50</v>
       </c>
       <c r="R25" t="s">
-        <v>178</v>
+        <v>210</v>
       </c>
       <c r="S25">
-        <v>3096</v>
+        <v>3105</v>
       </c>
       <c r="T25">
-        <v>182547</v>
+        <v>180709</v>
       </c>
       <c r="U25">
-        <v>7493</v>
+        <v>7502</v>
       </c>
       <c r="V25" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
         <v>15</v>
       </c>
       <c r="B26">
-        <v>7048</v>
+        <v>6941</v>
       </c>
       <c r="C26" t="s">
-        <v>397</v>
+        <v>455</v>
       </c>
       <c r="D26" t="s">
-        <v>396</v>
+        <v>454</v>
       </c>
       <c r="E26" t="s">
         <v>46</v>
       </c>
       <c r="F26" t="s">
-        <v>268</v>
+        <v>55</v>
       </c>
       <c r="G26">
         <v>1</v>
       </c>
       <c r="H26" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="J26" t="s">
-        <v>143</v>
+        <v>28</v>
       </c>
       <c r="L26" t="s">
-        <v>395</v>
+        <v>453</v>
       </c>
       <c r="M26" t="s">
-        <v>180</v>
+        <v>129</v>
       </c>
       <c r="N26" t="s">
-        <v>76</v>
+        <v>5</v>
       </c>
       <c r="O26" t="s">
         <v>52</v>
       </c>
       <c r="P26" t="s">
-        <v>179</v>
+        <v>128</v>
       </c>
       <c r="Q26" t="s">
-        <v>163</v>
+        <v>37</v>
       </c>
       <c r="R26" t="s">
-        <v>178</v>
+        <v>127</v>
       </c>
       <c r="S26">
-        <v>3096</v>
+        <v>3319</v>
       </c>
       <c r="T26">
-        <v>184854</v>
+        <v>181956</v>
       </c>
       <c r="U26">
-        <v>7493</v>
+        <v>7720</v>
       </c>
       <c r="V26" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
         <v>15</v>
       </c>
       <c r="B27">
-        <v>7147</v>
+        <v>6987</v>
       </c>
       <c r="C27" t="s">
-        <v>393</v>
+        <v>452</v>
       </c>
       <c r="D27" t="s">
-        <v>392</v>
+        <v>451</v>
       </c>
       <c r="E27" t="s">
         <v>46</v>
       </c>
       <c r="F27" t="s">
-        <v>2</v>
+        <v>73</v>
       </c>
       <c r="G27">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H27" t="s">
         <v>10</v>
       </c>
       <c r="J27" t="s">
-        <v>149</v>
+        <v>450</v>
       </c>
       <c r="L27" t="s">
-        <v>394</v>
+        <v>449</v>
       </c>
       <c r="M27" t="s">
-        <v>147</v>
+        <v>448</v>
       </c>
       <c r="N27" t="s">
-        <v>5</v>
+        <v>85</v>
       </c>
       <c r="O27" t="s">
         <v>52</v>
       </c>
       <c r="P27" t="s">
-        <v>146</v>
+        <v>447</v>
       </c>
       <c r="Q27" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="R27" t="s">
-        <v>58</v>
+        <v>446</v>
       </c>
       <c r="S27">
-        <v>3106</v>
+        <v>3107</v>
       </c>
       <c r="T27">
-        <v>188590</v>
+        <v>182407</v>
       </c>
       <c r="U27">
-        <v>7503</v>
+        <v>7504</v>
       </c>
       <c r="V27" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
         <v>15</v>
       </c>
       <c r="B28">
-        <v>7147</v>
+        <v>6996</v>
       </c>
       <c r="C28" t="s">
-        <v>393</v>
+        <v>445</v>
       </c>
       <c r="D28" t="s">
-        <v>392</v>
+        <v>444</v>
       </c>
       <c r="E28" t="s">
         <v>46</v>
       </c>
       <c r="F28" t="s">
-        <v>2</v>
+        <v>37</v>
       </c>
       <c r="G28">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H28" t="s">
         <v>10</v>
       </c>
       <c r="J28" t="s">
-        <v>391</v>
+        <v>155</v>
       </c>
       <c r="L28" t="s">
-        <v>390</v>
+        <v>443</v>
       </c>
       <c r="M28" t="s">
-        <v>389</v>
+        <v>205</v>
       </c>
       <c r="N28" t="s">
-        <v>5</v>
+        <v>85</v>
       </c>
       <c r="O28" t="s">
         <v>52</v>
       </c>
       <c r="P28" t="s">
-        <v>351</v>
+        <v>204</v>
       </c>
       <c r="Q28" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="R28" t="s">
-        <v>104</v>
+        <v>203</v>
       </c>
       <c r="S28">
-        <v>3104</v>
+        <v>3096</v>
       </c>
       <c r="T28">
-        <v>188590</v>
+        <v>182547</v>
       </c>
       <c r="U28">
-        <v>7501</v>
+        <v>7493</v>
       </c>
       <c r="V28" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
         <v>15</v>
       </c>
       <c r="B29">
-        <v>7154</v>
+        <v>7048</v>
       </c>
       <c r="C29" t="s">
-        <v>388</v>
+        <v>442</v>
       </c>
       <c r="D29" t="s">
-        <v>387</v>
+        <v>441</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F29" t="s">
-        <v>94</v>
+        <v>301</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="H29" t="s">
         <v>10</v>
       </c>
       <c r="J29" t="s">
-        <v>9</v>
+        <v>155</v>
       </c>
       <c r="L29" t="s">
-        <v>386</v>
+        <v>440</v>
       </c>
       <c r="M29" t="s">
-        <v>332</v>
+        <v>205</v>
       </c>
       <c r="N29" t="s">
-        <v>5</v>
+        <v>85</v>
       </c>
       <c r="O29" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P29" t="s">
-        <v>34</v>
+        <v>204</v>
       </c>
       <c r="Q29" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="R29" t="s">
-        <v>33</v>
+        <v>203</v>
       </c>
       <c r="S29">
-        <v>3138</v>
+        <v>3096</v>
       </c>
       <c r="T29">
-        <v>188722</v>
+        <v>184854</v>
       </c>
       <c r="U29">
-        <v>7535</v>
+        <v>7493</v>
       </c>
       <c r="V29" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
         <v>15</v>
       </c>
       <c r="B30">
-        <v>7155</v>
+        <v>7091</v>
       </c>
       <c r="C30" t="s">
-        <v>385</v>
+        <v>307</v>
       </c>
       <c r="D30" t="s">
-        <v>384</v>
+        <v>439</v>
       </c>
       <c r="E30" t="s">
         <v>46</v>
       </c>
       <c r="F30" t="s">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
       <c r="H30" t="s">
         <v>10</v>
       </c>
       <c r="J30" t="s">
-        <v>260</v>
+        <v>438</v>
       </c>
       <c r="L30" t="s">
-        <v>383</v>
+        <v>437</v>
       </c>
       <c r="M30" t="s">
-        <v>91</v>
+        <v>129</v>
       </c>
       <c r="N30" t="s">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="O30" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P30" t="s">
-        <v>90</v>
+        <v>128</v>
       </c>
       <c r="Q30" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="R30" t="s">
-        <v>166</v>
+        <v>127</v>
       </c>
       <c r="S30">
-        <v>3234</v>
+        <v>3319</v>
       </c>
       <c r="T30">
-        <v>188723</v>
+        <v>186516</v>
       </c>
       <c r="U30">
-        <v>7635</v>
+        <v>7720</v>
       </c>
       <c r="V30" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
         <v>15</v>
       </c>
       <c r="B31">
-        <v>7230</v>
+        <v>7147</v>
       </c>
       <c r="C31" t="s">
-        <v>382</v>
+        <v>435</v>
       </c>
       <c r="D31" t="s">
-        <v>381</v>
+        <v>131</v>
       </c>
       <c r="E31" t="s">
         <v>46</v>
       </c>
       <c r="F31" t="s">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="G31">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H31" t="s">
         <v>10</v>
       </c>
       <c r="J31" t="s">
-        <v>63</v>
+        <v>161</v>
       </c>
       <c r="L31" t="s">
-        <v>380</v>
+        <v>436</v>
       </c>
       <c r="M31" t="s">
-        <v>83</v>
+        <v>159</v>
       </c>
       <c r="N31" t="s">
         <v>5</v>
       </c>
       <c r="O31" t="s">
         <v>52</v>
       </c>
       <c r="P31" t="s">
-        <v>371</v>
+        <v>158</v>
       </c>
       <c r="Q31" t="s">
         <v>50</v>
       </c>
       <c r="R31" t="s">
-        <v>379</v>
+        <v>67</v>
       </c>
       <c r="S31">
-        <v>3126</v>
+        <v>3106</v>
       </c>
       <c r="T31">
-        <v>190011</v>
+        <v>188590</v>
       </c>
       <c r="U31">
-        <v>7523</v>
+        <v>7503</v>
       </c>
       <c r="V31" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
         <v>15</v>
       </c>
       <c r="B32">
-        <v>7343</v>
+        <v>7147</v>
       </c>
       <c r="C32" t="s">
-        <v>378</v>
+        <v>435</v>
       </c>
       <c r="D32" t="s">
-        <v>377</v>
+        <v>131</v>
       </c>
       <c r="E32" t="s">
         <v>46</v>
       </c>
       <c r="F32" t="s">
-        <v>55</v>
+        <v>2</v>
       </c>
       <c r="G32">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H32" t="s">
         <v>10</v>
       </c>
       <c r="J32" t="s">
-        <v>376</v>
+        <v>434</v>
       </c>
       <c r="L32" t="s">
-        <v>375</v>
+        <v>433</v>
       </c>
       <c r="M32" t="s">
-        <v>283</v>
+        <v>432</v>
       </c>
       <c r="N32" t="s">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="O32" t="s">
         <v>52</v>
       </c>
       <c r="P32" t="s">
-        <v>179</v>
+        <v>390</v>
       </c>
       <c r="Q32" t="s">
-        <v>163</v>
+        <v>50</v>
       </c>
       <c r="R32" t="s">
-        <v>49</v>
+        <v>111</v>
       </c>
       <c r="S32">
-        <v>3253</v>
+        <v>3104</v>
       </c>
       <c r="T32">
-        <v>196057</v>
+        <v>188590</v>
       </c>
       <c r="U32">
-        <v>7654</v>
+        <v>7501</v>
       </c>
       <c r="V32" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
         <v>15</v>
       </c>
       <c r="B33">
-        <v>7354</v>
+        <v>7154</v>
       </c>
       <c r="C33" t="s">
-        <v>374</v>
+        <v>431</v>
       </c>
       <c r="D33" t="s">
-        <v>373</v>
+        <v>430</v>
       </c>
       <c r="E33" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>37</v>
+        <v>101</v>
       </c>
       <c r="G33">
         <v>1</v>
       </c>
       <c r="H33" t="s">
         <v>10</v>
       </c>
       <c r="J33" t="s">
-        <v>143</v>
+        <v>9</v>
       </c>
       <c r="L33" t="s">
-        <v>372</v>
+        <v>429</v>
       </c>
       <c r="M33" t="s">
-        <v>83</v>
+        <v>367</v>
       </c>
       <c r="N33" t="s">
-        <v>76</v>
+        <v>5</v>
       </c>
       <c r="O33" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P33" t="s">
-        <v>371</v>
+        <v>34</v>
       </c>
       <c r="Q33" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="R33" t="s">
-        <v>370</v>
+        <v>33</v>
       </c>
       <c r="S33">
-        <v>3123</v>
+        <v>3138</v>
       </c>
       <c r="T33">
-        <v>196315</v>
+        <v>188722</v>
       </c>
       <c r="U33">
-        <v>7520</v>
+        <v>7535</v>
       </c>
       <c r="V33" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
         <v>15</v>
       </c>
       <c r="B34">
-        <v>7385</v>
+        <v>7155</v>
       </c>
       <c r="C34" t="s">
-        <v>369</v>
+        <v>428</v>
       </c>
       <c r="D34" t="s">
-        <v>368</v>
+        <v>427</v>
       </c>
       <c r="E34" t="s">
         <v>46</v>
       </c>
       <c r="F34" t="s">
         <v>50</v>
       </c>
       <c r="G34">
         <v>1</v>
       </c>
       <c r="H34" t="s">
         <v>10</v>
       </c>
       <c r="J34" t="s">
-        <v>367</v>
+        <v>289</v>
       </c>
       <c r="L34" t="s">
-        <v>366</v>
+        <v>426</v>
       </c>
       <c r="M34" t="s">
-        <v>251</v>
+        <v>98</v>
       </c>
       <c r="N34" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="O34" t="s">
         <v>4</v>
       </c>
       <c r="P34" t="s">
-        <v>250</v>
+        <v>59</v>
       </c>
       <c r="Q34" t="s">
-        <v>163</v>
+        <v>50</v>
       </c>
       <c r="R34" t="s">
-        <v>249</v>
+        <v>185</v>
       </c>
       <c r="S34">
-        <v>3251</v>
+        <v>3234</v>
       </c>
       <c r="T34">
-        <v>196652</v>
+        <v>188723</v>
       </c>
       <c r="U34">
-        <v>7652</v>
+        <v>7635</v>
       </c>
       <c r="V34" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
         <v>15</v>
       </c>
       <c r="B35">
-        <v>7387</v>
+        <v>7230</v>
       </c>
       <c r="C35" t="s">
-        <v>365</v>
+        <v>425</v>
       </c>
       <c r="D35" t="s">
-        <v>364</v>
+        <v>424</v>
       </c>
       <c r="E35" t="s">
         <v>46</v>
       </c>
       <c r="F35" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="G35">
         <v>1</v>
       </c>
       <c r="H35" t="s">
         <v>10</v>
       </c>
       <c r="J35" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>363</v>
+        <v>72</v>
       </c>
       <c r="L35" t="s">
-        <v>362</v>
+        <v>423</v>
       </c>
       <c r="M35" t="s">
-        <v>283</v>
+        <v>92</v>
       </c>
       <c r="N35" t="s">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="O35" t="s">
         <v>52</v>
       </c>
       <c r="P35" t="s">
-        <v>179</v>
+        <v>410</v>
       </c>
       <c r="Q35" t="s">
-        <v>163</v>
+        <v>50</v>
       </c>
       <c r="R35" t="s">
-        <v>49</v>
+        <v>422</v>
       </c>
       <c r="S35">
-        <v>3253</v>
+        <v>3126</v>
       </c>
       <c r="T35">
-        <v>196654</v>
+        <v>190011</v>
       </c>
       <c r="U35">
-        <v>7654</v>
+        <v>7523</v>
       </c>
       <c r="V35" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
         <v>15</v>
       </c>
       <c r="B36">
-        <v>7395</v>
+        <v>7305</v>
       </c>
       <c r="C36" t="s">
-        <v>361</v>
+        <v>421</v>
       </c>
       <c r="D36" t="s">
-        <v>360</v>
+        <v>420</v>
       </c>
       <c r="E36" t="s">
         <v>46</v>
       </c>
       <c r="F36" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="G36">
         <v>1</v>
       </c>
       <c r="H36" t="s">
         <v>10</v>
       </c>
       <c r="J36" t="s">
-        <v>114</v>
+        <v>9</v>
       </c>
       <c r="K36" t="s">
-        <v>359</v>
+        <v>419</v>
       </c>
       <c r="L36" t="s">
-        <v>358</v>
+        <v>418</v>
       </c>
       <c r="M36" t="s">
-        <v>357</v>
+        <v>60</v>
       </c>
       <c r="N36" t="s">
-        <v>324</v>
+        <v>5</v>
       </c>
       <c r="O36" t="s">
-        <v>52</v>
+        <v>379</v>
       </c>
       <c r="P36" t="s">
-        <v>326</v>
+        <v>128</v>
       </c>
       <c r="Q36" t="s">
-        <v>135</v>
+        <v>37</v>
       </c>
       <c r="R36" t="s">
-        <v>356</v>
+        <v>378</v>
       </c>
       <c r="S36">
-        <v>3190</v>
+        <v>3166</v>
       </c>
       <c r="T36">
-        <v>196759</v>
+        <v>194909</v>
       </c>
       <c r="U36">
-        <v>7587</v>
+        <v>7563</v>
       </c>
       <c r="V36" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
         <v>15</v>
       </c>
       <c r="B37">
-        <v>7505</v>
+        <v>7343</v>
       </c>
       <c r="C37" t="s">
-        <v>355</v>
+        <v>417</v>
       </c>
       <c r="D37" t="s">
-        <v>354</v>
+        <v>416</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F37" t="s">
-        <v>74</v>
+        <v>55</v>
       </c>
       <c r="G37">
         <v>1</v>
       </c>
       <c r="H37" t="s">
         <v>10</v>
       </c>
       <c r="J37" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>353</v>
+        <v>415</v>
       </c>
       <c r="L37" t="s">
-        <v>352</v>
+        <v>414</v>
       </c>
       <c r="M37" t="s">
-        <v>147</v>
+        <v>316</v>
       </c>
       <c r="N37" t="s">
-        <v>5</v>
+        <v>69</v>
       </c>
       <c r="O37" t="s">
         <v>52</v>
       </c>
       <c r="P37" t="s">
-        <v>351</v>
+        <v>204</v>
       </c>
       <c r="Q37" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="R37" t="s">
-        <v>350</v>
+        <v>49</v>
       </c>
       <c r="S37">
-        <v>3134</v>
+        <v>3253</v>
       </c>
       <c r="T37">
-        <v>201394</v>
+        <v>196057</v>
       </c>
       <c r="U37">
-        <v>7531</v>
+        <v>7654</v>
       </c>
       <c r="V37" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
         <v>15</v>
       </c>
       <c r="B38">
-        <v>7535</v>
+        <v>7354</v>
       </c>
       <c r="C38" t="s">
-        <v>349</v>
+        <v>413</v>
       </c>
       <c r="D38" t="s">
-        <v>348</v>
+        <v>412</v>
       </c>
       <c r="E38" t="s">
         <v>46</v>
       </c>
       <c r="F38" t="s">
-        <v>2</v>
+        <v>37</v>
       </c>
       <c r="G38">
         <v>1</v>
       </c>
       <c r="H38" t="s">
         <v>10</v>
       </c>
       <c r="J38" t="s">
-        <v>63</v>
+        <v>155</v>
       </c>
       <c r="L38" t="s">
-        <v>347</v>
+        <v>411</v>
       </c>
       <c r="M38" t="s">
-        <v>26</v>
+        <v>92</v>
       </c>
       <c r="N38" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="O38" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P38" t="s">
-        <v>25</v>
+        <v>410</v>
       </c>
       <c r="Q38" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="R38" t="s">
-        <v>288</v>
+        <v>409</v>
       </c>
       <c r="S38">
-        <v>3268</v>
+        <v>3123</v>
       </c>
       <c r="T38">
-        <v>201747</v>
+        <v>196315</v>
       </c>
       <c r="U38">
-        <v>7669</v>
+        <v>7520</v>
       </c>
       <c r="V38" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
         <v>15</v>
       </c>
       <c r="B39">
-        <v>7579</v>
+        <v>7385</v>
       </c>
       <c r="C39" t="s">
-        <v>345</v>
+        <v>408</v>
       </c>
       <c r="D39" t="s">
-        <v>344</v>
+        <v>407</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F39" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="G39">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H39" t="s">
         <v>10</v>
       </c>
       <c r="J39" t="s">
-        <v>63</v>
+        <v>406</v>
       </c>
       <c r="L39" t="s">
-        <v>346</v>
+        <v>405</v>
       </c>
       <c r="M39" t="s">
-        <v>188</v>
+        <v>280</v>
       </c>
       <c r="N39" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="O39" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P39" t="s">
-        <v>51</v>
+        <v>279</v>
       </c>
       <c r="Q39" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="R39" t="s">
-        <v>155</v>
+        <v>278</v>
       </c>
       <c r="S39">
-        <v>3224</v>
+        <v>3251</v>
       </c>
       <c r="T39">
-        <v>203232</v>
+        <v>196652</v>
       </c>
       <c r="U39">
-        <v>7625</v>
+        <v>7652</v>
       </c>
       <c r="V39" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
         <v>15</v>
       </c>
       <c r="B40">
-        <v>7579</v>
+        <v>7387</v>
       </c>
       <c r="C40" t="s">
-        <v>345</v>
+        <v>404</v>
       </c>
       <c r="D40" t="s">
-        <v>344</v>
+        <v>403</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F40" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="G40">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H40" t="s">
         <v>10</v>
       </c>
       <c r="J40" t="s">
-        <v>63</v>
+        <v>28</v>
+      </c>
+      <c r="K40" t="s">
+        <v>402</v>
       </c>
       <c r="L40" t="s">
-        <v>343</v>
+        <v>401</v>
       </c>
       <c r="M40" t="s">
-        <v>77</v>
+        <v>316</v>
       </c>
       <c r="N40" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="O40" t="s">
         <v>52</v>
       </c>
       <c r="P40" t="s">
-        <v>75</v>
+        <v>204</v>
       </c>
       <c r="Q40" t="s">
-        <v>74</v>
+        <v>175</v>
       </c>
       <c r="R40" t="s">
-        <v>73</v>
+        <v>49</v>
       </c>
       <c r="S40">
-        <v>3076</v>
+        <v>3253</v>
       </c>
       <c r="T40">
-        <v>203232</v>
+        <v>196654</v>
       </c>
       <c r="U40">
-        <v>7473</v>
+        <v>7654</v>
       </c>
       <c r="V40" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
         <v>15</v>
       </c>
       <c r="B41">
-        <v>7586</v>
+        <v>7395</v>
       </c>
       <c r="C41" t="s">
-        <v>342</v>
+        <v>400</v>
       </c>
       <c r="D41" t="s">
-        <v>341</v>
+        <v>399</v>
       </c>
       <c r="E41" t="s">
         <v>46</v>
       </c>
       <c r="F41" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="G41">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H41" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J41" t="s">
-        <v>28</v>
+        <v>63</v>
+      </c>
+      <c r="K41" t="s">
+        <v>398</v>
       </c>
       <c r="L41" t="s">
-        <v>340</v>
+        <v>397</v>
       </c>
       <c r="M41" t="s">
-        <v>6</v>
+        <v>396</v>
       </c>
       <c r="N41" t="s">
-        <v>76</v>
+        <v>359</v>
       </c>
       <c r="O41" t="s">
         <v>52</v>
       </c>
       <c r="P41" t="s">
-        <v>339</v>
+        <v>361</v>
       </c>
       <c r="Q41" t="s">
-        <v>64</v>
+        <v>147</v>
       </c>
       <c r="R41" t="s">
-        <v>178</v>
+        <v>395</v>
       </c>
       <c r="S41">
-        <v>3112</v>
+        <v>3190</v>
       </c>
       <c r="T41">
-        <v>203240</v>
+        <v>196759</v>
       </c>
       <c r="U41">
-        <v>7509</v>
+        <v>7587</v>
       </c>
       <c r="V41" t="s">
         <v>0</v>
+      </c>
+      <c r="W41" t="s">
+        <v>359</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
         <v>15</v>
       </c>
       <c r="B42">
-        <v>7620</v>
+        <v>7505</v>
       </c>
       <c r="C42" t="s">
-        <v>338</v>
+        <v>394</v>
       </c>
       <c r="D42" t="s">
-        <v>337</v>
+        <v>393</v>
       </c>
       <c r="E42" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>2</v>
+        <v>83</v>
       </c>
       <c r="G42">
         <v>1</v>
       </c>
       <c r="H42" t="s">
         <v>10</v>
       </c>
       <c r="J42" t="s">
-        <v>63</v>
+        <v>9</v>
+      </c>
+      <c r="K42" t="s">
+        <v>392</v>
       </c>
       <c r="L42" t="s">
-        <v>336</v>
+        <v>391</v>
       </c>
       <c r="M42" t="s">
-        <v>122</v>
+        <v>159</v>
       </c>
       <c r="N42" t="s">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="O42" t="s">
         <v>52</v>
       </c>
       <c r="P42" t="s">
-        <v>59</v>
+        <v>390</v>
       </c>
       <c r="Q42" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="R42" t="s">
-        <v>58</v>
+        <v>389</v>
       </c>
       <c r="S42">
-        <v>3208</v>
+        <v>3134</v>
       </c>
       <c r="T42">
-        <v>204078</v>
+        <v>201394</v>
       </c>
       <c r="U42">
-        <v>7609</v>
+        <v>7531</v>
       </c>
       <c r="V42" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
         <v>15</v>
       </c>
       <c r="B43">
-        <v>7635</v>
+        <v>7535</v>
       </c>
       <c r="C43" t="s">
-        <v>335</v>
+        <v>388</v>
       </c>
       <c r="D43" t="s">
-        <v>334</v>
+        <v>387</v>
       </c>
       <c r="E43" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F43" t="s">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="G43">
         <v>1</v>
       </c>
       <c r="H43" t="s">
         <v>10</v>
       </c>
       <c r="J43" t="s">
-        <v>114</v>
+        <v>72</v>
       </c>
       <c r="L43" t="s">
-        <v>333</v>
+        <v>386</v>
       </c>
       <c r="M43" t="s">
-        <v>332</v>
+        <v>26</v>
       </c>
       <c r="N43" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="O43" t="s">
         <v>4</v>
       </c>
       <c r="P43" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="Q43" t="s">
         <v>24</v>
       </c>
       <c r="R43" t="s">
-        <v>127</v>
+        <v>321</v>
       </c>
       <c r="S43">
-        <v>3137</v>
+        <v>3268</v>
       </c>
       <c r="T43">
-        <v>204149</v>
+        <v>201747</v>
       </c>
       <c r="U43">
-        <v>7534</v>
+        <v>7669</v>
       </c>
       <c r="V43" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" t="s">
         <v>15</v>
       </c>
       <c r="B44">
-        <v>7795</v>
+        <v>7579</v>
       </c>
       <c r="C44" t="s">
-        <v>331</v>
+        <v>384</v>
       </c>
       <c r="D44" t="s">
-        <v>330</v>
+        <v>383</v>
       </c>
       <c r="E44" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>86</v>
+        <v>55</v>
       </c>
       <c r="G44">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H44" t="s">
         <v>10</v>
       </c>
       <c r="J44" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>72</v>
       </c>
       <c r="L44" t="s">
-        <v>117</v>
+        <v>385</v>
       </c>
       <c r="M44" t="s">
-        <v>6</v>
+        <v>213</v>
       </c>
       <c r="N44" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="O44" t="s">
         <v>52</v>
       </c>
       <c r="P44" t="s">
         <v>51</v>
       </c>
       <c r="Q44" t="s">
         <v>50</v>
       </c>
       <c r="R44" t="s">
-        <v>49</v>
+        <v>167</v>
       </c>
       <c r="S44">
-        <v>3238</v>
+        <v>3224</v>
       </c>
       <c r="T44">
-        <v>210391</v>
+        <v>203232</v>
       </c>
       <c r="U44">
-        <v>7639</v>
+        <v>7625</v>
       </c>
       <c r="V44" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" t="s">
         <v>15</v>
       </c>
       <c r="B45">
-        <v>7801</v>
+        <v>7579</v>
       </c>
       <c r="C45" t="s">
-        <v>238</v>
+        <v>384</v>
       </c>
       <c r="D45" t="s">
-        <v>328</v>
+        <v>383</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="G45">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H45" t="s">
         <v>10</v>
       </c>
       <c r="J45" t="s">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="L45" t="s">
-        <v>327</v>
+        <v>382</v>
       </c>
       <c r="M45" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="N45" t="s">
-        <v>324</v>
+        <v>85</v>
       </c>
       <c r="O45" t="s">
         <v>52</v>
       </c>
       <c r="P45" t="s">
-        <v>326</v>
+        <v>84</v>
       </c>
       <c r="Q45" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="R45" t="s">
-        <v>325</v>
+        <v>82</v>
       </c>
       <c r="S45">
-        <v>3191</v>
+        <v>3076</v>
       </c>
       <c r="T45">
-        <v>210919</v>
+        <v>203232</v>
       </c>
       <c r="U45">
-        <v>7588</v>
+        <v>7473</v>
       </c>
       <c r="V45" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" t="s">
         <v>15</v>
       </c>
       <c r="B46">
-        <v>7823</v>
+        <v>7586</v>
       </c>
       <c r="C46" t="s">
-        <v>323</v>
+        <v>377</v>
       </c>
       <c r="D46" t="s">
-        <v>322</v>
+        <v>376</v>
       </c>
       <c r="E46" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F46" t="s">
-        <v>86</v>
+        <v>55</v>
       </c>
       <c r="G46">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H46" t="s">
         <v>10</v>
       </c>
       <c r="J46" t="s">
-        <v>143</v>
+        <v>63</v>
       </c>
       <c r="K46" t="s">
-        <v>142</v>
+        <v>381</v>
       </c>
       <c r="L46" t="s">
-        <v>321</v>
+        <v>380</v>
       </c>
       <c r="M46" t="s">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="N46" t="s">
         <v>5</v>
       </c>
       <c r="O46" t="s">
-        <v>4</v>
+        <v>379</v>
       </c>
       <c r="P46" t="s">
-        <v>3</v>
+        <v>128</v>
       </c>
       <c r="Q46" t="s">
-        <v>2</v>
+        <v>37</v>
       </c>
       <c r="R46" t="s">
-        <v>1</v>
+        <v>378</v>
       </c>
       <c r="S46">
-        <v>3140</v>
+        <v>3166</v>
       </c>
       <c r="T46">
-        <v>211536</v>
+        <v>203240</v>
       </c>
       <c r="U46">
-        <v>7537</v>
+        <v>7563</v>
       </c>
       <c r="V46" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" t="s">
         <v>15</v>
       </c>
       <c r="B47">
-        <v>7859</v>
+        <v>7586</v>
       </c>
       <c r="C47" t="s">
-        <v>320</v>
+        <v>377</v>
       </c>
       <c r="D47" t="s">
-        <v>319</v>
+        <v>376</v>
       </c>
       <c r="E47" t="s">
         <v>46</v>
       </c>
       <c r="F47" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="G47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H47" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="J47" t="s">
-        <v>149</v>
+        <v>28</v>
       </c>
       <c r="L47" t="s">
-        <v>318</v>
+        <v>375</v>
       </c>
       <c r="M47" t="s">
-        <v>317</v>
+        <v>6</v>
       </c>
       <c r="N47" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="O47" t="s">
         <v>52</v>
       </c>
       <c r="P47" t="s">
-        <v>111</v>
+        <v>374</v>
       </c>
       <c r="Q47" t="s">
-        <v>105</v>
+        <v>73</v>
       </c>
       <c r="R47" t="s">
-        <v>316</v>
+        <v>203</v>
       </c>
       <c r="S47">
-        <v>3115</v>
+        <v>3112</v>
       </c>
       <c r="T47">
-        <v>212416</v>
+        <v>203240</v>
       </c>
       <c r="U47">
-        <v>7512</v>
+        <v>7509</v>
       </c>
       <c r="V47" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" t="s">
         <v>15</v>
       </c>
       <c r="B48">
-        <v>7868</v>
+        <v>7620</v>
       </c>
       <c r="C48" t="s">
-        <v>315</v>
+        <v>373</v>
       </c>
       <c r="D48" t="s">
-        <v>314</v>
+        <v>372</v>
       </c>
       <c r="E48" t="s">
         <v>46</v>
       </c>
       <c r="F48" t="s">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="G48">
         <v>1</v>
       </c>
       <c r="H48" t="s">
         <v>10</v>
       </c>
       <c r="J48" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>72</v>
       </c>
       <c r="L48" t="s">
-        <v>312</v>
+        <v>371</v>
       </c>
       <c r="M48" t="s">
-        <v>42</v>
+        <v>134</v>
       </c>
       <c r="N48" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="O48" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P48" t="s">
-        <v>34</v>
+        <v>68</v>
       </c>
       <c r="Q48" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="R48" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="S48">
-        <v>3271</v>
+        <v>3208</v>
       </c>
       <c r="T48">
-        <v>212524</v>
+        <v>204078</v>
       </c>
       <c r="U48">
-        <v>7672</v>
+        <v>7609</v>
       </c>
       <c r="V48" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" t="s">
         <v>15</v>
       </c>
       <c r="B49">
-        <v>7871</v>
+        <v>7635</v>
       </c>
       <c r="C49" t="s">
-        <v>311</v>
+        <v>370</v>
       </c>
       <c r="D49" t="s">
-        <v>47</v>
+        <v>369</v>
       </c>
       <c r="E49" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="G49">
         <v>1</v>
       </c>
       <c r="H49" t="s">
         <v>10</v>
       </c>
       <c r="J49" t="s">
-        <v>310</v>
+        <v>63</v>
       </c>
       <c r="L49" t="s">
-        <v>309</v>
+        <v>368</v>
       </c>
       <c r="M49" t="s">
-        <v>283</v>
+        <v>367</v>
       </c>
       <c r="N49" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="O49" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P49" t="s">
-        <v>179</v>
+        <v>34</v>
       </c>
       <c r="Q49" t="s">
-        <v>163</v>
+        <v>24</v>
       </c>
       <c r="R49" t="s">
-        <v>49</v>
+        <v>139</v>
       </c>
       <c r="S49">
-        <v>3253</v>
+        <v>3137</v>
       </c>
       <c r="T49">
-        <v>212601</v>
+        <v>204149</v>
       </c>
       <c r="U49">
-        <v>7654</v>
+        <v>7534</v>
       </c>
       <c r="V49" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" t="s">
         <v>15</v>
       </c>
       <c r="B50">
-        <v>7873</v>
+        <v>7795</v>
       </c>
       <c r="C50" t="s">
-        <v>308</v>
+        <v>366</v>
       </c>
       <c r="D50" t="s">
-        <v>307</v>
+        <v>365</v>
       </c>
       <c r="E50" t="s">
         <v>46</v>
       </c>
       <c r="F50" t="s">
-        <v>37</v>
+        <v>64</v>
       </c>
       <c r="G50">
         <v>1</v>
       </c>
       <c r="H50" t="s">
         <v>10</v>
       </c>
       <c r="J50" t="s">
-        <v>101</v>
+        <v>21</v>
+      </c>
+      <c r="K50" t="s">
+        <v>364</v>
       </c>
       <c r="L50" t="s">
-        <v>306</v>
+        <v>123</v>
       </c>
       <c r="M50" t="s">
-        <v>99</v>
+        <v>6</v>
       </c>
       <c r="N50" t="s">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="O50" t="s">
         <v>52</v>
       </c>
       <c r="P50" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
       <c r="Q50" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="R50" t="s">
         <v>49</v>
       </c>
       <c r="S50">
-        <v>3065</v>
+        <v>3238</v>
       </c>
       <c r="T50">
-        <v>212624</v>
+        <v>210391</v>
       </c>
       <c r="U50">
-        <v>7462</v>
+        <v>7639</v>
       </c>
       <c r="V50" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" t="s">
         <v>15</v>
       </c>
       <c r="B51">
-        <v>7888</v>
+        <v>7801</v>
       </c>
       <c r="C51" t="s">
-        <v>305</v>
+        <v>263</v>
       </c>
       <c r="D51" t="s">
-        <v>304</v>
+        <v>363</v>
       </c>
       <c r="E51" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="G51">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H51" t="s">
         <v>10</v>
       </c>
       <c r="J51" t="s">
-        <v>143</v>
+        <v>9</v>
       </c>
       <c r="L51" t="s">
-        <v>303</v>
+        <v>362</v>
       </c>
       <c r="M51" t="s">
-        <v>235</v>
+        <v>98</v>
       </c>
       <c r="N51" t="s">
-        <v>76</v>
+        <v>359</v>
       </c>
       <c r="O51" t="s">
         <v>52</v>
       </c>
       <c r="P51" t="s">
-        <v>179</v>
+        <v>361</v>
       </c>
       <c r="Q51" t="s">
-        <v>163</v>
+        <v>147</v>
       </c>
       <c r="R51" t="s">
-        <v>178</v>
+        <v>360</v>
       </c>
       <c r="S51">
-        <v>3100</v>
+        <v>3191</v>
       </c>
       <c r="T51">
-        <v>213180</v>
+        <v>210919</v>
       </c>
       <c r="U51">
-        <v>7497</v>
+        <v>7588</v>
       </c>
       <c r="V51" t="s">
         <v>0</v>
+      </c>
+      <c r="W51" t="s">
+        <v>359</v>
       </c>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" t="s">
         <v>15</v>
       </c>
       <c r="B52">
-        <v>8047</v>
+        <v>7823</v>
       </c>
       <c r="C52" t="s">
-        <v>302</v>
+        <v>358</v>
       </c>
       <c r="D52" t="s">
-        <v>301</v>
+        <v>357</v>
       </c>
       <c r="E52" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="G52">
         <v>1</v>
       </c>
       <c r="H52" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J52" t="s">
-        <v>28</v>
+        <v>155</v>
+      </c>
+      <c r="K52" t="s">
+        <v>154</v>
       </c>
       <c r="L52" t="s">
-        <v>300</v>
+        <v>356</v>
       </c>
       <c r="M52" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="N52" t="s">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="O52" t="s">
         <v>4</v>
       </c>
       <c r="P52" t="s">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="Q52" t="s">
         <v>2</v>
       </c>
       <c r="R52" t="s">
-        <v>288</v>
+        <v>1</v>
       </c>
       <c r="S52">
-        <v>3302</v>
+        <v>3140</v>
       </c>
       <c r="T52">
-        <v>220608</v>
+        <v>211536</v>
       </c>
       <c r="U52">
-        <v>7703</v>
+        <v>7537</v>
       </c>
       <c r="V52" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" t="s">
         <v>15</v>
       </c>
       <c r="B53">
-        <v>8048</v>
+        <v>7859</v>
       </c>
       <c r="C53" t="s">
-        <v>299</v>
+        <v>355</v>
       </c>
       <c r="D53" t="s">
-        <v>298</v>
+        <v>354</v>
       </c>
       <c r="E53" t="s">
         <v>46</v>
       </c>
       <c r="F53" t="s">
-        <v>86</v>
+        <v>37</v>
       </c>
       <c r="G53">
         <v>1</v>
       </c>
       <c r="H53" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J53" t="s">
-        <v>9</v>
+        <v>161</v>
       </c>
       <c r="L53" t="s">
-        <v>297</v>
+        <v>353</v>
       </c>
       <c r="M53" t="s">
-        <v>232</v>
+        <v>352</v>
       </c>
       <c r="N53" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="O53" t="s">
         <v>52</v>
       </c>
       <c r="P53" t="s">
-        <v>157</v>
+        <v>118</v>
       </c>
       <c r="Q53" t="s">
-        <v>156</v>
+        <v>112</v>
       </c>
       <c r="R53" t="s">
-        <v>49</v>
+        <v>351</v>
       </c>
       <c r="S53">
-        <v>3286</v>
+        <v>3115</v>
       </c>
       <c r="T53">
-        <v>220609</v>
+        <v>212416</v>
       </c>
       <c r="U53">
-        <v>7687</v>
+        <v>7512</v>
       </c>
       <c r="V53" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" t="s">
         <v>15</v>
       </c>
       <c r="B54">
-        <v>8082</v>
+        <v>7868</v>
       </c>
       <c r="C54" t="s">
-        <v>296</v>
+        <v>350</v>
       </c>
       <c r="D54" t="s">
-        <v>295</v>
+        <v>349</v>
       </c>
       <c r="E54" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F54" t="s">
-        <v>135</v>
+        <v>24</v>
       </c>
       <c r="G54">
         <v>1</v>
       </c>
       <c r="H54" t="s">
         <v>10</v>
       </c>
       <c r="J54" t="s">
-        <v>294</v>
+        <v>21</v>
       </c>
       <c r="K54" t="s">
-        <v>293</v>
+        <v>348</v>
       </c>
       <c r="L54" t="s">
-        <v>292</v>
+        <v>347</v>
       </c>
       <c r="M54" t="s">
-        <v>275</v>
+        <v>42</v>
       </c>
       <c r="N54" t="s">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="O54" t="s">
         <v>4</v>
       </c>
       <c r="P54" t="s">
-        <v>3</v>
+        <v>34</v>
       </c>
       <c r="Q54" t="s">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="R54" t="s">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="S54">
-        <v>3142</v>
+        <v>3271</v>
       </c>
       <c r="T54">
-        <v>221320</v>
+        <v>212524</v>
       </c>
       <c r="U54">
-        <v>7539</v>
+        <v>7672</v>
       </c>
       <c r="V54" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" t="s">
         <v>15</v>
       </c>
       <c r="B55">
-        <v>8084</v>
+        <v>7871</v>
       </c>
       <c r="C55" t="s">
-        <v>291</v>
+        <v>346</v>
       </c>
       <c r="D55" t="s">
-        <v>290</v>
+        <v>47</v>
       </c>
       <c r="E55" t="s">
         <v>46</v>
       </c>
       <c r="F55" t="s">
-        <v>2</v>
+        <v>79</v>
       </c>
       <c r="G55">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H55" t="s">
         <v>10</v>
       </c>
       <c r="J55" t="s">
-        <v>149</v>
+        <v>28</v>
       </c>
       <c r="L55" t="s">
-        <v>54</v>
+        <v>182</v>
       </c>
       <c r="M55" t="s">
-        <v>53</v>
+        <v>181</v>
       </c>
       <c r="N55" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="O55" t="s">
-        <v>52</v>
+        <v>180</v>
       </c>
       <c r="P55" t="s">
-        <v>51</v>
+        <v>179</v>
       </c>
       <c r="Q55" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="R55" t="s">
-        <v>49</v>
+        <v>178</v>
       </c>
       <c r="S55">
-        <v>3239</v>
+        <v>3155</v>
       </c>
       <c r="T55">
-        <v>221326</v>
+        <v>212601</v>
       </c>
       <c r="U55">
-        <v>7640</v>
+        <v>7552</v>
       </c>
       <c r="V55" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" t="s">
         <v>15</v>
       </c>
       <c r="B56">
-        <v>8090</v>
+        <v>7871</v>
       </c>
       <c r="C56" t="s">
-        <v>286</v>
+        <v>346</v>
       </c>
       <c r="D56" t="s">
-        <v>287</v>
+        <v>47</v>
       </c>
       <c r="E56" t="s">
         <v>46</v>
       </c>
       <c r="F56" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="G56">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H56" t="s">
         <v>10</v>
       </c>
       <c r="J56" t="s">
-        <v>63</v>
+        <v>345</v>
       </c>
       <c r="L56" t="s">
-        <v>289</v>
+        <v>344</v>
       </c>
       <c r="M56" t="s">
-        <v>26</v>
+        <v>316</v>
       </c>
       <c r="N56" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="O56" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P56" t="s">
-        <v>25</v>
+        <v>204</v>
       </c>
       <c r="Q56" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="R56" t="s">
-        <v>288</v>
+        <v>49</v>
       </c>
       <c r="S56">
-        <v>3268</v>
+        <v>3253</v>
       </c>
       <c r="T56">
-        <v>221383</v>
+        <v>212601</v>
       </c>
       <c r="U56">
-        <v>7669</v>
+        <v>7654</v>
       </c>
       <c r="V56" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" t="s">
         <v>15</v>
       </c>
       <c r="B57">
-        <v>8090</v>
+        <v>7873</v>
       </c>
       <c r="C57" t="s">
-        <v>286</v>
+        <v>343</v>
       </c>
       <c r="D57" t="s">
-        <v>287</v>
+        <v>342</v>
       </c>
       <c r="E57" t="s">
         <v>46</v>
       </c>
       <c r="F57" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="G57">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H57" t="s">
         <v>10</v>
       </c>
       <c r="J57" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>108</v>
       </c>
       <c r="L57" t="s">
-        <v>117</v>
+        <v>341</v>
       </c>
       <c r="M57" t="s">
-        <v>6</v>
+        <v>106</v>
       </c>
       <c r="N57" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O57" t="s">
         <v>52</v>
       </c>
       <c r="P57" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="Q57" t="s">
-        <v>50</v>
+        <v>79</v>
       </c>
       <c r="R57" t="s">
         <v>49</v>
       </c>
       <c r="S57">
-        <v>3238</v>
+        <v>3065</v>
       </c>
       <c r="T57">
-        <v>221383</v>
+        <v>212624</v>
       </c>
       <c r="U57">
-        <v>7639</v>
+        <v>7462</v>
       </c>
       <c r="V57" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" t="s">
         <v>15</v>
       </c>
       <c r="B58">
-        <v>8091</v>
+        <v>7888</v>
       </c>
       <c r="C58" t="s">
-        <v>286</v>
+        <v>340</v>
       </c>
       <c r="D58" t="s">
-        <v>285</v>
+        <v>339</v>
       </c>
       <c r="E58" t="s">
         <v>46</v>
       </c>
       <c r="F58" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="G58">
         <v>1</v>
       </c>
       <c r="H58" t="s">
         <v>10</v>
       </c>
       <c r="J58" t="s">
-        <v>63</v>
+        <v>155</v>
       </c>
       <c r="L58" t="s">
-        <v>284</v>
+        <v>338</v>
       </c>
       <c r="M58" t="s">
-        <v>283</v>
+        <v>260</v>
       </c>
       <c r="N58" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="O58" t="s">
         <v>52</v>
       </c>
       <c r="P58" t="s">
-        <v>179</v>
+        <v>204</v>
       </c>
       <c r="Q58" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
       <c r="R58" t="s">
-        <v>49</v>
+        <v>203</v>
       </c>
       <c r="S58">
-        <v>3253</v>
+        <v>3100</v>
       </c>
       <c r="T58">
-        <v>221384</v>
+        <v>213180</v>
       </c>
       <c r="U58">
-        <v>7654</v>
+        <v>7497</v>
       </c>
       <c r="V58" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" t="s">
         <v>15</v>
       </c>
       <c r="B59">
-        <v>8104</v>
+        <v>8047</v>
       </c>
       <c r="C59" t="s">
-        <v>282</v>
+        <v>337</v>
       </c>
       <c r="D59" t="s">
-        <v>281</v>
+        <v>336</v>
       </c>
       <c r="E59" t="s">
         <v>46</v>
       </c>
       <c r="F59" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="G59">
         <v>1</v>
       </c>
       <c r="H59" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="J59" t="s">
-        <v>280</v>
+        <v>28</v>
       </c>
       <c r="L59" t="s">
-        <v>84</v>
+        <v>335</v>
       </c>
       <c r="M59" t="s">
-        <v>83</v>
+        <v>19</v>
       </c>
       <c r="N59" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="O59" t="s">
         <v>4</v>
       </c>
       <c r="P59" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="Q59" t="s">
-        <v>64</v>
+        <v>2</v>
       </c>
       <c r="R59" t="s">
-        <v>81</v>
+        <v>321</v>
       </c>
       <c r="S59">
-        <v>3255</v>
+        <v>3302</v>
       </c>
       <c r="T59">
-        <v>221539</v>
+        <v>220608</v>
       </c>
       <c r="U59">
-        <v>7656</v>
+        <v>7703</v>
       </c>
       <c r="V59" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" t="s">
         <v>15</v>
       </c>
       <c r="B60">
-        <v>8108</v>
+        <v>8048</v>
       </c>
       <c r="C60" t="s">
-        <v>278</v>
+        <v>332</v>
       </c>
       <c r="D60" t="s">
-        <v>277</v>
+        <v>331</v>
       </c>
       <c r="E60" t="s">
         <v>46</v>
       </c>
       <c r="F60" t="s">
-        <v>268</v>
+        <v>64</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60" t="s">
         <v>10</v>
       </c>
       <c r="J60" t="s">
-        <v>9</v>
+        <v>21</v>
+      </c>
+      <c r="K60" t="s">
+        <v>334</v>
       </c>
       <c r="L60" t="s">
-        <v>279</v>
+        <v>333</v>
       </c>
       <c r="M60" t="s">
-        <v>232</v>
+        <v>200</v>
       </c>
       <c r="N60" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="O60" t="s">
         <v>52</v>
       </c>
       <c r="P60" t="s">
-        <v>157</v>
+        <v>59</v>
       </c>
       <c r="Q60" t="s">
-        <v>156</v>
+        <v>50</v>
       </c>
       <c r="R60" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="S60">
-        <v>3286</v>
+        <v>3236</v>
       </c>
       <c r="T60">
-        <v>221557</v>
+        <v>220609</v>
       </c>
       <c r="U60">
-        <v>7687</v>
+        <v>7637</v>
       </c>
       <c r="V60" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" t="s">
         <v>15</v>
       </c>
       <c r="B61">
-        <v>8108</v>
+        <v>8048</v>
       </c>
       <c r="C61" t="s">
-        <v>278</v>
+        <v>332</v>
       </c>
       <c r="D61" t="s">
-        <v>277</v>
+        <v>331</v>
       </c>
       <c r="E61" t="s">
         <v>46</v>
       </c>
       <c r="F61" t="s">
-        <v>268</v>
+        <v>64</v>
       </c>
       <c r="G61">
         <v>2</v>
       </c>
       <c r="H61" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="J61" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
       <c r="L61" t="s">
-        <v>276</v>
+        <v>330</v>
       </c>
       <c r="M61" t="s">
-        <v>275</v>
+        <v>257</v>
       </c>
       <c r="N61" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="O61" t="s">
         <v>52</v>
       </c>
       <c r="P61" t="s">
-        <v>106</v>
+        <v>169</v>
       </c>
       <c r="Q61" t="s">
-        <v>105</v>
+        <v>168</v>
       </c>
       <c r="R61" t="s">
-        <v>104</v>
+        <v>49</v>
       </c>
       <c r="S61">
-        <v>3246</v>
+        <v>3286</v>
       </c>
       <c r="T61">
-        <v>221557</v>
+        <v>220609</v>
       </c>
       <c r="U61">
-        <v>7647</v>
+        <v>7687</v>
       </c>
       <c r="V61" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" t="s">
         <v>15</v>
       </c>
       <c r="B62">
-        <v>8132</v>
+        <v>8082</v>
       </c>
       <c r="C62" t="s">
-        <v>274</v>
+        <v>329</v>
       </c>
       <c r="D62" t="s">
-        <v>273</v>
+        <v>328</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>2</v>
+        <v>147</v>
       </c>
       <c r="G62">
         <v>1</v>
       </c>
       <c r="H62" t="s">
         <v>10</v>
       </c>
       <c r="J62" t="s">
-        <v>272</v>
+        <v>327</v>
+      </c>
+      <c r="K62" t="s">
+        <v>326</v>
       </c>
       <c r="L62" t="s">
-        <v>271</v>
+        <v>325</v>
       </c>
       <c r="M62" t="s">
-        <v>203</v>
+        <v>308</v>
       </c>
       <c r="N62" t="s">
-        <v>76</v>
+        <v>5</v>
       </c>
       <c r="O62" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P62" t="s">
-        <v>202</v>
+        <v>3</v>
       </c>
       <c r="Q62" t="s">
-        <v>64</v>
+        <v>2</v>
       </c>
       <c r="R62" t="s">
-        <v>201</v>
+        <v>1</v>
       </c>
       <c r="S62">
-        <v>3082</v>
+        <v>3142</v>
       </c>
       <c r="T62">
-        <v>222153</v>
+        <v>221320</v>
       </c>
       <c r="U62">
-        <v>7479</v>
+        <v>7539</v>
       </c>
       <c r="V62" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" t="s">
         <v>15</v>
       </c>
       <c r="B63">
-        <v>8141</v>
+        <v>8084</v>
       </c>
       <c r="C63" t="s">
-        <v>270</v>
+        <v>324</v>
       </c>
       <c r="D63" t="s">
-        <v>269</v>
+        <v>323</v>
       </c>
       <c r="E63" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F63" t="s">
-        <v>268</v>
+        <v>2</v>
       </c>
       <c r="G63">
         <v>1</v>
       </c>
       <c r="H63" t="s">
         <v>10</v>
       </c>
       <c r="J63" t="s">
-        <v>9</v>
+        <v>161</v>
       </c>
       <c r="L63" t="s">
-        <v>267</v>
+        <v>54</v>
       </c>
       <c r="M63" t="s">
         <v>53</v>
       </c>
       <c r="N63" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="O63" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P63" t="s">
-        <v>3</v>
+        <v>51</v>
       </c>
       <c r="Q63" t="s">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="R63" t="s">
-        <v>266</v>
+        <v>49</v>
       </c>
       <c r="S63">
-        <v>3139</v>
+        <v>3239</v>
       </c>
       <c r="T63">
-        <v>222750</v>
+        <v>221326</v>
       </c>
       <c r="U63">
-        <v>7536</v>
+        <v>7640</v>
       </c>
       <c r="V63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" t="s">
         <v>15</v>
       </c>
       <c r="B64">
-        <v>8252</v>
+        <v>8090</v>
       </c>
       <c r="C64" t="s">
-        <v>265</v>
+        <v>319</v>
       </c>
       <c r="D64" t="s">
-        <v>264</v>
+        <v>320</v>
       </c>
       <c r="E64" t="s">
         <v>46</v>
       </c>
       <c r="F64" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="G64">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H64" t="s">
         <v>10</v>
       </c>
       <c r="J64" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>72</v>
       </c>
       <c r="L64" t="s">
-        <v>117</v>
+        <v>322</v>
       </c>
       <c r="M64" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
       <c r="N64" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="O64" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P64" t="s">
-        <v>51</v>
+        <v>25</v>
       </c>
       <c r="Q64" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="R64" t="s">
-        <v>49</v>
+        <v>321</v>
       </c>
       <c r="S64">
-        <v>3238</v>
+        <v>3268</v>
       </c>
       <c r="T64">
-        <v>228547</v>
+        <v>221383</v>
       </c>
       <c r="U64">
-        <v>7639</v>
+        <v>7669</v>
       </c>
       <c r="V64" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" t="s">
         <v>15</v>
       </c>
       <c r="B65">
-        <v>8282</v>
+        <v>8090</v>
       </c>
       <c r="C65" t="s">
-        <v>262</v>
+        <v>319</v>
       </c>
       <c r="D65" t="s">
-        <v>261</v>
+        <v>320</v>
       </c>
       <c r="E65" t="s">
         <v>46</v>
       </c>
       <c r="F65" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="G65">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H65" t="s">
         <v>10</v>
       </c>
       <c r="J65" t="s">
-        <v>260</v>
+        <v>21</v>
+      </c>
+      <c r="K65" t="s">
+        <v>292</v>
       </c>
       <c r="L65" t="s">
-        <v>259</v>
+        <v>123</v>
       </c>
       <c r="M65" t="s">
-        <v>91</v>
+        <v>6</v>
       </c>
       <c r="N65" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="O65" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P65" t="s">
-        <v>90</v>
+        <v>51</v>
       </c>
       <c r="Q65" t="s">
         <v>50</v>
       </c>
       <c r="R65" t="s">
-        <v>166</v>
+        <v>49</v>
       </c>
       <c r="S65">
-        <v>3234</v>
+        <v>3238</v>
       </c>
       <c r="T65">
-        <v>229568</v>
+        <v>221383</v>
       </c>
       <c r="U65">
-        <v>7635</v>
+        <v>7639</v>
       </c>
       <c r="V65" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" t="s">
         <v>15</v>
       </c>
       <c r="B66">
-        <v>8291</v>
+        <v>8091</v>
       </c>
       <c r="C66" t="s">
-        <v>258</v>
+        <v>319</v>
       </c>
       <c r="D66" t="s">
-        <v>257</v>
+        <v>318</v>
       </c>
       <c r="E66" t="s">
         <v>46</v>
       </c>
       <c r="F66" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="G66">
         <v>1</v>
       </c>
       <c r="H66" t="s">
         <v>10</v>
       </c>
       <c r="J66" t="s">
-        <v>228</v>
+        <v>72</v>
       </c>
       <c r="L66" t="s">
-        <v>256</v>
+        <v>317</v>
       </c>
       <c r="M66" t="s">
-        <v>61</v>
+        <v>316</v>
       </c>
       <c r="N66" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="O66" t="s">
         <v>52</v>
       </c>
       <c r="P66" t="s">
-        <v>59</v>
+        <v>204</v>
       </c>
       <c r="Q66" t="s">
-        <v>37</v>
+        <v>175</v>
       </c>
       <c r="R66" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="S66">
-        <v>3209</v>
+        <v>3253</v>
       </c>
       <c r="T66">
-        <v>229689</v>
+        <v>221384</v>
       </c>
       <c r="U66">
-        <v>7610</v>
+        <v>7654</v>
       </c>
       <c r="V66" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" t="s">
         <v>15</v>
       </c>
       <c r="B67">
-        <v>8294</v>
+        <v>8104</v>
       </c>
       <c r="C67" t="s">
-        <v>255</v>
+        <v>315</v>
       </c>
       <c r="D67" t="s">
-        <v>254</v>
+        <v>314</v>
       </c>
       <c r="E67" t="s">
         <v>46</v>
       </c>
       <c r="F67" t="s">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="G67">
         <v>1</v>
       </c>
       <c r="H67" t="s">
         <v>10</v>
       </c>
       <c r="J67" t="s">
-        <v>253</v>
+        <v>313</v>
       </c>
       <c r="L67" t="s">
-        <v>252</v>
+        <v>93</v>
       </c>
       <c r="M67" t="s">
-        <v>251</v>
+        <v>92</v>
       </c>
       <c r="N67" t="s">
         <v>41</v>
       </c>
       <c r="O67" t="s">
         <v>4</v>
       </c>
       <c r="P67" t="s">
-        <v>250</v>
+        <v>91</v>
       </c>
       <c r="Q67" t="s">
-        <v>163</v>
+        <v>73</v>
       </c>
       <c r="R67" t="s">
-        <v>249</v>
+        <v>90</v>
       </c>
       <c r="S67">
-        <v>3251</v>
+        <v>3255</v>
       </c>
       <c r="T67">
-        <v>229710</v>
+        <v>221539</v>
       </c>
       <c r="U67">
-        <v>7652</v>
+        <v>7656</v>
       </c>
       <c r="V67" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" t="s">
         <v>15</v>
       </c>
       <c r="B68">
-        <v>8309</v>
+        <v>8108</v>
       </c>
       <c r="C68" t="s">
-        <v>248</v>
+        <v>311</v>
       </c>
       <c r="D68" t="s">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="E68" t="s">
         <v>46</v>
       </c>
       <c r="F68" t="s">
-        <v>163</v>
+        <v>301</v>
       </c>
       <c r="G68">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H68" t="s">
         <v>10</v>
       </c>
       <c r="J68" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
       <c r="L68" t="s">
-        <v>141</v>
+        <v>312</v>
       </c>
       <c r="M68" t="s">
-        <v>6</v>
+        <v>257</v>
       </c>
       <c r="N68" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="O68" t="s">
         <v>52</v>
       </c>
       <c r="P68" t="s">
-        <v>106</v>
+        <v>169</v>
       </c>
       <c r="Q68" t="s">
-        <v>105</v>
+        <v>168</v>
       </c>
       <c r="R68" t="s">
-        <v>104</v>
+        <v>49</v>
       </c>
       <c r="S68">
-        <v>3244</v>
+        <v>3286</v>
       </c>
       <c r="T68">
-        <v>229759</v>
+        <v>221557</v>
       </c>
       <c r="U68">
-        <v>7645</v>
+        <v>7687</v>
       </c>
       <c r="V68" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" t="s">
         <v>15</v>
       </c>
       <c r="B69">
-        <v>8329</v>
+        <v>8108</v>
       </c>
       <c r="C69" t="s">
-        <v>246</v>
+        <v>311</v>
       </c>
       <c r="D69" t="s">
-        <v>245</v>
+        <v>310</v>
       </c>
       <c r="E69" t="s">
         <v>46</v>
       </c>
       <c r="F69" t="s">
-        <v>50</v>
+        <v>301</v>
       </c>
       <c r="G69">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H69" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J69" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="L69" t="s">
-        <v>244</v>
+        <v>309</v>
       </c>
       <c r="M69" t="s">
-        <v>6</v>
+        <v>308</v>
       </c>
       <c r="N69" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="O69" t="s">
         <v>52</v>
       </c>
       <c r="P69" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="Q69" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="R69" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="S69">
-        <v>3244</v>
+        <v>3246</v>
       </c>
       <c r="T69">
-        <v>229872</v>
+        <v>221557</v>
       </c>
       <c r="U69">
-        <v>7645</v>
+        <v>7647</v>
       </c>
       <c r="V69" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" t="s">
         <v>15</v>
       </c>
       <c r="B70">
-        <v>8356</v>
+        <v>8132</v>
       </c>
       <c r="C70" t="s">
-        <v>242</v>
+        <v>307</v>
       </c>
       <c r="D70" t="s">
-        <v>241</v>
+        <v>306</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>198</v>
+        <v>2</v>
       </c>
       <c r="G70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H70" t="s">
         <v>10</v>
       </c>
       <c r="J70" t="s">
-        <v>9</v>
+        <v>305</v>
       </c>
       <c r="L70" t="s">
-        <v>243</v>
+        <v>304</v>
       </c>
       <c r="M70" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="N70" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="O70" t="s">
         <v>52</v>
       </c>
       <c r="P70" t="s">
-        <v>179</v>
+        <v>227</v>
       </c>
       <c r="Q70" t="s">
-        <v>163</v>
+        <v>73</v>
       </c>
       <c r="R70" t="s">
-        <v>155</v>
+        <v>226</v>
       </c>
       <c r="S70">
-        <v>3099</v>
+        <v>3082</v>
       </c>
       <c r="T70">
-        <v>231633</v>
+        <v>222153</v>
       </c>
       <c r="U70">
-        <v>7496</v>
+        <v>7479</v>
       </c>
       <c r="V70" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" t="s">
         <v>15</v>
       </c>
       <c r="B71">
-        <v>8356</v>
+        <v>8141</v>
       </c>
       <c r="C71" t="s">
-        <v>242</v>
+        <v>303</v>
       </c>
       <c r="D71" t="s">
-        <v>241</v>
+        <v>302</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>198</v>
+        <v>301</v>
       </c>
       <c r="G71">
+        <v>1</v>
+      </c>
+      <c r="H71" t="s">
+        <v>10</v>
+      </c>
+      <c r="J71" t="s">
+        <v>9</v>
+      </c>
+      <c r="L71" t="s">
+        <v>300</v>
+      </c>
+      <c r="M71" t="s">
+        <v>53</v>
+      </c>
+      <c r="N71" t="s">
+        <v>85</v>
+      </c>
+      <c r="O71" t="s">
+        <v>4</v>
+      </c>
+      <c r="P71" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q71" t="s">
         <v>2</v>
       </c>
-      <c r="H71" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="R71" t="s">
-        <v>155</v>
+        <v>299</v>
       </c>
       <c r="S71">
-        <v>3095</v>
+        <v>3139</v>
       </c>
       <c r="T71">
-        <v>231633</v>
+        <v>222750</v>
       </c>
       <c r="U71">
-        <v>7492</v>
+        <v>7536</v>
       </c>
       <c r="V71" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" t="s">
         <v>15</v>
       </c>
       <c r="B72">
-        <v>8498</v>
+        <v>8209</v>
       </c>
       <c r="C72" t="s">
-        <v>238</v>
+        <v>298</v>
       </c>
       <c r="D72" t="s">
-        <v>237</v>
+        <v>297</v>
       </c>
       <c r="E72" t="s">
         <v>46</v>
       </c>
       <c r="F72" t="s">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="G72">
         <v>1</v>
       </c>
       <c r="H72" t="s">
         <v>10</v>
       </c>
       <c r="J72" t="s">
-        <v>143</v>
+        <v>161</v>
+      </c>
+      <c r="K72" t="s">
+        <v>296</v>
       </c>
       <c r="L72" t="s">
-        <v>236</v>
+        <v>295</v>
       </c>
       <c r="M72" t="s">
-        <v>235</v>
+        <v>200</v>
       </c>
       <c r="N72" t="s">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="O72" t="s">
         <v>52</v>
       </c>
       <c r="P72" t="s">
-        <v>179</v>
+        <v>59</v>
       </c>
       <c r="Q72" t="s">
-        <v>163</v>
+        <v>50</v>
       </c>
       <c r="R72" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="S72">
-        <v>3102</v>
+        <v>3236</v>
       </c>
       <c r="T72">
-        <v>237347</v>
+        <v>227553</v>
       </c>
       <c r="U72">
-        <v>7499</v>
+        <v>7637</v>
       </c>
       <c r="V72" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" t="s">
         <v>15</v>
       </c>
       <c r="B73">
-        <v>8512</v>
+        <v>8252</v>
       </c>
       <c r="C73" t="s">
-        <v>231</v>
+        <v>294</v>
       </c>
       <c r="D73" t="s">
-        <v>230</v>
+        <v>293</v>
       </c>
       <c r="E73" t="s">
         <v>46</v>
       </c>
       <c r="F73" t="s">
-        <v>156</v>
+        <v>101</v>
       </c>
       <c r="G73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H73" t="s">
         <v>10</v>
       </c>
       <c r="J73" t="s">
-        <v>234</v>
+        <v>21</v>
+      </c>
+      <c r="K73" t="s">
+        <v>292</v>
       </c>
       <c r="L73" t="s">
-        <v>233</v>
+        <v>123</v>
       </c>
       <c r="M73" t="s">
-        <v>232</v>
+        <v>6</v>
       </c>
       <c r="N73" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="O73" t="s">
         <v>52</v>
       </c>
       <c r="P73" t="s">
-        <v>157</v>
+        <v>51</v>
       </c>
       <c r="Q73" t="s">
-        <v>156</v>
+        <v>50</v>
       </c>
       <c r="R73" t="s">
         <v>49</v>
       </c>
       <c r="S73">
-        <v>3286</v>
+        <v>3238</v>
       </c>
       <c r="T73">
-        <v>237716</v>
+        <v>228547</v>
       </c>
       <c r="U73">
-        <v>7687</v>
+        <v>7639</v>
       </c>
       <c r="V73" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" t="s">
         <v>15</v>
       </c>
       <c r="B74">
-        <v>8512</v>
+        <v>8282</v>
       </c>
       <c r="C74" t="s">
-        <v>231</v>
+        <v>291</v>
       </c>
       <c r="D74" t="s">
-        <v>230</v>
+        <v>290</v>
       </c>
       <c r="E74" t="s">
         <v>46</v>
       </c>
       <c r="F74" t="s">
-        <v>156</v>
+        <v>101</v>
       </c>
       <c r="G74">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H74" t="s">
         <v>10</v>
       </c>
       <c r="J74" t="s">
-        <v>228</v>
+        <v>289</v>
       </c>
       <c r="L74" t="s">
-        <v>229</v>
+        <v>288</v>
       </c>
       <c r="M74" t="s">
-        <v>180</v>
+        <v>98</v>
       </c>
       <c r="N74" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="O74" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P74" t="s">
-        <v>179</v>
+        <v>59</v>
       </c>
       <c r="Q74" t="s">
-        <v>163</v>
+        <v>50</v>
       </c>
       <c r="R74" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="S74">
-        <v>3096</v>
+        <v>3234</v>
       </c>
       <c r="T74">
-        <v>237716</v>
+        <v>229568</v>
       </c>
       <c r="U74">
-        <v>7493</v>
+        <v>7635</v>
       </c>
       <c r="V74" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" t="s">
         <v>15</v>
       </c>
       <c r="B75">
-        <v>8514</v>
+        <v>8291</v>
       </c>
       <c r="C75" t="s">
-        <v>225</v>
+        <v>287</v>
       </c>
       <c r="D75" t="s">
-        <v>224</v>
+        <v>286</v>
       </c>
       <c r="E75" t="s">
         <v>46</v>
       </c>
       <c r="F75" t="s">
-        <v>156</v>
+        <v>50</v>
       </c>
       <c r="G75">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H75" t="s">
         <v>10</v>
       </c>
       <c r="J75" t="s">
-        <v>228</v>
+        <v>253</v>
       </c>
       <c r="L75" t="s">
-        <v>227</v>
+        <v>285</v>
       </c>
       <c r="M75" t="s">
-        <v>226</v>
+        <v>70</v>
       </c>
       <c r="N75" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="O75" t="s">
         <v>52</v>
       </c>
       <c r="P75" t="s">
-        <v>157</v>
+        <v>68</v>
       </c>
       <c r="Q75" t="s">
-        <v>156</v>
+        <v>37</v>
       </c>
       <c r="R75" t="s">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="S75">
-        <v>3287</v>
+        <v>3209</v>
       </c>
       <c r="T75">
-        <v>237718</v>
+        <v>229689</v>
       </c>
       <c r="U75">
-        <v>7688</v>
+        <v>7610</v>
       </c>
       <c r="V75" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" t="s">
         <v>15</v>
       </c>
       <c r="B76">
-        <v>8514</v>
+        <v>8294</v>
       </c>
       <c r="C76" t="s">
-        <v>225</v>
+        <v>284</v>
       </c>
       <c r="D76" t="s">
-        <v>224</v>
+        <v>283</v>
       </c>
       <c r="E76" t="s">
         <v>46</v>
       </c>
       <c r="F76" t="s">
-        <v>156</v>
+        <v>2</v>
       </c>
       <c r="G76">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H76" t="s">
         <v>10</v>
       </c>
       <c r="J76" t="s">
-        <v>63</v>
+        <v>282</v>
       </c>
       <c r="L76" t="s">
-        <v>223</v>
+        <v>281</v>
       </c>
       <c r="M76" t="s">
-        <v>222</v>
+        <v>280</v>
       </c>
       <c r="N76" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="O76" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P76" t="s">
-        <v>75</v>
+        <v>279</v>
       </c>
       <c r="Q76" t="s">
-        <v>74</v>
+        <v>175</v>
       </c>
       <c r="R76" t="s">
-        <v>221</v>
+        <v>278</v>
       </c>
       <c r="S76">
-        <v>3072</v>
+        <v>3251</v>
       </c>
       <c r="T76">
-        <v>237718</v>
+        <v>229710</v>
       </c>
       <c r="U76">
-        <v>7469</v>
+        <v>7652</v>
       </c>
       <c r="V76" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" t="s">
         <v>15</v>
       </c>
       <c r="B77">
-        <v>8515</v>
+        <v>8309</v>
       </c>
       <c r="C77" t="s">
-        <v>220</v>
+        <v>277</v>
       </c>
       <c r="D77" t="s">
-        <v>219</v>
+        <v>276</v>
       </c>
       <c r="E77" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F77" t="s">
-        <v>156</v>
+        <v>175</v>
       </c>
       <c r="G77">
         <v>1</v>
       </c>
       <c r="H77" t="s">
         <v>10</v>
       </c>
       <c r="J77" t="s">
-        <v>218</v>
+        <v>72</v>
       </c>
       <c r="L77" t="s">
-        <v>217</v>
+        <v>153</v>
       </c>
       <c r="M77" t="s">
-        <v>203</v>
+        <v>6</v>
       </c>
       <c r="N77" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="O77" t="s">
         <v>52</v>
       </c>
       <c r="P77" t="s">
-        <v>202</v>
+        <v>113</v>
       </c>
       <c r="Q77" t="s">
-        <v>64</v>
+        <v>112</v>
       </c>
       <c r="R77" t="s">
-        <v>201</v>
+        <v>111</v>
       </c>
       <c r="S77">
-        <v>3082</v>
+        <v>3244</v>
       </c>
       <c r="T77">
-        <v>237719</v>
+        <v>229759</v>
       </c>
       <c r="U77">
-        <v>7479</v>
+        <v>7645</v>
       </c>
       <c r="V77" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" t="s">
         <v>15</v>
       </c>
       <c r="B78">
-        <v>8526</v>
+        <v>8329</v>
       </c>
       <c r="C78" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="D78" t="s">
-        <v>215</v>
+        <v>274</v>
       </c>
       <c r="E78" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F78" t="s">
-        <v>156</v>
+        <v>50</v>
       </c>
       <c r="G78">
         <v>1</v>
       </c>
       <c r="H78" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="J78" t="s">
-        <v>214</v>
+        <v>28</v>
       </c>
       <c r="L78" t="s">
-        <v>213</v>
+        <v>273</v>
       </c>
       <c r="M78" t="s">
-        <v>99</v>
+        <v>6</v>
       </c>
       <c r="N78" t="s">
-        <v>5</v>
+        <v>69</v>
       </c>
       <c r="O78" t="s">
         <v>52</v>
       </c>
       <c r="P78" t="s">
-        <v>98</v>
+        <v>113</v>
       </c>
       <c r="Q78" t="s">
-        <v>70</v>
+        <v>112</v>
       </c>
       <c r="R78" t="s">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="S78">
-        <v>3064</v>
+        <v>3244</v>
       </c>
       <c r="T78">
-        <v>237730</v>
+        <v>229872</v>
       </c>
       <c r="U78">
-        <v>7461</v>
+        <v>7645</v>
       </c>
       <c r="V78" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" t="s">
         <v>15</v>
       </c>
       <c r="B79">
-        <v>8546</v>
+        <v>8356</v>
       </c>
       <c r="C79" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="D79" t="s">
-        <v>211</v>
+        <v>270</v>
       </c>
       <c r="E79" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="G79">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H79" t="s">
         <v>10</v>
       </c>
       <c r="J79" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="L79" t="s">
-        <v>209</v>
+        <v>272</v>
       </c>
       <c r="M79" t="s">
-        <v>208</v>
+        <v>260</v>
       </c>
       <c r="N79" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="O79" t="s">
         <v>52</v>
       </c>
       <c r="P79" t="s">
-        <v>146</v>
+        <v>204</v>
       </c>
       <c r="Q79" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="R79" t="s">
-        <v>185</v>
+        <v>167</v>
       </c>
       <c r="S79">
-        <v>3105</v>
+        <v>3099</v>
       </c>
       <c r="T79">
-        <v>238368</v>
+        <v>231633</v>
       </c>
       <c r="U79">
-        <v>7502</v>
+        <v>7496</v>
       </c>
       <c r="V79" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" t="s">
         <v>15</v>
       </c>
       <c r="B80">
-        <v>8552</v>
+        <v>8356</v>
       </c>
       <c r="C80" t="s">
-        <v>207</v>
+        <v>271</v>
       </c>
       <c r="D80" t="s">
-        <v>206</v>
+        <v>270</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>94</v>
+        <v>223</v>
       </c>
       <c r="G80">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H80" t="s">
         <v>10</v>
       </c>
       <c r="J80" t="s">
-        <v>205</v>
+        <v>155</v>
       </c>
       <c r="L80" t="s">
-        <v>204</v>
+        <v>269</v>
       </c>
       <c r="M80" t="s">
-        <v>203</v>
+        <v>268</v>
       </c>
       <c r="N80" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="O80" t="s">
         <v>52</v>
       </c>
       <c r="P80" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="Q80" t="s">
-        <v>64</v>
+        <v>175</v>
       </c>
       <c r="R80" t="s">
-        <v>201</v>
+        <v>167</v>
       </c>
       <c r="S80">
-        <v>3082</v>
+        <v>3095</v>
       </c>
       <c r="T80">
-        <v>238611</v>
+        <v>231633</v>
       </c>
       <c r="U80">
-        <v>7479</v>
+        <v>7492</v>
       </c>
       <c r="V80" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" t="s">
         <v>15</v>
       </c>
       <c r="B81">
-        <v>8558</v>
+        <v>8412</v>
       </c>
       <c r="C81" t="s">
-        <v>200</v>
+        <v>267</v>
       </c>
       <c r="D81" t="s">
-        <v>199</v>
+        <v>266</v>
       </c>
       <c r="E81" t="s">
         <v>46</v>
       </c>
       <c r="F81" t="s">
-        <v>198</v>
+        <v>2</v>
       </c>
       <c r="G81">
         <v>1</v>
       </c>
       <c r="H81" t="s">
         <v>10</v>
       </c>
       <c r="J81" t="s">
-        <v>197</v>
+        <v>21</v>
+      </c>
+      <c r="K81" t="s">
+        <v>265</v>
       </c>
       <c r="L81" t="s">
-        <v>196</v>
+        <v>264</v>
       </c>
       <c r="M81" t="s">
-        <v>195</v>
+        <v>60</v>
       </c>
       <c r="N81" t="s">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="O81" t="s">
         <v>52</v>
       </c>
       <c r="P81" t="s">
-        <v>98</v>
+        <v>59</v>
       </c>
       <c r="Q81" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="R81" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="S81">
-        <v>3069</v>
+        <v>3237</v>
       </c>
       <c r="T81">
-        <v>239041</v>
+        <v>235721</v>
       </c>
       <c r="U81">
-        <v>7466</v>
+        <v>7638</v>
       </c>
       <c r="V81" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" t="s">
         <v>15</v>
       </c>
       <c r="B82">
-        <v>8584</v>
+        <v>8498</v>
       </c>
       <c r="C82" t="s">
-        <v>192</v>
+        <v>263</v>
       </c>
       <c r="D82" t="s">
-        <v>191</v>
+        <v>262</v>
       </c>
       <c r="E82" t="s">
         <v>46</v>
       </c>
       <c r="F82" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="G82">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H82" t="s">
         <v>10</v>
       </c>
       <c r="J82" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>155</v>
       </c>
       <c r="L82" t="s">
-        <v>193</v>
+        <v>261</v>
       </c>
       <c r="M82" t="s">
-        <v>6</v>
+        <v>260</v>
       </c>
       <c r="N82" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O82" t="s">
         <v>52</v>
       </c>
       <c r="P82" t="s">
-        <v>51</v>
+        <v>204</v>
       </c>
       <c r="Q82" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="R82" t="s">
         <v>49</v>
       </c>
       <c r="S82">
-        <v>3238</v>
+        <v>3102</v>
       </c>
       <c r="T82">
-        <v>239622</v>
+        <v>237347</v>
       </c>
       <c r="U82">
-        <v>7639</v>
+        <v>7499</v>
       </c>
       <c r="V82" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" t="s">
         <v>15</v>
       </c>
       <c r="B83">
-        <v>8584</v>
+        <v>8512</v>
       </c>
       <c r="C83" t="s">
-        <v>192</v>
+        <v>256</v>
       </c>
       <c r="D83" t="s">
-        <v>191</v>
+        <v>255</v>
       </c>
       <c r="E83" t="s">
         <v>46</v>
       </c>
       <c r="F83" t="s">
-        <v>64</v>
+        <v>168</v>
       </c>
       <c r="G83">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H83" t="s">
         <v>10</v>
       </c>
       <c r="J83" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>259</v>
       </c>
       <c r="L83" t="s">
-        <v>189</v>
+        <v>258</v>
       </c>
       <c r="M83" t="s">
-        <v>188</v>
+        <v>257</v>
       </c>
       <c r="N83" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="O83" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P83" t="s">
-        <v>121</v>
+        <v>169</v>
       </c>
       <c r="Q83" t="s">
-        <v>70</v>
+        <v>168</v>
       </c>
       <c r="R83" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="S83">
-        <v>3257</v>
+        <v>3286</v>
       </c>
       <c r="T83">
-        <v>239622</v>
+        <v>237716</v>
       </c>
       <c r="U83">
-        <v>7658</v>
+        <v>7687</v>
       </c>
       <c r="V83" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" t="s">
         <v>15</v>
       </c>
       <c r="B84">
-        <v>8612</v>
+        <v>8512</v>
       </c>
       <c r="C84" t="s">
-        <v>184</v>
+        <v>256</v>
       </c>
       <c r="D84" t="s">
-        <v>183</v>
+        <v>255</v>
       </c>
       <c r="E84" t="s">
         <v>46</v>
       </c>
       <c r="F84" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G84">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H84" t="s">
         <v>10</v>
       </c>
       <c r="J84" t="s">
-        <v>28</v>
+        <v>253</v>
       </c>
       <c r="L84" t="s">
-        <v>187</v>
+        <v>254</v>
       </c>
       <c r="M84" t="s">
-        <v>35</v>
+        <v>205</v>
       </c>
       <c r="N84" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="O84" t="s">
         <v>52</v>
       </c>
       <c r="P84" t="s">
-        <v>186</v>
+        <v>204</v>
       </c>
       <c r="Q84" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="R84" t="s">
-        <v>185</v>
+        <v>203</v>
       </c>
       <c r="S84">
-        <v>3109</v>
+        <v>3096</v>
       </c>
       <c r="T84">
-        <v>239926</v>
+        <v>237716</v>
       </c>
       <c r="U84">
-        <v>7506</v>
+        <v>7493</v>
       </c>
       <c r="V84" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" t="s">
         <v>15</v>
       </c>
       <c r="B85">
-        <v>8612</v>
+        <v>8514</v>
       </c>
       <c r="C85" t="s">
-        <v>184</v>
+        <v>250</v>
       </c>
       <c r="D85" t="s">
-        <v>183</v>
+        <v>249</v>
       </c>
       <c r="E85" t="s">
         <v>46</v>
       </c>
       <c r="F85" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G85">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H85" t="s">
         <v>10</v>
       </c>
       <c r="J85" t="s">
-        <v>182</v>
+        <v>253</v>
       </c>
       <c r="L85" t="s">
-        <v>181</v>
+        <v>252</v>
       </c>
       <c r="M85" t="s">
-        <v>180</v>
+        <v>251</v>
       </c>
       <c r="N85" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="O85" t="s">
         <v>52</v>
       </c>
       <c r="P85" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="Q85" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="R85" t="s">
-        <v>178</v>
+        <v>49</v>
       </c>
       <c r="S85">
-        <v>3096</v>
+        <v>3287</v>
       </c>
       <c r="T85">
-        <v>239926</v>
+        <v>237718</v>
       </c>
       <c r="U85">
-        <v>7493</v>
+        <v>7688</v>
       </c>
       <c r="V85" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" t="s">
         <v>15</v>
       </c>
       <c r="B86">
-        <v>8618</v>
+        <v>8514</v>
       </c>
       <c r="C86" t="s">
-        <v>177</v>
+        <v>250</v>
       </c>
       <c r="D86" t="s">
-        <v>176</v>
+        <v>249</v>
       </c>
       <c r="E86" t="s">
         <v>46</v>
       </c>
       <c r="F86" t="s">
-        <v>30</v>
+        <v>168</v>
       </c>
       <c r="G86">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H86" t="s">
         <v>10</v>
       </c>
       <c r="J86" t="s">
-        <v>149</v>
+        <v>72</v>
       </c>
       <c r="L86" t="s">
-        <v>175</v>
+        <v>248</v>
       </c>
       <c r="M86" t="s">
-        <v>61</v>
+        <v>247</v>
       </c>
       <c r="N86" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="O86" t="s">
         <v>52</v>
       </c>
       <c r="P86" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="Q86" t="s">
-        <v>37</v>
+        <v>83</v>
       </c>
       <c r="R86" t="s">
-        <v>58</v>
+        <v>246</v>
       </c>
       <c r="S86">
-        <v>3209</v>
+        <v>3072</v>
       </c>
       <c r="T86">
-        <v>240015</v>
+        <v>237718</v>
       </c>
       <c r="U86">
-        <v>7610</v>
+        <v>7469</v>
       </c>
       <c r="V86" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" t="s">
         <v>15</v>
       </c>
       <c r="B87">
-        <v>219668</v>
+        <v>8515</v>
       </c>
       <c r="C87" t="s">
-        <v>174</v>
+        <v>245</v>
       </c>
       <c r="D87" t="s">
-        <v>173</v>
+        <v>244</v>
       </c>
       <c r="E87" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>2</v>
+        <v>168</v>
       </c>
       <c r="G87">
         <v>1</v>
       </c>
       <c r="H87" t="s">
         <v>10</v>
       </c>
       <c r="J87" t="s">
+        <v>243</v>
+      </c>
+      <c r="L87" t="s">
+        <v>242</v>
+      </c>
+      <c r="M87" t="s">
+        <v>228</v>
+      </c>
+      <c r="N87" t="s">
         <v>85</v>
       </c>
-      <c r="L87" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O87" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P87" t="s">
-        <v>82</v>
+        <v>227</v>
       </c>
       <c r="Q87" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="R87" t="s">
-        <v>81</v>
+        <v>226</v>
       </c>
       <c r="S87">
-        <v>3256</v>
+        <v>3082</v>
       </c>
       <c r="T87">
-        <v>251772</v>
+        <v>237719</v>
       </c>
       <c r="U87">
-        <v>7657</v>
+        <v>7479</v>
       </c>
       <c r="V87" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" t="s">
         <v>15</v>
       </c>
       <c r="B88">
-        <v>219691</v>
+        <v>8526</v>
       </c>
       <c r="C88" t="s">
-        <v>170</v>
+        <v>241</v>
       </c>
       <c r="D88" t="s">
-        <v>169</v>
+        <v>240</v>
       </c>
       <c r="E88" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>94</v>
+        <v>168</v>
       </c>
       <c r="G88">
         <v>1</v>
       </c>
       <c r="H88" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J88" t="s">
-        <v>168</v>
+        <v>239</v>
       </c>
       <c r="L88" t="s">
-        <v>167</v>
+        <v>238</v>
       </c>
       <c r="M88" t="s">
-        <v>91</v>
+        <v>106</v>
       </c>
       <c r="N88" t="s">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="O88" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P88" t="s">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="Q88" t="s">
-        <v>50</v>
+        <v>79</v>
       </c>
       <c r="R88" t="s">
-        <v>166</v>
+        <v>104</v>
       </c>
       <c r="S88">
-        <v>3234</v>
+        <v>3064</v>
       </c>
       <c r="T88">
-        <v>253050</v>
+        <v>237730</v>
       </c>
       <c r="U88">
-        <v>7635</v>
+        <v>7461</v>
       </c>
       <c r="V88" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" t="s">
         <v>15</v>
       </c>
       <c r="B89">
-        <v>219738</v>
+        <v>8546</v>
       </c>
       <c r="C89" t="s">
-        <v>165</v>
+        <v>237</v>
       </c>
       <c r="D89" t="s">
-        <v>164</v>
+        <v>236</v>
       </c>
       <c r="E89" t="s">
         <v>46</v>
       </c>
       <c r="F89" t="s">
-        <v>163</v>
+        <v>235</v>
       </c>
       <c r="G89">
         <v>1</v>
       </c>
       <c r="H89" t="s">
         <v>10</v>
       </c>
       <c r="J89" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="L89" t="s">
-        <v>84</v>
+        <v>234</v>
       </c>
       <c r="M89" t="s">
-        <v>83</v>
+        <v>233</v>
       </c>
       <c r="N89" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="O89" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P89" t="s">
-        <v>82</v>
+        <v>158</v>
       </c>
       <c r="Q89" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="R89" t="s">
-        <v>81</v>
+        <v>210</v>
       </c>
       <c r="S89">
-        <v>3255</v>
+        <v>3105</v>
       </c>
       <c r="T89">
-        <v>254865</v>
+        <v>238368</v>
       </c>
       <c r="U89">
-        <v>7656</v>
+        <v>7502</v>
       </c>
       <c r="V89" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" t="s">
         <v>15</v>
       </c>
       <c r="B90">
-        <v>219758</v>
+        <v>8552</v>
       </c>
       <c r="C90" t="s">
-        <v>162</v>
+        <v>232</v>
       </c>
       <c r="D90" t="s">
-        <v>161</v>
+        <v>231</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>30</v>
+        <v>101</v>
       </c>
       <c r="G90">
         <v>1</v>
       </c>
       <c r="H90" t="s">
         <v>10</v>
       </c>
       <c r="J90" t="s">
-        <v>160</v>
+        <v>230</v>
       </c>
       <c r="L90" t="s">
-        <v>159</v>
+        <v>229</v>
       </c>
       <c r="M90" t="s">
-        <v>158</v>
+        <v>228</v>
       </c>
       <c r="N90" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="O90" t="s">
         <v>52</v>
       </c>
       <c r="P90" t="s">
-        <v>157</v>
+        <v>227</v>
       </c>
       <c r="Q90" t="s">
-        <v>156</v>
+        <v>73</v>
       </c>
       <c r="R90" t="s">
-        <v>155</v>
+        <v>226</v>
       </c>
       <c r="S90">
-        <v>3320</v>
+        <v>3082</v>
       </c>
       <c r="T90">
-        <v>258828</v>
+        <v>238611</v>
       </c>
       <c r="U90">
-        <v>7721</v>
+        <v>7479</v>
       </c>
       <c r="V90" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" t="s">
         <v>15</v>
       </c>
       <c r="B91">
-        <v>219785</v>
+        <v>8558</v>
       </c>
       <c r="C91" t="s">
-        <v>154</v>
+        <v>225</v>
       </c>
       <c r="D91" t="s">
-        <v>153</v>
+        <v>224</v>
       </c>
       <c r="E91" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F91" t="s">
-        <v>86</v>
+        <v>223</v>
       </c>
       <c r="G91">
         <v>1</v>
       </c>
       <c r="H91" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J91" t="s">
-        <v>28</v>
+        <v>222</v>
       </c>
       <c r="L91" t="s">
-        <v>152</v>
+        <v>221</v>
       </c>
       <c r="M91" t="s">
-        <v>26</v>
+        <v>220</v>
       </c>
       <c r="N91" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="O91" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P91" t="s">
-        <v>25</v>
+        <v>105</v>
       </c>
       <c r="Q91" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="R91" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="S91">
-        <v>3267</v>
+        <v>3069</v>
       </c>
       <c r="T91">
-        <v>261347</v>
+        <v>239041</v>
       </c>
       <c r="U91">
-        <v>7668</v>
+        <v>7466</v>
       </c>
       <c r="V91" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" t="s">
         <v>15</v>
       </c>
       <c r="B92">
-        <v>219795</v>
+        <v>8584</v>
       </c>
       <c r="C92" t="s">
-        <v>151</v>
+        <v>217</v>
       </c>
       <c r="D92" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="E92" t="s">
         <v>46</v>
       </c>
       <c r="F92" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="G92">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H92" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J92" t="s">
-        <v>149</v>
+        <v>21</v>
+      </c>
+      <c r="K92" t="s">
+        <v>219</v>
       </c>
       <c r="L92" t="s">
-        <v>148</v>
+        <v>218</v>
       </c>
       <c r="M92" t="s">
-        <v>147</v>
+        <v>6</v>
       </c>
       <c r="N92" t="s">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="O92" t="s">
         <v>52</v>
       </c>
       <c r="P92" t="s">
-        <v>146</v>
+        <v>51</v>
       </c>
       <c r="Q92" t="s">
         <v>50</v>
       </c>
       <c r="R92" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="S92">
-        <v>3106</v>
+        <v>3238</v>
       </c>
       <c r="T92">
-        <v>261496</v>
+        <v>239622</v>
       </c>
       <c r="U92">
-        <v>7503</v>
+        <v>7639</v>
       </c>
       <c r="V92" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" t="s">
         <v>15</v>
       </c>
       <c r="B93">
-        <v>219796</v>
+        <v>8584</v>
       </c>
       <c r="C93" t="s">
-        <v>145</v>
+        <v>217</v>
       </c>
       <c r="D93" t="s">
-        <v>144</v>
+        <v>216</v>
       </c>
       <c r="E93" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F93" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="G93">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H93" t="s">
         <v>10</v>
       </c>
       <c r="J93" t="s">
-        <v>143</v>
+        <v>21</v>
       </c>
       <c r="K93" t="s">
-        <v>142</v>
+        <v>215</v>
       </c>
       <c r="L93" t="s">
-        <v>141</v>
+        <v>214</v>
       </c>
       <c r="M93" t="s">
-        <v>6</v>
+        <v>213</v>
       </c>
       <c r="N93" t="s">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="O93" t="s">
         <v>4</v>
       </c>
       <c r="P93" t="s">
-        <v>3</v>
+        <v>133</v>
       </c>
       <c r="Q93" t="s">
-        <v>2</v>
+        <v>79</v>
       </c>
       <c r="R93" t="s">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="S93">
-        <v>3140</v>
+        <v>3257</v>
       </c>
       <c r="T93">
-        <v>261708</v>
+        <v>239622</v>
       </c>
       <c r="U93">
-        <v>7537</v>
+        <v>7658</v>
       </c>
       <c r="V93" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" t="s">
         <v>15</v>
       </c>
       <c r="B94">
-        <v>219797</v>
+        <v>8612</v>
       </c>
       <c r="C94" t="s">
-        <v>140</v>
+        <v>209</v>
       </c>
       <c r="D94" t="s">
-        <v>139</v>
+        <v>208</v>
       </c>
       <c r="E94" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F94" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="G94">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H94" t="s">
         <v>10</v>
       </c>
       <c r="J94" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="L94" t="s">
-        <v>138</v>
+        <v>212</v>
       </c>
       <c r="M94" t="s">
         <v>35</v>
       </c>
       <c r="N94" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="O94" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P94" t="s">
-        <v>34</v>
+        <v>211</v>
       </c>
       <c r="Q94" t="s">
         <v>24</v>
       </c>
       <c r="R94" t="s">
-        <v>127</v>
+        <v>210</v>
       </c>
       <c r="S94">
-        <v>3135</v>
+        <v>3109</v>
       </c>
       <c r="T94">
-        <v>261709</v>
+        <v>239926</v>
       </c>
       <c r="U94">
-        <v>7532</v>
+        <v>7506</v>
       </c>
       <c r="V94" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" t="s">
         <v>15</v>
       </c>
       <c r="B95">
-        <v>219878</v>
+        <v>8612</v>
       </c>
       <c r="C95" t="s">
-        <v>137</v>
+        <v>209</v>
       </c>
       <c r="D95" t="s">
-        <v>136</v>
+        <v>208</v>
       </c>
       <c r="E95" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F95" t="s">
-        <v>135</v>
+        <v>55</v>
       </c>
       <c r="G95">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H95" t="s">
         <v>10</v>
       </c>
       <c r="J95" t="s">
-        <v>9</v>
+        <v>207</v>
       </c>
       <c r="L95" t="s">
-        <v>134</v>
+        <v>206</v>
       </c>
       <c r="M95" t="s">
-        <v>35</v>
+        <v>205</v>
       </c>
       <c r="N95" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="O95" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P95" t="s">
-        <v>34</v>
+        <v>204</v>
       </c>
       <c r="Q95" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="R95" t="s">
-        <v>127</v>
+        <v>203</v>
       </c>
       <c r="S95">
-        <v>3135</v>
+        <v>3096</v>
       </c>
       <c r="T95">
-        <v>263422</v>
+        <v>239926</v>
       </c>
       <c r="U95">
-        <v>7532</v>
+        <v>7493</v>
       </c>
       <c r="V95" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" t="s">
         <v>15</v>
       </c>
       <c r="B96">
-        <v>219933</v>
+        <v>8618</v>
       </c>
       <c r="C96" t="s">
-        <v>131</v>
+        <v>199</v>
       </c>
       <c r="D96" t="s">
-        <v>130</v>
+        <v>198</v>
       </c>
       <c r="E96" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F96" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96" t="s">
         <v>10</v>
       </c>
       <c r="J96" t="s">
-        <v>133</v>
+        <v>21</v>
+      </c>
+      <c r="K96" t="s">
+        <v>202</v>
       </c>
       <c r="L96" t="s">
-        <v>132</v>
+        <v>201</v>
       </c>
       <c r="M96" t="s">
-        <v>19</v>
+        <v>200</v>
       </c>
       <c r="N96" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="O96" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P96" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="Q96" t="s">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="R96" t="s">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="S96">
-        <v>3304</v>
+        <v>3236</v>
       </c>
       <c r="T96">
-        <v>264697</v>
+        <v>240015</v>
       </c>
       <c r="U96">
-        <v>7705</v>
+        <v>7637</v>
       </c>
       <c r="V96" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" t="s">
         <v>15</v>
       </c>
       <c r="B97">
-        <v>219933</v>
+        <v>8618</v>
       </c>
       <c r="C97" t="s">
-        <v>131</v>
+        <v>199</v>
       </c>
       <c r="D97" t="s">
-        <v>130</v>
+        <v>198</v>
       </c>
       <c r="E97" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F97" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="G97">
         <v>2</v>
       </c>
       <c r="H97" t="s">
-        <v>129</v>
+        <v>10</v>
       </c>
       <c r="J97" t="s">
-        <v>9</v>
+        <v>161</v>
       </c>
       <c r="L97" t="s">
-        <v>128</v>
+        <v>197</v>
       </c>
       <c r="M97" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="N97" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="O97" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P97" t="s">
-        <v>34</v>
+        <v>68</v>
       </c>
       <c r="Q97" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="R97" t="s">
-        <v>127</v>
+        <v>67</v>
       </c>
       <c r="S97">
-        <v>3135</v>
+        <v>3209</v>
       </c>
       <c r="T97">
-        <v>264697</v>
+        <v>240015</v>
       </c>
       <c r="U97">
-        <v>7532</v>
+        <v>7610</v>
       </c>
       <c r="V97" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" t="s">
         <v>15</v>
       </c>
       <c r="B98">
-        <v>219938</v>
+        <v>219668</v>
       </c>
       <c r="C98" t="s">
-        <v>126</v>
+        <v>196</v>
       </c>
       <c r="D98" t="s">
-        <v>125</v>
+        <v>195</v>
       </c>
       <c r="E98" t="s">
         <v>46</v>
       </c>
       <c r="F98" t="s">
-        <v>70</v>
+        <v>2</v>
       </c>
       <c r="G98">
         <v>1</v>
       </c>
       <c r="H98" t="s">
         <v>10</v>
       </c>
       <c r="J98" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>94</v>
       </c>
       <c r="L98" t="s">
-        <v>123</v>
+        <v>194</v>
       </c>
       <c r="M98" t="s">
-        <v>122</v>
+        <v>193</v>
       </c>
       <c r="N98" t="s">
         <v>41</v>
       </c>
       <c r="O98" t="s">
         <v>4</v>
       </c>
       <c r="P98" t="s">
-        <v>121</v>
+        <v>91</v>
       </c>
       <c r="Q98" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="R98" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="S98">
-        <v>3260</v>
+        <v>3256</v>
       </c>
       <c r="T98">
-        <v>265672</v>
+        <v>251772</v>
       </c>
       <c r="U98">
-        <v>7661</v>
+        <v>7657</v>
       </c>
       <c r="V98" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" t="s">
         <v>15</v>
       </c>
       <c r="B99">
-        <v>219980</v>
+        <v>219683</v>
       </c>
       <c r="C99" t="s">
-        <v>120</v>
+        <v>192</v>
       </c>
       <c r="D99" t="s">
-        <v>119</v>
+        <v>191</v>
       </c>
       <c r="E99" t="s">
         <v>46</v>
       </c>
       <c r="F99" t="s">
-        <v>2</v>
+        <v>55</v>
       </c>
       <c r="G99">
         <v>1</v>
       </c>
       <c r="H99" t="s">
         <v>10</v>
       </c>
       <c r="J99" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>28</v>
       </c>
       <c r="L99" t="s">
-        <v>117</v>
+        <v>190</v>
       </c>
       <c r="M99" t="s">
-        <v>6</v>
+        <v>129</v>
       </c>
       <c r="N99" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O99" t="s">
         <v>52</v>
       </c>
       <c r="P99" t="s">
-        <v>51</v>
+        <v>128</v>
       </c>
       <c r="Q99" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="R99" t="s">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="S99">
-        <v>3238</v>
+        <v>3319</v>
       </c>
       <c r="T99">
-        <v>268269</v>
+        <v>252513</v>
       </c>
       <c r="U99">
-        <v>7639</v>
+        <v>7720</v>
       </c>
       <c r="V99" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" t="s">
         <v>15</v>
       </c>
       <c r="B100">
-        <v>220004</v>
+        <v>219691</v>
       </c>
       <c r="C100" t="s">
-        <v>116</v>
+        <v>189</v>
       </c>
       <c r="D100" t="s">
-        <v>115</v>
+        <v>188</v>
       </c>
       <c r="E100" t="s">
         <v>46</v>
       </c>
       <c r="F100" t="s">
-        <v>2</v>
+        <v>101</v>
       </c>
       <c r="G100">
         <v>1</v>
       </c>
       <c r="H100" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="J100" t="s">
-        <v>114</v>
+        <v>187</v>
       </c>
       <c r="L100" t="s">
-        <v>113</v>
+        <v>186</v>
       </c>
       <c r="M100" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="N100" t="s">
-        <v>5</v>
+        <v>69</v>
       </c>
       <c r="O100" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P100" t="s">
-        <v>111</v>
+        <v>59</v>
       </c>
       <c r="Q100" t="s">
-        <v>105</v>
+        <v>50</v>
       </c>
       <c r="R100" t="s">
-        <v>104</v>
+        <v>185</v>
       </c>
       <c r="S100">
-        <v>3116</v>
+        <v>3234</v>
       </c>
       <c r="T100">
-        <v>269726</v>
+        <v>253050</v>
       </c>
       <c r="U100">
-        <v>7513</v>
+        <v>7635</v>
       </c>
       <c r="V100" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" t="s">
         <v>15</v>
       </c>
       <c r="B101">
-        <v>220040</v>
+        <v>219702</v>
       </c>
       <c r="C101" t="s">
-        <v>110</v>
+        <v>184</v>
       </c>
       <c r="D101" t="s">
-        <v>109</v>
+        <v>183</v>
       </c>
       <c r="E101" t="s">
         <v>46</v>
       </c>
       <c r="F101" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="G101">
         <v>1</v>
       </c>
       <c r="H101" t="s">
         <v>29</v>
       </c>
       <c r="J101" t="s">
         <v>28</v>
       </c>
       <c r="L101" t="s">
-        <v>107</v>
+        <v>182</v>
       </c>
       <c r="M101" t="s">
-        <v>6</v>
+        <v>181</v>
       </c>
       <c r="N101" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="O101" t="s">
-        <v>52</v>
+        <v>180</v>
       </c>
       <c r="P101" t="s">
-        <v>106</v>
+        <v>179</v>
       </c>
       <c r="Q101" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="R101" t="s">
-        <v>104</v>
+        <v>178</v>
       </c>
       <c r="S101">
-        <v>3244</v>
+        <v>3155</v>
       </c>
       <c r="T101">
-        <v>270266</v>
+        <v>253455</v>
       </c>
       <c r="U101">
-        <v>7645</v>
+        <v>7552</v>
       </c>
       <c r="V101" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" t="s">
         <v>15</v>
       </c>
       <c r="B102">
-        <v>220076</v>
+        <v>219738</v>
       </c>
       <c r="C102" t="s">
-        <v>103</v>
+        <v>177</v>
       </c>
       <c r="D102" t="s">
-        <v>102</v>
+        <v>176</v>
       </c>
       <c r="E102" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F102" t="s">
-        <v>11</v>
+        <v>175</v>
       </c>
       <c r="G102">
         <v>1</v>
       </c>
       <c r="H102" t="s">
         <v>10</v>
       </c>
       <c r="J102" t="s">
-        <v>101</v>
+        <v>72</v>
       </c>
       <c r="L102" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="M102" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="N102" t="s">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="O102" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P102" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="Q102" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="R102" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="S102">
-        <v>3064</v>
+        <v>3255</v>
       </c>
       <c r="T102">
-        <v>270960</v>
+        <v>254865</v>
       </c>
       <c r="U102">
-        <v>7461</v>
+        <v>7656</v>
       </c>
       <c r="V102" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" t="s">
         <v>15</v>
       </c>
       <c r="B103">
-        <v>220122</v>
+        <v>219758</v>
       </c>
       <c r="C103" t="s">
-        <v>96</v>
+        <v>174</v>
       </c>
       <c r="D103" t="s">
-        <v>95</v>
+        <v>173</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>94</v>
+        <v>30</v>
       </c>
       <c r="G103">
         <v>1</v>
       </c>
       <c r="H103" t="s">
         <v>10</v>
       </c>
       <c r="J103" t="s">
-        <v>93</v>
+        <v>172</v>
       </c>
       <c r="L103" t="s">
-        <v>92</v>
+        <v>171</v>
       </c>
       <c r="M103" t="s">
-        <v>91</v>
+        <v>170</v>
       </c>
       <c r="N103" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="O103" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P103" t="s">
-        <v>90</v>
+        <v>169</v>
       </c>
       <c r="Q103" t="s">
-        <v>50</v>
+        <v>168</v>
       </c>
       <c r="R103" t="s">
-        <v>89</v>
+        <v>167</v>
       </c>
       <c r="S103">
-        <v>3296</v>
+        <v>3320</v>
       </c>
       <c r="T103">
-        <v>272304</v>
+        <v>258828</v>
       </c>
       <c r="U103">
-        <v>7697</v>
+        <v>7721</v>
       </c>
       <c r="V103" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" t="s">
         <v>15</v>
       </c>
       <c r="B104">
-        <v>220133</v>
+        <v>219785</v>
       </c>
       <c r="C104" t="s">
-        <v>88</v>
+        <v>166</v>
       </c>
       <c r="D104" t="s">
-        <v>87</v>
+        <v>165</v>
       </c>
       <c r="E104" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="G104">
         <v>1</v>
       </c>
       <c r="H104" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="J104" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
       <c r="L104" t="s">
-        <v>84</v>
+        <v>164</v>
       </c>
       <c r="M104" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
       <c r="N104" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="O104" t="s">
         <v>4</v>
       </c>
       <c r="P104" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
       <c r="Q104" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="R104" t="s">
-        <v>81</v>
+        <v>16</v>
       </c>
       <c r="S104">
-        <v>3255</v>
+        <v>3267</v>
       </c>
       <c r="T104">
-        <v>272367</v>
+        <v>261347</v>
       </c>
       <c r="U104">
-        <v>7656</v>
+        <v>7668</v>
       </c>
       <c r="V104" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" t="s">
         <v>15</v>
       </c>
       <c r="B105">
-        <v>220236</v>
+        <v>219795</v>
       </c>
       <c r="C105" t="s">
-        <v>80</v>
+        <v>163</v>
       </c>
       <c r="D105" t="s">
-        <v>79</v>
+        <v>162</v>
       </c>
       <c r="E105" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F105" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="G105">
         <v>1</v>
       </c>
       <c r="H105" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="J105" t="s">
-        <v>63</v>
+        <v>161</v>
       </c>
       <c r="L105" t="s">
-        <v>78</v>
+        <v>160</v>
       </c>
       <c r="M105" t="s">
-        <v>77</v>
+        <v>159</v>
       </c>
       <c r="N105" t="s">
-        <v>76</v>
+        <v>5</v>
       </c>
       <c r="O105" t="s">
         <v>52</v>
       </c>
       <c r="P105" t="s">
-        <v>75</v>
+        <v>158</v>
       </c>
       <c r="Q105" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="R105" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="S105">
-        <v>3076</v>
+        <v>3106</v>
       </c>
       <c r="T105">
-        <v>276021</v>
+        <v>261496</v>
       </c>
       <c r="U105">
-        <v>7473</v>
+        <v>7503</v>
       </c>
       <c r="V105" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" t="s">
         <v>15</v>
       </c>
       <c r="B106">
-        <v>220239</v>
+        <v>219796</v>
       </c>
       <c r="C106" t="s">
-        <v>72</v>
+        <v>157</v>
       </c>
       <c r="D106" t="s">
-        <v>71</v>
+        <v>156</v>
       </c>
       <c r="E106" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="G106">
         <v>1</v>
       </c>
       <c r="H106" t="s">
         <v>10</v>
       </c>
       <c r="J106" t="s">
-        <v>69</v>
+        <v>155</v>
       </c>
       <c r="K106" t="s">
-        <v>68</v>
+        <v>154</v>
       </c>
       <c r="L106" t="s">
-        <v>67</v>
+        <v>153</v>
       </c>
       <c r="M106" t="s">
-        <v>61</v>
+        <v>6</v>
       </c>
       <c r="N106" t="s">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="O106" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P106" t="s">
-        <v>59</v>
+        <v>3</v>
       </c>
       <c r="Q106" t="s">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="R106" t="s">
-        <v>58</v>
+        <v>1</v>
       </c>
       <c r="S106">
-        <v>3209</v>
+        <v>3140</v>
       </c>
       <c r="T106">
-        <v>276159</v>
+        <v>261708</v>
       </c>
       <c r="U106">
-        <v>7610</v>
+        <v>7537</v>
       </c>
       <c r="V106" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" t="s">
         <v>15</v>
       </c>
       <c r="B107">
-        <v>220307</v>
+        <v>219797</v>
       </c>
       <c r="C107" t="s">
-        <v>66</v>
+        <v>152</v>
       </c>
       <c r="D107" t="s">
-        <v>65</v>
+        <v>151</v>
       </c>
       <c r="E107" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="G107">
         <v>1</v>
       </c>
       <c r="H107" t="s">
         <v>10</v>
       </c>
       <c r="J107" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="L107" t="s">
-        <v>62</v>
+        <v>150</v>
       </c>
       <c r="M107" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="N107" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="O107" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P107" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="Q107" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="R107" t="s">
-        <v>58</v>
+        <v>139</v>
       </c>
       <c r="S107">
-        <v>3209</v>
+        <v>3135</v>
       </c>
       <c r="T107">
-        <v>279099</v>
+        <v>261709</v>
       </c>
       <c r="U107">
-        <v>7610</v>
+        <v>7532</v>
       </c>
       <c r="V107" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" t="s">
         <v>15</v>
       </c>
       <c r="B108">
-        <v>220338</v>
+        <v>219878</v>
       </c>
       <c r="C108" t="s">
-        <v>57</v>
+        <v>149</v>
       </c>
       <c r="D108" t="s">
-        <v>56</v>
+        <v>148</v>
       </c>
       <c r="E108" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>55</v>
+        <v>147</v>
       </c>
       <c r="G108">
         <v>1</v>
       </c>
       <c r="H108" t="s">
         <v>10</v>
       </c>
       <c r="J108" t="s">
         <v>9</v>
       </c>
       <c r="L108" t="s">
-        <v>54</v>
+        <v>146</v>
       </c>
       <c r="M108" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="N108" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="O108" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P108" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="Q108" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="R108" t="s">
-        <v>49</v>
+        <v>139</v>
       </c>
       <c r="S108">
-        <v>3239</v>
+        <v>3135</v>
       </c>
       <c r="T108">
-        <v>280079</v>
+        <v>263422</v>
       </c>
       <c r="U108">
-        <v>7640</v>
+        <v>7532</v>
       </c>
       <c r="V108" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" t="s">
         <v>15</v>
       </c>
       <c r="B109">
-        <v>220342</v>
+        <v>219933</v>
       </c>
       <c r="C109" t="s">
-        <v>48</v>
+        <v>143</v>
       </c>
       <c r="D109" t="s">
-        <v>47</v>
+        <v>142</v>
       </c>
       <c r="E109" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="G109">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H109" t="s">
         <v>10</v>
       </c>
       <c r="J109" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>145</v>
       </c>
       <c r="L109" t="s">
-        <v>43</v>
+        <v>144</v>
       </c>
       <c r="M109" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="N109" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="O109" t="s">
         <v>4</v>
       </c>
       <c r="P109" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="Q109" t="s">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="R109" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="S109">
-        <v>3271</v>
+        <v>3304</v>
       </c>
       <c r="T109">
-        <v>280194</v>
+        <v>264697</v>
       </c>
       <c r="U109">
-        <v>7672</v>
+        <v>7705</v>
       </c>
       <c r="V109" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" t="s">
         <v>15</v>
       </c>
       <c r="B110">
-        <v>220421</v>
+        <v>219933</v>
       </c>
       <c r="C110" t="s">
-        <v>39</v>
+        <v>143</v>
       </c>
       <c r="D110" t="s">
-        <v>38</v>
+        <v>142</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="G110">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H110" t="s">
-        <v>10</v>
+        <v>141</v>
       </c>
       <c r="J110" t="s">
         <v>9</v>
       </c>
       <c r="L110" t="s">
-        <v>36</v>
+        <v>140</v>
       </c>
       <c r="M110" t="s">
         <v>35</v>
       </c>
       <c r="N110" t="s">
-        <v>5</v>
+        <v>85</v>
       </c>
       <c r="O110" t="s">
         <v>4</v>
       </c>
       <c r="P110" t="s">
         <v>34</v>
       </c>
       <c r="Q110" t="s">
         <v>24</v>
       </c>
       <c r="R110" t="s">
-        <v>33</v>
+        <v>139</v>
       </c>
       <c r="S110">
-        <v>3136</v>
+        <v>3135</v>
       </c>
       <c r="T110">
-        <v>283438</v>
+        <v>264697</v>
       </c>
       <c r="U110">
-        <v>7533</v>
+        <v>7532</v>
       </c>
       <c r="V110" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" t="s">
         <v>15</v>
       </c>
       <c r="B111">
-        <v>220469</v>
+        <v>219938</v>
       </c>
       <c r="C111" t="s">
-        <v>32</v>
+        <v>138</v>
       </c>
       <c r="D111" t="s">
-        <v>31</v>
+        <v>137</v>
       </c>
       <c r="E111" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F111" t="s">
-        <v>30</v>
+        <v>79</v>
       </c>
       <c r="G111">
         <v>1</v>
       </c>
       <c r="H111" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J111" t="s">
-        <v>28</v>
+        <v>63</v>
+      </c>
+      <c r="K111" t="s">
+        <v>136</v>
       </c>
       <c r="L111" t="s">
-        <v>27</v>
+        <v>135</v>
       </c>
       <c r="M111" t="s">
-        <v>26</v>
+        <v>134</v>
       </c>
       <c r="N111" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="O111" t="s">
         <v>4</v>
       </c>
       <c r="P111" t="s">
-        <v>25</v>
+        <v>133</v>
       </c>
       <c r="Q111" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="R111" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="S111">
-        <v>3267</v>
+        <v>3260</v>
       </c>
       <c r="T111">
-        <v>285727</v>
+        <v>265672</v>
       </c>
       <c r="U111">
-        <v>7668</v>
+        <v>7661</v>
       </c>
       <c r="V111" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" t="s">
         <v>15</v>
       </c>
       <c r="B112">
-        <v>220590</v>
+        <v>219971</v>
       </c>
       <c r="C112" t="s">
-        <v>23</v>
+        <v>132</v>
       </c>
       <c r="D112" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="E112" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F112" t="s">
-        <v>2</v>
+        <v>37</v>
       </c>
       <c r="G112">
         <v>1</v>
       </c>
       <c r="H112" t="s">
         <v>10</v>
       </c>
       <c r="J112" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="L112" t="s">
-        <v>20</v>
+        <v>130</v>
       </c>
       <c r="M112" t="s">
-        <v>19</v>
+        <v>129</v>
       </c>
       <c r="N112" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="O112" t="s">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="P112" t="s">
-        <v>17</v>
+        <v>128</v>
       </c>
       <c r="Q112" t="s">
-        <v>2</v>
+        <v>37</v>
       </c>
       <c r="R112" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="S112">
-        <v>3304</v>
+        <v>3319</v>
       </c>
       <c r="T112">
-        <v>293491</v>
+        <v>267371</v>
       </c>
       <c r="U112">
-        <v>7705</v>
+        <v>7720</v>
       </c>
       <c r="V112" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" t="s">
         <v>15</v>
       </c>
       <c r="B113">
-        <v>220658</v>
+        <v>219980</v>
       </c>
       <c r="C113" t="s">
-        <v>14</v>
+        <v>126</v>
       </c>
       <c r="D113" t="s">
-        <v>13</v>
+        <v>125</v>
       </c>
       <c r="E113" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F113" t="s">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="G113">
         <v>1</v>
       </c>
       <c r="H113" t="s">
         <v>10</v>
       </c>
       <c r="J113" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="K113" t="s">
-        <v>8</v>
+        <v>124</v>
       </c>
       <c r="L113" t="s">
-        <v>7</v>
+        <v>123</v>
       </c>
       <c r="M113" t="s">
         <v>6</v>
       </c>
       <c r="N113" t="s">
+        <v>41</v>
+      </c>
+      <c r="O113" t="s">
+        <v>52</v>
+      </c>
+      <c r="P113" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>50</v>
+      </c>
+      <c r="R113" t="s">
+        <v>49</v>
+      </c>
+      <c r="S113">
+        <v>3238</v>
+      </c>
+      <c r="T113">
+        <v>268269</v>
+      </c>
+      <c r="U113">
+        <v>7639</v>
+      </c>
+      <c r="V113" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:23">
+      <c r="A114" t="s">
+        <v>15</v>
+      </c>
+      <c r="B114">
+        <v>220004</v>
+      </c>
+      <c r="C114" t="s">
+        <v>122</v>
+      </c>
+      <c r="D114" t="s">
+        <v>121</v>
+      </c>
+      <c r="E114" t="s">
+        <v>46</v>
+      </c>
+      <c r="F114" t="s">
+        <v>2</v>
+      </c>
+      <c r="G114">
+        <v>1</v>
+      </c>
+      <c r="H114" t="s">
+        <v>10</v>
+      </c>
+      <c r="J114" t="s">
+        <v>63</v>
+      </c>
+      <c r="L114" t="s">
+        <v>120</v>
+      </c>
+      <c r="M114" t="s">
+        <v>119</v>
+      </c>
+      <c r="N114" t="s">
         <v>5</v>
       </c>
-      <c r="O113" t="s">
+      <c r="O114" t="s">
+        <v>52</v>
+      </c>
+      <c r="P114" t="s">
+        <v>118</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>112</v>
+      </c>
+      <c r="R114" t="s">
+        <v>111</v>
+      </c>
+      <c r="S114">
+        <v>3116</v>
+      </c>
+      <c r="T114">
+        <v>269726</v>
+      </c>
+      <c r="U114">
+        <v>7513</v>
+      </c>
+      <c r="V114" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:23">
+      <c r="A115" t="s">
+        <v>15</v>
+      </c>
+      <c r="B115">
+        <v>220040</v>
+      </c>
+      <c r="C115" t="s">
+        <v>117</v>
+      </c>
+      <c r="D115" t="s">
+        <v>116</v>
+      </c>
+      <c r="E115" t="s">
+        <v>46</v>
+      </c>
+      <c r="F115" t="s">
+        <v>115</v>
+      </c>
+      <c r="G115">
+        <v>1</v>
+      </c>
+      <c r="H115" t="s">
+        <v>29</v>
+      </c>
+      <c r="J115" t="s">
+        <v>28</v>
+      </c>
+      <c r="L115" t="s">
+        <v>114</v>
+      </c>
+      <c r="M115" t="s">
+        <v>6</v>
+      </c>
+      <c r="N115" t="s">
+        <v>69</v>
+      </c>
+      <c r="O115" t="s">
+        <v>52</v>
+      </c>
+      <c r="P115" t="s">
+        <v>113</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>112</v>
+      </c>
+      <c r="R115" t="s">
+        <v>111</v>
+      </c>
+      <c r="S115">
+        <v>3244</v>
+      </c>
+      <c r="T115">
+        <v>270266</v>
+      </c>
+      <c r="U115">
+        <v>7645</v>
+      </c>
+      <c r="V115" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:23">
+      <c r="A116" t="s">
+        <v>15</v>
+      </c>
+      <c r="B116">
+        <v>220076</v>
+      </c>
+      <c r="C116" t="s">
+        <v>110</v>
+      </c>
+      <c r="D116" t="s">
+        <v>109</v>
+      </c>
+      <c r="E116" t="s">
+        <v>12</v>
+      </c>
+      <c r="F116" t="s">
+        <v>11</v>
+      </c>
+      <c r="G116">
+        <v>1</v>
+      </c>
+      <c r="H116" t="s">
+        <v>10</v>
+      </c>
+      <c r="J116" t="s">
+        <v>108</v>
+      </c>
+      <c r="L116" t="s">
+        <v>107</v>
+      </c>
+      <c r="M116" t="s">
+        <v>106</v>
+      </c>
+      <c r="N116" t="s">
+        <v>5</v>
+      </c>
+      <c r="O116" t="s">
+        <v>52</v>
+      </c>
+      <c r="P116" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>79</v>
+      </c>
+      <c r="R116" t="s">
+        <v>104</v>
+      </c>
+      <c r="S116">
+        <v>3064</v>
+      </c>
+      <c r="T116">
+        <v>270960</v>
+      </c>
+      <c r="U116">
+        <v>7461</v>
+      </c>
+      <c r="V116" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:23">
+      <c r="A117" t="s">
+        <v>15</v>
+      </c>
+      <c r="B117">
+        <v>220122</v>
+      </c>
+      <c r="C117" t="s">
+        <v>103</v>
+      </c>
+      <c r="D117" t="s">
+        <v>102</v>
+      </c>
+      <c r="E117" t="s">
+        <v>12</v>
+      </c>
+      <c r="F117" t="s">
+        <v>101</v>
+      </c>
+      <c r="G117">
+        <v>1</v>
+      </c>
+      <c r="H117" t="s">
+        <v>10</v>
+      </c>
+      <c r="J117" t="s">
+        <v>100</v>
+      </c>
+      <c r="L117" t="s">
+        <v>99</v>
+      </c>
+      <c r="M117" t="s">
+        <v>98</v>
+      </c>
+      <c r="N117" t="s">
+        <v>18</v>
+      </c>
+      <c r="O117" t="s">
         <v>4</v>
       </c>
-      <c r="P113" t="s">
+      <c r="P117" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>50</v>
+      </c>
+      <c r="R117" t="s">
+        <v>97</v>
+      </c>
+      <c r="S117">
+        <v>3296</v>
+      </c>
+      <c r="T117">
+        <v>272304</v>
+      </c>
+      <c r="U117">
+        <v>7697</v>
+      </c>
+      <c r="V117" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:23">
+      <c r="A118" t="s">
+        <v>15</v>
+      </c>
+      <c r="B118">
+        <v>220133</v>
+      </c>
+      <c r="C118" t="s">
+        <v>96</v>
+      </c>
+      <c r="D118" t="s">
+        <v>95</v>
+      </c>
+      <c r="E118" t="s">
+        <v>46</v>
+      </c>
+      <c r="F118" t="s">
+        <v>64</v>
+      </c>
+      <c r="G118">
+        <v>1</v>
+      </c>
+      <c r="H118" t="s">
+        <v>10</v>
+      </c>
+      <c r="J118" t="s">
+        <v>94</v>
+      </c>
+      <c r="L118" t="s">
+        <v>93</v>
+      </c>
+      <c r="M118" t="s">
+        <v>92</v>
+      </c>
+      <c r="N118" t="s">
+        <v>41</v>
+      </c>
+      <c r="O118" t="s">
+        <v>4</v>
+      </c>
+      <c r="P118" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>73</v>
+      </c>
+      <c r="R118" t="s">
+        <v>90</v>
+      </c>
+      <c r="S118">
+        <v>3255</v>
+      </c>
+      <c r="T118">
+        <v>272367</v>
+      </c>
+      <c r="U118">
+        <v>7656</v>
+      </c>
+      <c r="V118" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:23">
+      <c r="A119" t="s">
+        <v>15</v>
+      </c>
+      <c r="B119">
+        <v>220236</v>
+      </c>
+      <c r="C119" t="s">
+        <v>89</v>
+      </c>
+      <c r="D119" t="s">
+        <v>88</v>
+      </c>
+      <c r="E119" t="s">
+        <v>12</v>
+      </c>
+      <c r="F119" t="s">
+        <v>37</v>
+      </c>
+      <c r="G119">
+        <v>1</v>
+      </c>
+      <c r="H119" t="s">
+        <v>10</v>
+      </c>
+      <c r="J119" t="s">
+        <v>72</v>
+      </c>
+      <c r="L119" t="s">
+        <v>87</v>
+      </c>
+      <c r="M119" t="s">
+        <v>86</v>
+      </c>
+      <c r="N119" t="s">
+        <v>85</v>
+      </c>
+      <c r="O119" t="s">
+        <v>52</v>
+      </c>
+      <c r="P119" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>83</v>
+      </c>
+      <c r="R119" t="s">
+        <v>82</v>
+      </c>
+      <c r="S119">
+        <v>3076</v>
+      </c>
+      <c r="T119">
+        <v>276021</v>
+      </c>
+      <c r="U119">
+        <v>7473</v>
+      </c>
+      <c r="V119" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:23">
+      <c r="A120" t="s">
+        <v>15</v>
+      </c>
+      <c r="B120">
+        <v>220239</v>
+      </c>
+      <c r="C120" t="s">
+        <v>81</v>
+      </c>
+      <c r="D120" t="s">
+        <v>80</v>
+      </c>
+      <c r="E120" t="s">
+        <v>46</v>
+      </c>
+      <c r="F120" t="s">
+        <v>79</v>
+      </c>
+      <c r="G120">
+        <v>1</v>
+      </c>
+      <c r="H120" t="s">
+        <v>10</v>
+      </c>
+      <c r="J120" t="s">
+        <v>78</v>
+      </c>
+      <c r="K120" t="s">
+        <v>77</v>
+      </c>
+      <c r="L120" t="s">
+        <v>76</v>
+      </c>
+      <c r="M120" t="s">
+        <v>70</v>
+      </c>
+      <c r="N120" t="s">
+        <v>69</v>
+      </c>
+      <c r="O120" t="s">
+        <v>52</v>
+      </c>
+      <c r="P120" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q120" t="s">
+        <v>37</v>
+      </c>
+      <c r="R120" t="s">
+        <v>67</v>
+      </c>
+      <c r="S120">
+        <v>3209</v>
+      </c>
+      <c r="T120">
+        <v>276159</v>
+      </c>
+      <c r="U120">
+        <v>7610</v>
+      </c>
+      <c r="V120" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:23">
+      <c r="A121" t="s">
+        <v>15</v>
+      </c>
+      <c r="B121">
+        <v>220307</v>
+      </c>
+      <c r="C121" t="s">
+        <v>75</v>
+      </c>
+      <c r="D121" t="s">
+        <v>74</v>
+      </c>
+      <c r="E121" t="s">
+        <v>46</v>
+      </c>
+      <c r="F121" t="s">
+        <v>73</v>
+      </c>
+      <c r="G121">
+        <v>1</v>
+      </c>
+      <c r="H121" t="s">
+        <v>10</v>
+      </c>
+      <c r="J121" t="s">
+        <v>72</v>
+      </c>
+      <c r="L121" t="s">
+        <v>71</v>
+      </c>
+      <c r="M121" t="s">
+        <v>70</v>
+      </c>
+      <c r="N121" t="s">
+        <v>69</v>
+      </c>
+      <c r="O121" t="s">
+        <v>52</v>
+      </c>
+      <c r="P121" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>37</v>
+      </c>
+      <c r="R121" t="s">
+        <v>67</v>
+      </c>
+      <c r="S121">
+        <v>3209</v>
+      </c>
+      <c r="T121">
+        <v>279099</v>
+      </c>
+      <c r="U121">
+        <v>7610</v>
+      </c>
+      <c r="V121" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:23">
+      <c r="A122" t="s">
+        <v>15</v>
+      </c>
+      <c r="B122">
+        <v>220313</v>
+      </c>
+      <c r="C122" t="s">
+        <v>66</v>
+      </c>
+      <c r="D122" t="s">
+        <v>65</v>
+      </c>
+      <c r="E122" t="s">
+        <v>46</v>
+      </c>
+      <c r="F122" t="s">
+        <v>64</v>
+      </c>
+      <c r="G122">
+        <v>1</v>
+      </c>
+      <c r="H122" t="s">
+        <v>10</v>
+      </c>
+      <c r="J122" t="s">
+        <v>63</v>
+      </c>
+      <c r="K122" t="s">
+        <v>62</v>
+      </c>
+      <c r="L122" t="s">
+        <v>61</v>
+      </c>
+      <c r="M122" t="s">
+        <v>60</v>
+      </c>
+      <c r="N122" t="s">
+        <v>41</v>
+      </c>
+      <c r="O122" t="s">
+        <v>52</v>
+      </c>
+      <c r="P122" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q122" t="s">
+        <v>50</v>
+      </c>
+      <c r="R122" t="s">
+        <v>58</v>
+      </c>
+      <c r="S122">
+        <v>3237</v>
+      </c>
+      <c r="T122">
+        <v>279170</v>
+      </c>
+      <c r="U122">
+        <v>7638</v>
+      </c>
+      <c r="V122" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:23">
+      <c r="A123" t="s">
+        <v>15</v>
+      </c>
+      <c r="B123">
+        <v>220338</v>
+      </c>
+      <c r="C123" t="s">
+        <v>57</v>
+      </c>
+      <c r="D123" t="s">
+        <v>56</v>
+      </c>
+      <c r="E123" t="s">
+        <v>46</v>
+      </c>
+      <c r="F123" t="s">
+        <v>55</v>
+      </c>
+      <c r="G123">
+        <v>1</v>
+      </c>
+      <c r="H123" t="s">
+        <v>10</v>
+      </c>
+      <c r="J123" t="s">
+        <v>9</v>
+      </c>
+      <c r="L123" t="s">
+        <v>54</v>
+      </c>
+      <c r="M123" t="s">
+        <v>53</v>
+      </c>
+      <c r="N123" t="s">
+        <v>41</v>
+      </c>
+      <c r="O123" t="s">
+        <v>52</v>
+      </c>
+      <c r="P123" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q123" t="s">
+        <v>50</v>
+      </c>
+      <c r="R123" t="s">
+        <v>49</v>
+      </c>
+      <c r="S123">
+        <v>3239</v>
+      </c>
+      <c r="T123">
+        <v>280079</v>
+      </c>
+      <c r="U123">
+        <v>7640</v>
+      </c>
+      <c r="V123" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:23">
+      <c r="A124" t="s">
+        <v>15</v>
+      </c>
+      <c r="B124">
+        <v>220342</v>
+      </c>
+      <c r="C124" t="s">
+        <v>48</v>
+      </c>
+      <c r="D124" t="s">
+        <v>47</v>
+      </c>
+      <c r="E124" t="s">
+        <v>46</v>
+      </c>
+      <c r="F124" t="s">
+        <v>45</v>
+      </c>
+      <c r="G124">
+        <v>1</v>
+      </c>
+      <c r="H124" t="s">
+        <v>10</v>
+      </c>
+      <c r="J124" t="s">
+        <v>21</v>
+      </c>
+      <c r="K124" t="s">
+        <v>44</v>
+      </c>
+      <c r="L124" t="s">
+        <v>43</v>
+      </c>
+      <c r="M124" t="s">
+        <v>42</v>
+      </c>
+      <c r="N124" t="s">
+        <v>41</v>
+      </c>
+      <c r="O124" t="s">
+        <v>4</v>
+      </c>
+      <c r="P124" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q124" t="s">
+        <v>24</v>
+      </c>
+      <c r="R124" t="s">
+        <v>40</v>
+      </c>
+      <c r="S124">
+        <v>3271</v>
+      </c>
+      <c r="T124">
+        <v>280194</v>
+      </c>
+      <c r="U124">
+        <v>7672</v>
+      </c>
+      <c r="V124" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:23">
+      <c r="A125" t="s">
+        <v>15</v>
+      </c>
+      <c r="B125">
+        <v>220421</v>
+      </c>
+      <c r="C125" t="s">
+        <v>39</v>
+      </c>
+      <c r="D125" t="s">
+        <v>38</v>
+      </c>
+      <c r="E125" t="s">
+        <v>12</v>
+      </c>
+      <c r="F125" t="s">
+        <v>37</v>
+      </c>
+      <c r="G125">
+        <v>1</v>
+      </c>
+      <c r="H125" t="s">
+        <v>10</v>
+      </c>
+      <c r="J125" t="s">
+        <v>9</v>
+      </c>
+      <c r="L125" t="s">
+        <v>36</v>
+      </c>
+      <c r="M125" t="s">
+        <v>35</v>
+      </c>
+      <c r="N125" t="s">
+        <v>5</v>
+      </c>
+      <c r="O125" t="s">
+        <v>4</v>
+      </c>
+      <c r="P125" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>24</v>
+      </c>
+      <c r="R125" t="s">
+        <v>33</v>
+      </c>
+      <c r="S125">
+        <v>3136</v>
+      </c>
+      <c r="T125">
+        <v>283438</v>
+      </c>
+      <c r="U125">
+        <v>7533</v>
+      </c>
+      <c r="V125" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:23">
+      <c r="A126" t="s">
+        <v>15</v>
+      </c>
+      <c r="B126">
+        <v>220469</v>
+      </c>
+      <c r="C126" t="s">
+        <v>32</v>
+      </c>
+      <c r="D126" t="s">
+        <v>31</v>
+      </c>
+      <c r="E126" t="s">
+        <v>12</v>
+      </c>
+      <c r="F126" t="s">
+        <v>30</v>
+      </c>
+      <c r="G126">
+        <v>1</v>
+      </c>
+      <c r="H126" t="s">
+        <v>29</v>
+      </c>
+      <c r="J126" t="s">
+        <v>28</v>
+      </c>
+      <c r="L126" t="s">
+        <v>27</v>
+      </c>
+      <c r="M126" t="s">
+        <v>26</v>
+      </c>
+      <c r="N126" t="s">
+        <v>18</v>
+      </c>
+      <c r="O126" t="s">
+        <v>4</v>
+      </c>
+      <c r="P126" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>24</v>
+      </c>
+      <c r="R126" t="s">
+        <v>16</v>
+      </c>
+      <c r="S126">
+        <v>3267</v>
+      </c>
+      <c r="T126">
+        <v>285727</v>
+      </c>
+      <c r="U126">
+        <v>7668</v>
+      </c>
+      <c r="V126" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:23">
+      <c r="A127" t="s">
+        <v>15</v>
+      </c>
+      <c r="B127">
+        <v>220590</v>
+      </c>
+      <c r="C127" t="s">
+        <v>23</v>
+      </c>
+      <c r="D127" t="s">
+        <v>22</v>
+      </c>
+      <c r="E127" t="s">
+        <v>12</v>
+      </c>
+      <c r="F127" t="s">
+        <v>2</v>
+      </c>
+      <c r="G127">
+        <v>1</v>
+      </c>
+      <c r="H127" t="s">
+        <v>10</v>
+      </c>
+      <c r="J127" t="s">
+        <v>21</v>
+      </c>
+      <c r="L127" t="s">
+        <v>20</v>
+      </c>
+      <c r="M127" t="s">
+        <v>19</v>
+      </c>
+      <c r="N127" t="s">
+        <v>18</v>
+      </c>
+      <c r="O127" t="s">
+        <v>4</v>
+      </c>
+      <c r="P127" t="s">
+        <v>17</v>
+      </c>
+      <c r="Q127" t="s">
+        <v>2</v>
+      </c>
+      <c r="R127" t="s">
+        <v>16</v>
+      </c>
+      <c r="S127">
+        <v>3304</v>
+      </c>
+      <c r="T127">
+        <v>293491</v>
+      </c>
+      <c r="U127">
+        <v>7705</v>
+      </c>
+      <c r="V127" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:23">
+      <c r="A128" t="s">
+        <v>15</v>
+      </c>
+      <c r="B128">
+        <v>220658</v>
+      </c>
+      <c r="C128" t="s">
+        <v>14</v>
+      </c>
+      <c r="D128" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" t="s">
+        <v>12</v>
+      </c>
+      <c r="F128" t="s">
+        <v>11</v>
+      </c>
+      <c r="G128">
+        <v>1</v>
+      </c>
+      <c r="H128" t="s">
+        <v>10</v>
+      </c>
+      <c r="J128" t="s">
+        <v>9</v>
+      </c>
+      <c r="K128" t="s">
+        <v>8</v>
+      </c>
+      <c r="L128" t="s">
+        <v>7</v>
+      </c>
+      <c r="M128" t="s">
+        <v>6</v>
+      </c>
+      <c r="N128" t="s">
+        <v>5</v>
+      </c>
+      <c r="O128" t="s">
+        <v>4</v>
+      </c>
+      <c r="P128" t="s">
         <v>3</v>
       </c>
-      <c r="Q113" t="s">
+      <c r="Q128" t="s">
         <v>2</v>
       </c>
-      <c r="R113" t="s">
+      <c r="R128" t="s">
         <v>1</v>
       </c>
-      <c r="S113">
+      <c r="S128">
         <v>3140</v>
       </c>
-      <c r="T113">
+      <c r="T128">
         <v>296896</v>
       </c>
-      <c r="U113">
+      <c r="U128">
         <v>7537</v>
       </c>
-      <c r="V113" t="s">
+      <c r="V128" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:W113"/>
-  <conditionalFormatting sqref="G3:G113">
+  <autoFilter ref="A2:W128"/>
+  <conditionalFormatting sqref="G3:G128">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>