--- v4 (2026-03-09)
+++ v5 (2026-03-31)
@@ -7,125 +7,161 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$128</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$143</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="555">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="604">
   <si>
     <t>JP</t>
   </si>
   <si>
+    <t>Men's Large Hill HS140</t>
+  </si>
+  <si>
+    <t>POL</t>
+  </si>
+  <si>
+    <t>Zakopane</t>
+  </si>
+  <si>
+    <t>LH</t>
+  </si>
+  <si>
+    <t>FC</t>
+  </si>
+  <si>
+    <t>22.03.2026</t>
+  </si>
+  <si>
+    <t>22.03.2026 10:45</t>
+  </si>
+  <si>
+    <t>+40 mm</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm</t>
+  </si>
+  <si>
+    <t>Disqualification (DSQ)</t>
+  </si>
+  <si>
+    <t>KAZ</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Gaal</t>
+  </si>
+  <si>
+    <t>Athlete</t>
+  </si>
+  <si>
     <t>Women's Normal Hill HS94</t>
   </si>
   <si>
     <t>SLO</t>
   </si>
   <si>
     <t>Ljubno</t>
   </si>
   <si>
     <t>NH</t>
   </si>
   <si>
     <t>WC</t>
   </si>
   <si>
     <t>10.01.2026</t>
   </si>
   <si>
     <t>10.01.2026 12:15</t>
   </si>
   <si>
     <t>Skis too long (+2 cm)</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski</t>
   </si>
   <si>
-    <t>Disqualification (DSQ)</t>
-[...1 lines deleted...]
-  <si>
     <t>UKR</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <t>Karina</t>
   </si>
   <si>
     <t>KOZLOVA</t>
   </si>
   <si>
-    <t>Athlete</t>
-[...1 lines deleted...]
-  <si>
     <t>Women's Normal Hill HS109</t>
   </si>
   <si>
     <t>Kranj</t>
   </si>
   <si>
     <t>ICOC</t>
   </si>
   <si>
     <t>08.02.2026</t>
   </si>
   <si>
     <t>08.02.2026 10:12</t>
   </si>
   <si>
-    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm</t>
-[...1 lines deleted...]
-  <si>
     <t>KATJA</t>
   </si>
   <si>
     <t>ZAGAR</t>
   </si>
   <si>
     <t>AUT</t>
   </si>
   <si>
     <t>Eisenerz</t>
   </si>
   <si>
     <t>24.01.2026</t>
   </si>
   <si>
     <t>24.01.2026 10:06</t>
   </si>
   <si>
     <t>SCE C 4.4.7 - Crotch control</t>
   </si>
   <si>
     <t>Not permitted to start (NPS)</t>
   </si>
   <si>
     <t>USA</t>
@@ -139,95 +175,80 @@
   <si>
     <t>Women's Normal Hill HS98</t>
   </si>
   <si>
     <t>Villach</t>
   </si>
   <si>
     <t>05.01.2026</t>
   </si>
   <si>
     <t>05.01.2026 15:29</t>
   </si>
   <si>
     <t>FIN</t>
   </si>
   <si>
     <t>Heta</t>
   </si>
   <si>
     <t>HIRVONEN</t>
   </si>
   <si>
     <t>Men's Normal Hill HS98</t>
   </si>
   <si>
-    <t>FC</t>
-[...1 lines deleted...]
-  <si>
     <t>07.02.2026</t>
   </si>
   <si>
     <t>07.02.2026 11:11</t>
   </si>
   <si>
     <t>20 mm</t>
   </si>
   <si>
     <t>CAN</t>
   </si>
   <si>
-    <t>M</t>
-[...1 lines deleted...]
-  <si>
     <t>Benjamin</t>
   </si>
   <si>
     <t>LEACHMAN</t>
   </si>
   <si>
-    <t>Men's Large Hill HS140</t>
-[...1 lines deleted...]
-  <si>
     <t>GER</t>
   </si>
   <si>
     <t>Klingenthal</t>
   </si>
   <si>
-    <t>LH</t>
-[...1 lines deleted...]
-  <si>
     <t>09.01.2026</t>
   </si>
   <si>
     <t>09.01.2026 18:47</t>
   </si>
   <si>
-    <t>KAZ</t>
-[...1 lines deleted...]
-  <si>
     <t>Artyom</t>
   </si>
   <si>
     <t>MESHKOV</t>
   </si>
   <si>
     <t>Men's Large Hill HS100</t>
   </si>
   <si>
     <t>Oberhof</t>
   </si>
   <si>
     <t>08.03.2026</t>
   </si>
   <si>
     <t>08.03.2026 10:13</t>
   </si>
   <si>
     <t>boots + 8 mm</t>
   </si>
   <si>
     <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm</t>
   </si>
   <si>
     <t>CZE</t>
@@ -235,59 +256,68 @@
   <si>
     <t>Dominik</t>
   </si>
   <si>
     <t>LUKES</t>
   </si>
   <si>
     <t>Men's Large Hill HS142</t>
   </si>
   <si>
     <t>Ruka</t>
   </si>
   <si>
     <t>COC</t>
   </si>
   <si>
     <t>14.12.2025</t>
   </si>
   <si>
     <t>14.12.2025 12:21</t>
   </si>
   <si>
     <t>SCE C 4.4.9 - Air permeability of suit material / *with possible additional explanation</t>
   </si>
   <si>
-    <t>POL</t>
-[...1 lines deleted...]
-  <si>
     <t>Szymon</t>
   </si>
   <si>
     <t>SARNIAK</t>
   </si>
   <si>
+    <t>22.03.2026 10:58</t>
+  </si>
+  <si>
+    <t>+70 mm</t>
+  </si>
+  <si>
+    <t>Michal</t>
+  </si>
+  <si>
+    <t>OBTULOWICZ</t>
+  </si>
+  <si>
     <t>14.12.2025 13:24</t>
   </si>
   <si>
     <t>Manipulation of Equipment after jump</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, 4.7.</t>
   </si>
   <si>
     <t>NOR</t>
   </si>
   <si>
     <t>Oddvar</t>
   </si>
   <si>
     <t>GUNNEROED</t>
   </si>
   <si>
     <t>Women's Large Hill HS132 Qualification</t>
   </si>
   <si>
     <t>SWE</t>
   </si>
   <si>
     <t>Falun</t>
@@ -385,50 +415,65 @@
   <si>
     <t>KOR</t>
   </si>
   <si>
     <t>Sunwoong</t>
   </si>
   <si>
     <t>JANG</t>
   </si>
   <si>
     <t>Sapporo</t>
   </si>
   <si>
     <t>17.01.2026</t>
   </si>
   <si>
     <t>17.01.2026 15:24</t>
   </si>
   <si>
     <t>Ziga</t>
   </si>
   <si>
     <t>JANCAR</t>
   </si>
   <si>
+    <t>19.03.2026</t>
+  </si>
+  <si>
+    <t>19.03.2026 19:40</t>
+  </si>
+  <si>
+    <t>19.03.2026 18:23</t>
+  </si>
+  <si>
+    <t>Daniil</t>
+  </si>
+  <si>
+    <t>KALINKIN</t>
+  </si>
+  <si>
     <t>10.01.2026 17:47</t>
   </si>
   <si>
     <t>Suit exceeds allowed size by 30 mm</t>
   </si>
   <si>
     <t>Azbe</t>
   </si>
   <si>
     <t>REMIC</t>
   </si>
   <si>
     <t>Men's Large Hill HS130</t>
   </si>
   <si>
     <t>Lahti</t>
   </si>
   <si>
     <t>06.03.2026</t>
   </si>
   <si>
     <t>06.03.2026 15:35</t>
   </si>
   <si>
     <t>Timi</t>
@@ -676,50 +721,62 @@
   <si>
     <t>05.01.2026 17:40</t>
   </si>
   <si>
     <t>12.12.2025</t>
   </si>
   <si>
     <t>12.12.2025 15:48</t>
   </si>
   <si>
     <t>Tolerance at waist - Suit exceeds allowed size by 5cm</t>
   </si>
   <si>
     <t>Lukasz</t>
   </si>
   <si>
     <t>LUKASZCZYK</t>
   </si>
   <si>
     <t>10.01.2026 18:34</t>
   </si>
   <si>
     <t>Suit exceeds allowed size by 25 mm</t>
   </si>
   <si>
+    <t>22.03.2026 12:06</t>
+  </si>
+  <si>
+    <t>+ 5 mm</t>
+  </si>
+  <si>
+    <t>Nik</t>
+  </si>
+  <si>
+    <t>BERGANT SMERAJC</t>
+  </si>
+  <si>
     <t>23.11.2025</t>
   </si>
   <si>
     <t>23.11.2025 15:08</t>
   </si>
   <si>
     <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm, + 3 mm</t>
   </si>
   <si>
     <t>SVK</t>
   </si>
   <si>
     <t>Hektor</t>
   </si>
   <si>
     <t>KAPUSTIK</t>
   </si>
   <si>
     <t>Women's Large Hill HS134 Qualification</t>
   </si>
   <si>
     <t>Wisla</t>
   </si>
   <si>
     <t>04.12.2025</t>
@@ -901,50 +958,56 @@
   <si>
     <t>UNGLAUBE</t>
   </si>
   <si>
     <t>15.02.2026 10:00</t>
   </si>
   <si>
     <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, 3 cm</t>
   </si>
   <si>
     <t>Louis</t>
   </si>
   <si>
     <t>OBERSTEINER</t>
   </si>
   <si>
     <t>Suit exceeds allowed size by 40 mm</t>
   </si>
   <si>
     <t>Ari</t>
   </si>
   <si>
     <t>REPELLIN</t>
   </si>
   <si>
+    <t>21.03.2026</t>
+  </si>
+  <si>
+    <t>21.03.2026 18:45</t>
+  </si>
+  <si>
     <t>07.03.2026 12:44</t>
   </si>
   <si>
     <t>leg length - 5 mm</t>
   </si>
   <si>
     <t>Gorazd</t>
   </si>
   <si>
     <t>ZAVRSNIK</t>
   </si>
   <si>
     <t>Women's Normal Hill HS94 Qualification</t>
   </si>
   <si>
     <t>09.01.2026 12:15</t>
   </si>
   <si>
     <t>ROU</t>
   </si>
   <si>
     <t>Delia Anamaria</t>
   </si>
   <si>
     <t>FOLEA</t>
@@ -955,122 +1018,128 @@
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, 1cm</t>
   </si>
   <si>
     <t>Nika</t>
   </si>
   <si>
     <t>PREVC</t>
   </si>
   <si>
     <t>11.01.2026</t>
   </si>
   <si>
     <t>11.01.2026 14:55</t>
   </si>
   <si>
     <t>Mircea Stefan</t>
   </si>
   <si>
     <t>JIPESCU</t>
   </si>
   <si>
     <t>13.01.2026 20:32</t>
   </si>
   <si>
+    <t>21.03.2026 17:23</t>
+  </si>
+  <si>
     <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, 20mm</t>
   </si>
   <si>
     <t>Elias</t>
   </si>
   <si>
     <t>MALCHER</t>
   </si>
   <si>
     <t>27.12.2025</t>
   </si>
   <si>
     <t>27.12.2025 16:27</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>STEINBERGER</t>
   </si>
   <si>
     <t>Jakob</t>
   </si>
   <si>
     <t>Men's Normal Hill HS109</t>
   </si>
   <si>
     <t>24.01.2026 14:03</t>
   </si>
   <si>
-    <t>Nik</t>
-[...1 lines deleted...]
-  <si>
     <t>GOSTISA LAH</t>
   </si>
   <si>
     <t>11.01.2026 13:31</t>
   </si>
   <si>
     <t>Ski tip too flat</t>
   </si>
   <si>
     <t>SCE C 1.2.1.3 - Ski tip curve / Ski tip too flat</t>
   </si>
   <si>
     <t>Martina</t>
   </si>
   <si>
     <t>ZANITZER</t>
   </si>
   <si>
+    <t>19.03.2026 18:20</t>
+  </si>
+  <si>
+    <t>Mauro</t>
+  </si>
+  <si>
+    <t>IMHOF</t>
+  </si>
+  <si>
     <t>13.01.2026 20:38</t>
   </si>
   <si>
     <t>Filip</t>
   </si>
   <si>
     <t>KRENEK</t>
   </si>
   <si>
     <t>07.03.2026 12:12</t>
   </si>
   <si>
     <t>Suit Tolerance 20 mm</t>
   </si>
   <si>
     <t>08.02.2026 14:15</t>
   </si>
   <si>
-    <t>David</t>
-[...1 lines deleted...]
-  <si>
     <t>RYGL</t>
   </si>
   <si>
     <t>21.12.2025 15:02</t>
   </si>
   <si>
     <t>Danil</t>
   </si>
   <si>
     <t>VASSILYEV</t>
   </si>
   <si>
     <t>22.11.2025 15:12</t>
   </si>
   <si>
     <t>Kasperi</t>
   </si>
   <si>
     <t>VALTO</t>
   </si>
   <si>
     <t>27.12.2025 17:17</t>
   </si>
   <si>
     <t>SCE C 4.4.6 - Leg length, Leg length -5 mm</t>
@@ -1084,50 +1153,62 @@
   <si>
     <t>25 mm</t>
   </si>
   <si>
     <t>Julijan</t>
   </si>
   <si>
     <t>SMID</t>
   </si>
   <si>
     <t>Men's Large Hill HS137 Qualification</t>
   </si>
   <si>
     <t>16.01.2026</t>
   </si>
   <si>
     <t>16.01.2026 18:14</t>
   </si>
   <si>
     <t>Tomas</t>
   </si>
   <si>
     <t>KUISMA</t>
   </si>
   <si>
+    <t>22.03.2026 11:22</t>
+  </si>
+  <si>
+    <t>+ 20 mm</t>
+  </si>
+  <si>
+    <t>Kacper</t>
+  </si>
+  <si>
+    <t>JUROSZEK</t>
+  </si>
+  <si>
     <t>10.01.2026 12:35</t>
   </si>
   <si>
     <t>Klara</t>
   </si>
   <si>
     <t>ULRICHOVA</t>
   </si>
   <si>
     <t>OWG</t>
   </si>
   <si>
     <t>Women's Large Hill HS141</t>
   </si>
   <si>
     <t>Milano Cortina</t>
   </si>
   <si>
     <t>15.02.2026 19:10</t>
   </si>
   <si>
     <t>Annika</t>
   </si>
   <si>
     <t>Suit exceeds allowed size by 90 mm</t>
@@ -1138,111 +1219,138 @@
   <si>
     <t>HOLUB</t>
   </si>
   <si>
     <t>06.01.2026</t>
   </si>
   <si>
     <t>06.01.2026 13:07</t>
   </si>
   <si>
     <t>Sophie</t>
   </si>
   <si>
     <t>KOTHBAUER</t>
   </si>
   <si>
     <t>13.12.2025 13:12</t>
   </si>
   <si>
     <t>Rok</t>
   </si>
   <si>
     <t>MASLE</t>
   </si>
   <si>
-    <t>Zakopane</t>
+    <t>20.03.2026</t>
+  </si>
+  <si>
+    <t>20.03.2026 13:48</t>
+  </si>
+  <si>
+    <t>Jan</t>
+  </si>
+  <si>
+    <t>HABDAS</t>
   </si>
   <si>
     <t>10.01.2026 14:15</t>
   </si>
   <si>
     <t>Nurshat</t>
   </si>
   <si>
     <t>TURSUNZHANOV</t>
   </si>
   <si>
     <t>Men's Super Team Large Hill HS130</t>
   </si>
   <si>
     <t>STL</t>
   </si>
   <si>
     <t>08.03.2026 16:07</t>
   </si>
   <si>
     <t>Violation of SCE C 3.1.1 + 3mm. Team event, so the entire team KAZ DSQ'd.</t>
   </si>
   <si>
     <t>30.11.2025 09:20</t>
   </si>
   <si>
     <t>Veronika</t>
   </si>
   <si>
     <t>SHISHKINA</t>
   </si>
   <si>
     <t>12.12.2025 14:30</t>
   </si>
   <si>
+    <t>20.03.2026 14:01</t>
+  </si>
+  <si>
+    <t>Nejc</t>
+  </si>
+  <si>
+    <t>TOPORIS</t>
+  </si>
+  <si>
     <t>24.01.2026 14:20</t>
   </si>
   <si>
     <t>Matija</t>
   </si>
   <si>
     <t>VIDIC</t>
   </si>
   <si>
     <t>Women's Large Hill HS137</t>
   </si>
   <si>
     <t>Oberstdorf</t>
   </si>
   <si>
     <t>01.01.2026 16:39</t>
   </si>
   <si>
     <t>Too long ski + 1 cm</t>
   </si>
   <si>
     <t>Frida</t>
   </si>
   <si>
     <t>WESTMAN</t>
+  </si>
+  <si>
+    <t>19.03.2026 18:45</t>
+  </si>
+  <si>
+    <t>Lovro</t>
+  </si>
+  <si>
+    <t>KOS</t>
   </si>
   <si>
     <t>Men's Large Hill HS141</t>
   </si>
   <si>
     <t>14.02.2026</t>
   </si>
   <si>
     <t>14.02.2026 19:28</t>
   </si>
   <si>
     <t>In addition to the already imposed disqualification, inappropriate conduct by the competitor was also thoroughly examined during the hearing. This included two separate actions: manipulation at the start by pulling on the racing suit and inappropriate stretching within the exit area. It was determined that such behavior is not in accordance with the competition rules and the sporting code of behavior, as it may affect equal conditions for all competitors.
 An official hearing was attended by the competitor and his coach, Andreas Widhölzl. Both stated that, in their opinion, other competitors also stretch in the same manner, thereby attempting to explain the circumstances of the incident. Upon further request by the jury to clearly address the matter under review and the proposed sanction, they confirmed that they accepted the proposed measure.
 The proposed and imposed sanction consisted of disqualification due to the established irregularities, the issuance of a yellow card related to the boots, and an official warning for improper handling of equipment during the competition. The jury emphasized that the purpose of the sanction is to ensure consistent compliance with the rules, prevent similar violations in the future, and preserve the integrity of the competition.</t>
   </si>
   <si>
     <t>Daniel</t>
   </si>
   <si>
     <t>TSCHOFENIG</t>
   </si>
   <si>
     <t>27.12.2025 15:58</t>
   </si>
   <si>
@@ -1386,50 +1494,74 @@
   <si>
     <t>03.01.2026</t>
   </si>
   <si>
     <t>03.01.2026 16:00</t>
   </si>
   <si>
     <t>ICR 441.5.4 - Fluorinated wax, 222.8  Positive to fluorinated wax (DR - Diffuse Reflectance)</t>
   </si>
   <si>
     <t>Pawel</t>
   </si>
   <si>
     <t>WASEK</t>
   </si>
   <si>
     <t>06.03.2026 15:37</t>
   </si>
   <si>
     <t>Nikita</t>
   </si>
   <si>
     <t>DEVYATKIN</t>
   </si>
   <si>
+    <t>19.03.2026 19:25</t>
+  </si>
+  <si>
+    <t>Men's Large Hill HS134 Qualification</t>
+  </si>
+  <si>
+    <t>Oslo</t>
+  </si>
+  <si>
+    <t>15.03.2026</t>
+  </si>
+  <si>
+    <t>15.03.2026 09:44</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, SCE 4.4.1 suit size</t>
+  </si>
+  <si>
+    <t>Artti</t>
+  </si>
+  <si>
+    <t>AIGRO</t>
+  </si>
+  <si>
     <t>31.12.2025 17:05</t>
   </si>
   <si>
     <t>Halvor Egner</t>
   </si>
   <si>
     <t>GRANERUD</t>
   </si>
   <si>
     <t>Women's Large Hill HS142</t>
   </si>
   <si>
     <t>31.12.2025 14:18</t>
   </si>
   <si>
     <t>Additional shoe lift inside stocking of one foot.</t>
   </si>
   <si>
     <t>Other, 222.5 Basic Equipment Rules</t>
   </si>
   <si>
     <t>Anna Odine</t>
   </si>
   <si>
     <t>STROEM</t>
@@ -1494,50 +1626,68 @@
   <si>
     <t>21.12.2025 11:48</t>
   </si>
   <si>
     <t>Daniela Vasilica</t>
   </si>
   <si>
     <t>TOTH</t>
   </si>
   <si>
     <t>07.03.2026 12:26</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t>HAMANN</t>
   </si>
   <si>
     <t>Anze</t>
   </si>
   <si>
     <t>LANISEK</t>
   </si>
   <si>
+    <t>Men's Flying Hill HS240 Qualification</t>
+  </si>
+  <si>
+    <t>Vikersund</t>
+  </si>
+  <si>
+    <t>22.03.2026 17:51</t>
+  </si>
+  <si>
+    <t>SCE C 1.2.1.1 - Ski length / Too long ski, Ski lenght +1</t>
+  </si>
+  <si>
+    <t>Ryoyu</t>
+  </si>
+  <si>
+    <t>KOBAYASHI</t>
+  </si>
+  <si>
     <t>23.11.2025 15:10</t>
   </si>
   <si>
     <t>TUR</t>
   </si>
   <si>
     <t>Fatih Arda</t>
   </si>
   <si>
     <t>IPCIOGLU</t>
   </si>
   <si>
     <t>14.12.2025 16:04</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski, SCE 1.2.1.1 - Ski too long - 1 cm</t>
   </si>
   <si>
     <t>Disqualification (DSQ), Disqualification (DSQ), Disqualification (DSQ)</t>
   </si>
   <si>
     <t>01.01.2026 14:47</t>
   </si>
   <si>
     <t>22.11.2025 11:12</t>
@@ -1558,53 +1708,50 @@
     <t>SCE C 4.4.7 - Crotch control, low crotch</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>MITCHELL</t>
   </si>
   <si>
     <t>18.01.2026</t>
   </si>
   <si>
     <t>18.01.2026 10:36</t>
   </si>
   <si>
     <t>Stefan</t>
   </si>
   <si>
     <t>KRAFT</t>
   </si>
   <si>
     <t>16.01.2026 18:07</t>
   </si>
   <si>
     <t>Junshiro</t>
-  </si>
-[...1 lines deleted...]
-    <t>KOBAYASHI</t>
   </si>
   <si>
     <t>24.01.2026 11:00</t>
   </si>
   <si>
     <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, Exceeds allowed tolerance by 20mm</t>
   </si>
   <si>
     <t>Tara</t>
   </si>
   <si>
     <t>GERAGHTY-MOATS</t>
   </si>
   <si>
     <t>21.12.2025 15:27</t>
   </si>
   <si>
     <t>BUL</t>
   </si>
   <si>
     <t>Vladimir</t>
   </si>
   <si>
     <t>ZOGRAFSKI</t>
   </si>
@@ -2073,8062 +2220,9004 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W128"/>
+  <dimension ref="A1:W143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="110.83" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="542.582" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="21.281" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
-        <v>554</v>
+        <v>603</v>
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="1" t="s">
-        <v>553</v>
+        <v>602</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>552</v>
+        <v>601</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>551</v>
+        <v>600</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>550</v>
+        <v>599</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>549</v>
+        <v>598</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>548</v>
+        <v>597</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>547</v>
+        <v>596</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>546</v>
+        <v>595</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>545</v>
+        <v>594</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>544</v>
+        <v>593</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>543</v>
+        <v>592</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>542</v>
+        <v>591</v>
       </c>
       <c r="M2" s="1" t="s">
-        <v>541</v>
+        <v>590</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>540</v>
+        <v>589</v>
       </c>
       <c r="O2" s="1" t="s">
-        <v>539</v>
+        <v>588</v>
       </c>
       <c r="P2" s="1" t="s">
-        <v>538</v>
+        <v>587</v>
       </c>
       <c r="Q2" s="1" t="s">
-        <v>537</v>
+        <v>586</v>
       </c>
       <c r="R2" s="1" t="s">
-        <v>536</v>
+        <v>585</v>
       </c>
       <c r="S2" s="1" t="s">
-        <v>535</v>
+        <v>584</v>
       </c>
       <c r="T2" s="1" t="s">
-        <v>534</v>
+        <v>583</v>
       </c>
       <c r="U2" s="1" t="s">
-        <v>533</v>
+        <v>582</v>
       </c>
       <c r="V2" s="1" t="s">
-        <v>532</v>
+        <v>581</v>
       </c>
       <c r="W2" s="1" t="s">
-        <v>531</v>
+        <v>580</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3" t="s">
-        <v>530</v>
+        <v>579</v>
       </c>
       <c r="D3" t="s">
-        <v>529</v>
+        <v>578</v>
       </c>
       <c r="E3" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3" t="s">
         <v>10</v>
       </c>
       <c r="J3" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="L3" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="N3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="O3" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P3" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="Q3" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="R3" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="S3">
         <v>3109</v>
       </c>
       <c r="T3">
         <v>10064</v>
       </c>
       <c r="U3">
         <v>7506</v>
       </c>
       <c r="V3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4">
         <v>4678</v>
       </c>
       <c r="C4" t="s">
-        <v>528</v>
+        <v>577</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>576</v>
       </c>
       <c r="E4" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="s">
         <v>10</v>
       </c>
       <c r="J4" t="s">
-        <v>155</v>
+        <v>170</v>
       </c>
       <c r="L4" t="s">
-        <v>526</v>
+        <v>575</v>
       </c>
       <c r="M4" t="s">
-        <v>268</v>
+        <v>287</v>
       </c>
       <c r="N4" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="O4" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P4" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="Q4" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
       <c r="R4" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="S4">
         <v>3098</v>
       </c>
       <c r="T4">
         <v>78803</v>
       </c>
       <c r="U4">
         <v>7495</v>
       </c>
       <c r="V4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5">
         <v>1952</v>
       </c>
       <c r="C5" t="s">
-        <v>525</v>
+        <v>574</v>
       </c>
       <c r="D5" t="s">
-        <v>524</v>
+        <v>573</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F5" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" t="s">
         <v>10</v>
       </c>
       <c r="J5" t="s">
-        <v>327</v>
+        <v>348</v>
       </c>
       <c r="L5" t="s">
-        <v>523</v>
+        <v>572</v>
       </c>
       <c r="M5" t="s">
-        <v>213</v>
+        <v>228</v>
       </c>
       <c r="N5" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="Q5" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="R5" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="S5">
         <v>3225</v>
       </c>
       <c r="T5">
         <v>97562</v>
       </c>
       <c r="U5">
         <v>7626</v>
       </c>
       <c r="V5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6">
         <v>5168</v>
       </c>
       <c r="C6" t="s">
-        <v>522</v>
+        <v>571</v>
       </c>
       <c r="D6" t="s">
-        <v>521</v>
+        <v>570</v>
       </c>
       <c r="E6" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>520</v>
+        <v>569</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6" t="s">
         <v>10</v>
       </c>
       <c r="J6" t="s">
-        <v>469</v>
+        <v>513</v>
       </c>
       <c r="L6" t="s">
-        <v>519</v>
+        <v>568</v>
       </c>
       <c r="M6" t="s">
-        <v>260</v>
+        <v>279</v>
       </c>
       <c r="N6" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="O6" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P6" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="Q6" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
       <c r="R6" t="s">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="S6">
         <v>3100</v>
       </c>
       <c r="T6">
         <v>111930</v>
       </c>
       <c r="U6">
         <v>7497</v>
       </c>
       <c r="V6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7">
         <v>5331</v>
       </c>
       <c r="C7" t="s">
-        <v>518</v>
+        <v>567</v>
       </c>
       <c r="D7" t="s">
-        <v>517</v>
+        <v>566</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F7" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7" t="s">
         <v>10</v>
       </c>
       <c r="J7" t="s">
-        <v>516</v>
+        <v>565</v>
       </c>
       <c r="L7" t="s">
-        <v>515</v>
+        <v>564</v>
       </c>
       <c r="M7" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N7" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="O7" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="P7" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="Q7" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="R7" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="S7">
         <v>3267</v>
       </c>
       <c r="T7">
         <v>120490</v>
       </c>
       <c r="U7">
         <v>7668</v>
       </c>
       <c r="V7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8">
         <v>5451</v>
       </c>
       <c r="C8" t="s">
-        <v>514</v>
+        <v>541</v>
       </c>
       <c r="D8" t="s">
-        <v>513</v>
+        <v>563</v>
       </c>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8" t="s">
         <v>10</v>
       </c>
       <c r="J8" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="L8" t="s">
-        <v>512</v>
+        <v>562</v>
       </c>
       <c r="M8" t="s">
-        <v>352</v>
+        <v>375</v>
       </c>
       <c r="N8" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="O8" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P8" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="Q8" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="R8" t="s">
-        <v>351</v>
+        <v>374</v>
       </c>
       <c r="S8">
         <v>3115</v>
       </c>
       <c r="T8">
         <v>126003</v>
       </c>
       <c r="U8">
         <v>7512</v>
       </c>
       <c r="V8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>15</v>
       </c>
       <c r="B9">
         <v>5497</v>
       </c>
       <c r="C9" t="s">
-        <v>511</v>
+        <v>561</v>
       </c>
       <c r="D9" t="s">
-        <v>510</v>
+        <v>560</v>
       </c>
       <c r="E9" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9" t="s">
         <v>10</v>
       </c>
       <c r="J9" t="s">
-        <v>161</v>
+        <v>176</v>
       </c>
       <c r="L9" t="s">
-        <v>509</v>
+        <v>559</v>
       </c>
       <c r="M9" t="s">
-        <v>508</v>
+        <v>558</v>
       </c>
       <c r="N9" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="O9" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P9" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="Q9" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="R9" t="s">
-        <v>351</v>
+        <v>374</v>
       </c>
       <c r="S9">
         <v>3117</v>
       </c>
       <c r="T9">
         <v>128286</v>
       </c>
       <c r="U9">
         <v>7514</v>
       </c>
       <c r="V9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>15</v>
       </c>
       <c r="B10">
         <v>5805</v>
       </c>
       <c r="C10" t="s">
-        <v>507</v>
+        <v>557</v>
       </c>
       <c r="D10" t="s">
-        <v>506</v>
+        <v>556</v>
       </c>
       <c r="E10" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10" t="s">
         <v>10</v>
       </c>
       <c r="J10" t="s">
-        <v>505</v>
+        <v>555</v>
       </c>
       <c r="L10" t="s">
-        <v>504</v>
+        <v>554</v>
       </c>
       <c r="M10" t="s">
-        <v>471</v>
+        <v>515</v>
       </c>
       <c r="N10" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O10" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="P10" t="s">
-        <v>279</v>
+        <v>298</v>
       </c>
       <c r="Q10" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
       <c r="R10" t="s">
-        <v>278</v>
+        <v>297</v>
       </c>
       <c r="S10">
         <v>3252</v>
       </c>
       <c r="T10">
         <v>136847</v>
       </c>
       <c r="U10">
         <v>7653</v>
       </c>
       <c r="V10" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11">
         <v>5883</v>
       </c>
       <c r="C11" t="s">
-        <v>503</v>
+        <v>553</v>
       </c>
       <c r="D11" t="s">
-        <v>502</v>
+        <v>552</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F11" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11" t="s">
         <v>10</v>
       </c>
       <c r="J11" t="s">
-        <v>501</v>
+        <v>551</v>
       </c>
       <c r="L11" t="s">
-        <v>500</v>
+        <v>550</v>
       </c>
       <c r="M11" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="N11" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="O11" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P11" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="Q11" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="R11" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="S11">
         <v>3064</v>
       </c>
       <c r="T11">
         <v>138378</v>
       </c>
       <c r="U11">
         <v>7461</v>
       </c>
       <c r="V11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>6177</v>
       </c>
       <c r="C12" t="s">
-        <v>495</v>
+        <v>545</v>
       </c>
       <c r="D12" t="s">
-        <v>494</v>
+        <v>544</v>
       </c>
       <c r="E12" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>493</v>
+        <v>543</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12" t="s">
         <v>10</v>
       </c>
       <c r="J12" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="L12" t="s">
-        <v>499</v>
+        <v>549</v>
       </c>
       <c r="M12" t="s">
-        <v>159</v>
+        <v>174</v>
       </c>
       <c r="N12" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="O12" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P12" t="s">
-        <v>158</v>
+        <v>173</v>
       </c>
       <c r="Q12" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="R12" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="S12">
         <v>3106</v>
       </c>
       <c r="T12">
         <v>151263</v>
       </c>
       <c r="U12">
         <v>7503</v>
       </c>
       <c r="V12" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13">
         <v>6177</v>
       </c>
       <c r="C13" t="s">
-        <v>495</v>
+        <v>545</v>
       </c>
       <c r="D13" t="s">
-        <v>494</v>
+        <v>544</v>
       </c>
       <c r="E13" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>493</v>
+        <v>543</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13" t="s">
-        <v>498</v>
+        <v>548</v>
       </c>
       <c r="J13" t="s">
-        <v>497</v>
+        <v>547</v>
       </c>
       <c r="L13" t="s">
-        <v>496</v>
+        <v>546</v>
       </c>
       <c r="M13" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="N13" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="O13" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P13" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="Q13" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="R13" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="S13">
         <v>3228</v>
       </c>
       <c r="T13">
         <v>151263</v>
       </c>
       <c r="U13">
         <v>7629</v>
       </c>
       <c r="V13" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14">
         <v>6177</v>
       </c>
       <c r="C14" t="s">
-        <v>495</v>
+        <v>545</v>
       </c>
       <c r="D14" t="s">
-        <v>494</v>
+        <v>544</v>
       </c>
       <c r="E14" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>493</v>
+        <v>543</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14" t="s">
         <v>10</v>
       </c>
       <c r="J14" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="L14" t="s">
-        <v>492</v>
+        <v>542</v>
       </c>
       <c r="M14" t="s">
-        <v>220</v>
+        <v>239</v>
       </c>
       <c r="N14" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="O14" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P14" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="Q14" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="R14" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="S14">
         <v>3069</v>
       </c>
       <c r="T14">
         <v>151263</v>
       </c>
       <c r="U14">
         <v>7466</v>
       </c>
       <c r="V14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
-        <v>6437</v>
+        <v>6288</v>
       </c>
       <c r="C15" t="s">
-        <v>491</v>
+        <v>541</v>
       </c>
       <c r="D15" t="s">
-        <v>490</v>
+        <v>540</v>
       </c>
       <c r="E15" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>2</v>
+        <v>122</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="H15" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J15" t="s">
-        <v>28</v>
+        <v>539</v>
       </c>
       <c r="L15" t="s">
-        <v>182</v>
+        <v>538</v>
       </c>
       <c r="M15" t="s">
-        <v>181</v>
+        <v>6</v>
       </c>
       <c r="N15" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="O15" t="s">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="P15" t="s">
-        <v>179</v>
+        <v>537</v>
       </c>
       <c r="Q15" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="R15" t="s">
-        <v>178</v>
+        <v>536</v>
       </c>
       <c r="S15">
-        <v>3155</v>
+        <v>3178</v>
       </c>
       <c r="T15">
-        <v>162711</v>
+        <v>155620</v>
       </c>
       <c r="U15">
-        <v>7552</v>
+        <v>7575</v>
       </c>
       <c r="V15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>6551</v>
+        <v>6437</v>
       </c>
       <c r="C16" t="s">
-        <v>489</v>
+        <v>535</v>
       </c>
       <c r="D16" t="s">
-        <v>488</v>
+        <v>534</v>
       </c>
       <c r="E16" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="H16" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="J16" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="L16" t="s">
-        <v>487</v>
+        <v>197</v>
       </c>
       <c r="M16" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="N16" t="s">
-        <v>41</v>
+        <v>95</v>
       </c>
       <c r="O16" t="s">
-        <v>52</v>
+        <v>195</v>
       </c>
       <c r="P16" t="s">
-        <v>59</v>
+        <v>194</v>
       </c>
       <c r="Q16" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="R16" t="s">
-        <v>58</v>
+        <v>193</v>
       </c>
       <c r="S16">
-        <v>3236</v>
+        <v>3155</v>
       </c>
       <c r="T16">
-        <v>166435</v>
+        <v>162711</v>
       </c>
       <c r="U16">
-        <v>7637</v>
+        <v>7552</v>
       </c>
       <c r="V16" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>15</v>
       </c>
       <c r="B17">
-        <v>6563</v>
+        <v>6551</v>
       </c>
       <c r="C17" t="s">
-        <v>486</v>
+        <v>533</v>
       </c>
       <c r="D17" t="s">
-        <v>485</v>
+        <v>532</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>301</v>
+        <v>59</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
       <c r="H17" t="s">
         <v>10</v>
       </c>
       <c r="J17" t="s">
-        <v>469</v>
+        <v>79</v>
       </c>
       <c r="L17" t="s">
-        <v>484</v>
+        <v>531</v>
       </c>
       <c r="M17" t="s">
-        <v>260</v>
+        <v>215</v>
       </c>
       <c r="N17" t="s">
         <v>5</v>
       </c>
       <c r="O17" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P17" t="s">
-        <v>204</v>
+        <v>66</v>
       </c>
       <c r="Q17" t="s">
-        <v>175</v>
+        <v>59</v>
       </c>
       <c r="R17" t="s">
-        <v>104</v>
+        <v>65</v>
       </c>
       <c r="S17">
-        <v>3101</v>
+        <v>3236</v>
       </c>
       <c r="T17">
-        <v>166476</v>
+        <v>166435</v>
       </c>
       <c r="U17">
-        <v>7498</v>
+        <v>7637</v>
       </c>
       <c r="V17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>15</v>
       </c>
       <c r="B18">
-        <v>6711</v>
+        <v>6563</v>
       </c>
       <c r="C18" t="s">
-        <v>483</v>
+        <v>530</v>
       </c>
       <c r="D18" t="s">
-        <v>482</v>
+        <v>529</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F18" t="s">
-        <v>24</v>
+        <v>322</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
       <c r="H18" t="s">
         <v>10</v>
       </c>
       <c r="J18" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>513</v>
       </c>
       <c r="L18" t="s">
-        <v>480</v>
+        <v>528</v>
       </c>
       <c r="M18" t="s">
-        <v>42</v>
+        <v>279</v>
       </c>
       <c r="N18" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O18" t="s">
         <v>4</v>
       </c>
       <c r="P18" t="s">
-        <v>34</v>
+        <v>219</v>
       </c>
       <c r="Q18" t="s">
-        <v>24</v>
+        <v>190</v>
       </c>
       <c r="R18" t="s">
-        <v>40</v>
+        <v>114</v>
       </c>
       <c r="S18">
-        <v>3271</v>
+        <v>3101</v>
       </c>
       <c r="T18">
-        <v>174348</v>
+        <v>166476</v>
       </c>
       <c r="U18">
-        <v>7672</v>
+        <v>7498</v>
       </c>
       <c r="V18" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>15</v>
       </c>
       <c r="B19">
-        <v>6715</v>
+        <v>6711</v>
       </c>
       <c r="C19" t="s">
-        <v>479</v>
+        <v>527</v>
       </c>
       <c r="D19" t="s">
-        <v>478</v>
+        <v>526</v>
       </c>
       <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>36</v>
+      </c>
+      <c r="G19">
+        <v>1</v>
+      </c>
+      <c r="H19" t="s">
+        <v>10</v>
+      </c>
+      <c r="J19" t="s">
+        <v>9</v>
+      </c>
+      <c r="K19" t="s">
+        <v>525</v>
+      </c>
+      <c r="L19" t="s">
+        <v>524</v>
+      </c>
+      <c r="M19" t="s">
+        <v>53</v>
+      </c>
+      <c r="N19" t="s">
+        <v>5</v>
+      </c>
+      <c r="O19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P19" t="s">
         <v>46</v>
       </c>
-      <c r="F19" t="s">
-[...23 lines deleted...]
-      <c r="O19" t="s">
+      <c r="Q19" t="s">
+        <v>36</v>
+      </c>
+      <c r="R19" t="s">
         <v>52</v>
       </c>
-      <c r="P19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S19">
-        <v>3238</v>
+        <v>3271</v>
       </c>
       <c r="T19">
-        <v>174516</v>
+        <v>174348</v>
       </c>
       <c r="U19">
-        <v>7639</v>
+        <v>7672</v>
       </c>
       <c r="V19" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
         <v>15</v>
       </c>
       <c r="B20">
-        <v>6758</v>
+        <v>6715</v>
       </c>
       <c r="C20" t="s">
-        <v>475</v>
+        <v>523</v>
       </c>
       <c r="D20" t="s">
-        <v>474</v>
+        <v>522</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>147</v>
+        <v>36</v>
       </c>
       <c r="G20">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H20" t="s">
         <v>10</v>
       </c>
       <c r="J20" t="s">
-        <v>28</v>
+        <v>9</v>
+      </c>
+      <c r="K20" t="s">
+        <v>521</v>
       </c>
       <c r="L20" t="s">
-        <v>476</v>
+        <v>138</v>
       </c>
       <c r="M20" t="s">
-        <v>268</v>
+        <v>21</v>
       </c>
       <c r="N20" t="s">
         <v>5</v>
       </c>
       <c r="O20" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P20" t="s">
-        <v>204</v>
+        <v>60</v>
       </c>
       <c r="Q20" t="s">
-        <v>175</v>
+        <v>59</v>
       </c>
       <c r="R20" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="S20">
-        <v>3098</v>
+        <v>3238</v>
       </c>
       <c r="T20">
-        <v>175089</v>
+        <v>174516</v>
       </c>
       <c r="U20">
-        <v>7495</v>
+        <v>7639</v>
       </c>
       <c r="V20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>15</v>
       </c>
       <c r="B21">
         <v>6758</v>
       </c>
       <c r="C21" t="s">
-        <v>475</v>
+        <v>519</v>
       </c>
       <c r="D21" t="s">
-        <v>474</v>
+        <v>518</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>147</v>
+        <v>162</v>
       </c>
       <c r="G21">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H21" t="s">
         <v>10</v>
       </c>
       <c r="J21" t="s">
-        <v>473</v>
+        <v>40</v>
       </c>
       <c r="L21" t="s">
-        <v>472</v>
+        <v>520</v>
       </c>
       <c r="M21" t="s">
-        <v>471</v>
+        <v>287</v>
       </c>
       <c r="N21" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="O21" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P21" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="Q21" t="s">
-        <v>73</v>
+        <v>190</v>
       </c>
       <c r="R21" t="s">
-        <v>470</v>
+        <v>1</v>
       </c>
       <c r="S21">
-        <v>3089</v>
+        <v>3098</v>
       </c>
       <c r="T21">
         <v>175089</v>
       </c>
       <c r="U21">
-        <v>7486</v>
+        <v>7495</v>
       </c>
       <c r="V21" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
         <v>15</v>
       </c>
       <c r="B22">
-        <v>6807</v>
+        <v>6758</v>
       </c>
       <c r="C22" t="s">
-        <v>467</v>
+        <v>519</v>
       </c>
       <c r="D22" t="s">
-        <v>466</v>
+        <v>518</v>
       </c>
       <c r="E22" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>301</v>
+        <v>162</v>
       </c>
       <c r="G22">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H22" t="s">
         <v>10</v>
       </c>
       <c r="J22" t="s">
-        <v>469</v>
+        <v>517</v>
       </c>
       <c r="L22" t="s">
-        <v>468</v>
+        <v>516</v>
       </c>
       <c r="M22" t="s">
-        <v>260</v>
+        <v>515</v>
       </c>
       <c r="N22" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="O22" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P22" t="s">
-        <v>204</v>
+        <v>246</v>
       </c>
       <c r="Q22" t="s">
-        <v>175</v>
+        <v>2</v>
       </c>
       <c r="R22" t="s">
-        <v>203</v>
+        <v>514</v>
       </c>
       <c r="S22">
-        <v>3100</v>
+        <v>3089</v>
       </c>
       <c r="T22">
-        <v>178038</v>
+        <v>175089</v>
       </c>
       <c r="U22">
-        <v>7497</v>
+        <v>7486</v>
       </c>
       <c r="V22" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23">
         <v>6807</v>
       </c>
       <c r="C23" t="s">
-        <v>467</v>
+        <v>511</v>
       </c>
       <c r="D23" t="s">
-        <v>466</v>
+        <v>510</v>
       </c>
       <c r="E23" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>301</v>
+        <v>322</v>
       </c>
       <c r="G23">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H23" t="s">
         <v>10</v>
       </c>
       <c r="J23" t="s">
-        <v>28</v>
+        <v>513</v>
       </c>
       <c r="L23" t="s">
-        <v>465</v>
+        <v>512</v>
       </c>
       <c r="M23" t="s">
-        <v>205</v>
+        <v>279</v>
       </c>
       <c r="N23" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="O23" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P23" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="Q23" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
       <c r="R23" t="s">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="S23">
-        <v>3096</v>
+        <v>3100</v>
       </c>
       <c r="T23">
         <v>178038</v>
       </c>
       <c r="U23">
-        <v>7493</v>
+        <v>7497</v>
       </c>
       <c r="V23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24">
-        <v>6867</v>
+        <v>6807</v>
       </c>
       <c r="C24" t="s">
-        <v>464</v>
+        <v>511</v>
       </c>
       <c r="D24" t="s">
-        <v>463</v>
+        <v>510</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>79</v>
+        <v>322</v>
       </c>
       <c r="G24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H24" t="s">
         <v>10</v>
       </c>
       <c r="J24" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>461</v>
+        <v>40</v>
       </c>
       <c r="L24" t="s">
-        <v>460</v>
+        <v>509</v>
       </c>
       <c r="M24" t="s">
-        <v>233</v>
+        <v>220</v>
       </c>
       <c r="N24" t="s">
-        <v>5</v>
+        <v>95</v>
       </c>
       <c r="O24" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P24" t="s">
-        <v>158</v>
+        <v>219</v>
       </c>
       <c r="Q24" t="s">
-        <v>50</v>
+        <v>190</v>
       </c>
       <c r="R24" t="s">
-        <v>459</v>
+        <v>218</v>
       </c>
       <c r="S24">
-        <v>3132</v>
+        <v>3096</v>
       </c>
       <c r="T24">
-        <v>180411</v>
+        <v>178038</v>
       </c>
       <c r="U24">
-        <v>7529</v>
+        <v>7493</v>
       </c>
       <c r="V24" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
         <v>15</v>
       </c>
       <c r="B25">
-        <v>6880</v>
+        <v>6867</v>
       </c>
       <c r="C25" t="s">
-        <v>458</v>
+        <v>508</v>
       </c>
       <c r="D25" t="s">
-        <v>457</v>
+        <v>507</v>
       </c>
       <c r="E25" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F25" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="G25">
         <v>1</v>
       </c>
       <c r="H25" t="s">
         <v>10</v>
       </c>
       <c r="J25" t="s">
-        <v>161</v>
+        <v>506</v>
+      </c>
+      <c r="K25" t="s">
+        <v>505</v>
       </c>
       <c r="L25" t="s">
-        <v>456</v>
+        <v>504</v>
       </c>
       <c r="M25" t="s">
-        <v>233</v>
+        <v>252</v>
       </c>
       <c r="N25" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="O25" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P25" t="s">
-        <v>158</v>
+        <v>173</v>
       </c>
       <c r="Q25" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="R25" t="s">
-        <v>210</v>
+        <v>503</v>
       </c>
       <c r="S25">
-        <v>3105</v>
+        <v>3132</v>
       </c>
       <c r="T25">
-        <v>180709</v>
+        <v>180411</v>
       </c>
       <c r="U25">
-        <v>7502</v>
+        <v>7529</v>
       </c>
       <c r="V25" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
         <v>15</v>
       </c>
       <c r="B26">
-        <v>6941</v>
+        <v>6880</v>
       </c>
       <c r="C26" t="s">
-        <v>455</v>
+        <v>502</v>
       </c>
       <c r="D26" t="s">
-        <v>454</v>
+        <v>501</v>
       </c>
       <c r="E26" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>55</v>
+        <v>89</v>
       </c>
       <c r="G26">
         <v>1</v>
       </c>
       <c r="H26" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J26" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="L26" t="s">
-        <v>453</v>
+        <v>500</v>
       </c>
       <c r="M26" t="s">
-        <v>129</v>
+        <v>252</v>
       </c>
       <c r="N26" t="s">
-        <v>5</v>
+        <v>95</v>
       </c>
       <c r="O26" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P26" t="s">
-        <v>128</v>
+        <v>173</v>
       </c>
       <c r="Q26" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="R26" t="s">
-        <v>127</v>
+        <v>225</v>
       </c>
       <c r="S26">
-        <v>3319</v>
+        <v>3105</v>
       </c>
       <c r="T26">
-        <v>181956</v>
+        <v>180709</v>
       </c>
       <c r="U26">
-        <v>7720</v>
+        <v>7502</v>
       </c>
       <c r="V26" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
         <v>15</v>
       </c>
       <c r="B27">
-        <v>6987</v>
+        <v>6918</v>
       </c>
       <c r="C27" t="s">
-        <v>452</v>
+        <v>499</v>
       </c>
       <c r="D27" t="s">
-        <v>451</v>
+        <v>498</v>
       </c>
       <c r="E27" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>73</v>
+        <v>254</v>
       </c>
       <c r="G27">
         <v>1</v>
       </c>
       <c r="H27" t="s">
         <v>10</v>
       </c>
       <c r="J27" t="s">
-        <v>450</v>
+        <v>497</v>
       </c>
       <c r="L27" t="s">
-        <v>449</v>
+        <v>496</v>
       </c>
       <c r="M27" t="s">
-        <v>448</v>
+        <v>495</v>
       </c>
       <c r="N27" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="O27" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P27" t="s">
-        <v>447</v>
+        <v>494</v>
       </c>
       <c r="Q27" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="R27" t="s">
-        <v>446</v>
+        <v>493</v>
       </c>
       <c r="S27">
-        <v>3107</v>
+        <v>3172</v>
       </c>
       <c r="T27">
-        <v>182407</v>
+        <v>181027</v>
       </c>
       <c r="U27">
-        <v>7504</v>
+        <v>7569</v>
       </c>
       <c r="V27" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
         <v>15</v>
       </c>
       <c r="B28">
-        <v>6996</v>
+        <v>6941</v>
       </c>
       <c r="C28" t="s">
-        <v>445</v>
+        <v>491</v>
       </c>
       <c r="D28" t="s">
-        <v>444</v>
+        <v>490</v>
       </c>
       <c r="E28" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="G28">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H28" t="s">
         <v>10</v>
       </c>
       <c r="J28" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>443</v>
+        <v>492</v>
       </c>
       <c r="M28" t="s">
-        <v>205</v>
+        <v>133</v>
       </c>
       <c r="N28" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="O28" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P28" t="s">
-        <v>204</v>
+        <v>3</v>
       </c>
       <c r="Q28" t="s">
-        <v>175</v>
+        <v>2</v>
       </c>
       <c r="R28" t="s">
-        <v>203</v>
+        <v>1</v>
       </c>
       <c r="S28">
-        <v>3096</v>
+        <v>3204</v>
       </c>
       <c r="T28">
-        <v>182547</v>
+        <v>181956</v>
       </c>
       <c r="U28">
-        <v>7493</v>
+        <v>7605</v>
       </c>
       <c r="V28" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
         <v>15</v>
       </c>
       <c r="B29">
-        <v>7048</v>
+        <v>6941</v>
       </c>
       <c r="C29" t="s">
-        <v>442</v>
+        <v>491</v>
       </c>
       <c r="D29" t="s">
-        <v>441</v>
+        <v>490</v>
       </c>
       <c r="E29" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>301</v>
+        <v>11</v>
       </c>
       <c r="G29">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H29" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="J29" t="s">
-        <v>155</v>
+        <v>40</v>
       </c>
       <c r="L29" t="s">
-        <v>440</v>
+        <v>489</v>
       </c>
       <c r="M29" t="s">
-        <v>205</v>
+        <v>144</v>
       </c>
       <c r="N29" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="O29" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P29" t="s">
-        <v>204</v>
+        <v>143</v>
       </c>
       <c r="Q29" t="s">
-        <v>175</v>
+        <v>49</v>
       </c>
       <c r="R29" t="s">
-        <v>203</v>
+        <v>142</v>
       </c>
       <c r="S29">
-        <v>3096</v>
+        <v>3319</v>
       </c>
       <c r="T29">
-        <v>184854</v>
+        <v>181956</v>
       </c>
       <c r="U29">
-        <v>7493</v>
+        <v>7720</v>
       </c>
       <c r="V29" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
         <v>15</v>
       </c>
       <c r="B30">
-        <v>7091</v>
+        <v>6987</v>
       </c>
       <c r="C30" t="s">
-        <v>307</v>
+        <v>488</v>
       </c>
       <c r="D30" t="s">
-        <v>439</v>
+        <v>487</v>
       </c>
       <c r="E30" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
         <v>2</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
       <c r="H30" t="s">
         <v>10</v>
       </c>
       <c r="J30" t="s">
-        <v>438</v>
+        <v>486</v>
       </c>
       <c r="L30" t="s">
-        <v>437</v>
+        <v>485</v>
       </c>
       <c r="M30" t="s">
-        <v>129</v>
+        <v>484</v>
       </c>
       <c r="N30" t="s">
-        <v>5</v>
+        <v>95</v>
       </c>
       <c r="O30" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P30" t="s">
-        <v>128</v>
+        <v>483</v>
       </c>
       <c r="Q30" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="R30" t="s">
-        <v>127</v>
+        <v>482</v>
       </c>
       <c r="S30">
-        <v>3319</v>
+        <v>3107</v>
       </c>
       <c r="T30">
-        <v>186516</v>
+        <v>182407</v>
       </c>
       <c r="U30">
-        <v>7720</v>
+        <v>7504</v>
       </c>
       <c r="V30" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
         <v>15</v>
       </c>
       <c r="B31">
-        <v>7147</v>
+        <v>6996</v>
       </c>
       <c r="C31" t="s">
-        <v>435</v>
+        <v>481</v>
       </c>
       <c r="D31" t="s">
-        <v>131</v>
+        <v>480</v>
       </c>
       <c r="E31" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>2</v>
+        <v>49</v>
       </c>
       <c r="G31">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H31" t="s">
         <v>10</v>
       </c>
       <c r="J31" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="L31" t="s">
-        <v>436</v>
+        <v>479</v>
       </c>
       <c r="M31" t="s">
-        <v>159</v>
+        <v>220</v>
       </c>
       <c r="N31" t="s">
-        <v>5</v>
+        <v>95</v>
       </c>
       <c r="O31" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P31" t="s">
-        <v>158</v>
+        <v>219</v>
       </c>
       <c r="Q31" t="s">
-        <v>50</v>
+        <v>190</v>
       </c>
       <c r="R31" t="s">
-        <v>67</v>
+        <v>218</v>
       </c>
       <c r="S31">
-        <v>3106</v>
+        <v>3096</v>
       </c>
       <c r="T31">
-        <v>188590</v>
+        <v>182547</v>
       </c>
       <c r="U31">
-        <v>7503</v>
+        <v>7493</v>
       </c>
       <c r="V31" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
         <v>15</v>
       </c>
       <c r="B32">
-        <v>7147</v>
+        <v>7048</v>
       </c>
       <c r="C32" t="s">
-        <v>435</v>
+        <v>478</v>
       </c>
       <c r="D32" t="s">
-        <v>131</v>
+        <v>477</v>
       </c>
       <c r="E32" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>2</v>
+        <v>322</v>
       </c>
       <c r="G32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H32" t="s">
         <v>10</v>
       </c>
       <c r="J32" t="s">
-        <v>434</v>
+        <v>170</v>
       </c>
       <c r="L32" t="s">
-        <v>433</v>
+        <v>476</v>
       </c>
       <c r="M32" t="s">
-        <v>432</v>
+        <v>220</v>
       </c>
       <c r="N32" t="s">
-        <v>5</v>
+        <v>95</v>
       </c>
       <c r="O32" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P32" t="s">
-        <v>390</v>
+        <v>219</v>
       </c>
       <c r="Q32" t="s">
-        <v>50</v>
+        <v>190</v>
       </c>
       <c r="R32" t="s">
-        <v>111</v>
+        <v>218</v>
       </c>
       <c r="S32">
-        <v>3104</v>
+        <v>3096</v>
       </c>
       <c r="T32">
-        <v>188590</v>
+        <v>184854</v>
       </c>
       <c r="U32">
-        <v>7501</v>
+        <v>7493</v>
       </c>
       <c r="V32" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
         <v>15</v>
       </c>
       <c r="B33">
-        <v>7154</v>
+        <v>7091</v>
       </c>
       <c r="C33" t="s">
-        <v>431</v>
+        <v>328</v>
       </c>
       <c r="D33" t="s">
-        <v>430</v>
+        <v>475</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>101</v>
+        <v>17</v>
       </c>
       <c r="G33">
         <v>1</v>
       </c>
       <c r="H33" t="s">
         <v>10</v>
       </c>
       <c r="J33" t="s">
-        <v>9</v>
+        <v>474</v>
       </c>
       <c r="L33" t="s">
-        <v>429</v>
+        <v>473</v>
       </c>
       <c r="M33" t="s">
-        <v>367</v>
+        <v>144</v>
       </c>
       <c r="N33" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="O33" t="s">
         <v>4</v>
       </c>
       <c r="P33" t="s">
-        <v>34</v>
+        <v>143</v>
       </c>
       <c r="Q33" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="R33" t="s">
-        <v>33</v>
+        <v>142</v>
       </c>
       <c r="S33">
-        <v>3138</v>
+        <v>3319</v>
       </c>
       <c r="T33">
-        <v>188722</v>
+        <v>186516</v>
       </c>
       <c r="U33">
-        <v>7535</v>
+        <v>7720</v>
       </c>
       <c r="V33" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
         <v>15</v>
       </c>
       <c r="B34">
-        <v>7155</v>
+        <v>7147</v>
       </c>
       <c r="C34" t="s">
-        <v>428</v>
+        <v>471</v>
       </c>
       <c r="D34" t="s">
-        <v>427</v>
+        <v>146</v>
       </c>
       <c r="E34" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G34">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H34" t="s">
         <v>10</v>
       </c>
       <c r="J34" t="s">
-        <v>289</v>
+        <v>176</v>
       </c>
       <c r="L34" t="s">
-        <v>426</v>
+        <v>472</v>
       </c>
       <c r="M34" t="s">
-        <v>98</v>
+        <v>174</v>
       </c>
       <c r="N34" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="O34" t="s">
         <v>4</v>
       </c>
       <c r="P34" t="s">
+        <v>173</v>
+      </c>
+      <c r="Q34" t="s">
         <v>59</v>
       </c>
-      <c r="Q34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R34" t="s">
-        <v>185</v>
+        <v>74</v>
       </c>
       <c r="S34">
-        <v>3234</v>
+        <v>3106</v>
       </c>
       <c r="T34">
-        <v>188723</v>
+        <v>188590</v>
       </c>
       <c r="U34">
-        <v>7635</v>
+        <v>7503</v>
       </c>
       <c r="V34" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
         <v>15</v>
       </c>
       <c r="B35">
-        <v>7230</v>
+        <v>7147</v>
       </c>
       <c r="C35" t="s">
-        <v>425</v>
+        <v>471</v>
       </c>
       <c r="D35" t="s">
-        <v>424</v>
+        <v>146</v>
       </c>
       <c r="E35" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G35">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H35" t="s">
         <v>10</v>
       </c>
       <c r="J35" t="s">
-        <v>72</v>
+        <v>470</v>
       </c>
       <c r="L35" t="s">
+        <v>469</v>
+      </c>
+      <c r="M35" t="s">
+        <v>468</v>
+      </c>
+      <c r="N35" t="s">
+        <v>20</v>
+      </c>
+      <c r="O35" t="s">
+        <v>4</v>
+      </c>
+      <c r="P35" t="s">
         <v>423</v>
       </c>
-      <c r="M35" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q35" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="R35" t="s">
-        <v>422</v>
+        <v>121</v>
       </c>
       <c r="S35">
-        <v>3126</v>
+        <v>3104</v>
       </c>
       <c r="T35">
-        <v>190011</v>
+        <v>188590</v>
       </c>
       <c r="U35">
-        <v>7523</v>
+        <v>7501</v>
       </c>
       <c r="V35" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
         <v>15</v>
       </c>
       <c r="B36">
-        <v>7305</v>
+        <v>7154</v>
       </c>
       <c r="C36" t="s">
-        <v>421</v>
+        <v>467</v>
       </c>
       <c r="D36" t="s">
-        <v>420</v>
+        <v>466</v>
       </c>
       <c r="E36" t="s">
+        <v>26</v>
+      </c>
+      <c r="F36" t="s">
+        <v>111</v>
+      </c>
+      <c r="G36">
+        <v>1</v>
+      </c>
+      <c r="H36" t="s">
+        <v>10</v>
+      </c>
+      <c r="J36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>465</v>
+      </c>
+      <c r="M36" t="s">
+        <v>394</v>
+      </c>
+      <c r="N36" t="s">
+        <v>20</v>
+      </c>
+      <c r="O36" t="s">
+        <v>19</v>
+      </c>
+      <c r="P36" t="s">
         <v>46</v>
       </c>
-      <c r="F36" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="Q36" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="R36" t="s">
-        <v>378</v>
+        <v>45</v>
       </c>
       <c r="S36">
-        <v>3166</v>
+        <v>3138</v>
       </c>
       <c r="T36">
-        <v>194909</v>
+        <v>188722</v>
       </c>
       <c r="U36">
-        <v>7563</v>
+        <v>7535</v>
       </c>
       <c r="V36" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
         <v>15</v>
       </c>
       <c r="B37">
-        <v>7343</v>
+        <v>7155</v>
       </c>
       <c r="C37" t="s">
-        <v>417</v>
+        <v>464</v>
       </c>
       <c r="D37" t="s">
-        <v>416</v>
+        <v>463</v>
       </c>
       <c r="E37" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G37">
         <v>1</v>
       </c>
       <c r="H37" t="s">
         <v>10</v>
       </c>
       <c r="J37" t="s">
-        <v>415</v>
+        <v>308</v>
       </c>
       <c r="L37" t="s">
-        <v>414</v>
+        <v>462</v>
       </c>
       <c r="M37" t="s">
-        <v>316</v>
+        <v>108</v>
       </c>
       <c r="N37" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="O37" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="P37" t="s">
-        <v>204</v>
+        <v>66</v>
       </c>
       <c r="Q37" t="s">
-        <v>175</v>
+        <v>59</v>
       </c>
       <c r="R37" t="s">
-        <v>49</v>
+        <v>200</v>
       </c>
       <c r="S37">
-        <v>3253</v>
+        <v>3234</v>
       </c>
       <c r="T37">
-        <v>196057</v>
+        <v>188723</v>
       </c>
       <c r="U37">
-        <v>7654</v>
+        <v>7635</v>
       </c>
       <c r="V37" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
         <v>15</v>
       </c>
       <c r="B38">
-        <v>7354</v>
+        <v>7230</v>
       </c>
       <c r="C38" t="s">
-        <v>413</v>
+        <v>461</v>
       </c>
       <c r="D38" t="s">
-        <v>412</v>
+        <v>460</v>
       </c>
       <c r="E38" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="G38">
         <v>1</v>
       </c>
       <c r="H38" t="s">
         <v>10</v>
       </c>
       <c r="J38" t="s">
-        <v>155</v>
+        <v>79</v>
       </c>
       <c r="L38" t="s">
-        <v>411</v>
+        <v>459</v>
       </c>
       <c r="M38" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="N38" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="O38" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P38" t="s">
-        <v>410</v>
+        <v>446</v>
       </c>
       <c r="Q38" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="R38" t="s">
-        <v>409</v>
+        <v>458</v>
       </c>
       <c r="S38">
-        <v>3123</v>
+        <v>3126</v>
       </c>
       <c r="T38">
-        <v>196315</v>
+        <v>190011</v>
       </c>
       <c r="U38">
-        <v>7520</v>
+        <v>7523</v>
       </c>
       <c r="V38" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
         <v>15</v>
       </c>
       <c r="B39">
-        <v>7385</v>
+        <v>7305</v>
       </c>
       <c r="C39" t="s">
+        <v>457</v>
+      </c>
+      <c r="D39" t="s">
+        <v>456</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>122</v>
+      </c>
+      <c r="G39">
+        <v>1</v>
+      </c>
+      <c r="H39" t="s">
+        <v>10</v>
+      </c>
+      <c r="J39" t="s">
+        <v>24</v>
+      </c>
+      <c r="K39" t="s">
+        <v>455</v>
+      </c>
+      <c r="L39" t="s">
+        <v>454</v>
+      </c>
+      <c r="M39" t="s">
+        <v>67</v>
+      </c>
+      <c r="N39" t="s">
+        <v>20</v>
+      </c>
+      <c r="O39" t="s">
+        <v>409</v>
+      </c>
+      <c r="P39" t="s">
+        <v>143</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>49</v>
+      </c>
+      <c r="R39" t="s">
         <v>408</v>
       </c>
-      <c r="D39" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="S39">
-        <v>3251</v>
+        <v>3166</v>
       </c>
       <c r="T39">
-        <v>196652</v>
+        <v>194909</v>
       </c>
       <c r="U39">
-        <v>7652</v>
+        <v>7563</v>
       </c>
       <c r="V39" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
         <v>15</v>
       </c>
       <c r="B40">
-        <v>7387</v>
+        <v>7343</v>
       </c>
       <c r="C40" t="s">
-        <v>404</v>
+        <v>453</v>
       </c>
       <c r="D40" t="s">
-        <v>403</v>
+        <v>452</v>
       </c>
       <c r="E40" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="G40">
         <v>1</v>
       </c>
       <c r="H40" t="s">
         <v>10</v>
       </c>
       <c r="J40" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>451</v>
       </c>
       <c r="L40" t="s">
-        <v>401</v>
+        <v>450</v>
       </c>
       <c r="M40" t="s">
-        <v>316</v>
+        <v>338</v>
       </c>
       <c r="N40" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="O40" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P40" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="Q40" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
       <c r="R40" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="S40">
         <v>3253</v>
       </c>
       <c r="T40">
-        <v>196654</v>
+        <v>196057</v>
       </c>
       <c r="U40">
         <v>7654</v>
       </c>
       <c r="V40" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
         <v>15</v>
       </c>
       <c r="B41">
-        <v>7395</v>
+        <v>7354</v>
       </c>
       <c r="C41" t="s">
-        <v>400</v>
+        <v>449</v>
       </c>
       <c r="D41" t="s">
-        <v>399</v>
+        <v>448</v>
       </c>
       <c r="E41" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="G41">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H41" t="s">
         <v>10</v>
       </c>
       <c r="J41" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>398</v>
+        <v>170</v>
       </c>
       <c r="L41" t="s">
-        <v>397</v>
+        <v>447</v>
       </c>
       <c r="M41" t="s">
-        <v>396</v>
+        <v>102</v>
       </c>
       <c r="N41" t="s">
-        <v>359</v>
+        <v>95</v>
       </c>
       <c r="O41" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P41" t="s">
-        <v>361</v>
+        <v>446</v>
       </c>
       <c r="Q41" t="s">
-        <v>147</v>
+        <v>59</v>
       </c>
       <c r="R41" t="s">
-        <v>395</v>
+        <v>445</v>
       </c>
       <c r="S41">
-        <v>3190</v>
+        <v>3123</v>
       </c>
       <c r="T41">
-        <v>196759</v>
+        <v>196315</v>
       </c>
       <c r="U41">
-        <v>7587</v>
+        <v>7520</v>
       </c>
       <c r="V41" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
         <v>15</v>
       </c>
       <c r="B42">
-        <v>7505</v>
+        <v>7385</v>
       </c>
       <c r="C42" t="s">
-        <v>394</v>
+        <v>444</v>
       </c>
       <c r="D42" t="s">
-        <v>393</v>
+        <v>443</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>83</v>
+        <v>59</v>
       </c>
       <c r="G42">
         <v>1</v>
       </c>
       <c r="H42" t="s">
         <v>10</v>
       </c>
       <c r="J42" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>392</v>
+        <v>442</v>
       </c>
       <c r="L42" t="s">
-        <v>391</v>
+        <v>441</v>
       </c>
       <c r="M42" t="s">
-        <v>159</v>
+        <v>299</v>
       </c>
       <c r="N42" t="s">
         <v>5</v>
       </c>
       <c r="O42" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="P42" t="s">
-        <v>390</v>
+        <v>298</v>
       </c>
       <c r="Q42" t="s">
-        <v>50</v>
+        <v>190</v>
       </c>
       <c r="R42" t="s">
-        <v>389</v>
+        <v>297</v>
       </c>
       <c r="S42">
-        <v>3134</v>
+        <v>3251</v>
       </c>
       <c r="T42">
-        <v>201394</v>
+        <v>196652</v>
       </c>
       <c r="U42">
-        <v>7531</v>
+        <v>7652</v>
       </c>
       <c r="V42" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
         <v>15</v>
       </c>
       <c r="B43">
-        <v>7535</v>
+        <v>7387</v>
       </c>
       <c r="C43" t="s">
-        <v>388</v>
+        <v>440</v>
       </c>
       <c r="D43" t="s">
-        <v>387</v>
+        <v>439</v>
       </c>
       <c r="E43" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>2</v>
+        <v>59</v>
       </c>
       <c r="G43">
         <v>1</v>
       </c>
       <c r="H43" t="s">
         <v>10</v>
       </c>
       <c r="J43" t="s">
-        <v>72</v>
+        <v>40</v>
+      </c>
+      <c r="K43" t="s">
+        <v>438</v>
       </c>
       <c r="L43" t="s">
-        <v>386</v>
+        <v>437</v>
       </c>
       <c r="M43" t="s">
-        <v>26</v>
+        <v>338</v>
       </c>
       <c r="N43" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="O43" t="s">
         <v>4</v>
       </c>
       <c r="P43" t="s">
-        <v>25</v>
+        <v>219</v>
       </c>
       <c r="Q43" t="s">
-        <v>24</v>
+        <v>190</v>
       </c>
       <c r="R43" t="s">
-        <v>321</v>
+        <v>1</v>
       </c>
       <c r="S43">
-        <v>3268</v>
+        <v>3253</v>
       </c>
       <c r="T43">
-        <v>201747</v>
+        <v>196654</v>
       </c>
       <c r="U43">
-        <v>7669</v>
+        <v>7654</v>
       </c>
       <c r="V43" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" t="s">
         <v>15</v>
       </c>
       <c r="B44">
-        <v>7579</v>
+        <v>7395</v>
       </c>
       <c r="C44" t="s">
-        <v>384</v>
+        <v>436</v>
       </c>
       <c r="D44" t="s">
-        <v>383</v>
+        <v>435</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="G44">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H44" t="s">
         <v>10</v>
       </c>
       <c r="J44" t="s">
-        <v>72</v>
+        <v>70</v>
+      </c>
+      <c r="K44" t="s">
+        <v>434</v>
       </c>
       <c r="L44" t="s">
-        <v>385</v>
+        <v>433</v>
       </c>
       <c r="M44" t="s">
-        <v>213</v>
+        <v>432</v>
       </c>
       <c r="N44" t="s">
-        <v>85</v>
+        <v>386</v>
       </c>
       <c r="O44" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P44" t="s">
-        <v>51</v>
+        <v>388</v>
       </c>
       <c r="Q44" t="s">
-        <v>50</v>
+        <v>162</v>
       </c>
       <c r="R44" t="s">
-        <v>167</v>
+        <v>431</v>
       </c>
       <c r="S44">
-        <v>3224</v>
+        <v>3190</v>
       </c>
       <c r="T44">
-        <v>203232</v>
+        <v>196759</v>
       </c>
       <c r="U44">
-        <v>7625</v>
+        <v>7587</v>
       </c>
       <c r="V44" t="s">
         <v>0</v>
+      </c>
+      <c r="W44" t="s">
+        <v>386</v>
       </c>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" t="s">
         <v>15</v>
       </c>
       <c r="B45">
-        <v>7579</v>
+        <v>7492</v>
       </c>
       <c r="C45" t="s">
-        <v>384</v>
+        <v>430</v>
       </c>
       <c r="D45" t="s">
-        <v>383</v>
+        <v>429</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="G45">
+        <v>1</v>
+      </c>
+      <c r="H45" t="s">
+        <v>10</v>
+      </c>
+      <c r="J45" t="s">
+        <v>9</v>
+      </c>
+      <c r="L45" t="s">
+        <v>428</v>
+      </c>
+      <c r="M45" t="s">
+        <v>133</v>
+      </c>
+      <c r="N45" t="s">
+        <v>76</v>
+      </c>
+      <c r="O45" t="s">
+        <v>4</v>
+      </c>
+      <c r="P45" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q45" t="s">
         <v>2</v>
       </c>
-      <c r="H45" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="R45" t="s">
-        <v>82</v>
+        <v>1</v>
       </c>
       <c r="S45">
-        <v>3076</v>
+        <v>3204</v>
       </c>
       <c r="T45">
-        <v>203232</v>
+        <v>200666</v>
       </c>
       <c r="U45">
-        <v>7473</v>
+        <v>7605</v>
       </c>
       <c r="V45" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" t="s">
         <v>15</v>
       </c>
       <c r="B46">
-        <v>7586</v>
+        <v>7505</v>
       </c>
       <c r="C46" t="s">
-        <v>377</v>
+        <v>427</v>
       </c>
       <c r="D46" t="s">
-        <v>376</v>
+        <v>426</v>
       </c>
       <c r="E46" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F46" t="s">
-        <v>55</v>
+        <v>93</v>
       </c>
       <c r="G46">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H46" t="s">
         <v>10</v>
       </c>
       <c r="J46" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>381</v>
+        <v>425</v>
       </c>
       <c r="L46" t="s">
-        <v>380</v>
+        <v>424</v>
       </c>
       <c r="M46" t="s">
-        <v>60</v>
+        <v>174</v>
       </c>
       <c r="N46" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="O46" t="s">
-        <v>379</v>
+        <v>4</v>
       </c>
       <c r="P46" t="s">
-        <v>128</v>
+        <v>423</v>
       </c>
       <c r="Q46" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="R46" t="s">
-        <v>378</v>
+        <v>422</v>
       </c>
       <c r="S46">
-        <v>3166</v>
+        <v>3134</v>
       </c>
       <c r="T46">
-        <v>203240</v>
+        <v>201394</v>
       </c>
       <c r="U46">
-        <v>7563</v>
+        <v>7531</v>
       </c>
       <c r="V46" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" t="s">
         <v>15</v>
       </c>
       <c r="B47">
-        <v>7586</v>
+        <v>7535</v>
       </c>
       <c r="C47" t="s">
-        <v>377</v>
+        <v>421</v>
       </c>
       <c r="D47" t="s">
-        <v>376</v>
+        <v>420</v>
       </c>
       <c r="E47" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="G47">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H47" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J47" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="L47" t="s">
-        <v>375</v>
+        <v>419</v>
       </c>
       <c r="M47" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="N47" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="O47" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="P47" t="s">
-        <v>374</v>
+        <v>37</v>
       </c>
       <c r="Q47" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="R47" t="s">
-        <v>203</v>
+        <v>343</v>
       </c>
       <c r="S47">
-        <v>3112</v>
+        <v>3268</v>
       </c>
       <c r="T47">
-        <v>203240</v>
+        <v>201747</v>
       </c>
       <c r="U47">
-        <v>7509</v>
+        <v>7669</v>
       </c>
       <c r="V47" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" t="s">
         <v>15</v>
       </c>
       <c r="B48">
-        <v>7620</v>
+        <v>7540</v>
       </c>
       <c r="C48" t="s">
-        <v>373</v>
+        <v>418</v>
       </c>
       <c r="D48" t="s">
-        <v>372</v>
+        <v>417</v>
       </c>
       <c r="E48" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
+        <v>17</v>
+      </c>
+      <c r="G48">
+        <v>1</v>
+      </c>
+      <c r="H48" t="s">
+        <v>10</v>
+      </c>
+      <c r="J48" t="s">
+        <v>70</v>
+      </c>
+      <c r="L48" t="s">
+        <v>416</v>
+      </c>
+      <c r="M48" t="s">
+        <v>401</v>
+      </c>
+      <c r="N48" t="s">
+        <v>76</v>
+      </c>
+      <c r="O48" t="s">
+        <v>4</v>
+      </c>
+      <c r="P48" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q48" t="s">
         <v>2</v>
       </c>
-      <c r="G48">
-[...25 lines deleted...]
-      </c>
       <c r="R48" t="s">
-        <v>67</v>
+        <v>1</v>
       </c>
       <c r="S48">
-        <v>3208</v>
+        <v>3205</v>
       </c>
       <c r="T48">
-        <v>204078</v>
+        <v>201764</v>
       </c>
       <c r="U48">
-        <v>7609</v>
+        <v>7606</v>
       </c>
       <c r="V48" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" t="s">
         <v>15</v>
       </c>
       <c r="B49">
-        <v>7635</v>
+        <v>7579</v>
       </c>
       <c r="C49" t="s">
-        <v>370</v>
+        <v>414</v>
       </c>
       <c r="D49" t="s">
-        <v>369</v>
+        <v>413</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F49" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="G49">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H49" t="s">
         <v>10</v>
       </c>
       <c r="J49" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="L49" t="s">
-        <v>368</v>
+        <v>415</v>
       </c>
       <c r="M49" t="s">
-        <v>367</v>
+        <v>228</v>
       </c>
       <c r="N49" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="O49" t="s">
         <v>4</v>
       </c>
       <c r="P49" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="Q49" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="R49" t="s">
-        <v>139</v>
+        <v>182</v>
       </c>
       <c r="S49">
-        <v>3137</v>
+        <v>3224</v>
       </c>
       <c r="T49">
-        <v>204149</v>
+        <v>203232</v>
       </c>
       <c r="U49">
-        <v>7534</v>
+        <v>7625</v>
       </c>
       <c r="V49" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" t="s">
         <v>15</v>
       </c>
       <c r="B50">
-        <v>7795</v>
+        <v>7579</v>
       </c>
       <c r="C50" t="s">
-        <v>366</v>
+        <v>414</v>
       </c>
       <c r="D50" t="s">
-        <v>365</v>
+        <v>413</v>
       </c>
       <c r="E50" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F50" t="s">
-        <v>64</v>
+        <v>11</v>
       </c>
       <c r="G50">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H50" t="s">
         <v>10</v>
       </c>
       <c r="J50" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>364</v>
+        <v>79</v>
       </c>
       <c r="L50" t="s">
-        <v>123</v>
+        <v>412</v>
       </c>
       <c r="M50" t="s">
-        <v>6</v>
+        <v>96</v>
       </c>
       <c r="N50" t="s">
-        <v>41</v>
+        <v>95</v>
       </c>
       <c r="O50" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P50" t="s">
-        <v>51</v>
+        <v>94</v>
       </c>
       <c r="Q50" t="s">
-        <v>50</v>
+        <v>93</v>
       </c>
       <c r="R50" t="s">
-        <v>49</v>
+        <v>92</v>
       </c>
       <c r="S50">
-        <v>3238</v>
+        <v>3076</v>
       </c>
       <c r="T50">
-        <v>210391</v>
+        <v>203232</v>
       </c>
       <c r="U50">
-        <v>7639</v>
+        <v>7473</v>
       </c>
       <c r="V50" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" t="s">
         <v>15</v>
       </c>
       <c r="B51">
-        <v>7801</v>
+        <v>7586</v>
       </c>
       <c r="C51" t="s">
-        <v>263</v>
+        <v>407</v>
       </c>
       <c r="D51" t="s">
-        <v>363</v>
+        <v>406</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="G51">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H51" t="s">
         <v>10</v>
       </c>
       <c r="J51" t="s">
-        <v>9</v>
+        <v>70</v>
+      </c>
+      <c r="K51" t="s">
+        <v>411</v>
       </c>
       <c r="L51" t="s">
-        <v>362</v>
+        <v>410</v>
       </c>
       <c r="M51" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="N51" t="s">
-        <v>359</v>
+        <v>20</v>
       </c>
       <c r="O51" t="s">
-        <v>52</v>
+        <v>409</v>
       </c>
       <c r="P51" t="s">
-        <v>361</v>
+        <v>143</v>
       </c>
       <c r="Q51" t="s">
-        <v>147</v>
+        <v>49</v>
       </c>
       <c r="R51" t="s">
-        <v>360</v>
+        <v>408</v>
       </c>
       <c r="S51">
-        <v>3191</v>
+        <v>3166</v>
       </c>
       <c r="T51">
-        <v>210919</v>
+        <v>203240</v>
       </c>
       <c r="U51">
-        <v>7588</v>
+        <v>7563</v>
       </c>
       <c r="V51" t="s">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" t="s">
         <v>15</v>
       </c>
       <c r="B52">
-        <v>7823</v>
+        <v>7586</v>
       </c>
       <c r="C52" t="s">
-        <v>358</v>
+        <v>407</v>
       </c>
       <c r="D52" t="s">
-        <v>357</v>
+        <v>406</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>64</v>
+        <v>11</v>
       </c>
       <c r="G52">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H52" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="J52" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>40</v>
       </c>
       <c r="L52" t="s">
-        <v>356</v>
+        <v>405</v>
       </c>
       <c r="M52" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="N52" t="s">
-        <v>5</v>
+        <v>95</v>
       </c>
       <c r="O52" t="s">
         <v>4</v>
       </c>
       <c r="P52" t="s">
         <v>3</v>
       </c>
       <c r="Q52" t="s">
         <v>2</v>
       </c>
       <c r="R52" t="s">
-        <v>1</v>
+        <v>218</v>
       </c>
       <c r="S52">
-        <v>3140</v>
+        <v>3112</v>
       </c>
       <c r="T52">
-        <v>211536</v>
+        <v>203240</v>
       </c>
       <c r="U52">
-        <v>7537</v>
+        <v>7509</v>
       </c>
       <c r="V52" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" t="s">
         <v>15</v>
       </c>
       <c r="B53">
-        <v>7859</v>
+        <v>7600</v>
       </c>
       <c r="C53" t="s">
-        <v>355</v>
+        <v>404</v>
       </c>
       <c r="D53" t="s">
-        <v>354</v>
+        <v>403</v>
       </c>
       <c r="E53" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="G53">
         <v>1</v>
       </c>
       <c r="H53" t="s">
         <v>10</v>
       </c>
       <c r="J53" t="s">
-        <v>161</v>
+        <v>9</v>
       </c>
       <c r="L53" t="s">
-        <v>353</v>
+        <v>402</v>
       </c>
       <c r="M53" t="s">
-        <v>352</v>
+        <v>401</v>
       </c>
       <c r="N53" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="O53" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P53" t="s">
-        <v>118</v>
+        <v>3</v>
       </c>
       <c r="Q53" t="s">
-        <v>112</v>
+        <v>2</v>
       </c>
       <c r="R53" t="s">
-        <v>351</v>
+        <v>1</v>
       </c>
       <c r="S53">
-        <v>3115</v>
+        <v>3205</v>
       </c>
       <c r="T53">
-        <v>212416</v>
+        <v>203984</v>
       </c>
       <c r="U53">
-        <v>7512</v>
+        <v>7606</v>
       </c>
       <c r="V53" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" t="s">
         <v>15</v>
       </c>
       <c r="B54">
-        <v>7868</v>
+        <v>7620</v>
       </c>
       <c r="C54" t="s">
-        <v>350</v>
+        <v>400</v>
       </c>
       <c r="D54" t="s">
-        <v>349</v>
+        <v>399</v>
       </c>
       <c r="E54" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G54">
         <v>1</v>
       </c>
       <c r="H54" t="s">
         <v>10</v>
       </c>
       <c r="J54" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>348</v>
+        <v>79</v>
       </c>
       <c r="L54" t="s">
-        <v>347</v>
+        <v>398</v>
       </c>
       <c r="M54" t="s">
-        <v>42</v>
+        <v>149</v>
       </c>
       <c r="N54" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="O54" t="s">
         <v>4</v>
       </c>
       <c r="P54" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="Q54" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="R54" t="s">
-        <v>40</v>
+        <v>74</v>
       </c>
       <c r="S54">
-        <v>3271</v>
+        <v>3208</v>
       </c>
       <c r="T54">
-        <v>212524</v>
+        <v>204078</v>
       </c>
       <c r="U54">
-        <v>7672</v>
+        <v>7609</v>
       </c>
       <c r="V54" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" t="s">
         <v>15</v>
       </c>
       <c r="B55">
-        <v>7871</v>
+        <v>7635</v>
       </c>
       <c r="C55" t="s">
-        <v>346</v>
+        <v>397</v>
       </c>
       <c r="D55" t="s">
-        <v>47</v>
+        <v>396</v>
       </c>
       <c r="E55" t="s">
+        <v>26</v>
+      </c>
+      <c r="F55" t="s">
+        <v>36</v>
+      </c>
+      <c r="G55">
+        <v>1</v>
+      </c>
+      <c r="H55" t="s">
+        <v>10</v>
+      </c>
+      <c r="J55" t="s">
+        <v>70</v>
+      </c>
+      <c r="L55" t="s">
+        <v>395</v>
+      </c>
+      <c r="M55" t="s">
+        <v>394</v>
+      </c>
+      <c r="N55" t="s">
+        <v>95</v>
+      </c>
+      <c r="O55" t="s">
+        <v>19</v>
+      </c>
+      <c r="P55" t="s">
         <v>46</v>
       </c>
-      <c r="F55" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="Q55" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="R55" t="s">
-        <v>178</v>
+        <v>154</v>
       </c>
       <c r="S55">
-        <v>3155</v>
+        <v>3137</v>
       </c>
       <c r="T55">
-        <v>212601</v>
+        <v>204149</v>
       </c>
       <c r="U55">
-        <v>7552</v>
+        <v>7534</v>
       </c>
       <c r="V55" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" t="s">
         <v>15</v>
       </c>
       <c r="B56">
-        <v>7871</v>
+        <v>7795</v>
       </c>
       <c r="C56" t="s">
-        <v>346</v>
+        <v>393</v>
       </c>
       <c r="D56" t="s">
-        <v>47</v>
+        <v>392</v>
       </c>
       <c r="E56" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="G56">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H56" t="s">
         <v>10</v>
       </c>
       <c r="J56" t="s">
-        <v>345</v>
+        <v>9</v>
+      </c>
+      <c r="K56" t="s">
+        <v>391</v>
       </c>
       <c r="L56" t="s">
-        <v>344</v>
+        <v>138</v>
       </c>
       <c r="M56" t="s">
-        <v>316</v>
+        <v>21</v>
       </c>
       <c r="N56" t="s">
-        <v>69</v>
+        <v>5</v>
       </c>
       <c r="O56" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P56" t="s">
-        <v>204</v>
+        <v>60</v>
       </c>
       <c r="Q56" t="s">
-        <v>175</v>
+        <v>59</v>
       </c>
       <c r="R56" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="S56">
-        <v>3253</v>
+        <v>3238</v>
       </c>
       <c r="T56">
-        <v>212601</v>
+        <v>210391</v>
       </c>
       <c r="U56">
-        <v>7654</v>
+        <v>7639</v>
       </c>
       <c r="V56" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" t="s">
         <v>15</v>
       </c>
       <c r="B57">
-        <v>7873</v>
+        <v>7801</v>
       </c>
       <c r="C57" t="s">
-        <v>343</v>
+        <v>282</v>
       </c>
       <c r="D57" t="s">
-        <v>342</v>
+        <v>390</v>
       </c>
       <c r="E57" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F57" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="G57">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H57" t="s">
         <v>10</v>
       </c>
       <c r="J57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>389</v>
+      </c>
+      <c r="M57" t="s">
         <v>108</v>
       </c>
-      <c r="L57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N57" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="O57" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P57" t="s">
-        <v>105</v>
+        <v>388</v>
       </c>
       <c r="Q57" t="s">
-        <v>79</v>
+        <v>162</v>
       </c>
       <c r="R57" t="s">
-        <v>49</v>
+        <v>387</v>
       </c>
       <c r="S57">
-        <v>3065</v>
+        <v>3191</v>
       </c>
       <c r="T57">
-        <v>212624</v>
+        <v>210919</v>
       </c>
       <c r="U57">
-        <v>7462</v>
+        <v>7588</v>
       </c>
       <c r="V57" t="s">
         <v>0</v>
+      </c>
+      <c r="W57" t="s">
+        <v>386</v>
       </c>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" t="s">
         <v>15</v>
       </c>
       <c r="B58">
-        <v>7888</v>
+        <v>7823</v>
       </c>
       <c r="C58" t="s">
-        <v>340</v>
+        <v>385</v>
       </c>
       <c r="D58" t="s">
-        <v>339</v>
+        <v>384</v>
       </c>
       <c r="E58" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F58" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="G58">
         <v>1</v>
       </c>
       <c r="H58" t="s">
         <v>10</v>
       </c>
       <c r="J58" t="s">
-        <v>155</v>
+        <v>170</v>
+      </c>
+      <c r="K58" t="s">
+        <v>169</v>
       </c>
       <c r="L58" t="s">
-        <v>338</v>
+        <v>383</v>
       </c>
       <c r="M58" t="s">
-        <v>260</v>
+        <v>21</v>
       </c>
       <c r="N58" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="O58" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="P58" t="s">
-        <v>204</v>
+        <v>18</v>
       </c>
       <c r="Q58" t="s">
-        <v>175</v>
+        <v>17</v>
       </c>
       <c r="R58" t="s">
-        <v>203</v>
+        <v>16</v>
       </c>
       <c r="S58">
-        <v>3100</v>
+        <v>3140</v>
       </c>
       <c r="T58">
-        <v>213180</v>
+        <v>211536</v>
       </c>
       <c r="U58">
-        <v>7497</v>
+        <v>7537</v>
       </c>
       <c r="V58" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" t="s">
         <v>15</v>
       </c>
       <c r="B59">
-        <v>8047</v>
+        <v>7835</v>
       </c>
       <c r="C59" t="s">
-        <v>337</v>
+        <v>382</v>
       </c>
       <c r="D59" t="s">
-        <v>336</v>
+        <v>381</v>
       </c>
       <c r="E59" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>64</v>
+        <v>2</v>
       </c>
       <c r="G59">
         <v>1</v>
       </c>
       <c r="H59" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J59" t="s">
-        <v>28</v>
+        <v>9</v>
+      </c>
+      <c r="K59" t="s">
+        <v>380</v>
       </c>
       <c r="L59" t="s">
-        <v>335</v>
+        <v>379</v>
       </c>
       <c r="M59" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="N59" t="s">
-        <v>69</v>
+        <v>5</v>
       </c>
       <c r="O59" t="s">
         <v>4</v>
       </c>
       <c r="P59" t="s">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="Q59" t="s">
         <v>2</v>
       </c>
       <c r="R59" t="s">
-        <v>321</v>
+        <v>1</v>
       </c>
       <c r="S59">
-        <v>3302</v>
+        <v>3203</v>
       </c>
       <c r="T59">
-        <v>220608</v>
+        <v>212115</v>
       </c>
       <c r="U59">
-        <v>7703</v>
+        <v>7604</v>
       </c>
       <c r="V59" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" t="s">
         <v>15</v>
       </c>
       <c r="B60">
-        <v>8048</v>
+        <v>7859</v>
       </c>
       <c r="C60" t="s">
-        <v>332</v>
+        <v>378</v>
       </c>
       <c r="D60" t="s">
-        <v>331</v>
+        <v>377</v>
       </c>
       <c r="E60" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="G60">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H60" t="s">
         <v>10</v>
       </c>
       <c r="J60" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>334</v>
+        <v>176</v>
       </c>
       <c r="L60" t="s">
-        <v>333</v>
+        <v>376</v>
       </c>
       <c r="M60" t="s">
-        <v>200</v>
+        <v>375</v>
       </c>
       <c r="N60" t="s">
-        <v>41</v>
+        <v>95</v>
       </c>
       <c r="O60" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P60" t="s">
-        <v>59</v>
+        <v>128</v>
       </c>
       <c r="Q60" t="s">
-        <v>50</v>
+        <v>122</v>
       </c>
       <c r="R60" t="s">
-        <v>58</v>
+        <v>374</v>
       </c>
       <c r="S60">
-        <v>3236</v>
+        <v>3115</v>
       </c>
       <c r="T60">
-        <v>220609</v>
+        <v>212416</v>
       </c>
       <c r="U60">
-        <v>7637</v>
+        <v>7512</v>
       </c>
       <c r="V60" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" t="s">
         <v>15</v>
       </c>
       <c r="B61">
-        <v>8048</v>
+        <v>7868</v>
       </c>
       <c r="C61" t="s">
-        <v>332</v>
+        <v>373</v>
       </c>
       <c r="D61" t="s">
-        <v>331</v>
+        <v>372</v>
       </c>
       <c r="E61" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
       <c r="G61">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H61" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J61" t="s">
         <v>9</v>
       </c>
+      <c r="K61" t="s">
+        <v>371</v>
+      </c>
       <c r="L61" t="s">
-        <v>330</v>
+        <v>370</v>
       </c>
       <c r="M61" t="s">
-        <v>257</v>
+        <v>53</v>
       </c>
       <c r="N61" t="s">
-        <v>69</v>
+        <v>5</v>
       </c>
       <c r="O61" t="s">
+        <v>19</v>
+      </c>
+      <c r="P61" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>36</v>
+      </c>
+      <c r="R61" t="s">
         <v>52</v>
       </c>
-      <c r="P61" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S61">
-        <v>3286</v>
+        <v>3271</v>
       </c>
       <c r="T61">
-        <v>220609</v>
+        <v>212524</v>
       </c>
       <c r="U61">
-        <v>7687</v>
+        <v>7672</v>
       </c>
       <c r="V61" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" t="s">
         <v>15</v>
       </c>
       <c r="B62">
-        <v>8082</v>
+        <v>7871</v>
       </c>
       <c r="C62" t="s">
-        <v>329</v>
+        <v>369</v>
       </c>
       <c r="D62" t="s">
-        <v>328</v>
+        <v>57</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>147</v>
+        <v>89</v>
       </c>
       <c r="G62">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H62" t="s">
         <v>10</v>
       </c>
       <c r="J62" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-        <v>326</v>
+        <v>40</v>
       </c>
       <c r="L62" t="s">
-        <v>325</v>
+        <v>197</v>
       </c>
       <c r="M62" t="s">
-        <v>308</v>
+        <v>196</v>
       </c>
       <c r="N62" t="s">
-        <v>5</v>
+        <v>95</v>
       </c>
       <c r="O62" t="s">
-        <v>4</v>
+        <v>195</v>
       </c>
       <c r="P62" t="s">
-        <v>3</v>
+        <v>194</v>
       </c>
       <c r="Q62" t="s">
-        <v>2</v>
+        <v>36</v>
       </c>
       <c r="R62" t="s">
-        <v>1</v>
+        <v>193</v>
       </c>
       <c r="S62">
-        <v>3142</v>
+        <v>3155</v>
       </c>
       <c r="T62">
-        <v>221320</v>
+        <v>212601</v>
       </c>
       <c r="U62">
-        <v>7539</v>
+        <v>7552</v>
       </c>
       <c r="V62" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" t="s">
         <v>15</v>
       </c>
       <c r="B63">
-        <v>8084</v>
+        <v>7871</v>
       </c>
       <c r="C63" t="s">
-        <v>324</v>
+        <v>369</v>
       </c>
       <c r="D63" t="s">
-        <v>323</v>
+        <v>57</v>
       </c>
       <c r="E63" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
+        <v>89</v>
+      </c>
+      <c r="G63">
         <v>2</v>
       </c>
-      <c r="G63">
-[...1 lines deleted...]
-      </c>
       <c r="H63" t="s">
         <v>10</v>
       </c>
       <c r="J63" t="s">
-        <v>161</v>
+        <v>368</v>
       </c>
       <c r="L63" t="s">
-        <v>54</v>
+        <v>367</v>
       </c>
       <c r="M63" t="s">
-        <v>53</v>
+        <v>338</v>
       </c>
       <c r="N63" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="O63" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P63" t="s">
-        <v>51</v>
+        <v>219</v>
       </c>
       <c r="Q63" t="s">
-        <v>50</v>
+        <v>190</v>
       </c>
       <c r="R63" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="S63">
-        <v>3239</v>
+        <v>3253</v>
       </c>
       <c r="T63">
-        <v>221326</v>
+        <v>212601</v>
       </c>
       <c r="U63">
-        <v>7640</v>
+        <v>7654</v>
       </c>
       <c r="V63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" t="s">
         <v>15</v>
       </c>
       <c r="B64">
-        <v>8090</v>
+        <v>7873</v>
       </c>
       <c r="C64" t="s">
-        <v>319</v>
+        <v>366</v>
       </c>
       <c r="D64" t="s">
-        <v>320</v>
+        <v>365</v>
       </c>
       <c r="E64" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="G64">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H64" t="s">
         <v>10</v>
       </c>
       <c r="J64" t="s">
-        <v>72</v>
+        <v>118</v>
       </c>
       <c r="L64" t="s">
-        <v>322</v>
+        <v>364</v>
       </c>
       <c r="M64" t="s">
-        <v>26</v>
+        <v>116</v>
       </c>
       <c r="N64" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="O64" t="s">
         <v>4</v>
       </c>
       <c r="P64" t="s">
-        <v>25</v>
+        <v>115</v>
       </c>
       <c r="Q64" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="R64" t="s">
-        <v>321</v>
+        <v>1</v>
       </c>
       <c r="S64">
-        <v>3268</v>
+        <v>3065</v>
       </c>
       <c r="T64">
-        <v>221383</v>
+        <v>212624</v>
       </c>
       <c r="U64">
-        <v>7669</v>
+        <v>7462</v>
       </c>
       <c r="V64" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" t="s">
         <v>15</v>
       </c>
       <c r="B65">
-        <v>8090</v>
+        <v>7888</v>
       </c>
       <c r="C65" t="s">
-        <v>319</v>
+        <v>363</v>
       </c>
       <c r="D65" t="s">
-        <v>320</v>
+        <v>362</v>
       </c>
       <c r="E65" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="G65">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H65" t="s">
         <v>10</v>
       </c>
       <c r="J65" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>292</v>
+        <v>170</v>
       </c>
       <c r="L65" t="s">
-        <v>123</v>
+        <v>361</v>
       </c>
       <c r="M65" t="s">
-        <v>6</v>
+        <v>279</v>
       </c>
       <c r="N65" t="s">
-        <v>41</v>
+        <v>95</v>
       </c>
       <c r="O65" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P65" t="s">
-        <v>51</v>
+        <v>219</v>
       </c>
       <c r="Q65" t="s">
-        <v>50</v>
+        <v>190</v>
       </c>
       <c r="R65" t="s">
-        <v>49</v>
+        <v>218</v>
       </c>
       <c r="S65">
-        <v>3238</v>
+        <v>3100</v>
       </c>
       <c r="T65">
-        <v>221383</v>
+        <v>213180</v>
       </c>
       <c r="U65">
-        <v>7639</v>
+        <v>7497</v>
       </c>
       <c r="V65" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" t="s">
         <v>15</v>
       </c>
       <c r="B66">
-        <v>8091</v>
+        <v>8047</v>
       </c>
       <c r="C66" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="D66" t="s">
-        <v>318</v>
+        <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="G66">
         <v>1</v>
       </c>
       <c r="H66" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="J66" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="L66" t="s">
-        <v>317</v>
+        <v>359</v>
       </c>
       <c r="M66" t="s">
-        <v>316</v>
+        <v>32</v>
       </c>
       <c r="N66" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="O66" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="P66" t="s">
-        <v>204</v>
+        <v>30</v>
       </c>
       <c r="Q66" t="s">
-        <v>175</v>
+        <v>17</v>
       </c>
       <c r="R66" t="s">
-        <v>49</v>
+        <v>343</v>
       </c>
       <c r="S66">
-        <v>3253</v>
+        <v>3302</v>
       </c>
       <c r="T66">
-        <v>221384</v>
+        <v>220608</v>
       </c>
       <c r="U66">
-        <v>7654</v>
+        <v>7703</v>
       </c>
       <c r="V66" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" t="s">
         <v>15</v>
       </c>
       <c r="B67">
-        <v>8104</v>
+        <v>8048</v>
       </c>
       <c r="C67" t="s">
-        <v>315</v>
+        <v>356</v>
       </c>
       <c r="D67" t="s">
-        <v>314</v>
+        <v>355</v>
       </c>
       <c r="E67" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="G67">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H67" t="s">
         <v>10</v>
       </c>
       <c r="J67" t="s">
-        <v>313</v>
+        <v>9</v>
+      </c>
+      <c r="K67" t="s">
+        <v>358</v>
       </c>
       <c r="L67" t="s">
-        <v>93</v>
+        <v>357</v>
       </c>
       <c r="M67" t="s">
-        <v>92</v>
+        <v>215</v>
       </c>
       <c r="N67" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O67" t="s">
         <v>4</v>
       </c>
       <c r="P67" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
       <c r="Q67" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="R67" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="S67">
-        <v>3255</v>
+        <v>3236</v>
       </c>
       <c r="T67">
-        <v>221539</v>
+        <v>220609</v>
       </c>
       <c r="U67">
-        <v>7656</v>
+        <v>7637</v>
       </c>
       <c r="V67" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" t="s">
         <v>15</v>
       </c>
       <c r="B68">
-        <v>8108</v>
+        <v>8048</v>
       </c>
       <c r="C68" t="s">
-        <v>311</v>
+        <v>356</v>
       </c>
       <c r="D68" t="s">
-        <v>310</v>
+        <v>355</v>
       </c>
       <c r="E68" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>301</v>
+        <v>71</v>
       </c>
       <c r="G68">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H68" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="J68" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>312</v>
+        <v>354</v>
       </c>
       <c r="M68" t="s">
-        <v>257</v>
+        <v>276</v>
       </c>
       <c r="N68" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="O68" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P68" t="s">
-        <v>169</v>
+        <v>184</v>
       </c>
       <c r="Q68" t="s">
-        <v>168</v>
+        <v>183</v>
       </c>
       <c r="R68" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="S68">
         <v>3286</v>
       </c>
       <c r="T68">
-        <v>221557</v>
+        <v>220609</v>
       </c>
       <c r="U68">
         <v>7687</v>
       </c>
       <c r="V68" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" t="s">
         <v>15</v>
       </c>
       <c r="B69">
-        <v>8108</v>
+        <v>8071</v>
       </c>
       <c r="C69" t="s">
-        <v>311</v>
+        <v>353</v>
       </c>
       <c r="D69" t="s">
-        <v>310</v>
+        <v>352</v>
       </c>
       <c r="E69" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>301</v>
+        <v>190</v>
       </c>
       <c r="G69">
+        <v>1</v>
+      </c>
+      <c r="H69" t="s">
+        <v>10</v>
+      </c>
+      <c r="J69" t="s">
+        <v>9</v>
+      </c>
+      <c r="L69" t="s">
+        <v>351</v>
+      </c>
+      <c r="M69" t="s">
+        <v>133</v>
+      </c>
+      <c r="N69" t="s">
+        <v>76</v>
+      </c>
+      <c r="O69" t="s">
+        <v>4</v>
+      </c>
+      <c r="P69" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q69" t="s">
         <v>2</v>
       </c>
-      <c r="H69" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="R69" t="s">
-        <v>111</v>
+        <v>1</v>
       </c>
       <c r="S69">
-        <v>3246</v>
+        <v>3204</v>
       </c>
       <c r="T69">
-        <v>221557</v>
+        <v>221230</v>
       </c>
       <c r="U69">
-        <v>7647</v>
+        <v>7605</v>
       </c>
       <c r="V69" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" t="s">
         <v>15</v>
       </c>
       <c r="B70">
-        <v>8132</v>
+        <v>8082</v>
       </c>
       <c r="C70" t="s">
-        <v>307</v>
+        <v>350</v>
       </c>
       <c r="D70" t="s">
-        <v>306</v>
+        <v>349</v>
       </c>
       <c r="E70" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F70" t="s">
-        <v>2</v>
+        <v>162</v>
       </c>
       <c r="G70">
         <v>1</v>
       </c>
       <c r="H70" t="s">
         <v>10</v>
       </c>
       <c r="J70" t="s">
-        <v>305</v>
+        <v>348</v>
+      </c>
+      <c r="K70" t="s">
+        <v>347</v>
       </c>
       <c r="L70" t="s">
-        <v>304</v>
+        <v>346</v>
       </c>
       <c r="M70" t="s">
-        <v>228</v>
+        <v>329</v>
       </c>
       <c r="N70" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="O70" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="P70" t="s">
-        <v>227</v>
+        <v>18</v>
       </c>
       <c r="Q70" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="R70" t="s">
-        <v>226</v>
+        <v>16</v>
       </c>
       <c r="S70">
-        <v>3082</v>
+        <v>3142</v>
       </c>
       <c r="T70">
-        <v>222153</v>
+        <v>221320</v>
       </c>
       <c r="U70">
-        <v>7479</v>
+        <v>7539</v>
       </c>
       <c r="V70" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" t="s">
         <v>15</v>
       </c>
       <c r="B71">
-        <v>8141</v>
+        <v>8084</v>
       </c>
       <c r="C71" t="s">
-        <v>303</v>
+        <v>345</v>
       </c>
       <c r="D71" t="s">
-        <v>302</v>
+        <v>237</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>301</v>
+        <v>17</v>
       </c>
       <c r="G71">
         <v>1</v>
       </c>
       <c r="H71" t="s">
         <v>10</v>
       </c>
       <c r="J71" t="s">
-        <v>9</v>
+        <v>176</v>
       </c>
       <c r="L71" t="s">
-        <v>300</v>
+        <v>62</v>
       </c>
       <c r="M71" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="N71" t="s">
-        <v>85</v>
+        <v>5</v>
       </c>
       <c r="O71" t="s">
         <v>4</v>
       </c>
       <c r="P71" t="s">
-        <v>3</v>
+        <v>60</v>
       </c>
       <c r="Q71" t="s">
-        <v>2</v>
+        <v>59</v>
       </c>
       <c r="R71" t="s">
-        <v>299</v>
+        <v>1</v>
       </c>
       <c r="S71">
-        <v>3139</v>
+        <v>3239</v>
       </c>
       <c r="T71">
-        <v>222750</v>
+        <v>221326</v>
       </c>
       <c r="U71">
-        <v>7536</v>
+        <v>7640</v>
       </c>
       <c r="V71" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" t="s">
         <v>15</v>
       </c>
       <c r="B72">
-        <v>8209</v>
+        <v>8090</v>
       </c>
       <c r="C72" t="s">
-        <v>298</v>
+        <v>341</v>
       </c>
       <c r="D72" t="s">
-        <v>297</v>
+        <v>342</v>
       </c>
       <c r="E72" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>2</v>
+        <v>36</v>
       </c>
       <c r="G72">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H72" t="s">
         <v>10</v>
       </c>
       <c r="J72" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>79</v>
       </c>
       <c r="L72" t="s">
-        <v>295</v>
+        <v>344</v>
       </c>
       <c r="M72" t="s">
-        <v>200</v>
+        <v>38</v>
       </c>
       <c r="N72" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="O72" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="P72" t="s">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="Q72" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="R72" t="s">
-        <v>58</v>
+        <v>343</v>
       </c>
       <c r="S72">
-        <v>3236</v>
+        <v>3268</v>
       </c>
       <c r="T72">
-        <v>227553</v>
+        <v>221383</v>
       </c>
       <c r="U72">
-        <v>7637</v>
+        <v>7669</v>
       </c>
       <c r="V72" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" t="s">
         <v>15</v>
       </c>
       <c r="B73">
-        <v>8252</v>
+        <v>8090</v>
       </c>
       <c r="C73" t="s">
-        <v>294</v>
+        <v>341</v>
       </c>
       <c r="D73" t="s">
-        <v>293</v>
+        <v>342</v>
       </c>
       <c r="E73" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>101</v>
+        <v>36</v>
       </c>
       <c r="G73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H73" t="s">
         <v>10</v>
       </c>
       <c r="J73" t="s">
+        <v>9</v>
+      </c>
+      <c r="K73" t="s">
+        <v>311</v>
+      </c>
+      <c r="L73" t="s">
+        <v>138</v>
+      </c>
+      <c r="M73" t="s">
         <v>21</v>
       </c>
-      <c r="K73" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N73" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O73" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P73" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="Q73" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="R73" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="S73">
         <v>3238</v>
       </c>
       <c r="T73">
-        <v>228547</v>
+        <v>221383</v>
       </c>
       <c r="U73">
         <v>7639</v>
       </c>
       <c r="V73" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" t="s">
         <v>15</v>
       </c>
       <c r="B74">
-        <v>8282</v>
+        <v>8091</v>
       </c>
       <c r="C74" t="s">
-        <v>291</v>
+        <v>341</v>
       </c>
       <c r="D74" t="s">
-        <v>290</v>
+        <v>340</v>
       </c>
       <c r="E74" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>101</v>
+        <v>36</v>
       </c>
       <c r="G74">
         <v>1</v>
       </c>
       <c r="H74" t="s">
         <v>10</v>
       </c>
       <c r="J74" t="s">
-        <v>289</v>
+        <v>79</v>
       </c>
       <c r="L74" t="s">
-        <v>288</v>
+        <v>339</v>
       </c>
       <c r="M74" t="s">
-        <v>98</v>
+        <v>338</v>
       </c>
       <c r="N74" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="O74" t="s">
         <v>4</v>
       </c>
       <c r="P74" t="s">
-        <v>59</v>
+        <v>219</v>
       </c>
       <c r="Q74" t="s">
-        <v>50</v>
+        <v>190</v>
       </c>
       <c r="R74" t="s">
-        <v>185</v>
+        <v>1</v>
       </c>
       <c r="S74">
-        <v>3234</v>
+        <v>3253</v>
       </c>
       <c r="T74">
-        <v>229568</v>
+        <v>221384</v>
       </c>
       <c r="U74">
-        <v>7635</v>
+        <v>7654</v>
       </c>
       <c r="V74" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" t="s">
         <v>15</v>
       </c>
       <c r="B75">
-        <v>8291</v>
+        <v>8104</v>
       </c>
       <c r="C75" t="s">
-        <v>287</v>
+        <v>337</v>
       </c>
       <c r="D75" t="s">
-        <v>286</v>
+        <v>336</v>
       </c>
       <c r="E75" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="G75">
         <v>1</v>
       </c>
       <c r="H75" t="s">
         <v>10</v>
       </c>
       <c r="J75" t="s">
-        <v>253</v>
+        <v>335</v>
       </c>
       <c r="L75" t="s">
-        <v>285</v>
+        <v>103</v>
       </c>
       <c r="M75" t="s">
-        <v>70</v>
+        <v>102</v>
       </c>
       <c r="N75" t="s">
-        <v>69</v>
+        <v>5</v>
       </c>
       <c r="O75" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="P75" t="s">
-        <v>68</v>
+        <v>101</v>
       </c>
       <c r="Q75" t="s">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="R75" t="s">
-        <v>67</v>
+        <v>100</v>
       </c>
       <c r="S75">
-        <v>3209</v>
+        <v>3255</v>
       </c>
       <c r="T75">
-        <v>229689</v>
+        <v>221539</v>
       </c>
       <c r="U75">
-        <v>7610</v>
+        <v>7656</v>
       </c>
       <c r="V75" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" t="s">
         <v>15</v>
       </c>
       <c r="B76">
-        <v>8294</v>
+        <v>8108</v>
       </c>
       <c r="C76" t="s">
-        <v>284</v>
+        <v>332</v>
       </c>
       <c r="D76" t="s">
-        <v>283</v>
+        <v>331</v>
       </c>
       <c r="E76" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>2</v>
+        <v>322</v>
       </c>
       <c r="G76">
         <v>1</v>
       </c>
       <c r="H76" t="s">
         <v>10</v>
       </c>
       <c r="J76" t="s">
-        <v>282</v>
+        <v>70</v>
       </c>
       <c r="L76" t="s">
-        <v>281</v>
+        <v>334</v>
       </c>
       <c r="M76" t="s">
-        <v>280</v>
+        <v>314</v>
       </c>
       <c r="N76" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O76" t="s">
         <v>4</v>
       </c>
       <c r="P76" t="s">
-        <v>279</v>
+        <v>3</v>
       </c>
       <c r="Q76" t="s">
-        <v>175</v>
+        <v>2</v>
       </c>
       <c r="R76" t="s">
-        <v>278</v>
+        <v>1</v>
       </c>
       <c r="S76">
-        <v>3251</v>
+        <v>3202</v>
       </c>
       <c r="T76">
-        <v>229710</v>
+        <v>221557</v>
       </c>
       <c r="U76">
-        <v>7652</v>
+        <v>7603</v>
       </c>
       <c r="V76" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" t="s">
         <v>15</v>
       </c>
       <c r="B77">
-        <v>8309</v>
+        <v>8108</v>
       </c>
       <c r="C77" t="s">
-        <v>277</v>
+        <v>332</v>
       </c>
       <c r="D77" t="s">
+        <v>331</v>
+      </c>
+      <c r="E77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>322</v>
+      </c>
+      <c r="G77">
+        <v>0</v>
+      </c>
+      <c r="H77" t="s">
+        <v>10</v>
+      </c>
+      <c r="J77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>333</v>
+      </c>
+      <c r="M77" t="s">
         <v>276</v>
       </c>
-      <c r="E77" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N77" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="O77" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P77" t="s">
-        <v>113</v>
+        <v>184</v>
       </c>
       <c r="Q77" t="s">
-        <v>112</v>
+        <v>183</v>
       </c>
       <c r="R77" t="s">
-        <v>111</v>
+        <v>1</v>
       </c>
       <c r="S77">
-        <v>3244</v>
+        <v>3286</v>
       </c>
       <c r="T77">
-        <v>229759</v>
+        <v>221557</v>
       </c>
       <c r="U77">
-        <v>7645</v>
+        <v>7687</v>
       </c>
       <c r="V77" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" t="s">
         <v>15</v>
       </c>
       <c r="B78">
-        <v>8329</v>
+        <v>8108</v>
       </c>
       <c r="C78" t="s">
-        <v>275</v>
+        <v>332</v>
       </c>
       <c r="D78" t="s">
-        <v>274</v>
+        <v>331</v>
       </c>
       <c r="E78" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>50</v>
+        <v>322</v>
       </c>
       <c r="G78">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H78" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J78" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="L78" t="s">
-        <v>273</v>
+        <v>330</v>
       </c>
       <c r="M78" t="s">
-        <v>6</v>
+        <v>329</v>
       </c>
       <c r="N78" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="O78" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P78" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="Q78" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="R78" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="S78">
-        <v>3244</v>
+        <v>3246</v>
       </c>
       <c r="T78">
-        <v>229872</v>
+        <v>221557</v>
       </c>
       <c r="U78">
-        <v>7645</v>
+        <v>7647</v>
       </c>
       <c r="V78" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" t="s">
         <v>15</v>
       </c>
       <c r="B79">
-        <v>8356</v>
+        <v>8132</v>
       </c>
       <c r="C79" t="s">
-        <v>271</v>
+        <v>328</v>
       </c>
       <c r="D79" t="s">
-        <v>270</v>
+        <v>327</v>
       </c>
       <c r="E79" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F79" t="s">
-        <v>223</v>
+        <v>17</v>
       </c>
       <c r="G79">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H79" t="s">
         <v>10</v>
       </c>
       <c r="J79" t="s">
-        <v>9</v>
+        <v>326</v>
       </c>
       <c r="L79" t="s">
-        <v>272</v>
+        <v>325</v>
       </c>
       <c r="M79" t="s">
-        <v>260</v>
+        <v>247</v>
       </c>
       <c r="N79" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="O79" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P79" t="s">
-        <v>204</v>
+        <v>246</v>
       </c>
       <c r="Q79" t="s">
-        <v>175</v>
+        <v>2</v>
       </c>
       <c r="R79" t="s">
-        <v>167</v>
+        <v>245</v>
       </c>
       <c r="S79">
-        <v>3099</v>
+        <v>3082</v>
       </c>
       <c r="T79">
-        <v>231633</v>
+        <v>222153</v>
       </c>
       <c r="U79">
-        <v>7496</v>
+        <v>7479</v>
       </c>
       <c r="V79" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" t="s">
         <v>15</v>
       </c>
       <c r="B80">
-        <v>8356</v>
+        <v>8141</v>
       </c>
       <c r="C80" t="s">
-        <v>271</v>
+        <v>324</v>
       </c>
       <c r="D80" t="s">
-        <v>270</v>
+        <v>323</v>
       </c>
       <c r="E80" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F80" t="s">
-        <v>223</v>
+        <v>322</v>
       </c>
       <c r="G80">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H80" t="s">
         <v>10</v>
       </c>
       <c r="J80" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
       <c r="L80" t="s">
-        <v>269</v>
+        <v>321</v>
       </c>
       <c r="M80" t="s">
-        <v>268</v>
+        <v>61</v>
       </c>
       <c r="N80" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="O80" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="P80" t="s">
-        <v>204</v>
+        <v>18</v>
       </c>
       <c r="Q80" t="s">
-        <v>175</v>
+        <v>17</v>
       </c>
       <c r="R80" t="s">
-        <v>167</v>
+        <v>320</v>
       </c>
       <c r="S80">
-        <v>3095</v>
+        <v>3139</v>
       </c>
       <c r="T80">
-        <v>231633</v>
+        <v>222750</v>
       </c>
       <c r="U80">
-        <v>7492</v>
+        <v>7536</v>
       </c>
       <c r="V80" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" t="s">
         <v>15</v>
       </c>
       <c r="B81">
-        <v>8412</v>
+        <v>8209</v>
       </c>
       <c r="C81" t="s">
-        <v>267</v>
+        <v>319</v>
       </c>
       <c r="D81" t="s">
-        <v>266</v>
+        <v>318</v>
       </c>
       <c r="E81" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="G81">
         <v>1</v>
       </c>
       <c r="H81" t="s">
         <v>10</v>
       </c>
       <c r="J81" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="K81" t="s">
-        <v>265</v>
+        <v>317</v>
       </c>
       <c r="L81" t="s">
-        <v>264</v>
+        <v>316</v>
       </c>
       <c r="M81" t="s">
-        <v>60</v>
+        <v>215</v>
       </c>
       <c r="N81" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O81" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P81" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q81" t="s">
         <v>59</v>
       </c>
-      <c r="Q81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R81" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="S81">
-        <v>3237</v>
+        <v>3236</v>
       </c>
       <c r="T81">
-        <v>235721</v>
+        <v>227553</v>
       </c>
       <c r="U81">
-        <v>7638</v>
+        <v>7637</v>
       </c>
       <c r="V81" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" t="s">
         <v>15</v>
       </c>
       <c r="B82">
-        <v>8498</v>
+        <v>8252</v>
       </c>
       <c r="C82" t="s">
-        <v>263</v>
+        <v>313</v>
       </c>
       <c r="D82" t="s">
-        <v>262</v>
+        <v>312</v>
       </c>
       <c r="E82" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="G82">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H82" t="s">
         <v>10</v>
       </c>
       <c r="J82" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>261</v>
+        <v>315</v>
       </c>
       <c r="M82" t="s">
-        <v>260</v>
+        <v>314</v>
       </c>
       <c r="N82" t="s">
         <v>5</v>
       </c>
       <c r="O82" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P82" t="s">
-        <v>204</v>
+        <v>3</v>
       </c>
       <c r="Q82" t="s">
-        <v>175</v>
+        <v>2</v>
       </c>
       <c r="R82" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="S82">
-        <v>3102</v>
+        <v>3202</v>
       </c>
       <c r="T82">
-        <v>237347</v>
+        <v>228547</v>
       </c>
       <c r="U82">
-        <v>7499</v>
+        <v>7603</v>
       </c>
       <c r="V82" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" t="s">
         <v>15</v>
       </c>
       <c r="B83">
-        <v>8512</v>
+        <v>8252</v>
       </c>
       <c r="C83" t="s">
-        <v>256</v>
+        <v>313</v>
       </c>
       <c r="D83" t="s">
-        <v>255</v>
+        <v>312</v>
       </c>
       <c r="E83" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>168</v>
+        <v>111</v>
       </c>
       <c r="G83">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H83" t="s">
         <v>10</v>
       </c>
       <c r="J83" t="s">
-        <v>259</v>
+        <v>9</v>
+      </c>
+      <c r="K83" t="s">
+        <v>311</v>
       </c>
       <c r="L83" t="s">
-        <v>258</v>
+        <v>138</v>
       </c>
       <c r="M83" t="s">
-        <v>257</v>
+        <v>21</v>
       </c>
       <c r="N83" t="s">
-        <v>69</v>
+        <v>5</v>
       </c>
       <c r="O83" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P83" t="s">
-        <v>169</v>
+        <v>60</v>
       </c>
       <c r="Q83" t="s">
-        <v>168</v>
+        <v>59</v>
       </c>
       <c r="R83" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="S83">
-        <v>3286</v>
+        <v>3238</v>
       </c>
       <c r="T83">
-        <v>237716</v>
+        <v>228547</v>
       </c>
       <c r="U83">
-        <v>7687</v>
+        <v>7639</v>
       </c>
       <c r="V83" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" t="s">
         <v>15</v>
       </c>
       <c r="B84">
-        <v>8512</v>
+        <v>8282</v>
       </c>
       <c r="C84" t="s">
-        <v>256</v>
+        <v>310</v>
       </c>
       <c r="D84" t="s">
-        <v>255</v>
+        <v>309</v>
       </c>
       <c r="E84" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>168</v>
+        <v>111</v>
       </c>
       <c r="G84">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H84" t="s">
         <v>10</v>
       </c>
       <c r="J84" t="s">
-        <v>253</v>
+        <v>308</v>
       </c>
       <c r="L84" t="s">
-        <v>254</v>
+        <v>307</v>
       </c>
       <c r="M84" t="s">
-        <v>205</v>
+        <v>108</v>
       </c>
       <c r="N84" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="O84" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="P84" t="s">
-        <v>204</v>
+        <v>66</v>
       </c>
       <c r="Q84" t="s">
-        <v>175</v>
+        <v>59</v>
       </c>
       <c r="R84" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="S84">
-        <v>3096</v>
+        <v>3234</v>
       </c>
       <c r="T84">
-        <v>237716</v>
+        <v>229568</v>
       </c>
       <c r="U84">
-        <v>7493</v>
+        <v>7635</v>
       </c>
       <c r="V84" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" t="s">
         <v>15</v>
       </c>
       <c r="B85">
-        <v>8514</v>
+        <v>8291</v>
       </c>
       <c r="C85" t="s">
-        <v>250</v>
+        <v>306</v>
       </c>
       <c r="D85" t="s">
-        <v>249</v>
+        <v>305</v>
       </c>
       <c r="E85" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>168</v>
+        <v>59</v>
       </c>
       <c r="G85">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H85" t="s">
         <v>10</v>
       </c>
       <c r="J85" t="s">
-        <v>253</v>
+        <v>272</v>
       </c>
       <c r="L85" t="s">
-        <v>252</v>
+        <v>304</v>
       </c>
       <c r="M85" t="s">
-        <v>251</v>
+        <v>77</v>
       </c>
       <c r="N85" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="O85" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P85" t="s">
-        <v>169</v>
+        <v>75</v>
       </c>
       <c r="Q85" t="s">
-        <v>168</v>
+        <v>49</v>
       </c>
       <c r="R85" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="S85">
-        <v>3287</v>
+        <v>3209</v>
       </c>
       <c r="T85">
-        <v>237718</v>
+        <v>229689</v>
       </c>
       <c r="U85">
-        <v>7688</v>
+        <v>7610</v>
       </c>
       <c r="V85" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" t="s">
         <v>15</v>
       </c>
       <c r="B86">
-        <v>8514</v>
+        <v>8294</v>
       </c>
       <c r="C86" t="s">
-        <v>250</v>
+        <v>303</v>
       </c>
       <c r="D86" t="s">
-        <v>249</v>
+        <v>302</v>
       </c>
       <c r="E86" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>168</v>
+        <v>17</v>
       </c>
       <c r="G86">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H86" t="s">
         <v>10</v>
       </c>
       <c r="J86" t="s">
-        <v>72</v>
+        <v>301</v>
       </c>
       <c r="L86" t="s">
-        <v>248</v>
+        <v>300</v>
       </c>
       <c r="M86" t="s">
-        <v>247</v>
+        <v>299</v>
       </c>
       <c r="N86" t="s">
-        <v>85</v>
+        <v>5</v>
       </c>
       <c r="O86" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="P86" t="s">
-        <v>84</v>
+        <v>298</v>
       </c>
       <c r="Q86" t="s">
-        <v>83</v>
+        <v>190</v>
       </c>
       <c r="R86" t="s">
-        <v>246</v>
+        <v>297</v>
       </c>
       <c r="S86">
-        <v>3072</v>
+        <v>3251</v>
       </c>
       <c r="T86">
-        <v>237718</v>
+        <v>229710</v>
       </c>
       <c r="U86">
-        <v>7469</v>
+        <v>7652</v>
       </c>
       <c r="V86" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" t="s">
         <v>15</v>
       </c>
       <c r="B87">
-        <v>8515</v>
+        <v>8309</v>
       </c>
       <c r="C87" t="s">
-        <v>245</v>
+        <v>296</v>
       </c>
       <c r="D87" t="s">
-        <v>244</v>
+        <v>295</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
+        <v>190</v>
+      </c>
+      <c r="G87">
+        <v>1</v>
+      </c>
+      <c r="H87" t="s">
+        <v>10</v>
+      </c>
+      <c r="J87" t="s">
+        <v>79</v>
+      </c>
+      <c r="L87" t="s">
         <v>168</v>
       </c>
-      <c r="G87">
-[...10 lines deleted...]
-      </c>
       <c r="M87" t="s">
-        <v>228</v>
+        <v>21</v>
       </c>
       <c r="N87" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="O87" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P87" t="s">
-        <v>227</v>
+        <v>123</v>
       </c>
       <c r="Q87" t="s">
-        <v>73</v>
+        <v>122</v>
       </c>
       <c r="R87" t="s">
-        <v>226</v>
+        <v>121</v>
       </c>
       <c r="S87">
-        <v>3082</v>
+        <v>3244</v>
       </c>
       <c r="T87">
-        <v>237719</v>
+        <v>229759</v>
       </c>
       <c r="U87">
-        <v>7479</v>
+        <v>7645</v>
       </c>
       <c r="V87" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" t="s">
         <v>15</v>
       </c>
       <c r="B88">
-        <v>8526</v>
+        <v>8329</v>
       </c>
       <c r="C88" t="s">
-        <v>241</v>
+        <v>294</v>
       </c>
       <c r="D88" t="s">
-        <v>240</v>
+        <v>293</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>168</v>
+        <v>59</v>
       </c>
       <c r="G88">
         <v>1</v>
       </c>
       <c r="H88" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="J88" t="s">
-        <v>239</v>
+        <v>40</v>
       </c>
       <c r="L88" t="s">
-        <v>238</v>
+        <v>292</v>
       </c>
       <c r="M88" t="s">
-        <v>106</v>
+        <v>21</v>
       </c>
       <c r="N88" t="s">
-        <v>5</v>
+        <v>76</v>
       </c>
       <c r="O88" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P88" t="s">
-        <v>105</v>
+        <v>123</v>
       </c>
       <c r="Q88" t="s">
-        <v>79</v>
+        <v>122</v>
       </c>
       <c r="R88" t="s">
-        <v>104</v>
+        <v>121</v>
       </c>
       <c r="S88">
-        <v>3064</v>
+        <v>3244</v>
       </c>
       <c r="T88">
-        <v>237730</v>
+        <v>229872</v>
       </c>
       <c r="U88">
-        <v>7461</v>
+        <v>7645</v>
       </c>
       <c r="V88" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" t="s">
         <v>15</v>
       </c>
       <c r="B89">
-        <v>8546</v>
+        <v>8356</v>
       </c>
       <c r="C89" t="s">
-        <v>237</v>
+        <v>290</v>
       </c>
       <c r="D89" t="s">
-        <v>236</v>
+        <v>289</v>
       </c>
       <c r="E89" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F89" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="G89">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H89" t="s">
         <v>10</v>
       </c>
       <c r="J89" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="L89" t="s">
-        <v>234</v>
+        <v>291</v>
       </c>
       <c r="M89" t="s">
-        <v>233</v>
+        <v>279</v>
       </c>
       <c r="N89" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="O89" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P89" t="s">
-        <v>158</v>
+        <v>219</v>
       </c>
       <c r="Q89" t="s">
-        <v>50</v>
+        <v>190</v>
       </c>
       <c r="R89" t="s">
-        <v>210</v>
+        <v>182</v>
       </c>
       <c r="S89">
-        <v>3105</v>
+        <v>3099</v>
       </c>
       <c r="T89">
-        <v>238368</v>
+        <v>231633</v>
       </c>
       <c r="U89">
-        <v>7502</v>
+        <v>7496</v>
       </c>
       <c r="V89" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" t="s">
         <v>15</v>
       </c>
       <c r="B90">
-        <v>8552</v>
+        <v>8356</v>
       </c>
       <c r="C90" t="s">
-        <v>232</v>
+        <v>290</v>
       </c>
       <c r="D90" t="s">
-        <v>231</v>
+        <v>289</v>
       </c>
       <c r="E90" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F90" t="s">
-        <v>101</v>
+        <v>242</v>
       </c>
       <c r="G90">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H90" t="s">
         <v>10</v>
       </c>
       <c r="J90" t="s">
-        <v>230</v>
+        <v>170</v>
       </c>
       <c r="L90" t="s">
-        <v>229</v>
+        <v>288</v>
       </c>
       <c r="M90" t="s">
-        <v>228</v>
+        <v>287</v>
       </c>
       <c r="N90" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="O90" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P90" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="Q90" t="s">
-        <v>73</v>
+        <v>190</v>
       </c>
       <c r="R90" t="s">
-        <v>226</v>
+        <v>182</v>
       </c>
       <c r="S90">
-        <v>3082</v>
+        <v>3095</v>
       </c>
       <c r="T90">
-        <v>238611</v>
+        <v>231633</v>
       </c>
       <c r="U90">
-        <v>7479</v>
+        <v>7492</v>
       </c>
       <c r="V90" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" t="s">
         <v>15</v>
       </c>
       <c r="B91">
-        <v>8558</v>
+        <v>8412</v>
       </c>
       <c r="C91" t="s">
-        <v>225</v>
+        <v>286</v>
       </c>
       <c r="D91" t="s">
-        <v>224</v>
+        <v>285</v>
       </c>
       <c r="E91" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>223</v>
+        <v>17</v>
       </c>
       <c r="G91">
         <v>1</v>
       </c>
       <c r="H91" t="s">
         <v>10</v>
       </c>
       <c r="J91" t="s">
-        <v>222</v>
+        <v>9</v>
+      </c>
+      <c r="K91" t="s">
+        <v>284</v>
       </c>
       <c r="L91" t="s">
-        <v>221</v>
+        <v>283</v>
       </c>
       <c r="M91" t="s">
-        <v>220</v>
+        <v>67</v>
       </c>
       <c r="N91" t="s">
         <v>5</v>
       </c>
       <c r="O91" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P91" t="s">
-        <v>105</v>
+        <v>66</v>
       </c>
       <c r="Q91" t="s">
-        <v>79</v>
+        <v>59</v>
       </c>
       <c r="R91" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="S91">
-        <v>3069</v>
+        <v>3237</v>
       </c>
       <c r="T91">
-        <v>239041</v>
+        <v>235721</v>
       </c>
       <c r="U91">
-        <v>7466</v>
+        <v>7638</v>
       </c>
       <c r="V91" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" t="s">
         <v>15</v>
       </c>
       <c r="B92">
-        <v>8584</v>
+        <v>8498</v>
       </c>
       <c r="C92" t="s">
-        <v>217</v>
+        <v>282</v>
       </c>
       <c r="D92" t="s">
-        <v>216</v>
+        <v>281</v>
       </c>
       <c r="E92" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="G92">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H92" t="s">
         <v>10</v>
       </c>
       <c r="J92" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K92" t="s">
+        <v>170</v>
+      </c>
+      <c r="L92" t="s">
+        <v>280</v>
+      </c>
+      <c r="M92" t="s">
+        <v>279</v>
+      </c>
+      <c r="N92" t="s">
+        <v>20</v>
+      </c>
+      <c r="O92" t="s">
+        <v>4</v>
+      </c>
+      <c r="P92" t="s">
         <v>219</v>
       </c>
-      <c r="L92" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="Q92" t="s">
-        <v>50</v>
+        <v>190</v>
       </c>
       <c r="R92" t="s">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="S92">
-        <v>3238</v>
+        <v>3102</v>
       </c>
       <c r="T92">
-        <v>239622</v>
+        <v>237347</v>
       </c>
       <c r="U92">
-        <v>7639</v>
+        <v>7499</v>
       </c>
       <c r="V92" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" t="s">
         <v>15</v>
       </c>
       <c r="B93">
-        <v>8584</v>
+        <v>8512</v>
       </c>
       <c r="C93" t="s">
-        <v>217</v>
+        <v>275</v>
       </c>
       <c r="D93" t="s">
-        <v>216</v>
+        <v>274</v>
       </c>
       <c r="E93" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>73</v>
+        <v>183</v>
       </c>
       <c r="G93">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H93" t="s">
         <v>10</v>
       </c>
       <c r="J93" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>278</v>
       </c>
       <c r="L93" t="s">
-        <v>214</v>
+        <v>277</v>
       </c>
       <c r="M93" t="s">
-        <v>213</v>
+        <v>276</v>
       </c>
       <c r="N93" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="O93" t="s">
         <v>4</v>
       </c>
       <c r="P93" t="s">
-        <v>133</v>
+        <v>184</v>
       </c>
       <c r="Q93" t="s">
-        <v>79</v>
+        <v>183</v>
       </c>
       <c r="R93" t="s">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="S93">
-        <v>3257</v>
+        <v>3286</v>
       </c>
       <c r="T93">
-        <v>239622</v>
+        <v>237716</v>
       </c>
       <c r="U93">
-        <v>7658</v>
+        <v>7687</v>
       </c>
       <c r="V93" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" t="s">
         <v>15</v>
       </c>
       <c r="B94">
-        <v>8612</v>
+        <v>8512</v>
       </c>
       <c r="C94" t="s">
-        <v>209</v>
+        <v>275</v>
       </c>
       <c r="D94" t="s">
-        <v>208</v>
+        <v>274</v>
       </c>
       <c r="E94" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>55</v>
+        <v>183</v>
       </c>
       <c r="G94">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H94" t="s">
         <v>10</v>
       </c>
       <c r="J94" t="s">
-        <v>28</v>
+        <v>272</v>
       </c>
       <c r="L94" t="s">
-        <v>212</v>
+        <v>273</v>
       </c>
       <c r="M94" t="s">
-        <v>35</v>
+        <v>220</v>
       </c>
       <c r="N94" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="O94" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P94" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="Q94" t="s">
-        <v>24</v>
+        <v>190</v>
       </c>
       <c r="R94" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="S94">
-        <v>3109</v>
+        <v>3096</v>
       </c>
       <c r="T94">
-        <v>239926</v>
+        <v>237716</v>
       </c>
       <c r="U94">
-        <v>7506</v>
+        <v>7493</v>
       </c>
       <c r="V94" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" t="s">
         <v>15</v>
       </c>
       <c r="B95">
-        <v>8612</v>
+        <v>8514</v>
       </c>
       <c r="C95" t="s">
-        <v>209</v>
+        <v>269</v>
       </c>
       <c r="D95" t="s">
-        <v>208</v>
+        <v>268</v>
       </c>
       <c r="E95" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>55</v>
+        <v>183</v>
       </c>
       <c r="G95">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H95" t="s">
         <v>10</v>
       </c>
       <c r="J95" t="s">
-        <v>207</v>
+        <v>272</v>
       </c>
       <c r="L95" t="s">
-        <v>206</v>
+        <v>271</v>
       </c>
       <c r="M95" t="s">
-        <v>205</v>
+        <v>270</v>
       </c>
       <c r="N95" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="O95" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P95" t="s">
-        <v>204</v>
+        <v>184</v>
       </c>
       <c r="Q95" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="R95" t="s">
-        <v>203</v>
+        <v>1</v>
       </c>
       <c r="S95">
-        <v>3096</v>
+        <v>3287</v>
       </c>
       <c r="T95">
-        <v>239926</v>
+        <v>237718</v>
       </c>
       <c r="U95">
-        <v>7493</v>
+        <v>7688</v>
       </c>
       <c r="V95" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" t="s">
         <v>15</v>
       </c>
       <c r="B96">
-        <v>8618</v>
+        <v>8514</v>
       </c>
       <c r="C96" t="s">
-        <v>199</v>
+        <v>269</v>
       </c>
       <c r="D96" t="s">
-        <v>198</v>
+        <v>268</v>
       </c>
       <c r="E96" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>30</v>
+        <v>183</v>
       </c>
       <c r="G96">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H96" t="s">
         <v>10</v>
       </c>
       <c r="J96" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>79</v>
       </c>
       <c r="L96" t="s">
-        <v>201</v>
+        <v>267</v>
       </c>
       <c r="M96" t="s">
-        <v>200</v>
+        <v>266</v>
       </c>
       <c r="N96" t="s">
-        <v>41</v>
+        <v>95</v>
       </c>
       <c r="O96" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P96" t="s">
-        <v>59</v>
+        <v>94</v>
       </c>
       <c r="Q96" t="s">
-        <v>50</v>
+        <v>93</v>
       </c>
       <c r="R96" t="s">
-        <v>58</v>
+        <v>265</v>
       </c>
       <c r="S96">
-        <v>3236</v>
+        <v>3072</v>
       </c>
       <c r="T96">
-        <v>240015</v>
+        <v>237718</v>
       </c>
       <c r="U96">
-        <v>7637</v>
+        <v>7469</v>
       </c>
       <c r="V96" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" t="s">
         <v>15</v>
       </c>
       <c r="B97">
-        <v>8618</v>
+        <v>8515</v>
       </c>
       <c r="C97" t="s">
-        <v>199</v>
+        <v>264</v>
       </c>
       <c r="D97" t="s">
-        <v>198</v>
+        <v>263</v>
       </c>
       <c r="E97" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F97" t="s">
-        <v>30</v>
+        <v>183</v>
       </c>
       <c r="G97">
+        <v>1</v>
+      </c>
+      <c r="H97" t="s">
+        <v>10</v>
+      </c>
+      <c r="J97" t="s">
+        <v>262</v>
+      </c>
+      <c r="L97" t="s">
+        <v>261</v>
+      </c>
+      <c r="M97" t="s">
+        <v>247</v>
+      </c>
+      <c r="N97" t="s">
+        <v>95</v>
+      </c>
+      <c r="O97" t="s">
+        <v>4</v>
+      </c>
+      <c r="P97" t="s">
+        <v>246</v>
+      </c>
+      <c r="Q97" t="s">
         <v>2</v>
       </c>
-      <c r="H97" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="R97" t="s">
-        <v>67</v>
+        <v>245</v>
       </c>
       <c r="S97">
-        <v>3209</v>
+        <v>3082</v>
       </c>
       <c r="T97">
-        <v>240015</v>
+        <v>237719</v>
       </c>
       <c r="U97">
-        <v>7610</v>
+        <v>7479</v>
       </c>
       <c r="V97" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" t="s">
         <v>15</v>
       </c>
       <c r="B98">
-        <v>219668</v>
+        <v>8526</v>
       </c>
       <c r="C98" t="s">
-        <v>196</v>
+        <v>260</v>
       </c>
       <c r="D98" t="s">
-        <v>195</v>
+        <v>259</v>
       </c>
       <c r="E98" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F98" t="s">
-        <v>2</v>
+        <v>183</v>
       </c>
       <c r="G98">
         <v>1</v>
       </c>
       <c r="H98" t="s">
         <v>10</v>
       </c>
       <c r="J98" t="s">
-        <v>94</v>
+        <v>258</v>
       </c>
       <c r="L98" t="s">
-        <v>194</v>
+        <v>257</v>
       </c>
       <c r="M98" t="s">
-        <v>193</v>
+        <v>116</v>
       </c>
       <c r="N98" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O98" t="s">
         <v>4</v>
       </c>
       <c r="P98" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="Q98" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="R98" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="S98">
-        <v>3256</v>
+        <v>3064</v>
       </c>
       <c r="T98">
-        <v>251772</v>
+        <v>237730</v>
       </c>
       <c r="U98">
-        <v>7657</v>
+        <v>7461</v>
       </c>
       <c r="V98" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" t="s">
         <v>15</v>
       </c>
       <c r="B99">
-        <v>219683</v>
+        <v>8546</v>
       </c>
       <c r="C99" t="s">
-        <v>192</v>
+        <v>256</v>
       </c>
       <c r="D99" t="s">
-        <v>191</v>
+        <v>255</v>
       </c>
       <c r="E99" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>55</v>
+        <v>254</v>
       </c>
       <c r="G99">
         <v>1</v>
       </c>
       <c r="H99" t="s">
         <v>10</v>
       </c>
       <c r="J99" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="L99" t="s">
-        <v>190</v>
+        <v>253</v>
       </c>
       <c r="M99" t="s">
-        <v>129</v>
+        <v>252</v>
       </c>
       <c r="N99" t="s">
-        <v>5</v>
+        <v>95</v>
       </c>
       <c r="O99" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P99" t="s">
-        <v>128</v>
+        <v>173</v>
       </c>
       <c r="Q99" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="R99" t="s">
-        <v>127</v>
+        <v>225</v>
       </c>
       <c r="S99">
-        <v>3319</v>
+        <v>3105</v>
       </c>
       <c r="T99">
-        <v>252513</v>
+        <v>238368</v>
       </c>
       <c r="U99">
-        <v>7720</v>
+        <v>7502</v>
       </c>
       <c r="V99" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" t="s">
         <v>15</v>
       </c>
       <c r="B100">
-        <v>219691</v>
+        <v>8552</v>
       </c>
       <c r="C100" t="s">
-        <v>189</v>
+        <v>251</v>
       </c>
       <c r="D100" t="s">
-        <v>188</v>
+        <v>250</v>
       </c>
       <c r="E100" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F100" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="G100">
         <v>1</v>
       </c>
       <c r="H100" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J100" t="s">
-        <v>187</v>
+        <v>249</v>
       </c>
       <c r="L100" t="s">
-        <v>186</v>
+        <v>248</v>
       </c>
       <c r="M100" t="s">
-        <v>98</v>
+        <v>247</v>
       </c>
       <c r="N100" t="s">
-        <v>69</v>
+        <v>95</v>
       </c>
       <c r="O100" t="s">
         <v>4</v>
       </c>
       <c r="P100" t="s">
-        <v>59</v>
+        <v>246</v>
       </c>
       <c r="Q100" t="s">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="R100" t="s">
-        <v>185</v>
+        <v>245</v>
       </c>
       <c r="S100">
-        <v>3234</v>
+        <v>3082</v>
       </c>
       <c r="T100">
-        <v>253050</v>
+        <v>238611</v>
       </c>
       <c r="U100">
-        <v>7635</v>
+        <v>7479</v>
       </c>
       <c r="V100" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" t="s">
         <v>15</v>
       </c>
       <c r="B101">
-        <v>219702</v>
+        <v>8558</v>
       </c>
       <c r="C101" t="s">
-        <v>184</v>
+        <v>244</v>
       </c>
       <c r="D101" t="s">
-        <v>183</v>
+        <v>243</v>
       </c>
       <c r="E101" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>79</v>
+        <v>242</v>
       </c>
       <c r="G101">
         <v>1</v>
       </c>
       <c r="H101" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J101" t="s">
-        <v>28</v>
+        <v>241</v>
       </c>
       <c r="L101" t="s">
-        <v>182</v>
+        <v>240</v>
       </c>
       <c r="M101" t="s">
-        <v>181</v>
+        <v>239</v>
       </c>
       <c r="N101" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="O101" t="s">
-        <v>180</v>
+        <v>4</v>
       </c>
       <c r="P101" t="s">
-        <v>179</v>
+        <v>115</v>
       </c>
       <c r="Q101" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="R101" t="s">
-        <v>178</v>
+        <v>1</v>
       </c>
       <c r="S101">
-        <v>3155</v>
+        <v>3069</v>
       </c>
       <c r="T101">
-        <v>253455</v>
+        <v>239041</v>
       </c>
       <c r="U101">
-        <v>7552</v>
+        <v>7466</v>
       </c>
       <c r="V101" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" t="s">
         <v>15</v>
       </c>
       <c r="B102">
-        <v>219738</v>
+        <v>8580</v>
       </c>
       <c r="C102" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="D102" t="s">
-        <v>176</v>
+        <v>237</v>
       </c>
       <c r="E102" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>175</v>
+        <v>17</v>
       </c>
       <c r="G102">
         <v>1</v>
       </c>
       <c r="H102" t="s">
         <v>10</v>
       </c>
       <c r="J102" t="s">
-        <v>72</v>
+        <v>70</v>
+      </c>
+      <c r="K102" t="s">
+        <v>236</v>
       </c>
       <c r="L102" t="s">
-        <v>93</v>
+        <v>235</v>
       </c>
       <c r="M102" t="s">
-        <v>92</v>
+        <v>6</v>
       </c>
       <c r="N102" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O102" t="s">
         <v>4</v>
       </c>
       <c r="P102" t="s">
-        <v>91</v>
+        <v>3</v>
       </c>
       <c r="Q102" t="s">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="R102" t="s">
-        <v>90</v>
+        <v>1</v>
       </c>
       <c r="S102">
-        <v>3255</v>
+        <v>3203</v>
       </c>
       <c r="T102">
-        <v>254865</v>
+        <v>239482</v>
       </c>
       <c r="U102">
-        <v>7656</v>
+        <v>7604</v>
       </c>
       <c r="V102" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" t="s">
         <v>15</v>
       </c>
       <c r="B103">
-        <v>219758</v>
+        <v>8584</v>
       </c>
       <c r="C103" t="s">
-        <v>174</v>
+        <v>232</v>
       </c>
       <c r="D103" t="s">
-        <v>173</v>
+        <v>231</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="G103">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H103" t="s">
         <v>10</v>
       </c>
       <c r="J103" t="s">
-        <v>172</v>
+        <v>9</v>
+      </c>
+      <c r="K103" t="s">
+        <v>234</v>
       </c>
       <c r="L103" t="s">
-        <v>171</v>
+        <v>233</v>
       </c>
       <c r="M103" t="s">
-        <v>170</v>
+        <v>21</v>
       </c>
       <c r="N103" t="s">
-        <v>85</v>
+        <v>5</v>
       </c>
       <c r="O103" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P103" t="s">
-        <v>169</v>
+        <v>60</v>
       </c>
       <c r="Q103" t="s">
-        <v>168</v>
+        <v>59</v>
       </c>
       <c r="R103" t="s">
-        <v>167</v>
+        <v>1</v>
       </c>
       <c r="S103">
-        <v>3320</v>
+        <v>3238</v>
       </c>
       <c r="T103">
-        <v>258828</v>
+        <v>239622</v>
       </c>
       <c r="U103">
-        <v>7721</v>
+        <v>7639</v>
       </c>
       <c r="V103" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" t="s">
         <v>15</v>
       </c>
       <c r="B104">
-        <v>219785</v>
+        <v>8584</v>
       </c>
       <c r="C104" t="s">
-        <v>166</v>
+        <v>232</v>
       </c>
       <c r="D104" t="s">
-        <v>165</v>
+        <v>231</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>64</v>
+        <v>2</v>
       </c>
       <c r="G104">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H104" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J104" t="s">
-        <v>28</v>
+        <v>9</v>
+      </c>
+      <c r="K104" t="s">
+        <v>230</v>
       </c>
       <c r="L104" t="s">
-        <v>164</v>
+        <v>229</v>
       </c>
       <c r="M104" t="s">
-        <v>26</v>
+        <v>228</v>
       </c>
       <c r="N104" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="O104" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="P104" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="Q104" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="R104" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="S104">
-        <v>3267</v>
+        <v>3257</v>
       </c>
       <c r="T104">
-        <v>261347</v>
+        <v>239622</v>
       </c>
       <c r="U104">
-        <v>7668</v>
+        <v>7658</v>
       </c>
       <c r="V104" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" t="s">
         <v>15</v>
       </c>
       <c r="B105">
-        <v>219795</v>
+        <v>8612</v>
       </c>
       <c r="C105" t="s">
-        <v>163</v>
+        <v>224</v>
       </c>
       <c r="D105" t="s">
-        <v>162</v>
+        <v>223</v>
       </c>
       <c r="E105" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="G105">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H105" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J105" t="s">
-        <v>161</v>
+        <v>40</v>
       </c>
       <c r="L105" t="s">
-        <v>160</v>
+        <v>227</v>
       </c>
       <c r="M105" t="s">
-        <v>159</v>
+        <v>47</v>
       </c>
       <c r="N105" t="s">
-        <v>5</v>
+        <v>95</v>
       </c>
       <c r="O105" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P105" t="s">
-        <v>158</v>
+        <v>226</v>
       </c>
       <c r="Q105" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="R105" t="s">
-        <v>67</v>
+        <v>225</v>
       </c>
       <c r="S105">
-        <v>3106</v>
+        <v>3109</v>
       </c>
       <c r="T105">
-        <v>261496</v>
+        <v>239926</v>
       </c>
       <c r="U105">
-        <v>7503</v>
+        <v>7506</v>
       </c>
       <c r="V105" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" t="s">
         <v>15</v>
       </c>
       <c r="B106">
-        <v>219796</v>
+        <v>8612</v>
       </c>
       <c r="C106" t="s">
-        <v>157</v>
+        <v>224</v>
       </c>
       <c r="D106" t="s">
-        <v>156</v>
+        <v>223</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="G106">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H106" t="s">
         <v>10</v>
       </c>
       <c r="J106" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>222</v>
       </c>
       <c r="L106" t="s">
-        <v>153</v>
+        <v>221</v>
       </c>
       <c r="M106" t="s">
-        <v>6</v>
+        <v>220</v>
       </c>
       <c r="N106" t="s">
-        <v>5</v>
+        <v>95</v>
       </c>
       <c r="O106" t="s">
         <v>4</v>
       </c>
       <c r="P106" t="s">
-        <v>3</v>
+        <v>219</v>
       </c>
       <c r="Q106" t="s">
-        <v>2</v>
+        <v>190</v>
       </c>
       <c r="R106" t="s">
-        <v>1</v>
+        <v>218</v>
       </c>
       <c r="S106">
-        <v>3140</v>
+        <v>3096</v>
       </c>
       <c r="T106">
-        <v>261708</v>
+        <v>239926</v>
       </c>
       <c r="U106">
-        <v>7537</v>
+        <v>7493</v>
       </c>
       <c r="V106" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" t="s">
         <v>15</v>
       </c>
       <c r="B107">
-        <v>219797</v>
+        <v>8618</v>
       </c>
       <c r="C107" t="s">
-        <v>152</v>
+        <v>214</v>
       </c>
       <c r="D107" t="s">
-        <v>151</v>
+        <v>213</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="G107">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H107" t="s">
         <v>10</v>
       </c>
       <c r="J107" t="s">
-        <v>72</v>
+        <v>9</v>
+      </c>
+      <c r="K107" t="s">
+        <v>217</v>
       </c>
       <c r="L107" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="M107" t="s">
-        <v>35</v>
+        <v>215</v>
       </c>
       <c r="N107" t="s">
-        <v>85</v>
+        <v>5</v>
       </c>
       <c r="O107" t="s">
         <v>4</v>
       </c>
       <c r="P107" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="Q107" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="R107" t="s">
-        <v>139</v>
+        <v>65</v>
       </c>
       <c r="S107">
-        <v>3135</v>
+        <v>3236</v>
       </c>
       <c r="T107">
-        <v>261709</v>
+        <v>240015</v>
       </c>
       <c r="U107">
-        <v>7532</v>
+        <v>7637</v>
       </c>
       <c r="V107" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" t="s">
         <v>15</v>
       </c>
       <c r="B108">
-        <v>219878</v>
+        <v>8618</v>
       </c>
       <c r="C108" t="s">
-        <v>149</v>
+        <v>214</v>
       </c>
       <c r="D108" t="s">
-        <v>148</v>
+        <v>213</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>147</v>
+        <v>42</v>
       </c>
       <c r="G108">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H108" t="s">
         <v>10</v>
       </c>
       <c r="J108" t="s">
-        <v>9</v>
+        <v>176</v>
       </c>
       <c r="L108" t="s">
-        <v>146</v>
+        <v>212</v>
       </c>
       <c r="M108" t="s">
-        <v>35</v>
+        <v>77</v>
       </c>
       <c r="N108" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="O108" t="s">
         <v>4</v>
       </c>
       <c r="P108" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="Q108" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="R108" t="s">
-        <v>139</v>
+        <v>74</v>
       </c>
       <c r="S108">
-        <v>3135</v>
+        <v>3209</v>
       </c>
       <c r="T108">
-        <v>263422</v>
+        <v>240015</v>
       </c>
       <c r="U108">
-        <v>7532</v>
+        <v>7610</v>
       </c>
       <c r="V108" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" t="s">
         <v>15</v>
       </c>
       <c r="B109">
-        <v>219933</v>
+        <v>219668</v>
       </c>
       <c r="C109" t="s">
-        <v>143</v>
+        <v>211</v>
       </c>
       <c r="D109" t="s">
-        <v>142</v>
+        <v>210</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G109">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H109" t="s">
         <v>10</v>
       </c>
       <c r="J109" t="s">
-        <v>145</v>
+        <v>104</v>
       </c>
       <c r="L109" t="s">
-        <v>144</v>
+        <v>209</v>
       </c>
       <c r="M109" t="s">
+        <v>208</v>
+      </c>
+      <c r="N109" t="s">
+        <v>5</v>
+      </c>
+      <c r="O109" t="s">
         <v>19</v>
       </c>
-      <c r="N109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P109" t="s">
-        <v>17</v>
+        <v>101</v>
       </c>
       <c r="Q109" t="s">
         <v>2</v>
       </c>
       <c r="R109" t="s">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="S109">
-        <v>3304</v>
+        <v>3256</v>
       </c>
       <c r="T109">
-        <v>264697</v>
+        <v>251772</v>
       </c>
       <c r="U109">
-        <v>7705</v>
+        <v>7657</v>
       </c>
       <c r="V109" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" t="s">
         <v>15</v>
       </c>
       <c r="B110">
-        <v>219933</v>
+        <v>219683</v>
       </c>
       <c r="C110" t="s">
-        <v>143</v>
+        <v>207</v>
       </c>
       <c r="D110" t="s">
-        <v>142</v>
+        <v>206</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="G110">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H110" t="s">
-        <v>141</v>
+        <v>10</v>
       </c>
       <c r="J110" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="L110" t="s">
-        <v>140</v>
+        <v>205</v>
       </c>
       <c r="M110" t="s">
-        <v>35</v>
+        <v>144</v>
       </c>
       <c r="N110" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="O110" t="s">
         <v>4</v>
       </c>
       <c r="P110" t="s">
-        <v>34</v>
+        <v>143</v>
       </c>
       <c r="Q110" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="R110" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="S110">
-        <v>3135</v>
+        <v>3319</v>
       </c>
       <c r="T110">
-        <v>264697</v>
+        <v>252513</v>
       </c>
       <c r="U110">
-        <v>7532</v>
+        <v>7720</v>
       </c>
       <c r="V110" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" t="s">
         <v>15</v>
       </c>
       <c r="B111">
-        <v>219938</v>
+        <v>219691</v>
       </c>
       <c r="C111" t="s">
-        <v>138</v>
+        <v>204</v>
       </c>
       <c r="D111" t="s">
-        <v>137</v>
+        <v>203</v>
       </c>
       <c r="E111" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>79</v>
+        <v>111</v>
       </c>
       <c r="G111">
         <v>1</v>
       </c>
       <c r="H111" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="J111" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>202</v>
       </c>
       <c r="L111" t="s">
-        <v>135</v>
+        <v>201</v>
       </c>
       <c r="M111" t="s">
-        <v>134</v>
+        <v>108</v>
       </c>
       <c r="N111" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="O111" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="P111" t="s">
-        <v>133</v>
+        <v>66</v>
       </c>
       <c r="Q111" t="s">
-        <v>79</v>
+        <v>59</v>
       </c>
       <c r="R111" t="s">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="S111">
-        <v>3260</v>
+        <v>3234</v>
       </c>
       <c r="T111">
-        <v>265672</v>
+        <v>253050</v>
       </c>
       <c r="U111">
-        <v>7661</v>
+        <v>7635</v>
       </c>
       <c r="V111" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" t="s">
         <v>15</v>
       </c>
       <c r="B112">
-        <v>219971</v>
+        <v>219702</v>
       </c>
       <c r="C112" t="s">
-        <v>132</v>
+        <v>199</v>
       </c>
       <c r="D112" t="s">
-        <v>131</v>
+        <v>198</v>
       </c>
       <c r="E112" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="G112">
         <v>1</v>
       </c>
       <c r="H112" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="J112" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="L112" t="s">
-        <v>130</v>
+        <v>197</v>
       </c>
       <c r="M112" t="s">
-        <v>129</v>
+        <v>196</v>
       </c>
       <c r="N112" t="s">
-        <v>5</v>
+        <v>95</v>
       </c>
       <c r="O112" t="s">
-        <v>52</v>
+        <v>195</v>
       </c>
       <c r="P112" t="s">
-        <v>128</v>
+        <v>194</v>
       </c>
       <c r="Q112" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="R112" t="s">
-        <v>127</v>
+        <v>193</v>
       </c>
       <c r="S112">
-        <v>3319</v>
+        <v>3155</v>
       </c>
       <c r="T112">
-        <v>267371</v>
+        <v>253455</v>
       </c>
       <c r="U112">
-        <v>7720</v>
+        <v>7552</v>
       </c>
       <c r="V112" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" t="s">
         <v>15</v>
       </c>
       <c r="B113">
-        <v>219980</v>
+        <v>219738</v>
       </c>
       <c r="C113" t="s">
-        <v>126</v>
+        <v>192</v>
       </c>
       <c r="D113" t="s">
-        <v>125</v>
+        <v>191</v>
       </c>
       <c r="E113" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F113" t="s">
+        <v>190</v>
+      </c>
+      <c r="G113">
+        <v>1</v>
+      </c>
+      <c r="H113" t="s">
+        <v>10</v>
+      </c>
+      <c r="J113" t="s">
+        <v>79</v>
+      </c>
+      <c r="L113" t="s">
+        <v>103</v>
+      </c>
+      <c r="M113" t="s">
+        <v>102</v>
+      </c>
+      <c r="N113" t="s">
+        <v>5</v>
+      </c>
+      <c r="O113" t="s">
+        <v>19</v>
+      </c>
+      <c r="P113" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q113" t="s">
         <v>2</v>
       </c>
-      <c r="G113">
-[...28 lines deleted...]
-      </c>
       <c r="R113" t="s">
-        <v>49</v>
+        <v>100</v>
       </c>
       <c r="S113">
-        <v>3238</v>
+        <v>3255</v>
       </c>
       <c r="T113">
-        <v>268269</v>
+        <v>254865</v>
       </c>
       <c r="U113">
-        <v>7639</v>
+        <v>7656</v>
       </c>
       <c r="V113" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" t="s">
         <v>15</v>
       </c>
       <c r="B114">
-        <v>220004</v>
+        <v>219758</v>
       </c>
       <c r="C114" t="s">
-        <v>122</v>
+        <v>189</v>
       </c>
       <c r="D114" t="s">
-        <v>121</v>
+        <v>188</v>
       </c>
       <c r="E114" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F114" t="s">
-        <v>2</v>
+        <v>42</v>
       </c>
       <c r="G114">
         <v>1</v>
       </c>
       <c r="H114" t="s">
         <v>10</v>
       </c>
       <c r="J114" t="s">
-        <v>63</v>
+        <v>187</v>
       </c>
       <c r="L114" t="s">
-        <v>120</v>
+        <v>186</v>
       </c>
       <c r="M114" t="s">
-        <v>119</v>
+        <v>185</v>
       </c>
       <c r="N114" t="s">
-        <v>5</v>
+        <v>95</v>
       </c>
       <c r="O114" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P114" t="s">
-        <v>118</v>
+        <v>184</v>
       </c>
       <c r="Q114" t="s">
-        <v>112</v>
+        <v>183</v>
       </c>
       <c r="R114" t="s">
-        <v>111</v>
+        <v>182</v>
       </c>
       <c r="S114">
-        <v>3116</v>
+        <v>3320</v>
       </c>
       <c r="T114">
-        <v>269726</v>
+        <v>258828</v>
       </c>
       <c r="U114">
-        <v>7513</v>
+        <v>7721</v>
       </c>
       <c r="V114" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" t="s">
         <v>15</v>
       </c>
       <c r="B115">
-        <v>220040</v>
+        <v>219785</v>
       </c>
       <c r="C115" t="s">
-        <v>117</v>
+        <v>181</v>
       </c>
       <c r="D115" t="s">
-        <v>116</v>
+        <v>180</v>
       </c>
       <c r="E115" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F115" t="s">
-        <v>115</v>
+        <v>71</v>
       </c>
       <c r="G115">
         <v>1</v>
       </c>
       <c r="H115" t="s">
+        <v>41</v>
+      </c>
+      <c r="J115" t="s">
+        <v>40</v>
+      </c>
+      <c r="L115" t="s">
+        <v>179</v>
+      </c>
+      <c r="M115" t="s">
+        <v>38</v>
+      </c>
+      <c r="N115" t="s">
+        <v>31</v>
+      </c>
+      <c r="O115" t="s">
+        <v>19</v>
+      </c>
+      <c r="P115" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>36</v>
+      </c>
+      <c r="R115" t="s">
         <v>29</v>
       </c>
-      <c r="J115" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="S115">
-        <v>3244</v>
+        <v>3267</v>
       </c>
       <c r="T115">
-        <v>270266</v>
+        <v>261347</v>
       </c>
       <c r="U115">
-        <v>7645</v>
+        <v>7668</v>
       </c>
       <c r="V115" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" t="s">
         <v>15</v>
       </c>
       <c r="B116">
-        <v>220076</v>
+        <v>219795</v>
       </c>
       <c r="C116" t="s">
-        <v>110</v>
+        <v>178</v>
       </c>
       <c r="D116" t="s">
-        <v>109</v>
+        <v>177</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="G116">
         <v>1</v>
       </c>
       <c r="H116" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="J116" t="s">
-        <v>108</v>
+        <v>176</v>
       </c>
       <c r="L116" t="s">
-        <v>107</v>
+        <v>175</v>
       </c>
       <c r="M116" t="s">
-        <v>106</v>
+        <v>174</v>
       </c>
       <c r="N116" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="O116" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P116" t="s">
-        <v>105</v>
+        <v>173</v>
       </c>
       <c r="Q116" t="s">
-        <v>79</v>
+        <v>59</v>
       </c>
       <c r="R116" t="s">
-        <v>104</v>
+        <v>74</v>
       </c>
       <c r="S116">
-        <v>3064</v>
+        <v>3106</v>
       </c>
       <c r="T116">
-        <v>270960</v>
+        <v>261496</v>
       </c>
       <c r="U116">
-        <v>7461</v>
+        <v>7503</v>
       </c>
       <c r="V116" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" t="s">
         <v>15</v>
       </c>
       <c r="B117">
-        <v>220122</v>
+        <v>219796</v>
       </c>
       <c r="C117" t="s">
-        <v>103</v>
+        <v>172</v>
       </c>
       <c r="D117" t="s">
-        <v>102</v>
+        <v>171</v>
       </c>
       <c r="E117" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F117" t="s">
-        <v>101</v>
+        <v>49</v>
       </c>
       <c r="G117">
         <v>1</v>
       </c>
       <c r="H117" t="s">
         <v>10</v>
       </c>
       <c r="J117" t="s">
-        <v>100</v>
+        <v>170</v>
+      </c>
+      <c r="K117" t="s">
+        <v>169</v>
       </c>
       <c r="L117" t="s">
-        <v>99</v>
+        <v>168</v>
       </c>
       <c r="M117" t="s">
-        <v>98</v>
+        <v>21</v>
       </c>
       <c r="N117" t="s">
+        <v>20</v>
+      </c>
+      <c r="O117" t="s">
+        <v>19</v>
+      </c>
+      <c r="P117" t="s">
         <v>18</v>
       </c>
-      <c r="O117" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q117" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="R117" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="S117">
-        <v>3296</v>
+        <v>3140</v>
       </c>
       <c r="T117">
-        <v>272304</v>
+        <v>261708</v>
       </c>
       <c r="U117">
-        <v>7697</v>
+        <v>7537</v>
       </c>
       <c r="V117" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" t="s">
         <v>15</v>
       </c>
       <c r="B118">
-        <v>220133</v>
+        <v>219797</v>
       </c>
       <c r="C118" t="s">
-        <v>96</v>
+        <v>167</v>
       </c>
       <c r="D118" t="s">
+        <v>166</v>
+      </c>
+      <c r="E118" t="s">
+        <v>26</v>
+      </c>
+      <c r="F118" t="s">
+        <v>49</v>
+      </c>
+      <c r="G118">
+        <v>1</v>
+      </c>
+      <c r="H118" t="s">
+        <v>10</v>
+      </c>
+      <c r="J118" t="s">
+        <v>79</v>
+      </c>
+      <c r="L118" t="s">
+        <v>165</v>
+      </c>
+      <c r="M118" t="s">
+        <v>47</v>
+      </c>
+      <c r="N118" t="s">
         <v>95</v>
       </c>
-      <c r="E118" t="s">
+      <c r="O118" t="s">
+        <v>19</v>
+      </c>
+      <c r="P118" t="s">
         <v>46</v>
       </c>
-      <c r="F118" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="Q118" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="R118" t="s">
-        <v>90</v>
+        <v>154</v>
       </c>
       <c r="S118">
-        <v>3255</v>
+        <v>3135</v>
       </c>
       <c r="T118">
-        <v>272367</v>
+        <v>261709</v>
       </c>
       <c r="U118">
-        <v>7656</v>
+        <v>7532</v>
       </c>
       <c r="V118" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" t="s">
         <v>15</v>
       </c>
       <c r="B119">
-        <v>220236</v>
+        <v>219878</v>
       </c>
       <c r="C119" t="s">
-        <v>89</v>
+        <v>164</v>
       </c>
       <c r="D119" t="s">
-        <v>88</v>
+        <v>163</v>
       </c>
       <c r="E119" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F119" t="s">
-        <v>37</v>
+        <v>162</v>
       </c>
       <c r="G119">
         <v>1</v>
       </c>
       <c r="H119" t="s">
         <v>10</v>
       </c>
       <c r="J119" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>87</v>
+        <v>161</v>
       </c>
       <c r="M119" t="s">
-        <v>86</v>
+        <v>47</v>
       </c>
       <c r="N119" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="O119" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="P119" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="Q119" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
       <c r="R119" t="s">
-        <v>82</v>
+        <v>154</v>
       </c>
       <c r="S119">
-        <v>3076</v>
+        <v>3135</v>
       </c>
       <c r="T119">
-        <v>276021</v>
+        <v>263422</v>
       </c>
       <c r="U119">
-        <v>7473</v>
+        <v>7532</v>
       </c>
       <c r="V119" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" t="s">
         <v>15</v>
       </c>
       <c r="B120">
-        <v>220239</v>
+        <v>219933</v>
       </c>
       <c r="C120" t="s">
-        <v>81</v>
+        <v>158</v>
       </c>
       <c r="D120" t="s">
-        <v>80</v>
+        <v>157</v>
       </c>
       <c r="E120" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F120" t="s">
-        <v>79</v>
+        <v>36</v>
       </c>
       <c r="G120">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H120" t="s">
         <v>10</v>
       </c>
       <c r="J120" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>160</v>
       </c>
       <c r="L120" t="s">
-        <v>76</v>
+        <v>159</v>
       </c>
       <c r="M120" t="s">
-        <v>70</v>
+        <v>32</v>
       </c>
       <c r="N120" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="O120" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="P120" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="Q120" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="R120" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="S120">
-        <v>3209</v>
+        <v>3304</v>
       </c>
       <c r="T120">
-        <v>276159</v>
+        <v>264697</v>
       </c>
       <c r="U120">
-        <v>7610</v>
+        <v>7705</v>
       </c>
       <c r="V120" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" t="s">
         <v>15</v>
       </c>
       <c r="B121">
-        <v>220307</v>
+        <v>219933</v>
       </c>
       <c r="C121" t="s">
-        <v>75</v>
+        <v>158</v>
       </c>
       <c r="D121" t="s">
-        <v>74</v>
+        <v>157</v>
       </c>
       <c r="E121" t="s">
+        <v>26</v>
+      </c>
+      <c r="F121" t="s">
+        <v>36</v>
+      </c>
+      <c r="G121">
+        <v>2</v>
+      </c>
+      <c r="H121" t="s">
+        <v>156</v>
+      </c>
+      <c r="J121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>155</v>
+      </c>
+      <c r="M121" t="s">
+        <v>47</v>
+      </c>
+      <c r="N121" t="s">
+        <v>95</v>
+      </c>
+      <c r="O121" t="s">
+        <v>19</v>
+      </c>
+      <c r="P121" t="s">
         <v>46</v>
       </c>
-      <c r="F121" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="Q121" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="R121" t="s">
-        <v>67</v>
+        <v>154</v>
       </c>
       <c r="S121">
-        <v>3209</v>
+        <v>3135</v>
       </c>
       <c r="T121">
-        <v>279099</v>
+        <v>264697</v>
       </c>
       <c r="U121">
-        <v>7610</v>
+        <v>7532</v>
       </c>
       <c r="V121" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" t="s">
         <v>15</v>
       </c>
       <c r="B122">
-        <v>220313</v>
+        <v>219938</v>
       </c>
       <c r="C122" t="s">
-        <v>66</v>
+        <v>153</v>
       </c>
       <c r="D122" t="s">
-        <v>65</v>
+        <v>152</v>
       </c>
       <c r="E122" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>64</v>
+        <v>89</v>
       </c>
       <c r="G122">
         <v>1</v>
       </c>
       <c r="H122" t="s">
         <v>10</v>
       </c>
       <c r="J122" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="K122" t="s">
-        <v>62</v>
+        <v>151</v>
       </c>
       <c r="L122" t="s">
-        <v>61</v>
+        <v>150</v>
       </c>
       <c r="M122" t="s">
-        <v>60</v>
+        <v>149</v>
       </c>
       <c r="N122" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O122" t="s">
+        <v>19</v>
+      </c>
+      <c r="P122" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q122" t="s">
+        <v>89</v>
+      </c>
+      <c r="R122" t="s">
         <v>52</v>
       </c>
-      <c r="P122" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S122">
-        <v>3237</v>
+        <v>3260</v>
       </c>
       <c r="T122">
-        <v>279170</v>
+        <v>265672</v>
       </c>
       <c r="U122">
-        <v>7638</v>
+        <v>7661</v>
       </c>
       <c r="V122" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" t="s">
         <v>15</v>
       </c>
       <c r="B123">
-        <v>220338</v>
+        <v>219971</v>
       </c>
       <c r="C123" t="s">
-        <v>57</v>
+        <v>147</v>
       </c>
       <c r="D123" t="s">
-        <v>56</v>
+        <v>146</v>
       </c>
       <c r="E123" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F123" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="G123">
         <v>1</v>
       </c>
       <c r="H123" t="s">
         <v>10</v>
       </c>
       <c r="J123" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="L123" t="s">
-        <v>54</v>
+        <v>145</v>
       </c>
       <c r="M123" t="s">
-        <v>53</v>
+        <v>144</v>
       </c>
       <c r="N123" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O123" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="P123" t="s">
-        <v>51</v>
+        <v>143</v>
       </c>
       <c r="Q123" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="R123" t="s">
-        <v>49</v>
+        <v>142</v>
       </c>
       <c r="S123">
-        <v>3239</v>
+        <v>3319</v>
       </c>
       <c r="T123">
-        <v>280079</v>
+        <v>267371</v>
       </c>
       <c r="U123">
-        <v>7640</v>
+        <v>7720</v>
       </c>
       <c r="V123" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" t="s">
         <v>15</v>
       </c>
       <c r="B124">
-        <v>220342</v>
+        <v>219980</v>
       </c>
       <c r="C124" t="s">
-        <v>48</v>
+        <v>141</v>
       </c>
       <c r="D124" t="s">
-        <v>47</v>
+        <v>140</v>
       </c>
       <c r="E124" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F124" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="G124">
         <v>1</v>
       </c>
       <c r="H124" t="s">
         <v>10</v>
       </c>
       <c r="J124" t="s">
+        <v>9</v>
+      </c>
+      <c r="K124" t="s">
+        <v>139</v>
+      </c>
+      <c r="L124" t="s">
+        <v>138</v>
+      </c>
+      <c r="M124" t="s">
         <v>21</v>
       </c>
-      <c r="K124" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N124" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O124" t="s">
         <v>4</v>
       </c>
       <c r="P124" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="Q124" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="R124" t="s">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="S124">
-        <v>3271</v>
+        <v>3238</v>
       </c>
       <c r="T124">
-        <v>280194</v>
+        <v>268269</v>
       </c>
       <c r="U124">
-        <v>7672</v>
+        <v>7639</v>
       </c>
       <c r="V124" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" t="s">
         <v>15</v>
       </c>
       <c r="B125">
-        <v>220421</v>
+        <v>219999</v>
       </c>
       <c r="C125" t="s">
-        <v>39</v>
+        <v>137</v>
       </c>
       <c r="D125" t="s">
-        <v>38</v>
+        <v>136</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="F125" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="G125">
         <v>1</v>
       </c>
       <c r="H125" t="s">
         <v>10</v>
       </c>
       <c r="J125" t="s">
         <v>9</v>
       </c>
       <c r="L125" t="s">
-        <v>36</v>
+        <v>135</v>
       </c>
       <c r="M125" t="s">
-        <v>35</v>
+        <v>133</v>
       </c>
       <c r="N125" t="s">
-        <v>5</v>
+        <v>76</v>
       </c>
       <c r="O125" t="s">
         <v>4</v>
       </c>
       <c r="P125" t="s">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="Q125" t="s">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="R125" t="s">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="S125">
-        <v>3136</v>
+        <v>3204</v>
       </c>
       <c r="T125">
-        <v>283438</v>
+        <v>269678</v>
       </c>
       <c r="U125">
-        <v>7533</v>
+        <v>7605</v>
       </c>
       <c r="V125" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" t="s">
         <v>15</v>
       </c>
       <c r="B126">
-        <v>220469</v>
+        <v>220004</v>
       </c>
       <c r="C126" t="s">
-        <v>32</v>
+        <v>132</v>
       </c>
       <c r="D126" t="s">
-        <v>31</v>
+        <v>131</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="F126" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="G126">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H126" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="J126" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="L126" t="s">
-        <v>27</v>
+        <v>134</v>
       </c>
       <c r="M126" t="s">
-        <v>26</v>
+        <v>133</v>
       </c>
       <c r="N126" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="O126" t="s">
         <v>4</v>
       </c>
       <c r="P126" t="s">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="Q126" t="s">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="R126" t="s">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="S126">
-        <v>3267</v>
+        <v>3204</v>
       </c>
       <c r="T126">
-        <v>285727</v>
+        <v>269726</v>
       </c>
       <c r="U126">
-        <v>7668</v>
+        <v>7605</v>
       </c>
       <c r="V126" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" t="s">
         <v>15</v>
       </c>
       <c r="B127">
-        <v>220590</v>
+        <v>220004</v>
       </c>
       <c r="C127" t="s">
-        <v>23</v>
+        <v>132</v>
       </c>
       <c r="D127" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="F127" t="s">
+        <v>17</v>
+      </c>
+      <c r="G127">
         <v>2</v>
       </c>
-      <c r="G127">
-[...1 lines deleted...]
-      </c>
       <c r="H127" t="s">
         <v>10</v>
       </c>
       <c r="J127" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="L127" t="s">
+        <v>130</v>
+      </c>
+      <c r="M127" t="s">
+        <v>129</v>
+      </c>
+      <c r="N127" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
       <c r="O127" t="s">
         <v>4</v>
       </c>
       <c r="P127" t="s">
-        <v>17</v>
+        <v>128</v>
       </c>
       <c r="Q127" t="s">
-        <v>2</v>
+        <v>122</v>
       </c>
       <c r="R127" t="s">
-        <v>16</v>
+        <v>121</v>
       </c>
       <c r="S127">
-        <v>3304</v>
+        <v>3116</v>
       </c>
       <c r="T127">
-        <v>293491</v>
+        <v>269726</v>
       </c>
       <c r="U127">
-        <v>7705</v>
+        <v>7513</v>
       </c>
       <c r="V127" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" t="s">
         <v>15</v>
       </c>
       <c r="B128">
-        <v>220658</v>
+        <v>220040</v>
       </c>
       <c r="C128" t="s">
-        <v>14</v>
+        <v>127</v>
       </c>
       <c r="D128" t="s">
-        <v>13</v>
+        <v>126</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
-        <v>11</v>
+        <v>125</v>
       </c>
       <c r="G128">
         <v>1</v>
       </c>
       <c r="H128" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="J128" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="L128" t="s">
-        <v>7</v>
+        <v>124</v>
       </c>
       <c r="M128" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="N128" t="s">
-        <v>5</v>
+        <v>76</v>
       </c>
       <c r="O128" t="s">
         <v>4</v>
       </c>
       <c r="P128" t="s">
+        <v>123</v>
+      </c>
+      <c r="Q128" t="s">
+        <v>122</v>
+      </c>
+      <c r="R128" t="s">
+        <v>121</v>
+      </c>
+      <c r="S128">
+        <v>3244</v>
+      </c>
+      <c r="T128">
+        <v>270266</v>
+      </c>
+      <c r="U128">
+        <v>7645</v>
+      </c>
+      <c r="V128" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:23">
+      <c r="A129" t="s">
+        <v>15</v>
+      </c>
+      <c r="B129">
+        <v>220076</v>
+      </c>
+      <c r="C129" t="s">
+        <v>120</v>
+      </c>
+      <c r="D129" t="s">
+        <v>119</v>
+      </c>
+      <c r="E129" t="s">
+        <v>26</v>
+      </c>
+      <c r="F129" t="s">
+        <v>25</v>
+      </c>
+      <c r="G129">
+        <v>1</v>
+      </c>
+      <c r="H129" t="s">
+        <v>10</v>
+      </c>
+      <c r="J129" t="s">
+        <v>118</v>
+      </c>
+      <c r="L129" t="s">
+        <v>117</v>
+      </c>
+      <c r="M129" t="s">
+        <v>116</v>
+      </c>
+      <c r="N129" t="s">
+        <v>20</v>
+      </c>
+      <c r="O129" t="s">
+        <v>4</v>
+      </c>
+      <c r="P129" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>89</v>
+      </c>
+      <c r="R129" t="s">
+        <v>114</v>
+      </c>
+      <c r="S129">
+        <v>3064</v>
+      </c>
+      <c r="T129">
+        <v>270960</v>
+      </c>
+      <c r="U129">
+        <v>7461</v>
+      </c>
+      <c r="V129" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:23">
+      <c r="A130" t="s">
+        <v>15</v>
+      </c>
+      <c r="B130">
+        <v>220122</v>
+      </c>
+      <c r="C130" t="s">
+        <v>113</v>
+      </c>
+      <c r="D130" t="s">
+        <v>112</v>
+      </c>
+      <c r="E130" t="s">
+        <v>26</v>
+      </c>
+      <c r="F130" t="s">
+        <v>111</v>
+      </c>
+      <c r="G130">
+        <v>1</v>
+      </c>
+      <c r="H130" t="s">
+        <v>10</v>
+      </c>
+      <c r="J130" t="s">
+        <v>110</v>
+      </c>
+      <c r="L130" t="s">
+        <v>109</v>
+      </c>
+      <c r="M130" t="s">
+        <v>108</v>
+      </c>
+      <c r="N130" t="s">
+        <v>31</v>
+      </c>
+      <c r="O130" t="s">
+        <v>19</v>
+      </c>
+      <c r="P130" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>59</v>
+      </c>
+      <c r="R130" t="s">
+        <v>107</v>
+      </c>
+      <c r="S130">
+        <v>3296</v>
+      </c>
+      <c r="T130">
+        <v>272304</v>
+      </c>
+      <c r="U130">
+        <v>7697</v>
+      </c>
+      <c r="V130" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:23">
+      <c r="A131" t="s">
+        <v>15</v>
+      </c>
+      <c r="B131">
+        <v>220133</v>
+      </c>
+      <c r="C131" t="s">
+        <v>106</v>
+      </c>
+      <c r="D131" t="s">
+        <v>105</v>
+      </c>
+      <c r="E131" t="s">
+        <v>12</v>
+      </c>
+      <c r="F131" t="s">
+        <v>71</v>
+      </c>
+      <c r="G131">
+        <v>1</v>
+      </c>
+      <c r="H131" t="s">
+        <v>10</v>
+      </c>
+      <c r="J131" t="s">
+        <v>104</v>
+      </c>
+      <c r="L131" t="s">
+        <v>103</v>
+      </c>
+      <c r="M131" t="s">
+        <v>102</v>
+      </c>
+      <c r="N131" t="s">
+        <v>5</v>
+      </c>
+      <c r="O131" t="s">
+        <v>19</v>
+      </c>
+      <c r="P131" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>2</v>
+      </c>
+      <c r="R131" t="s">
+        <v>100</v>
+      </c>
+      <c r="S131">
+        <v>3255</v>
+      </c>
+      <c r="T131">
+        <v>272367</v>
+      </c>
+      <c r="U131">
+        <v>7656</v>
+      </c>
+      <c r="V131" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:23">
+      <c r="A132" t="s">
+        <v>15</v>
+      </c>
+      <c r="B132">
+        <v>220236</v>
+      </c>
+      <c r="C132" t="s">
+        <v>99</v>
+      </c>
+      <c r="D132" t="s">
+        <v>98</v>
+      </c>
+      <c r="E132" t="s">
+        <v>26</v>
+      </c>
+      <c r="F132" t="s">
+        <v>49</v>
+      </c>
+      <c r="G132">
+        <v>1</v>
+      </c>
+      <c r="H132" t="s">
+        <v>10</v>
+      </c>
+      <c r="J132" t="s">
+        <v>79</v>
+      </c>
+      <c r="L132" t="s">
+        <v>97</v>
+      </c>
+      <c r="M132" t="s">
+        <v>96</v>
+      </c>
+      <c r="N132" t="s">
+        <v>95</v>
+      </c>
+      <c r="O132" t="s">
+        <v>4</v>
+      </c>
+      <c r="P132" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>93</v>
+      </c>
+      <c r="R132" t="s">
+        <v>92</v>
+      </c>
+      <c r="S132">
+        <v>3076</v>
+      </c>
+      <c r="T132">
+        <v>276021</v>
+      </c>
+      <c r="U132">
+        <v>7473</v>
+      </c>
+      <c r="V132" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:23">
+      <c r="A133" t="s">
+        <v>15</v>
+      </c>
+      <c r="B133">
+        <v>220239</v>
+      </c>
+      <c r="C133" t="s">
+        <v>91</v>
+      </c>
+      <c r="D133" t="s">
+        <v>90</v>
+      </c>
+      <c r="E133" t="s">
+        <v>12</v>
+      </c>
+      <c r="F133" t="s">
+        <v>89</v>
+      </c>
+      <c r="G133">
+        <v>1</v>
+      </c>
+      <c r="H133" t="s">
+        <v>10</v>
+      </c>
+      <c r="J133" t="s">
+        <v>88</v>
+      </c>
+      <c r="K133" t="s">
+        <v>87</v>
+      </c>
+      <c r="L133" t="s">
+        <v>86</v>
+      </c>
+      <c r="M133" t="s">
+        <v>77</v>
+      </c>
+      <c r="N133" t="s">
+        <v>76</v>
+      </c>
+      <c r="O133" t="s">
+        <v>4</v>
+      </c>
+      <c r="P133" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>49</v>
+      </c>
+      <c r="R133" t="s">
+        <v>74</v>
+      </c>
+      <c r="S133">
+        <v>3209</v>
+      </c>
+      <c r="T133">
+        <v>276159</v>
+      </c>
+      <c r="U133">
+        <v>7610</v>
+      </c>
+      <c r="V133" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:23">
+      <c r="A134" t="s">
+        <v>15</v>
+      </c>
+      <c r="B134">
+        <v>220306</v>
+      </c>
+      <c r="C134" t="s">
+        <v>85</v>
+      </c>
+      <c r="D134" t="s">
+        <v>84</v>
+      </c>
+      <c r="E134" t="s">
+        <v>12</v>
+      </c>
+      <c r="F134" t="s">
+        <v>2</v>
+      </c>
+      <c r="G134">
+        <v>1</v>
+      </c>
+      <c r="H134" t="s">
+        <v>10</v>
+      </c>
+      <c r="J134" t="s">
+        <v>9</v>
+      </c>
+      <c r="K134" t="s">
+        <v>83</v>
+      </c>
+      <c r="L134" t="s">
+        <v>82</v>
+      </c>
+      <c r="M134" t="s">
+        <v>6</v>
+      </c>
+      <c r="N134" t="s">
+        <v>5</v>
+      </c>
+      <c r="O134" t="s">
+        <v>4</v>
+      </c>
+      <c r="P134" t="s">
         <v>3</v>
       </c>
-      <c r="Q128" t="s">
+      <c r="Q134" t="s">
         <v>2</v>
       </c>
-      <c r="R128" t="s">
-[...2 lines deleted...]
-      <c r="S128">
+      <c r="R134" t="s">
+        <v>1</v>
+      </c>
+      <c r="S134">
+        <v>3203</v>
+      </c>
+      <c r="T134">
+        <v>279098</v>
+      </c>
+      <c r="U134">
+        <v>7604</v>
+      </c>
+      <c r="V134" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:23">
+      <c r="A135" t="s">
+        <v>15</v>
+      </c>
+      <c r="B135">
+        <v>220307</v>
+      </c>
+      <c r="C135" t="s">
+        <v>81</v>
+      </c>
+      <c r="D135" t="s">
+        <v>80</v>
+      </c>
+      <c r="E135" t="s">
+        <v>12</v>
+      </c>
+      <c r="F135" t="s">
+        <v>2</v>
+      </c>
+      <c r="G135">
+        <v>1</v>
+      </c>
+      <c r="H135" t="s">
+        <v>10</v>
+      </c>
+      <c r="J135" t="s">
+        <v>79</v>
+      </c>
+      <c r="L135" t="s">
+        <v>78</v>
+      </c>
+      <c r="M135" t="s">
+        <v>77</v>
+      </c>
+      <c r="N135" t="s">
+        <v>76</v>
+      </c>
+      <c r="O135" t="s">
+        <v>4</v>
+      </c>
+      <c r="P135" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q135" t="s">
+        <v>49</v>
+      </c>
+      <c r="R135" t="s">
+        <v>74</v>
+      </c>
+      <c r="S135">
+        <v>3209</v>
+      </c>
+      <c r="T135">
+        <v>279099</v>
+      </c>
+      <c r="U135">
+        <v>7610</v>
+      </c>
+      <c r="V135" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:23">
+      <c r="A136" t="s">
+        <v>15</v>
+      </c>
+      <c r="B136">
+        <v>220313</v>
+      </c>
+      <c r="C136" t="s">
+        <v>73</v>
+      </c>
+      <c r="D136" t="s">
+        <v>72</v>
+      </c>
+      <c r="E136" t="s">
+        <v>12</v>
+      </c>
+      <c r="F136" t="s">
+        <v>71</v>
+      </c>
+      <c r="G136">
+        <v>1</v>
+      </c>
+      <c r="H136" t="s">
+        <v>10</v>
+      </c>
+      <c r="J136" t="s">
+        <v>70</v>
+      </c>
+      <c r="K136" t="s">
+        <v>69</v>
+      </c>
+      <c r="L136" t="s">
+        <v>68</v>
+      </c>
+      <c r="M136" t="s">
+        <v>67</v>
+      </c>
+      <c r="N136" t="s">
+        <v>5</v>
+      </c>
+      <c r="O136" t="s">
+        <v>4</v>
+      </c>
+      <c r="P136" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>59</v>
+      </c>
+      <c r="R136" t="s">
+        <v>65</v>
+      </c>
+      <c r="S136">
+        <v>3237</v>
+      </c>
+      <c r="T136">
+        <v>279170</v>
+      </c>
+      <c r="U136">
+        <v>7638</v>
+      </c>
+      <c r="V136" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:23">
+      <c r="A137" t="s">
+        <v>15</v>
+      </c>
+      <c r="B137">
+        <v>220338</v>
+      </c>
+      <c r="C137" t="s">
+        <v>64</v>
+      </c>
+      <c r="D137" t="s">
+        <v>63</v>
+      </c>
+      <c r="E137" t="s">
+        <v>12</v>
+      </c>
+      <c r="F137" t="s">
+        <v>11</v>
+      </c>
+      <c r="G137">
+        <v>1</v>
+      </c>
+      <c r="H137" t="s">
+        <v>10</v>
+      </c>
+      <c r="J137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>62</v>
+      </c>
+      <c r="M137" t="s">
+        <v>61</v>
+      </c>
+      <c r="N137" t="s">
+        <v>5</v>
+      </c>
+      <c r="O137" t="s">
+        <v>4</v>
+      </c>
+      <c r="P137" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q137" t="s">
+        <v>59</v>
+      </c>
+      <c r="R137" t="s">
+        <v>1</v>
+      </c>
+      <c r="S137">
+        <v>3239</v>
+      </c>
+      <c r="T137">
+        <v>280079</v>
+      </c>
+      <c r="U137">
+        <v>7640</v>
+      </c>
+      <c r="V137" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:23">
+      <c r="A138" t="s">
+        <v>15</v>
+      </c>
+      <c r="B138">
+        <v>220342</v>
+      </c>
+      <c r="C138" t="s">
+        <v>58</v>
+      </c>
+      <c r="D138" t="s">
+        <v>57</v>
+      </c>
+      <c r="E138" t="s">
+        <v>12</v>
+      </c>
+      <c r="F138" t="s">
+        <v>56</v>
+      </c>
+      <c r="G138">
+        <v>1</v>
+      </c>
+      <c r="H138" t="s">
+        <v>10</v>
+      </c>
+      <c r="J138" t="s">
+        <v>9</v>
+      </c>
+      <c r="K138" t="s">
+        <v>55</v>
+      </c>
+      <c r="L138" t="s">
+        <v>54</v>
+      </c>
+      <c r="M138" t="s">
+        <v>53</v>
+      </c>
+      <c r="N138" t="s">
+        <v>5</v>
+      </c>
+      <c r="O138" t="s">
+        <v>19</v>
+      </c>
+      <c r="P138" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q138" t="s">
+        <v>36</v>
+      </c>
+      <c r="R138" t="s">
+        <v>52</v>
+      </c>
+      <c r="S138">
+        <v>3271</v>
+      </c>
+      <c r="T138">
+        <v>280194</v>
+      </c>
+      <c r="U138">
+        <v>7672</v>
+      </c>
+      <c r="V138" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="139" spans="1:23">
+      <c r="A139" t="s">
+        <v>15</v>
+      </c>
+      <c r="B139">
+        <v>220421</v>
+      </c>
+      <c r="C139" t="s">
+        <v>51</v>
+      </c>
+      <c r="D139" t="s">
+        <v>50</v>
+      </c>
+      <c r="E139" t="s">
+        <v>26</v>
+      </c>
+      <c r="F139" t="s">
+        <v>49</v>
+      </c>
+      <c r="G139">
+        <v>1</v>
+      </c>
+      <c r="H139" t="s">
+        <v>10</v>
+      </c>
+      <c r="J139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" t="s">
+        <v>48</v>
+      </c>
+      <c r="M139" t="s">
+        <v>47</v>
+      </c>
+      <c r="N139" t="s">
+        <v>20</v>
+      </c>
+      <c r="O139" t="s">
+        <v>19</v>
+      </c>
+      <c r="P139" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q139" t="s">
+        <v>36</v>
+      </c>
+      <c r="R139" t="s">
+        <v>45</v>
+      </c>
+      <c r="S139">
+        <v>3136</v>
+      </c>
+      <c r="T139">
+        <v>283438</v>
+      </c>
+      <c r="U139">
+        <v>7533</v>
+      </c>
+      <c r="V139" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140" spans="1:23">
+      <c r="A140" t="s">
+        <v>15</v>
+      </c>
+      <c r="B140">
+        <v>220469</v>
+      </c>
+      <c r="C140" t="s">
+        <v>44</v>
+      </c>
+      <c r="D140" t="s">
+        <v>43</v>
+      </c>
+      <c r="E140" t="s">
+        <v>26</v>
+      </c>
+      <c r="F140" t="s">
+        <v>42</v>
+      </c>
+      <c r="G140">
+        <v>1</v>
+      </c>
+      <c r="H140" t="s">
+        <v>41</v>
+      </c>
+      <c r="J140" t="s">
+        <v>40</v>
+      </c>
+      <c r="L140" t="s">
+        <v>39</v>
+      </c>
+      <c r="M140" t="s">
+        <v>38</v>
+      </c>
+      <c r="N140" t="s">
+        <v>31</v>
+      </c>
+      <c r="O140" t="s">
+        <v>19</v>
+      </c>
+      <c r="P140" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q140" t="s">
+        <v>36</v>
+      </c>
+      <c r="R140" t="s">
+        <v>29</v>
+      </c>
+      <c r="S140">
+        <v>3267</v>
+      </c>
+      <c r="T140">
+        <v>285727</v>
+      </c>
+      <c r="U140">
+        <v>7668</v>
+      </c>
+      <c r="V140" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="141" spans="1:23">
+      <c r="A141" t="s">
+        <v>15</v>
+      </c>
+      <c r="B141">
+        <v>220590</v>
+      </c>
+      <c r="C141" t="s">
+        <v>35</v>
+      </c>
+      <c r="D141" t="s">
+        <v>34</v>
+      </c>
+      <c r="E141" t="s">
+        <v>26</v>
+      </c>
+      <c r="F141" t="s">
+        <v>17</v>
+      </c>
+      <c r="G141">
+        <v>1</v>
+      </c>
+      <c r="H141" t="s">
+        <v>10</v>
+      </c>
+      <c r="J141" t="s">
+        <v>9</v>
+      </c>
+      <c r="L141" t="s">
+        <v>33</v>
+      </c>
+      <c r="M141" t="s">
+        <v>32</v>
+      </c>
+      <c r="N141" t="s">
+        <v>31</v>
+      </c>
+      <c r="O141" t="s">
+        <v>19</v>
+      </c>
+      <c r="P141" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q141" t="s">
+        <v>17</v>
+      </c>
+      <c r="R141" t="s">
+        <v>29</v>
+      </c>
+      <c r="S141">
+        <v>3304</v>
+      </c>
+      <c r="T141">
+        <v>293491</v>
+      </c>
+      <c r="U141">
+        <v>7705</v>
+      </c>
+      <c r="V141" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="142" spans="1:23">
+      <c r="A142" t="s">
+        <v>15</v>
+      </c>
+      <c r="B142">
+        <v>220658</v>
+      </c>
+      <c r="C142" t="s">
+        <v>28</v>
+      </c>
+      <c r="D142" t="s">
+        <v>27</v>
+      </c>
+      <c r="E142" t="s">
+        <v>26</v>
+      </c>
+      <c r="F142" t="s">
+        <v>25</v>
+      </c>
+      <c r="G142">
+        <v>1</v>
+      </c>
+      <c r="H142" t="s">
+        <v>10</v>
+      </c>
+      <c r="J142" t="s">
+        <v>24</v>
+      </c>
+      <c r="K142" t="s">
+        <v>23</v>
+      </c>
+      <c r="L142" t="s">
+        <v>22</v>
+      </c>
+      <c r="M142" t="s">
+        <v>21</v>
+      </c>
+      <c r="N142" t="s">
+        <v>20</v>
+      </c>
+      <c r="O142" t="s">
+        <v>19</v>
+      </c>
+      <c r="P142" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>17</v>
+      </c>
+      <c r="R142" t="s">
+        <v>16</v>
+      </c>
+      <c r="S142">
         <v>3140</v>
       </c>
-      <c r="T128">
+      <c r="T142">
         <v>296896</v>
       </c>
-      <c r="U128">
+      <c r="U142">
         <v>7537</v>
       </c>
-      <c r="V128" t="s">
+      <c r="V142" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:23">
+      <c r="A143" t="s">
+        <v>15</v>
+      </c>
+      <c r="B143">
+        <v>220669</v>
+      </c>
+      <c r="C143" t="s">
+        <v>14</v>
+      </c>
+      <c r="D143" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" t="s">
+        <v>12</v>
+      </c>
+      <c r="F143" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143">
+        <v>1</v>
+      </c>
+      <c r="H143" t="s">
+        <v>10</v>
+      </c>
+      <c r="J143" t="s">
+        <v>9</v>
+      </c>
+      <c r="K143" t="s">
+        <v>8</v>
+      </c>
+      <c r="L143" t="s">
+        <v>7</v>
+      </c>
+      <c r="M143" t="s">
+        <v>6</v>
+      </c>
+      <c r="N143" t="s">
+        <v>5</v>
+      </c>
+      <c r="O143" t="s">
+        <v>4</v>
+      </c>
+      <c r="P143" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>2</v>
+      </c>
+      <c r="R143" t="s">
+        <v>1</v>
+      </c>
+      <c r="S143">
+        <v>3203</v>
+      </c>
+      <c r="T143">
+        <v>297248</v>
+      </c>
+      <c r="U143">
+        <v>7604</v>
+      </c>
+      <c r="V143" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:W128"/>
-  <conditionalFormatting sqref="G3:G128">
+  <autoFilter ref="A2:W143"/>
+  <conditionalFormatting sqref="G3:G143">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>