--- v0 (2025-11-11)
+++ v1 (2025-12-03)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$18</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$21</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>NK</t>
   </si>
   <si>
     <t>Men's Individual Gundersen Medium Hill HS66/3.2 Km</t>
   </si>
   <si>
     <t>AUT</t>
   </si>
   <si>
     <t>Tschagguns</t>
   </si>
   <si>
     <t>GUM</t>
   </si>
   <si>
     <t>FESA</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>25.10.2025 14:05</t>
   </si>
   <si>
@@ -199,89 +199,137 @@
   <si>
     <t>W</t>
   </si>
   <si>
     <t>Nora Helene</t>
   </si>
   <si>
     <t>EVANS</t>
   </si>
   <si>
     <t>06.09.2025 11:05</t>
   </si>
   <si>
     <t>SCE C4.4 - tolerance / suit - waist +3cm</t>
   </si>
   <si>
     <t>UKR</t>
   </si>
   <si>
     <t>Illia</t>
   </si>
   <si>
     <t>CHEBOLDA</t>
   </si>
   <si>
+    <t>Men's Individual Compact Large Hill HS142/7,5 Km</t>
+  </si>
+  <si>
+    <t>FIN</t>
+  </si>
+  <si>
+    <t>Ruka</t>
+  </si>
+  <si>
+    <t>ICL</t>
+  </si>
+  <si>
+    <t>WC</t>
+  </si>
+  <si>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>28.11.2025 16:37</t>
+  </si>
+  <si>
+    <t>The athlete was informed of the infranction after the finish line. The coach was informed of possible disqualification of his athlete in the track during the competition.</t>
+  </si>
+  <si>
+    <t>ICR 531.3.3 - Violates the rules using transponder CC, 525.2.7.5 If transponders or GPS are used it is mandatory for the competitors to wear these equipment.</t>
+  </si>
+  <si>
+    <t>JPN</t>
+  </si>
+  <si>
+    <t>Atsushi</t>
+  </si>
+  <si>
+    <t>NARITA</t>
+  </si>
+  <si>
     <t>07.09.2025 11:05</t>
   </si>
   <si>
     <t>SCE C4.4 - tolerance - suit exceeds size at waist +6cm</t>
   </si>
   <si>
     <t>Johann</t>
   </si>
   <si>
     <t>UNGER</t>
   </si>
   <si>
     <t>Men's Individual Compact Large Hill HS137/7,5 Km</t>
   </si>
   <si>
     <t>Oberstdorf</t>
   </si>
   <si>
-    <t>ICL</t>
-[...1 lines deleted...]
-  <si>
     <t>27.08.2025</t>
   </si>
   <si>
     <t>27.08.2025 19:06</t>
   </si>
   <si>
     <t>SCE waist +3cm</t>
   </si>
   <si>
     <t>CHN</t>
   </si>
   <si>
     <t>Jiawen</t>
   </si>
   <si>
     <t>ZHAO</t>
   </si>
   <si>
+    <t>Men's Individual Gundersen Large Hill HS142/10,0 Km</t>
+  </si>
+  <si>
+    <t>29.11.2025</t>
+  </si>
+  <si>
+    <t>29.11.2025 15:25</t>
+  </si>
+  <si>
+    <t>Sanction imposed DSQ</t>
+  </si>
+  <si>
+    <t>ICR 531.1.3.8 - Fluorinated ski wax prohibition JP/CC, 222.8 Fluorinated ski wax prohibition</t>
+  </si>
+  <si>
     <t>27.08.2025 19:09</t>
   </si>
   <si>
     <t>SCE 4 waist +2cm</t>
   </si>
   <si>
     <t>Tristan</t>
   </si>
   <si>
     <t>SOMMERFELDT</t>
   </si>
   <si>
     <t>30.08.2025 12:53</t>
   </si>
   <si>
     <t>Oleksandr</t>
   </si>
   <si>
     <t>SHUMBARETS</t>
   </si>
   <si>
     <t>19.09.2025 10:40</t>
   </si>
   <si>
     <t>Lisa</t>
@@ -313,57 +361,66 @@
   <si>
     <t>KONVALINKA</t>
   </si>
   <si>
     <t>19.09.2025 10:37</t>
   </si>
   <si>
     <t>SCE 4 - arm -0.7cm</t>
   </si>
   <si>
     <t>Lena</t>
   </si>
   <si>
     <t>BROCARD</t>
   </si>
   <si>
     <t>27.08.2025 18:52</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>ANDERSEN</t>
   </si>
   <si>
+    <t>28.11.2025 14:04</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit</t>
+  </si>
+  <si>
+    <t>Andreas</t>
+  </si>
+  <si>
+    <t>SKOGLUND</t>
+  </si>
+  <si>
     <t>27.08.2025 19:34</t>
   </si>
   <si>
     <t>SCE 4 knee +2cm</t>
-  </si>
-[...1 lines deleted...]
-    <t>FIN</t>
   </si>
   <si>
     <t>Ilkka</t>
   </si>
   <si>
     <t>HEROLA</t>
   </si>
   <si>
     <t>Major_category</t>
   </si>
   <si>
     <t>Discipline</t>
   </si>
   <si>
     <t>Raceid</t>
   </si>
   <si>
     <t>Competitorid</t>
   </si>
   <si>
     <t>Codex</t>
   </si>
   <si>
     <t>Race</t>
   </si>
@@ -790,1203 +847,1395 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W18"/>
+  <dimension ref="A1:W21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="59.557" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="47.131" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="201.665" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="21.281" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
-        <v>127</v>
+        <v>146</v>
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="K2" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="L2" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="M2" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="N2" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="O2" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="P2" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q2" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="R2" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="S2" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="T2" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="U2" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="C2" s="1" t="s">
+      <c r="V2" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="W2" s="1" t="s">
         <v>123</v>
-      </c>
-[...55 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3">
         <v>100308</v>
       </c>
       <c r="C3" t="s">
-        <v>103</v>
+        <v>122</v>
       </c>
       <c r="D3" t="s">
-        <v>102</v>
+        <v>121</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>101</v>
+        <v>62</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3" t="s">
         <v>10</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="L3" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="M3" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="N3" t="s">
         <v>39</v>
       </c>
       <c r="O3" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="P3" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="Q3" t="s">
         <v>11</v>
       </c>
       <c r="R3" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="S3">
         <v>4103</v>
       </c>
       <c r="T3">
         <v>171139</v>
       </c>
       <c r="U3">
         <v>3460</v>
       </c>
       <c r="V3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4">
-        <v>100716</v>
+        <v>100566</v>
       </c>
       <c r="C4" t="s">
-        <v>98</v>
+        <v>118</v>
       </c>
       <c r="D4" t="s">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="G4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H4" t="s">
         <v>10</v>
       </c>
       <c r="J4" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>116</v>
       </c>
       <c r="L4" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
       <c r="M4" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="N4" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="O4" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="P4" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="Q4" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="R4" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="S4">
-        <v>4103</v>
+        <v>4117</v>
       </c>
       <c r="T4">
-        <v>196699</v>
+        <v>189544</v>
       </c>
       <c r="U4">
-        <v>3460</v>
+        <v>3474</v>
       </c>
       <c r="V4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5">
-        <v>101072</v>
+        <v>100716</v>
       </c>
       <c r="C5" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="D5" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="E5" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5" t="s">
         <v>10</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="L5" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="M5" t="s">
-        <v>49</v>
+        <v>79</v>
       </c>
       <c r="N5" t="s">
         <v>39</v>
       </c>
       <c r="O5" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="Q5" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="R5" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="S5">
-        <v>4112</v>
+        <v>4103</v>
       </c>
       <c r="T5">
-        <v>212341</v>
+        <v>196699</v>
       </c>
       <c r="U5">
-        <v>3469</v>
+        <v>3460</v>
       </c>
       <c r="V5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6">
-        <v>101122</v>
+        <v>101072</v>
       </c>
       <c r="C6" t="s">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="D6" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="F6" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="G6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H6" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" t="s">
-        <v>88</v>
+        <v>109</v>
       </c>
       <c r="L6" t="s">
-        <v>87</v>
+        <v>108</v>
       </c>
       <c r="M6" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="N6" t="s">
         <v>39</v>
       </c>
       <c r="O6" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
       <c r="P6" t="s">
         <v>48</v>
       </c>
       <c r="Q6" t="s">
         <v>47</v>
       </c>
       <c r="R6" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="S6">
-        <v>4113</v>
+        <v>4112</v>
       </c>
       <c r="T6">
-        <v>213443</v>
+        <v>212341</v>
       </c>
       <c r="U6">
-        <v>3470</v>
+        <v>3469</v>
       </c>
       <c r="V6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7">
-        <v>101144</v>
+        <v>101122</v>
       </c>
       <c r="C7" t="s">
-        <v>83</v>
+        <v>107</v>
       </c>
       <c r="D7" t="s">
-        <v>82</v>
+        <v>106</v>
       </c>
       <c r="E7" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
+        <v>105</v>
+      </c>
+      <c r="G7">
         <v>2</v>
       </c>
-      <c r="G7">
-[...1 lines deleted...]
-      </c>
       <c r="H7" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="J7" t="s">
         <v>27</v>
       </c>
       <c r="K7" t="s">
-        <v>51</v>
+        <v>104</v>
       </c>
       <c r="L7" t="s">
-        <v>81</v>
+        <v>103</v>
       </c>
       <c r="M7" t="s">
-        <v>49</v>
+        <v>102</v>
       </c>
       <c r="N7" t="s">
         <v>39</v>
       </c>
       <c r="O7" t="s">
-        <v>17</v>
+        <v>101</v>
       </c>
       <c r="P7" t="s">
         <v>48</v>
       </c>
       <c r="Q7" t="s">
         <v>47</v>
       </c>
       <c r="R7" t="s">
-        <v>46</v>
+        <v>100</v>
       </c>
       <c r="S7">
-        <v>4112</v>
+        <v>4113</v>
       </c>
       <c r="T7">
-        <v>217157</v>
+        <v>213443</v>
       </c>
       <c r="U7">
-        <v>3469</v>
+        <v>3470</v>
       </c>
       <c r="V7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8">
-        <v>101200</v>
+        <v>101144</v>
       </c>
       <c r="C8" t="s">
-        <v>80</v>
+        <v>99</v>
       </c>
       <c r="D8" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="F8" t="s">
-        <v>58</v>
+        <v>2</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8" t="s">
         <v>10</v>
       </c>
       <c r="J8" t="s">
         <v>27</v>
       </c>
       <c r="K8" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="L8" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="M8" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="N8" t="s">
         <v>39</v>
       </c>
       <c r="O8" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="P8" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="Q8" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="R8" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="S8">
-        <v>4108</v>
+        <v>4112</v>
       </c>
       <c r="T8">
-        <v>220159</v>
+        <v>217157</v>
       </c>
       <c r="U8">
-        <v>3465</v>
+        <v>3469</v>
       </c>
       <c r="V8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>15</v>
       </c>
       <c r="B9">
-        <v>101232</v>
+        <v>101200</v>
       </c>
       <c r="C9" t="s">
-        <v>77</v>
+        <v>96</v>
       </c>
       <c r="D9" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9" t="s">
         <v>10</v>
       </c>
       <c r="J9" t="s">
         <v>27</v>
       </c>
       <c r="K9" t="s">
-        <v>75</v>
+        <v>91</v>
       </c>
       <c r="L9" t="s">
-        <v>74</v>
+        <v>94</v>
       </c>
       <c r="M9" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="N9" t="s">
         <v>39</v>
       </c>
       <c r="O9" t="s">
-        <v>67</v>
+        <v>38</v>
       </c>
       <c r="P9" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="Q9" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="R9" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="S9">
-        <v>4103</v>
+        <v>4108</v>
       </c>
       <c r="T9">
-        <v>221938</v>
+        <v>220159</v>
       </c>
       <c r="U9">
-        <v>3460</v>
+        <v>3465</v>
       </c>
       <c r="V9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>15</v>
       </c>
       <c r="B10">
-        <v>101387</v>
+        <v>101232</v>
       </c>
       <c r="C10" t="s">
-        <v>73</v>
+        <v>93</v>
       </c>
       <c r="D10" t="s">
-        <v>72</v>
+        <v>92</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10" t="s">
         <v>10</v>
       </c>
       <c r="J10" t="s">
         <v>27</v>
       </c>
       <c r="K10" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="L10" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="M10" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="N10" t="s">
         <v>39</v>
       </c>
       <c r="O10" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="P10" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="Q10" t="s">
         <v>11</v>
       </c>
       <c r="R10" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="S10">
         <v>4103</v>
       </c>
       <c r="T10">
-        <v>231685</v>
+        <v>221938</v>
       </c>
       <c r="U10">
         <v>3460</v>
       </c>
       <c r="V10" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11">
-        <v>101507</v>
+        <v>101387</v>
       </c>
       <c r="C11" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="D11" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="G11">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H11" t="s">
         <v>10</v>
       </c>
       <c r="J11" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
       <c r="K11" t="s">
+        <v>88</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
+        <v>65</v>
+      </c>
+      <c r="O11" t="s">
+        <v>38</v>
+      </c>
+      <c r="P11" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q11" t="s">
         <v>62</v>
       </c>
-      <c r="L11" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R11" t="s">
-        <v>30</v>
+        <v>85</v>
       </c>
       <c r="S11">
-        <v>4195</v>
+        <v>4118</v>
       </c>
       <c r="T11">
-        <v>240097</v>
+        <v>231685</v>
       </c>
       <c r="U11">
-        <v>3552</v>
+        <v>3475</v>
       </c>
       <c r="V11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
-        <v>187357</v>
+        <v>101387</v>
       </c>
       <c r="C12" t="s">
-        <v>60</v>
+        <v>84</v>
       </c>
       <c r="D12" t="s">
-        <v>59</v>
+        <v>83</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12" t="s">
         <v>10</v>
       </c>
       <c r="J12" t="s">
         <v>27</v>
       </c>
       <c r="K12" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="L12" t="s">
-        <v>56</v>
+        <v>80</v>
       </c>
       <c r="M12" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="N12" t="s">
-        <v>5</v>
+        <v>39</v>
       </c>
       <c r="O12" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="P12" t="s">
-        <v>3</v>
+        <v>78</v>
       </c>
       <c r="Q12" t="s">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="R12" t="s">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="S12">
-        <v>4193</v>
+        <v>4103</v>
       </c>
       <c r="T12">
-        <v>269475</v>
+        <v>231685</v>
       </c>
       <c r="U12">
-        <v>3550</v>
+        <v>3460</v>
       </c>
       <c r="V12" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13">
-        <v>187400</v>
+        <v>101507</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
+        <v>76</v>
       </c>
       <c r="D13" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="E13" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13" t="s">
         <v>10</v>
       </c>
       <c r="J13" t="s">
         <v>27</v>
       </c>
       <c r="K13" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="L13" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="M13" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="N13" t="s">
-        <v>39</v>
+        <v>5</v>
       </c>
       <c r="O13" t="s">
         <v>17</v>
       </c>
       <c r="P13" t="s">
-        <v>48</v>
+        <v>3</v>
       </c>
       <c r="Q13" t="s">
-        <v>47</v>
+        <v>2</v>
       </c>
       <c r="R13" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="S13">
-        <v>4112</v>
+        <v>4195</v>
       </c>
       <c r="T13">
-        <v>271453</v>
+        <v>240097</v>
       </c>
       <c r="U13">
-        <v>3469</v>
+        <v>3552</v>
       </c>
       <c r="V13" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14">
-        <v>187407</v>
+        <v>187211</v>
       </c>
       <c r="C14" t="s">
-        <v>45</v>
+        <v>72</v>
       </c>
       <c r="D14" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>2</v>
+        <v>70</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="J14" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="K14" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="L14" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="M14" t="s">
-        <v>40</v>
+        <v>66</v>
       </c>
       <c r="N14" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="O14" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="P14" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="Q14" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="R14" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="S14">
-        <v>4108</v>
+        <v>4117</v>
       </c>
       <c r="T14">
-        <v>271600</v>
+        <v>261370</v>
       </c>
       <c r="U14">
-        <v>3465</v>
+        <v>3474</v>
       </c>
       <c r="V14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
-        <v>187475</v>
+        <v>187357</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>2</v>
+        <v>58</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15" t="s">
         <v>10</v>
       </c>
       <c r="J15" t="s">
         <v>27</v>
       </c>
       <c r="K15" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="L15" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="M15" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="N15" t="s">
         <v>5</v>
       </c>
       <c r="O15" t="s">
         <v>17</v>
       </c>
       <c r="P15" t="s">
         <v>3</v>
       </c>
       <c r="Q15" t="s">
         <v>2</v>
       </c>
       <c r="R15" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="S15">
-        <v>4195</v>
+        <v>4193</v>
       </c>
       <c r="T15">
-        <v>276549</v>
+        <v>269475</v>
       </c>
       <c r="U15">
-        <v>3552</v>
+        <v>3550</v>
       </c>
       <c r="V15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>187524</v>
+        <v>187400</v>
       </c>
       <c r="C16" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="D16" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="F16" t="s">
-        <v>2</v>
+        <v>52</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16" t="s">
         <v>10</v>
       </c>
       <c r="J16" t="s">
         <v>27</v>
       </c>
       <c r="K16" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="L16" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="M16" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="N16" t="s">
-        <v>5</v>
+        <v>39</v>
       </c>
       <c r="O16" t="s">
         <v>17</v>
       </c>
       <c r="P16" t="s">
-        <v>3</v>
+        <v>48</v>
       </c>
       <c r="Q16" t="s">
-        <v>2</v>
+        <v>47</v>
       </c>
       <c r="R16" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="S16">
-        <v>4193</v>
+        <v>4112</v>
       </c>
       <c r="T16">
-        <v>279770</v>
+        <v>271453</v>
       </c>
       <c r="U16">
-        <v>3550</v>
+        <v>3469</v>
       </c>
       <c r="V16" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>15</v>
       </c>
       <c r="B17">
-        <v>187538</v>
+        <v>187407</v>
       </c>
       <c r="C17" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
+        <v>2</v>
+      </c>
+      <c r="G17">
+        <v>2</v>
+      </c>
+      <c r="H17" t="s">
+        <v>43</v>
+      </c>
+      <c r="J17" t="s">
+        <v>27</v>
+      </c>
+      <c r="K17" t="s">
+        <v>42</v>
+      </c>
+      <c r="L17" t="s">
+        <v>41</v>
+      </c>
+      <c r="M17" t="s">
+        <v>40</v>
+      </c>
+      <c r="N17" t="s">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s">
+        <v>38</v>
+      </c>
+      <c r="P17" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q17" t="s">
         <v>22</v>
       </c>
-      <c r="G17">
-[...28 lines deleted...]
-      </c>
       <c r="R17" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="S17">
-        <v>4193</v>
+        <v>4108</v>
       </c>
       <c r="T17">
-        <v>280495</v>
+        <v>271600</v>
       </c>
       <c r="U17">
-        <v>3550</v>
+        <v>3465</v>
       </c>
       <c r="V17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>15</v>
       </c>
       <c r="B18">
-        <v>187624</v>
+        <v>187475</v>
       </c>
       <c r="C18" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18" t="s">
         <v>10</v>
       </c>
       <c r="J18" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="K18" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="L18" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="M18" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="N18" t="s">
         <v>5</v>
       </c>
       <c r="O18" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="P18" t="s">
         <v>3</v>
       </c>
       <c r="Q18" t="s">
         <v>2</v>
       </c>
       <c r="R18" t="s">
+        <v>30</v>
+      </c>
+      <c r="S18">
+        <v>4195</v>
+      </c>
+      <c r="T18">
+        <v>276549</v>
+      </c>
+      <c r="U18">
+        <v>3552</v>
+      </c>
+      <c r="V18" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:23">
+      <c r="A19" t="s">
+        <v>15</v>
+      </c>
+      <c r="B19">
+        <v>187524</v>
+      </c>
+      <c r="C19" t="s">
+        <v>29</v>
+      </c>
+      <c r="D19" t="s">
+        <v>28</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>2</v>
+      </c>
+      <c r="G19">
+        <v>0</v>
+      </c>
+      <c r="H19" t="s">
+        <v>10</v>
+      </c>
+      <c r="J19" t="s">
+        <v>27</v>
+      </c>
+      <c r="K19" t="s">
+        <v>26</v>
+      </c>
+      <c r="L19" t="s">
+        <v>25</v>
+      </c>
+      <c r="M19" t="s">
+        <v>18</v>
+      </c>
+      <c r="N19" t="s">
+        <v>5</v>
+      </c>
+      <c r="O19" t="s">
+        <v>17</v>
+      </c>
+      <c r="P19" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>2</v>
+      </c>
+      <c r="R19" t="s">
+        <v>16</v>
+      </c>
+      <c r="S19">
+        <v>4193</v>
+      </c>
+      <c r="T19">
+        <v>279770</v>
+      </c>
+      <c r="U19">
+        <v>3550</v>
+      </c>
+      <c r="V19" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:23">
+      <c r="A20" t="s">
+        <v>15</v>
+      </c>
+      <c r="B20">
+        <v>187538</v>
+      </c>
+      <c r="C20" t="s">
+        <v>24</v>
+      </c>
+      <c r="D20" t="s">
+        <v>23</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>22</v>
+      </c>
+      <c r="G20">
+        <v>0</v>
+      </c>
+      <c r="H20" t="s">
+        <v>10</v>
+      </c>
+      <c r="J20" t="s">
+        <v>21</v>
+      </c>
+      <c r="K20" t="s">
+        <v>20</v>
+      </c>
+      <c r="L20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M20" t="s">
+        <v>18</v>
+      </c>
+      <c r="N20" t="s">
+        <v>5</v>
+      </c>
+      <c r="O20" t="s">
+        <v>17</v>
+      </c>
+      <c r="P20" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>2</v>
+      </c>
+      <c r="R20" t="s">
+        <v>16</v>
+      </c>
+      <c r="S20">
+        <v>4193</v>
+      </c>
+      <c r="T20">
+        <v>280495</v>
+      </c>
+      <c r="U20">
+        <v>3550</v>
+      </c>
+      <c r="V20" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:23">
+      <c r="A21" t="s">
+        <v>15</v>
+      </c>
+      <c r="B21">
+        <v>187624</v>
+      </c>
+      <c r="C21" t="s">
+        <v>14</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21">
+        <v>0</v>
+      </c>
+      <c r="H21" t="s">
+        <v>10</v>
+      </c>
+      <c r="J21" t="s">
+        <v>9</v>
+      </c>
+      <c r="K21" t="s">
+        <v>8</v>
+      </c>
+      <c r="L21" t="s">
+        <v>7</v>
+      </c>
+      <c r="M21" t="s">
+        <v>6</v>
+      </c>
+      <c r="N21" t="s">
+        <v>5</v>
+      </c>
+      <c r="O21" t="s">
+        <v>4</v>
+      </c>
+      <c r="P21" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>2</v>
+      </c>
+      <c r="R21" t="s">
         <v>1</v>
       </c>
-      <c r="S18">
+      <c r="S21">
         <v>4198</v>
       </c>
-      <c r="T18">
+      <c r="T21">
         <v>286181</v>
       </c>
-      <c r="U18">
+      <c r="U21">
         <v>3555</v>
       </c>
-      <c r="V18" t="s">
+      <c r="V21" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:W18"/>
-  <conditionalFormatting sqref="G3:G18">
+  <autoFilter ref="A2:W21"/>
+  <conditionalFormatting sqref="G3:G21">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>