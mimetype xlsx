--- v1 (2025-12-03)
+++ v2 (2026-01-09)
@@ -7,107 +7,137 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$21</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$47</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
   <si>
     <t>NK</t>
   </si>
   <si>
     <t>Men's Individual Gundersen Medium Hill HS66/3.2 Km</t>
   </si>
   <si>
     <t>AUT</t>
   </si>
   <si>
     <t>Tschagguns</t>
   </si>
   <si>
     <t>GUM</t>
   </si>
   <si>
     <t>FESA</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>25.10.2025 14:05</t>
   </si>
   <si>
     <t>ICR531.3.4 Obstructed intentionally</t>
   </si>
   <si>
     <t>525.2.10 - Obstruction</t>
   </si>
   <si>
     <t>Disqualification (DSQ)</t>
   </si>
   <si>
     <t>GER</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Luca</t>
   </si>
   <si>
     <t>GAFFAL</t>
   </si>
   <si>
     <t>Athlete</t>
   </si>
   <si>
+    <t>Men's Individual Gundersen Large Hill HS142/10,0 Km</t>
+  </si>
+  <si>
+    <t>FIN</t>
+  </si>
+  <si>
+    <t>Ruka</t>
+  </si>
+  <si>
+    <t>GUL</t>
+  </si>
+  <si>
+    <t>COC</t>
+  </si>
+  <si>
+    <t>14.12.2025</t>
+  </si>
+  <si>
+    <t>14.12.2025 10:06</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.7 - Crotch control</t>
+  </si>
+  <si>
+    <t>Marcus</t>
+  </si>
+  <si>
+    <t>KAARIAINEN</t>
+  </si>
+  <si>
     <t>Men's Individual Gundersen Normal Hill HS103/10,0 Km</t>
   </si>
   <si>
     <t>GUN</t>
   </si>
   <si>
     <t>06.09.2025</t>
   </si>
   <si>
     <t>06.09.2025 14:40</t>
   </si>
   <si>
     <t>5 second too early start. We have talk with coach during the race. After race athlete DSQ</t>
   </si>
   <si>
     <t>525.2.14 - Early start for a competitor</t>
   </si>
   <si>
     <t>FRA</t>
   </si>
   <si>
     <t>Manek</t>
   </si>
   <si>
     <t>OBEZ</t>
@@ -124,309 +154,633 @@
   <si>
     <t>Felix</t>
   </si>
   <si>
     <t>MUEHLTHALER</t>
   </si>
   <si>
     <t>Men's Individual Gundersen Normal Hill HS103/5,0 Km</t>
   </si>
   <si>
     <t>07.09.2025</t>
   </si>
   <si>
     <t>07.09.2025 11:32</t>
   </si>
   <si>
     <t>SCE C4.4 - tolerance - Suit exceed side at lower body by 6cm</t>
   </si>
   <si>
     <t>Tobias</t>
   </si>
   <si>
     <t>AICHHORN</t>
   </si>
   <si>
+    <t>14.12.2025 10:32</t>
+  </si>
+  <si>
+    <t>Not permitted to start (NPS)</t>
+  </si>
+  <si>
+    <t>NOR</t>
+  </si>
+  <si>
+    <t>Sverre Kumar</t>
+  </si>
+  <si>
+    <t>LUNDEBY</t>
+  </si>
+  <si>
+    <t>14.12.2025 10:11</t>
+  </si>
+  <si>
+    <t>UKR</t>
+  </si>
+  <si>
+    <t>Vladyslav</t>
+  </si>
+  <si>
+    <t>DVORETSKYI</t>
+  </si>
+  <si>
     <t>Men's Individual Gundersen Large Hill HS118/10,0 Km</t>
   </si>
   <si>
     <t>Chaux Neuve</t>
   </si>
   <si>
-    <t>GUL</t>
-[...1 lines deleted...]
-  <si>
     <t>GP</t>
   </si>
   <si>
     <t>30.08.2025</t>
   </si>
   <si>
     <t>30.08.2025 12:43</t>
   </si>
   <si>
     <t>SCE 4</t>
   </si>
   <si>
-    <t>Not permitted to start (NPS)</t>
-[...1 lines deleted...]
-  <si>
     <t>David</t>
   </si>
   <si>
     <t>THUER</t>
   </si>
   <si>
+    <t>13.12.2025</t>
+  </si>
+  <si>
+    <t>12.12.2025 16:05</t>
+  </si>
+  <si>
+    <t>SCE C 4.7.1 - Violation of start control procedure</t>
+  </si>
+  <si>
+    <t>Alvin</t>
+  </si>
+  <si>
+    <t>LE</t>
+  </si>
+  <si>
     <t>Women's Individual Gundersen Normal Hill HS109/5,0 Km</t>
   </si>
   <si>
     <t>ITA</t>
   </si>
   <si>
     <t>Val Di Fiemme</t>
   </si>
   <si>
     <t>19.09.2025</t>
   </si>
   <si>
     <t>19.09.2025 10:35</t>
   </si>
   <si>
     <t>SCE 4 - waist +1cm</t>
   </si>
   <si>
-    <t>NOR</t>
-[...1 lines deleted...]
-  <si>
     <t>W</t>
   </si>
   <si>
     <t>Nora Helene</t>
   </si>
   <si>
     <t>EVANS</t>
   </si>
   <si>
+    <t>Women's Provisional Round Normal Hill HS97/5,0 Km</t>
+  </si>
+  <si>
+    <t>EST</t>
+  </si>
+  <si>
+    <t>Otepää</t>
+  </si>
+  <si>
+    <t>PRN</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>08.01.2026</t>
+  </si>
+  <si>
+    <t>08.01.2026 09:25</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.6 - Leg length</t>
+  </si>
+  <si>
     <t>06.09.2025 11:05</t>
   </si>
   <si>
     <t>SCE C4.4 - tolerance / suit - waist +3cm</t>
   </si>
   <si>
-    <t>UKR</t>
-[...1 lines deleted...]
-  <si>
     <t>Illia</t>
   </si>
   <si>
     <t>CHEBOLDA</t>
   </si>
   <si>
+    <t>14.12.2025 10:03</t>
+  </si>
+  <si>
+    <t>13.12.2025 10:10</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>RAISANEN</t>
+  </si>
+  <si>
+    <t>12.12.2025 16:10</t>
+  </si>
+  <si>
+    <t>Maksym</t>
+  </si>
+  <si>
+    <t>PROKOPIUK</t>
+  </si>
+  <si>
+    <t>Women's Individual Mass Start Normal Hill HS102/5,0 Km</t>
+  </si>
+  <si>
+    <t>Trondheim</t>
+  </si>
+  <si>
+    <t>MSN</t>
+  </si>
+  <si>
+    <t>WC</t>
+  </si>
+  <si>
+    <t>06.12.2025</t>
+  </si>
+  <si>
+    <t>06.12.2025 15:20</t>
+  </si>
+  <si>
+    <t>no Remarks</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, +2cm</t>
+  </si>
+  <si>
+    <t>SLO</t>
+  </si>
+  <si>
+    <t>Tia</t>
+  </si>
+  <si>
+    <t>MALOVRH</t>
+  </si>
+  <si>
     <t>Men's Individual Compact Large Hill HS142/7,5 Km</t>
   </si>
   <si>
-    <t>FIN</t>
-[...4 lines deleted...]
-  <si>
     <t>ICL</t>
   </si>
   <si>
-    <t>WC</t>
-[...1 lines deleted...]
-  <si>
     <t>28.11.2025</t>
   </si>
   <si>
     <t>28.11.2025 16:37</t>
   </si>
   <si>
     <t>The athlete was informed of the infranction after the finish line. The coach was informed of possible disqualification of his athlete in the track during the competition.</t>
   </si>
   <si>
     <t>ICR 531.3.3 - Violates the rules using transponder CC, 525.2.7.5 If transponders or GPS are used it is mandatory for the competitors to wear these equipment.</t>
   </si>
   <si>
     <t>JPN</t>
   </si>
   <si>
     <t>Atsushi</t>
   </si>
   <si>
     <t>NARITA</t>
   </si>
   <si>
+    <t>12.12.2025 16:07</t>
+  </si>
+  <si>
+    <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm</t>
+  </si>
+  <si>
+    <t>Fred</t>
+  </si>
+  <si>
+    <t>GUSTAVSON</t>
+  </si>
+  <si>
+    <t>14.12.2025 10:04</t>
+  </si>
+  <si>
+    <t>Karel</t>
+  </si>
+  <si>
+    <t>PASTARUS</t>
+  </si>
+  <si>
+    <t>14.12.2025 10:25</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm</t>
+  </si>
+  <si>
+    <t>Takuya</t>
+  </si>
+  <si>
+    <t>NAKAZAWA</t>
+  </si>
+  <si>
     <t>07.09.2025 11:05</t>
   </si>
   <si>
     <t>SCE C4.4 - tolerance - suit exceeds size at waist +6cm</t>
   </si>
   <si>
     <t>Johann</t>
   </si>
   <si>
     <t>UNGER</t>
   </si>
   <si>
+    <t>Women's Provisional Round Normal Hill HS102/5,0 Km</t>
+  </si>
+  <si>
+    <t>04.12.2025</t>
+  </si>
+  <si>
+    <t>04.12.2025 15:40</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, Suit +2cm</t>
+  </si>
+  <si>
+    <t>POL</t>
+  </si>
+  <si>
+    <t>Joanna</t>
+  </si>
+  <si>
+    <t>KIL</t>
+  </si>
+  <si>
     <t>Men's Individual Compact Large Hill HS137/7,5 Km</t>
   </si>
   <si>
     <t>Oberstdorf</t>
   </si>
   <si>
     <t>27.08.2025</t>
   </si>
   <si>
     <t>27.08.2025 19:06</t>
   </si>
   <si>
     <t>SCE waist +3cm</t>
   </si>
   <si>
     <t>CHN</t>
   </si>
   <si>
     <t>Jiawen</t>
   </si>
   <si>
     <t>ZHAO</t>
   </si>
   <si>
-    <t>Men's Individual Gundersen Large Hill HS142/10,0 Km</t>
-[...1 lines deleted...]
-  <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>29.11.2025 15:25</t>
   </si>
   <si>
     <t>Sanction imposed DSQ</t>
   </si>
   <si>
     <t>ICR 531.1.3.8 - Fluorinated ski wax prohibition JP/CC, 222.8 Fluorinated ski wax prohibition</t>
   </si>
   <si>
+    <t>14.12.2025 10:39</t>
+  </si>
+  <si>
+    <t>Even Leinan</t>
+  </si>
+  <si>
+    <t>Lund</t>
+  </si>
+  <si>
+    <t>12.12.2025 16:25</t>
+  </si>
+  <si>
+    <t>Matic</t>
+  </si>
+  <si>
+    <t>GARBAJS</t>
+  </si>
+  <si>
     <t>27.08.2025 19:09</t>
   </si>
   <si>
     <t>SCE 4 waist +2cm</t>
   </si>
   <si>
     <t>Tristan</t>
   </si>
   <si>
     <t>SOMMERFELDT</t>
   </si>
   <si>
+    <t>Women's Individual Mass Start Normal Hill HS98/5,0 Km</t>
+  </si>
+  <si>
+    <t>Ramsau</t>
+  </si>
+  <si>
+    <t>19.12.2025</t>
+  </si>
+  <si>
+    <t>19.12.2025 12:32</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, + 2cm</t>
+  </si>
+  <si>
+    <t>Greta</t>
+  </si>
+  <si>
+    <t>PINZANI</t>
+  </si>
+  <si>
     <t>30.08.2025 12:53</t>
   </si>
   <si>
     <t>Oleksandr</t>
   </si>
   <si>
     <t>SHUMBARETS</t>
   </si>
   <si>
     <t>19.09.2025 10:40</t>
   </si>
   <si>
     <t>Lisa</t>
   </si>
   <si>
     <t>HIRNER</t>
   </si>
   <si>
-    <t>Team Normal Hill HS109/4x5 Km</t>
+    <t>Team Normal Hill HS109</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>20.09.2025</t>
   </si>
   <si>
     <t>20.09.2025 10:09</t>
   </si>
   <si>
     <t>SCE4, Suit - Crotch</t>
   </si>
   <si>
     <t>CZE</t>
   </si>
   <si>
     <t>Jiri</t>
   </si>
   <si>
     <t>KONVALINKA</t>
   </si>
   <si>
+    <t>19.12.2025 12:28</t>
+  </si>
+  <si>
+    <t>Tereza</t>
+  </si>
+  <si>
+    <t>KOLDOVSKA</t>
+  </si>
+  <si>
     <t>19.09.2025 10:37</t>
   </si>
   <si>
     <t>SCE 4 - arm -0.7cm</t>
   </si>
   <si>
     <t>Lena</t>
   </si>
   <si>
     <t>BROCARD</t>
   </si>
   <si>
+    <t>Men's Individual Mass Start Normal Hill HS102/10,0 Km</t>
+  </si>
+  <si>
+    <t>06.12.2025 16:24</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, broken zipper</t>
+  </si>
+  <si>
+    <t>Sora</t>
+  </si>
+  <si>
+    <t>YACHI</t>
+  </si>
+  <si>
+    <t>12.12.2025 16:49</t>
+  </si>
+  <si>
+    <t>Andreas</t>
+  </si>
+  <si>
+    <t>OTTESEN</t>
+  </si>
+  <si>
+    <t>Women's Individual Gundersen Normal Hill HS102/5,0 Km</t>
+  </si>
+  <si>
+    <t>05.12.2025</t>
+  </si>
+  <si>
+    <t>05.12.2025 14:45</t>
+  </si>
+  <si>
+    <t>Athelts changed her intended direction in the finish area, before the corridors, because the other athlete wanted to pass on the left. There was about 50 cm of space left. According to ICR 525.2.16, she can choose the best line, but she cannot obstruct an athlete approaching from behind. It was very close to being an obstruction</t>
+  </si>
+  <si>
+    <t>Other, 525.2.16</t>
+  </si>
+  <si>
+    <t>Verbal Reprimand</t>
+  </si>
+  <si>
+    <t>Ida Marie</t>
+  </si>
+  <si>
+    <t>HAGEN</t>
+  </si>
+  <si>
     <t>27.08.2025 18:52</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>ANDERSEN</t>
   </si>
   <si>
+    <t>14.12.2025 10:48</t>
+  </si>
+  <si>
+    <t>Mael</t>
+  </si>
+  <si>
+    <t>TYRODE</t>
+  </si>
+  <si>
+    <t>Men's Provisional Round Normal Hill HS102/10,0 Km</t>
+  </si>
+  <si>
+    <t>05.12.2025 12:20</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, Suit +1cm</t>
+  </si>
+  <si>
+    <t>SUI</t>
+  </si>
+  <si>
+    <t>Pascal</t>
+  </si>
+  <si>
+    <t>MUELLER</t>
+  </si>
+  <si>
+    <t>Men's Individual Mass Start Normal Hill HS98/10,0 Km</t>
+  </si>
+  <si>
+    <t>19.12.2025 13:40</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, Crotch</t>
+  </si>
+  <si>
+    <t>Dmytro</t>
+  </si>
+  <si>
+    <t>MAZURCHUK</t>
+  </si>
+  <si>
     <t>28.11.2025 14:04</t>
   </si>
   <si>
     <t>SCE C 4 - Suit</t>
   </si>
   <si>
-    <t>Andreas</t>
-[...1 lines deleted...]
-  <si>
     <t>SKOGLUND</t>
   </si>
   <si>
     <t>27.08.2025 19:34</t>
   </si>
   <si>
     <t>SCE 4 knee +2cm</t>
   </si>
   <si>
     <t>Ilkka</t>
   </si>
   <si>
     <t>HEROLA</t>
+  </si>
+  <si>
+    <t>Men's Provisional Round Normal Hill HS98/10,0 Km</t>
+  </si>
+  <si>
+    <t>18.12.2025</t>
+  </si>
+  <si>
+    <t>18.12.2025 13:00</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, Leg length</t>
+  </si>
+  <si>
+    <t>VYTRVAL</t>
+  </si>
+  <si>
+    <t>19.12.2025 13:55</t>
+  </si>
+  <si>
+    <t>Kristjan</t>
+  </si>
+  <si>
+    <t>ILVES</t>
+  </si>
+  <si>
+    <t>Men's Provisional Round Normal Hill HS97/10,0 Km</t>
+  </si>
+  <si>
+    <t>08.01.2026 15:44</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, suit 2 cm</t>
+  </si>
+  <si>
+    <t>Samuel</t>
+  </si>
+  <si>
+    <t>COSTA</t>
   </si>
   <si>
     <t>Major_category</t>
   </si>
   <si>
     <t>Discipline</t>
   </si>
   <si>
     <t>Raceid</t>
   </si>
   <si>
     <t>Competitorid</t>
   </si>
   <si>
     <t>Codex</t>
   </si>
   <si>
     <t>Race</t>
   </si>
   <si>
     <t>Nation</t>
   </si>
   <si>
     <t>Place</t>
   </si>
@@ -847,1395 +1201,3013 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W21"/>
+  <dimension ref="A1:W47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="59.557" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="14.996" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="186.24" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="201.665" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="390.333" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.14" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="21.281" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
-        <v>146</v>
+        <v>264</v>
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="1" t="s">
-        <v>145</v>
+        <v>263</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>144</v>
+        <v>262</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>143</v>
+        <v>261</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>142</v>
+        <v>260</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>141</v>
+        <v>259</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>140</v>
+        <v>258</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>139</v>
+        <v>257</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>138</v>
+        <v>256</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>137</v>
+        <v>255</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>136</v>
+        <v>254</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>135</v>
+        <v>253</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>134</v>
+        <v>252</v>
       </c>
       <c r="M2" s="1" t="s">
-        <v>133</v>
+        <v>251</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>132</v>
+        <v>250</v>
       </c>
       <c r="O2" s="1" t="s">
-        <v>131</v>
+        <v>249</v>
       </c>
       <c r="P2" s="1" t="s">
-        <v>130</v>
+        <v>248</v>
       </c>
       <c r="Q2" s="1" t="s">
-        <v>129</v>
+        <v>247</v>
       </c>
       <c r="R2" s="1" t="s">
-        <v>128</v>
+        <v>246</v>
       </c>
       <c r="S2" s="1" t="s">
-        <v>127</v>
+        <v>245</v>
       </c>
       <c r="T2" s="1" t="s">
-        <v>126</v>
+        <v>244</v>
       </c>
       <c r="U2" s="1" t="s">
-        <v>125</v>
+        <v>243</v>
       </c>
       <c r="V2" s="1" t="s">
-        <v>124</v>
+        <v>242</v>
       </c>
       <c r="W2" s="1" t="s">
-        <v>123</v>
+        <v>241</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3">
-        <v>100308</v>
+        <v>1562</v>
       </c>
       <c r="C3" t="s">
-        <v>122</v>
+        <v>240</v>
       </c>
       <c r="D3" t="s">
-        <v>121</v>
+        <v>239</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="G3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H3" t="s">
         <v>10</v>
       </c>
       <c r="J3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>238</v>
       </c>
       <c r="L3" t="s">
-        <v>119</v>
+        <v>237</v>
       </c>
       <c r="M3" t="s">
+        <v>82</v>
+      </c>
+      <c r="N3" t="s">
+        <v>81</v>
+      </c>
+      <c r="O3" t="s">
+        <v>80</v>
+      </c>
+      <c r="P3" t="s">
         <v>79</v>
       </c>
-      <c r="N3" t="s">
-[...5 lines deleted...]
-      <c r="P3" t="s">
+      <c r="Q3" t="s">
         <v>78</v>
       </c>
-      <c r="Q3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R3" t="s">
-        <v>77</v>
+        <v>236</v>
       </c>
       <c r="S3">
-        <v>4103</v>
+        <v>4145</v>
       </c>
       <c r="T3">
-        <v>171139</v>
+        <v>124114</v>
       </c>
       <c r="U3">
-        <v>3460</v>
+        <v>3502</v>
       </c>
       <c r="V3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4">
-        <v>100566</v>
+        <v>100167</v>
       </c>
       <c r="C4" t="s">
-        <v>118</v>
+        <v>235</v>
       </c>
       <c r="D4" t="s">
-        <v>117</v>
+        <v>234</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="s">
         <v>10</v>
       </c>
       <c r="J4" t="s">
-        <v>116</v>
+        <v>218</v>
       </c>
       <c r="L4" t="s">
-        <v>115</v>
+        <v>233</v>
       </c>
       <c r="M4" t="s">
-        <v>66</v>
+        <v>162</v>
       </c>
       <c r="N4" t="s">
-        <v>65</v>
+        <v>99</v>
       </c>
       <c r="O4" t="s">
-        <v>64</v>
+        <v>98</v>
       </c>
       <c r="P4" t="s">
-        <v>63</v>
+        <v>161</v>
       </c>
       <c r="Q4" t="s">
-        <v>62</v>
+        <v>2</v>
       </c>
       <c r="R4" t="s">
-        <v>61</v>
+        <v>216</v>
       </c>
       <c r="S4">
-        <v>4117</v>
+        <v>4135</v>
       </c>
       <c r="T4">
-        <v>189544</v>
+        <v>161576</v>
       </c>
       <c r="U4">
-        <v>3474</v>
+        <v>3492</v>
       </c>
       <c r="V4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5">
-        <v>100716</v>
+        <v>100269</v>
       </c>
       <c r="C5" t="s">
-        <v>114</v>
+        <v>232</v>
       </c>
       <c r="D5" t="s">
-        <v>113</v>
+        <v>205</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>178</v>
       </c>
       <c r="G5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H5" t="s">
         <v>10</v>
       </c>
       <c r="J5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>231</v>
       </c>
       <c r="L5" t="s">
-        <v>112</v>
+        <v>230</v>
       </c>
       <c r="M5" t="s">
-        <v>79</v>
+        <v>229</v>
       </c>
       <c r="N5" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
       <c r="O5" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="P5" t="s">
-        <v>78</v>
+        <v>161</v>
       </c>
       <c r="Q5" t="s">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="R5" t="s">
-        <v>77</v>
+        <v>228</v>
       </c>
       <c r="S5">
-        <v>4103</v>
+        <v>4133</v>
       </c>
       <c r="T5">
-        <v>196699</v>
+        <v>166512</v>
       </c>
       <c r="U5">
-        <v>3460</v>
+        <v>3490</v>
       </c>
       <c r="V5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6">
-        <v>101072</v>
+        <v>100308</v>
       </c>
       <c r="C6" t="s">
-        <v>111</v>
+        <v>227</v>
       </c>
       <c r="D6" t="s">
-        <v>110</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="G6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H6" t="s">
         <v>10</v>
       </c>
       <c r="J6" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="K6" t="s">
-        <v>109</v>
+        <v>225</v>
       </c>
       <c r="L6" t="s">
+        <v>224</v>
+      </c>
+      <c r="M6" t="s">
+        <v>140</v>
+      </c>
+      <c r="N6" t="s">
+        <v>57</v>
+      </c>
+      <c r="O6" t="s">
         <v>108</v>
       </c>
-      <c r="M6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P6" t="s">
-        <v>48</v>
+        <v>139</v>
       </c>
       <c r="Q6" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="R6" t="s">
-        <v>46</v>
+        <v>138</v>
       </c>
       <c r="S6">
-        <v>4112</v>
+        <v>4103</v>
       </c>
       <c r="T6">
-        <v>212341</v>
+        <v>171139</v>
       </c>
       <c r="U6">
-        <v>3469</v>
+        <v>3460</v>
       </c>
       <c r="V6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7">
-        <v>101122</v>
+        <v>100566</v>
       </c>
       <c r="C7" t="s">
-        <v>107</v>
+        <v>223</v>
       </c>
       <c r="D7" t="s">
-        <v>106</v>
+        <v>194</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>105</v>
+        <v>48</v>
       </c>
       <c r="G7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="J7" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>222</v>
       </c>
       <c r="L7" t="s">
-        <v>103</v>
+        <v>221</v>
       </c>
       <c r="M7" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="N7" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="O7" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="P7" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="Q7" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="R7" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="S7">
-        <v>4113</v>
+        <v>4117</v>
       </c>
       <c r="T7">
-        <v>213443</v>
+        <v>189544</v>
       </c>
       <c r="U7">
-        <v>3470</v>
+        <v>3474</v>
       </c>
       <c r="V7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8">
-        <v>101144</v>
+        <v>100611</v>
       </c>
       <c r="C8" t="s">
-        <v>99</v>
+        <v>220</v>
       </c>
       <c r="D8" t="s">
-        <v>98</v>
+        <v>219</v>
       </c>
       <c r="E8" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>2</v>
+        <v>52</v>
       </c>
       <c r="G8">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H8" t="s">
         <v>10</v>
       </c>
       <c r="J8" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>218</v>
       </c>
       <c r="L8" t="s">
-        <v>97</v>
+        <v>217</v>
       </c>
       <c r="M8" t="s">
-        <v>49</v>
+        <v>162</v>
       </c>
       <c r="N8" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="O8" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="P8" t="s">
-        <v>48</v>
+        <v>161</v>
       </c>
       <c r="Q8" t="s">
-        <v>47</v>
+        <v>2</v>
       </c>
       <c r="R8" t="s">
-        <v>46</v>
+        <v>216</v>
       </c>
       <c r="S8">
-        <v>4112</v>
+        <v>4135</v>
       </c>
       <c r="T8">
-        <v>217157</v>
+        <v>193561</v>
       </c>
       <c r="U8">
-        <v>3469</v>
+        <v>3492</v>
       </c>
       <c r="V8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>15</v>
       </c>
       <c r="B9">
-        <v>101200</v>
+        <v>100623</v>
       </c>
       <c r="C9" t="s">
-        <v>96</v>
+        <v>215</v>
       </c>
       <c r="D9" t="s">
-        <v>95</v>
+        <v>214</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>58</v>
+        <v>213</v>
       </c>
       <c r="G9">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H9" t="s">
         <v>10</v>
       </c>
       <c r="J9" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>212</v>
       </c>
       <c r="L9" t="s">
-        <v>94</v>
+        <v>211</v>
       </c>
       <c r="M9" t="s">
-        <v>40</v>
+        <v>197</v>
       </c>
       <c r="N9" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
       <c r="O9" t="s">
-        <v>38</v>
+        <v>80</v>
       </c>
       <c r="P9" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="Q9" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="R9" t="s">
-        <v>36</v>
+        <v>210</v>
       </c>
       <c r="S9">
-        <v>4108</v>
+        <v>4122</v>
       </c>
       <c r="T9">
-        <v>220159</v>
+        <v>193925</v>
       </c>
       <c r="U9">
-        <v>3465</v>
+        <v>3479</v>
       </c>
       <c r="V9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>15</v>
       </c>
       <c r="B10">
-        <v>101232</v>
+        <v>100625</v>
       </c>
       <c r="C10" t="s">
-        <v>93</v>
+        <v>209</v>
       </c>
       <c r="D10" t="s">
-        <v>92</v>
+        <v>208</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="G10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H10" t="s">
         <v>10</v>
       </c>
       <c r="J10" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="L10" t="s">
-        <v>90</v>
+        <v>207</v>
       </c>
       <c r="M10" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="N10" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="O10" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="P10" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="Q10" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="R10" t="s">
-        <v>77</v>
+        <v>16</v>
       </c>
       <c r="S10">
-        <v>4103</v>
+        <v>4197</v>
       </c>
       <c r="T10">
-        <v>221938</v>
+        <v>194080</v>
       </c>
       <c r="U10">
-        <v>3460</v>
+        <v>3554</v>
       </c>
       <c r="V10" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11">
-        <v>101387</v>
+        <v>100716</v>
       </c>
       <c r="C11" t="s">
-        <v>84</v>
+        <v>206</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>205</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="G11">
         <v>2</v>
       </c>
       <c r="H11" t="s">
         <v>10</v>
       </c>
       <c r="J11" t="s">
-        <v>89</v>
+        <v>37</v>
       </c>
       <c r="K11" t="s">
-        <v>88</v>
+        <v>157</v>
       </c>
       <c r="L11" t="s">
-        <v>87</v>
+        <v>204</v>
       </c>
       <c r="M11" t="s">
-        <v>86</v>
+        <v>140</v>
       </c>
       <c r="N11" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="O11" t="s">
-        <v>38</v>
+        <v>108</v>
       </c>
       <c r="P11" t="s">
-        <v>63</v>
+        <v>139</v>
       </c>
       <c r="Q11" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="R11" t="s">
-        <v>85</v>
+        <v>138</v>
       </c>
       <c r="S11">
-        <v>4118</v>
+        <v>4103</v>
       </c>
       <c r="T11">
-        <v>231685</v>
+        <v>196699</v>
       </c>
       <c r="U11">
-        <v>3475</v>
+        <v>3460</v>
       </c>
       <c r="V11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
-        <v>101387</v>
+        <v>100733</v>
       </c>
       <c r="C12" t="s">
-        <v>84</v>
+        <v>203</v>
       </c>
       <c r="D12" t="s">
-        <v>83</v>
+        <v>202</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="F12" t="s">
-        <v>82</v>
+        <v>48</v>
       </c>
       <c r="G12">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H12" t="s">
-        <v>10</v>
+        <v>201</v>
       </c>
       <c r="J12" t="s">
+        <v>200</v>
+      </c>
+      <c r="K12" t="s">
+        <v>199</v>
+      </c>
+      <c r="L12" t="s">
+        <v>198</v>
+      </c>
+      <c r="M12" t="s">
+        <v>197</v>
+      </c>
+      <c r="N12" t="s">
+        <v>99</v>
+      </c>
+      <c r="O12" t="s">
         <v>27</v>
       </c>
-      <c r="K12" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P12" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="Q12" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="R12" t="s">
-        <v>77</v>
+        <v>196</v>
       </c>
       <c r="S12">
-        <v>4103</v>
+        <v>4121</v>
       </c>
       <c r="T12">
-        <v>231685</v>
+        <v>196877</v>
       </c>
       <c r="U12">
-        <v>3460</v>
+        <v>3478</v>
       </c>
       <c r="V12" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13">
-        <v>101507</v>
+        <v>100914</v>
       </c>
       <c r="C13" t="s">
-        <v>76</v>
+        <v>195</v>
       </c>
       <c r="D13" t="s">
-        <v>75</v>
+        <v>194</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="G13">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H13" t="s">
         <v>10</v>
       </c>
       <c r="J13" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>124</v>
       </c>
       <c r="L13" t="s">
-        <v>73</v>
+        <v>193</v>
       </c>
       <c r="M13" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="N13" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="O13" t="s">
+        <v>19</v>
+      </c>
+      <c r="P13" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q13" t="s">
         <v>17</v>
       </c>
-      <c r="P13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R13" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="S13">
-        <v>4195</v>
+        <v>4196</v>
       </c>
       <c r="T13">
-        <v>240097</v>
+        <v>204658</v>
       </c>
       <c r="U13">
-        <v>3552</v>
+        <v>3553</v>
       </c>
       <c r="V13" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14">
-        <v>187211</v>
+        <v>101060</v>
       </c>
       <c r="C14" t="s">
-        <v>72</v>
+        <v>192</v>
       </c>
       <c r="D14" t="s">
-        <v>71</v>
+        <v>191</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>70</v>
+        <v>113</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14" t="s">
         <v>10</v>
       </c>
       <c r="J14" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>190</v>
       </c>
       <c r="L14" t="s">
-        <v>67</v>
+        <v>189</v>
       </c>
       <c r="M14" t="s">
-        <v>66</v>
+        <v>100</v>
       </c>
       <c r="N14" t="s">
-        <v>65</v>
+        <v>99</v>
       </c>
       <c r="O14" t="s">
-        <v>64</v>
+        <v>98</v>
       </c>
       <c r="P14" t="s">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="Q14" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="R14" t="s">
-        <v>61</v>
+        <v>188</v>
       </c>
       <c r="S14">
-        <v>4117</v>
+        <v>4123</v>
       </c>
       <c r="T14">
-        <v>261370</v>
+        <v>211028</v>
       </c>
       <c r="U14">
-        <v>3474</v>
+        <v>3480</v>
       </c>
       <c r="V14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
-        <v>187357</v>
+        <v>101072</v>
       </c>
       <c r="C15" t="s">
-        <v>60</v>
+        <v>187</v>
       </c>
       <c r="D15" t="s">
-        <v>59</v>
+        <v>186</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="F15" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
       <c r="G15">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H15" t="s">
         <v>10</v>
       </c>
       <c r="J15" t="s">
+        <v>37</v>
+      </c>
+      <c r="K15" t="s">
+        <v>185</v>
+      </c>
+      <c r="L15" t="s">
+        <v>184</v>
+      </c>
+      <c r="M15" t="s">
+        <v>71</v>
+      </c>
+      <c r="N15" t="s">
+        <v>57</v>
+      </c>
+      <c r="O15" t="s">
         <v>27</v>
       </c>
-      <c r="K15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P15" t="s">
-        <v>3</v>
+        <v>70</v>
       </c>
       <c r="Q15" t="s">
-        <v>2</v>
+        <v>69</v>
       </c>
       <c r="R15" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="S15">
-        <v>4193</v>
+        <v>4112</v>
       </c>
       <c r="T15">
-        <v>269475</v>
+        <v>212341</v>
       </c>
       <c r="U15">
-        <v>3550</v>
+        <v>3469</v>
       </c>
       <c r="V15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>187400</v>
+        <v>101095</v>
       </c>
       <c r="C16" t="s">
-        <v>55</v>
+        <v>183</v>
       </c>
       <c r="D16" t="s">
-        <v>54</v>
+        <v>182</v>
       </c>
       <c r="E16" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="F16" t="s">
-        <v>52</v>
+        <v>178</v>
       </c>
       <c r="G16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H16" t="s">
         <v>10</v>
       </c>
       <c r="J16" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>103</v>
       </c>
       <c r="L16" t="s">
-        <v>50</v>
+        <v>181</v>
       </c>
       <c r="M16" t="s">
-        <v>49</v>
+        <v>162</v>
       </c>
       <c r="N16" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="O16" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="P16" t="s">
-        <v>48</v>
+        <v>161</v>
       </c>
       <c r="Q16" t="s">
-        <v>47</v>
+        <v>2</v>
       </c>
       <c r="R16" t="s">
-        <v>46</v>
+        <v>160</v>
       </c>
       <c r="S16">
-        <v>4112</v>
+        <v>4134</v>
       </c>
       <c r="T16">
-        <v>271453</v>
+        <v>212812</v>
       </c>
       <c r="U16">
-        <v>3469</v>
+        <v>3491</v>
       </c>
       <c r="V16" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>15</v>
       </c>
       <c r="B17">
-        <v>187407</v>
+        <v>101122</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>179</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>2</v>
+        <v>178</v>
       </c>
       <c r="G17">
         <v>2</v>
       </c>
       <c r="H17" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="J17" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="K17" t="s">
-        <v>42</v>
+        <v>177</v>
       </c>
       <c r="L17" t="s">
-        <v>41</v>
+        <v>176</v>
       </c>
       <c r="M17" t="s">
-        <v>40</v>
+        <v>175</v>
       </c>
       <c r="N17" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="O17" t="s">
-        <v>38</v>
+        <v>174</v>
       </c>
       <c r="P17" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="Q17" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="R17" t="s">
-        <v>36</v>
+        <v>173</v>
       </c>
       <c r="S17">
-        <v>4108</v>
+        <v>4113</v>
       </c>
       <c r="T17">
-        <v>271600</v>
+        <v>213443</v>
       </c>
       <c r="U17">
-        <v>3465</v>
+        <v>3470</v>
       </c>
       <c r="V17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>15</v>
       </c>
       <c r="B18">
-        <v>187475</v>
+        <v>101144</v>
       </c>
       <c r="C18" t="s">
-        <v>35</v>
+        <v>172</v>
       </c>
       <c r="D18" t="s">
-        <v>34</v>
+        <v>171</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="F18" t="s">
         <v>2</v>
       </c>
       <c r="G18">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H18" t="s">
         <v>10</v>
       </c>
       <c r="J18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K18" t="s">
+        <v>73</v>
+      </c>
+      <c r="L18" t="s">
+        <v>170</v>
+      </c>
+      <c r="M18" t="s">
+        <v>71</v>
+      </c>
+      <c r="N18" t="s">
+        <v>57</v>
+      </c>
+      <c r="O18" t="s">
         <v>27</v>
       </c>
-      <c r="K18" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P18" t="s">
-        <v>3</v>
+        <v>70</v>
       </c>
       <c r="Q18" t="s">
-        <v>2</v>
+        <v>69</v>
       </c>
       <c r="R18" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="S18">
-        <v>4195</v>
+        <v>4112</v>
       </c>
       <c r="T18">
-        <v>276549</v>
+        <v>217157</v>
       </c>
       <c r="U18">
-        <v>3552</v>
+        <v>3469</v>
       </c>
       <c r="V18" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>15</v>
       </c>
       <c r="B19">
-        <v>187524</v>
+        <v>101200</v>
       </c>
       <c r="C19" t="s">
-        <v>29</v>
+        <v>169</v>
       </c>
       <c r="D19" t="s">
-        <v>28</v>
+        <v>168</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
+        <v>52</v>
+      </c>
+      <c r="G19">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="H19" t="s">
         <v>10</v>
       </c>
       <c r="J19" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="K19" t="s">
-        <v>26</v>
+        <v>157</v>
       </c>
       <c r="L19" t="s">
-        <v>25</v>
+        <v>167</v>
       </c>
       <c r="M19" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="N19" t="s">
-        <v>5</v>
+        <v>57</v>
       </c>
       <c r="O19" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="P19" t="s">
-        <v>3</v>
+        <v>56</v>
       </c>
       <c r="Q19" t="s">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="R19" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="S19">
-        <v>4193</v>
+        <v>4108</v>
       </c>
       <c r="T19">
-        <v>279770</v>
+        <v>220159</v>
       </c>
       <c r="U19">
-        <v>3550</v>
+        <v>3465</v>
       </c>
       <c r="V19" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
         <v>15</v>
       </c>
       <c r="B20">
-        <v>187538</v>
+        <v>101211</v>
       </c>
       <c r="C20" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="D20" t="s">
-        <v>23</v>
+        <v>165</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="F20" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="G20">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H20" t="s">
         <v>10</v>
       </c>
       <c r="J20" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="L20" t="s">
-        <v>19</v>
+        <v>163</v>
       </c>
       <c r="M20" t="s">
-        <v>18</v>
+        <v>162</v>
       </c>
       <c r="N20" t="s">
-        <v>5</v>
+        <v>99</v>
       </c>
       <c r="O20" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="P20" t="s">
-        <v>3</v>
+        <v>161</v>
       </c>
       <c r="Q20" t="s">
         <v>2</v>
       </c>
       <c r="R20" t="s">
-        <v>16</v>
+        <v>160</v>
       </c>
       <c r="S20">
-        <v>4193</v>
+        <v>4134</v>
       </c>
       <c r="T20">
-        <v>280495</v>
+        <v>220986</v>
       </c>
       <c r="U20">
-        <v>3550</v>
+        <v>3491</v>
       </c>
       <c r="V20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>15</v>
       </c>
       <c r="B21">
-        <v>187624</v>
+        <v>101232</v>
       </c>
       <c r="C21" t="s">
-        <v>14</v>
+        <v>159</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>158</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H21" t="s">
         <v>10</v>
       </c>
       <c r="J21" t="s">
+        <v>37</v>
+      </c>
+      <c r="K21" t="s">
+        <v>157</v>
+      </c>
+      <c r="L21" t="s">
+        <v>156</v>
+      </c>
+      <c r="M21" t="s">
+        <v>140</v>
+      </c>
+      <c r="N21" t="s">
+        <v>57</v>
+      </c>
+      <c r="O21" t="s">
+        <v>108</v>
+      </c>
+      <c r="P21" t="s">
+        <v>139</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>11</v>
+      </c>
+      <c r="R21" t="s">
+        <v>138</v>
+      </c>
+      <c r="S21">
+        <v>4103</v>
+      </c>
+      <c r="T21">
+        <v>221938</v>
+      </c>
+      <c r="U21">
+        <v>3460</v>
+      </c>
+      <c r="V21" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:23">
+      <c r="A22" t="s">
+        <v>15</v>
+      </c>
+      <c r="B22">
+        <v>101266</v>
+      </c>
+      <c r="C22" t="s">
+        <v>155</v>
+      </c>
+      <c r="D22" t="s">
+        <v>154</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>104</v>
+      </c>
+      <c r="G22">
+        <v>1</v>
+      </c>
+      <c r="H22" t="s">
+        <v>10</v>
+      </c>
+      <c r="J22" t="s">
+        <v>84</v>
+      </c>
+      <c r="L22" t="s">
+        <v>153</v>
+      </c>
+      <c r="M22" t="s">
+        <v>63</v>
+      </c>
+      <c r="N22" t="s">
+        <v>20</v>
+      </c>
+      <c r="O22" t="s">
+        <v>19</v>
+      </c>
+      <c r="P22" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>17</v>
+      </c>
+      <c r="R22" t="s">
+        <v>16</v>
+      </c>
+      <c r="S22">
+        <v>4196</v>
+      </c>
+      <c r="T22">
+        <v>226543</v>
+      </c>
+      <c r="U22">
+        <v>3553</v>
+      </c>
+      <c r="V22" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:23">
+      <c r="A23" t="s">
+        <v>15</v>
+      </c>
+      <c r="B23">
+        <v>101321</v>
+      </c>
+      <c r="C23" t="s">
+        <v>152</v>
+      </c>
+      <c r="D23" t="s">
+        <v>151</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>48</v>
+      </c>
+      <c r="G23">
+        <v>1</v>
+      </c>
+      <c r="H23" t="s">
+        <v>10</v>
+      </c>
+      <c r="J23" t="s">
+        <v>124</v>
+      </c>
+      <c r="L23" t="s">
+        <v>150</v>
+      </c>
+      <c r="M23" t="s">
+        <v>21</v>
+      </c>
+      <c r="N23" t="s">
+        <v>20</v>
+      </c>
+      <c r="O23" t="s">
+        <v>19</v>
+      </c>
+      <c r="P23" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>17</v>
+      </c>
+      <c r="R23" t="s">
+        <v>16</v>
+      </c>
+      <c r="S23">
+        <v>4197</v>
+      </c>
+      <c r="T23">
+        <v>227812</v>
+      </c>
+      <c r="U23">
+        <v>3554</v>
+      </c>
+      <c r="V23" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:23">
+      <c r="A24" t="s">
+        <v>15</v>
+      </c>
+      <c r="B24">
+        <v>101387</v>
+      </c>
+      <c r="C24" t="s">
+        <v>145</v>
+      </c>
+      <c r="D24" t="s">
+        <v>144</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>143</v>
+      </c>
+      <c r="G24">
+        <v>2</v>
+      </c>
+      <c r="H24" t="s">
+        <v>10</v>
+      </c>
+      <c r="J24" t="s">
+        <v>149</v>
+      </c>
+      <c r="K24" t="s">
+        <v>148</v>
+      </c>
+      <c r="L24" t="s">
+        <v>147</v>
+      </c>
+      <c r="M24" t="s">
+        <v>146</v>
+      </c>
+      <c r="N24" t="s">
+        <v>99</v>
+      </c>
+      <c r="O24" t="s">
+        <v>19</v>
+      </c>
+      <c r="P24" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>17</v>
+      </c>
+      <c r="R24" t="s">
+        <v>16</v>
+      </c>
+      <c r="S24">
+        <v>4118</v>
+      </c>
+      <c r="T24">
+        <v>231685</v>
+      </c>
+      <c r="U24">
+        <v>3475</v>
+      </c>
+      <c r="V24" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:23">
+      <c r="A25" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25">
+        <v>101387</v>
+      </c>
+      <c r="C25" t="s">
+        <v>145</v>
+      </c>
+      <c r="D25" t="s">
+        <v>144</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>143</v>
+      </c>
+      <c r="G25">
+        <v>2</v>
+      </c>
+      <c r="H25" t="s">
+        <v>10</v>
+      </c>
+      <c r="J25" t="s">
+        <v>37</v>
+      </c>
+      <c r="K25" t="s">
+        <v>142</v>
+      </c>
+      <c r="L25" t="s">
+        <v>141</v>
+      </c>
+      <c r="M25" t="s">
+        <v>140</v>
+      </c>
+      <c r="N25" t="s">
+        <v>57</v>
+      </c>
+      <c r="O25" t="s">
+        <v>108</v>
+      </c>
+      <c r="P25" t="s">
+        <v>139</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>11</v>
+      </c>
+      <c r="R25" t="s">
+        <v>138</v>
+      </c>
+      <c r="S25">
+        <v>4103</v>
+      </c>
+      <c r="T25">
+        <v>231685</v>
+      </c>
+      <c r="U25">
+        <v>3460</v>
+      </c>
+      <c r="V25" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:23">
+      <c r="A26" t="s">
+        <v>15</v>
+      </c>
+      <c r="B26">
+        <v>101437</v>
+      </c>
+      <c r="C26" t="s">
+        <v>137</v>
+      </c>
+      <c r="D26" t="s">
+        <v>136</v>
+      </c>
+      <c r="E26" t="s">
+        <v>74</v>
+      </c>
+      <c r="F26" t="s">
+        <v>135</v>
+      </c>
+      <c r="G26">
+        <v>1</v>
+      </c>
+      <c r="H26" t="s">
+        <v>10</v>
+      </c>
+      <c r="J26" t="s">
+        <v>134</v>
+      </c>
+      <c r="L26" t="s">
+        <v>133</v>
+      </c>
+      <c r="M26" t="s">
+        <v>132</v>
+      </c>
+      <c r="N26" t="s">
+        <v>81</v>
+      </c>
+      <c r="O26" t="s">
+        <v>80</v>
+      </c>
+      <c r="P26" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>48</v>
+      </c>
+      <c r="R26" t="s">
+        <v>131</v>
+      </c>
+      <c r="S26">
+        <v>4120</v>
+      </c>
+      <c r="T26">
+        <v>235847</v>
+      </c>
+      <c r="U26">
+        <v>3477</v>
+      </c>
+      <c r="V26" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:23">
+      <c r="A27" t="s">
+        <v>15</v>
+      </c>
+      <c r="B27">
+        <v>101507</v>
+      </c>
+      <c r="C27" t="s">
+        <v>130</v>
+      </c>
+      <c r="D27" t="s">
+        <v>129</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27">
+        <v>2</v>
+      </c>
+      <c r="H27" t="s">
+        <v>10</v>
+      </c>
+      <c r="J27" t="s">
+        <v>37</v>
+      </c>
+      <c r="K27" t="s">
+        <v>128</v>
+      </c>
+      <c r="L27" t="s">
+        <v>127</v>
+      </c>
+      <c r="M27" t="s">
+        <v>41</v>
+      </c>
+      <c r="N27" t="s">
+        <v>5</v>
+      </c>
+      <c r="O27" t="s">
+        <v>27</v>
+      </c>
+      <c r="P27" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>2</v>
+      </c>
+      <c r="R27" t="s">
+        <v>40</v>
+      </c>
+      <c r="S27">
+        <v>4195</v>
+      </c>
+      <c r="T27">
+        <v>240097</v>
+      </c>
+      <c r="U27">
+        <v>3552</v>
+      </c>
+      <c r="V27" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:23">
+      <c r="A28" t="s">
+        <v>15</v>
+      </c>
+      <c r="B28">
+        <v>187113</v>
+      </c>
+      <c r="C28" t="s">
+        <v>126</v>
+      </c>
+      <c r="D28" t="s">
+        <v>125</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>113</v>
+      </c>
+      <c r="G28">
+        <v>1</v>
+      </c>
+      <c r="H28" t="s">
+        <v>10</v>
+      </c>
+      <c r="J28" t="s">
+        <v>124</v>
+      </c>
+      <c r="L28" t="s">
+        <v>123</v>
+      </c>
+      <c r="M28" t="s">
+        <v>21</v>
+      </c>
+      <c r="N28" t="s">
+        <v>20</v>
+      </c>
+      <c r="O28" t="s">
+        <v>19</v>
+      </c>
+      <c r="P28" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>17</v>
+      </c>
+      <c r="R28" t="s">
+        <v>16</v>
+      </c>
+      <c r="S28">
+        <v>4197</v>
+      </c>
+      <c r="T28">
+        <v>252717</v>
+      </c>
+      <c r="U28">
+        <v>3554</v>
+      </c>
+      <c r="V28" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:23">
+      <c r="A29" t="s">
+        <v>15</v>
+      </c>
+      <c r="B29">
+        <v>187157</v>
+      </c>
+      <c r="C29" t="s">
+        <v>122</v>
+      </c>
+      <c r="D29" t="s">
+        <v>121</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>78</v>
+      </c>
+      <c r="G29">
+        <v>1</v>
+      </c>
+      <c r="H29" t="s">
+        <v>47</v>
+      </c>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="L29" t="s">
+        <v>120</v>
+      </c>
+      <c r="M29" t="s">
+        <v>21</v>
+      </c>
+      <c r="N29" t="s">
+        <v>20</v>
+      </c>
+      <c r="O29" t="s">
+        <v>19</v>
+      </c>
+      <c r="P29" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>17</v>
+      </c>
+      <c r="R29" t="s">
+        <v>16</v>
+      </c>
+      <c r="S29">
+        <v>4197</v>
+      </c>
+      <c r="T29">
+        <v>257238</v>
+      </c>
+      <c r="U29">
+        <v>3554</v>
+      </c>
+      <c r="V29" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:23">
+      <c r="A30" t="s">
+        <v>15</v>
+      </c>
+      <c r="B30">
+        <v>187158</v>
+      </c>
+      <c r="C30" t="s">
+        <v>119</v>
+      </c>
+      <c r="D30" t="s">
+        <v>118</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>78</v>
+      </c>
+      <c r="G30">
+        <v>1</v>
+      </c>
+      <c r="H30" t="s">
+        <v>10</v>
+      </c>
+      <c r="J30" t="s">
+        <v>117</v>
+      </c>
+      <c r="L30" t="s">
+        <v>116</v>
+      </c>
+      <c r="M30" t="s">
+        <v>63</v>
+      </c>
+      <c r="N30" t="s">
+        <v>20</v>
+      </c>
+      <c r="O30" t="s">
+        <v>19</v>
+      </c>
+      <c r="P30" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>17</v>
+      </c>
+      <c r="R30" t="s">
+        <v>16</v>
+      </c>
+      <c r="S30">
+        <v>4196</v>
+      </c>
+      <c r="T30">
+        <v>257239</v>
+      </c>
+      <c r="U30">
+        <v>3553</v>
+      </c>
+      <c r="V30" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:23">
+      <c r="A31" t="s">
+        <v>15</v>
+      </c>
+      <c r="B31">
+        <v>187211</v>
+      </c>
+      <c r="C31" t="s">
+        <v>115</v>
+      </c>
+      <c r="D31" t="s">
+        <v>114</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>113</v>
+      </c>
+      <c r="G31">
+        <v>2</v>
+      </c>
+      <c r="H31" t="s">
+        <v>10</v>
+      </c>
+      <c r="J31" t="s">
+        <v>112</v>
+      </c>
+      <c r="K31" t="s">
+        <v>111</v>
+      </c>
+      <c r="L31" t="s">
+        <v>110</v>
+      </c>
+      <c r="M31" t="s">
+        <v>109</v>
+      </c>
+      <c r="N31" t="s">
+        <v>99</v>
+      </c>
+      <c r="O31" t="s">
+        <v>108</v>
+      </c>
+      <c r="P31" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>17</v>
+      </c>
+      <c r="R31" t="s">
+        <v>107</v>
+      </c>
+      <c r="S31">
+        <v>4117</v>
+      </c>
+      <c r="T31">
+        <v>261370</v>
+      </c>
+      <c r="U31">
+        <v>3474</v>
+      </c>
+      <c r="V31" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:23">
+      <c r="A32" t="s">
+        <v>15</v>
+      </c>
+      <c r="B32">
+        <v>187282</v>
+      </c>
+      <c r="C32" t="s">
+        <v>106</v>
+      </c>
+      <c r="D32" t="s">
+        <v>105</v>
+      </c>
+      <c r="E32" t="s">
+        <v>74</v>
+      </c>
+      <c r="F32" t="s">
+        <v>104</v>
+      </c>
+      <c r="G32">
+        <v>1</v>
+      </c>
+      <c r="H32" t="s">
+        <v>10</v>
+      </c>
+      <c r="J32" t="s">
+        <v>103</v>
+      </c>
+      <c r="K32" t="s">
+        <v>102</v>
+      </c>
+      <c r="L32" t="s">
+        <v>101</v>
+      </c>
+      <c r="M32" t="s">
+        <v>100</v>
+      </c>
+      <c r="N32" t="s">
+        <v>99</v>
+      </c>
+      <c r="O32" t="s">
+        <v>98</v>
+      </c>
+      <c r="P32" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>48</v>
+      </c>
+      <c r="R32" t="s">
+        <v>96</v>
+      </c>
+      <c r="S32">
+        <v>4124</v>
+      </c>
+      <c r="T32">
+        <v>263977</v>
+      </c>
+      <c r="U32">
+        <v>3481</v>
+      </c>
+      <c r="V32" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:23">
+      <c r="A33" t="s">
+        <v>15</v>
+      </c>
+      <c r="B33">
+        <v>187309</v>
+      </c>
+      <c r="C33" t="s">
+        <v>95</v>
+      </c>
+      <c r="D33" t="s">
+        <v>94</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>52</v>
+      </c>
+      <c r="G33">
+        <v>1</v>
+      </c>
+      <c r="H33" t="s">
+        <v>47</v>
+      </c>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="L33" t="s">
+        <v>93</v>
+      </c>
+      <c r="M33" t="s">
+        <v>63</v>
+      </c>
+      <c r="N33" t="s">
+        <v>20</v>
+      </c>
+      <c r="O33" t="s">
+        <v>19</v>
+      </c>
+      <c r="P33" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>17</v>
+      </c>
+      <c r="R33" t="s">
+        <v>16</v>
+      </c>
+      <c r="S33">
+        <v>4196</v>
+      </c>
+      <c r="T33">
+        <v>266609</v>
+      </c>
+      <c r="U33">
+        <v>3553</v>
+      </c>
+      <c r="V33" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:23">
+      <c r="A34" t="s">
+        <v>15</v>
+      </c>
+      <c r="B34">
+        <v>187349</v>
+      </c>
+      <c r="C34" t="s">
+        <v>92</v>
+      </c>
+      <c r="D34" t="s">
+        <v>91</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34">
+        <v>1</v>
+      </c>
+      <c r="H34" t="s">
+        <v>10</v>
+      </c>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="L34" t="s">
+        <v>90</v>
+      </c>
+      <c r="M34" t="s">
+        <v>63</v>
+      </c>
+      <c r="N34" t="s">
+        <v>20</v>
+      </c>
+      <c r="O34" t="s">
+        <v>19</v>
+      </c>
+      <c r="P34" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>17</v>
+      </c>
+      <c r="R34" t="s">
+        <v>16</v>
+      </c>
+      <c r="S34">
+        <v>4196</v>
+      </c>
+      <c r="T34">
+        <v>268500</v>
+      </c>
+      <c r="U34">
+        <v>3553</v>
+      </c>
+      <c r="V34" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:23">
+      <c r="A35" t="s">
+        <v>15</v>
+      </c>
+      <c r="B35">
+        <v>187357</v>
+      </c>
+      <c r="C35" t="s">
+        <v>88</v>
+      </c>
+      <c r="D35" t="s">
+        <v>87</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>52</v>
+      </c>
+      <c r="G35">
+        <v>1</v>
+      </c>
+      <c r="H35" t="s">
+        <v>10</v>
+      </c>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="L35" t="s">
+        <v>89</v>
+      </c>
+      <c r="M35" t="s">
+        <v>21</v>
+      </c>
+      <c r="N35" t="s">
+        <v>20</v>
+      </c>
+      <c r="O35" t="s">
+        <v>19</v>
+      </c>
+      <c r="P35" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>17</v>
+      </c>
+      <c r="R35" t="s">
+        <v>16</v>
+      </c>
+      <c r="S35">
+        <v>4197</v>
+      </c>
+      <c r="T35">
+        <v>269475</v>
+      </c>
+      <c r="U35">
+        <v>3554</v>
+      </c>
+      <c r="V35" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:23">
+      <c r="A36" t="s">
+        <v>15</v>
+      </c>
+      <c r="B36">
+        <v>187357</v>
+      </c>
+      <c r="C36" t="s">
+        <v>88</v>
+      </c>
+      <c r="D36" t="s">
+        <v>87</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>52</v>
+      </c>
+      <c r="G36">
+        <v>2</v>
+      </c>
+      <c r="H36" t="s">
+        <v>10</v>
+      </c>
+      <c r="J36" t="s">
+        <v>37</v>
+      </c>
+      <c r="K36" t="s">
+        <v>86</v>
+      </c>
+      <c r="L36" t="s">
+        <v>85</v>
+      </c>
+      <c r="M36" t="s">
+        <v>28</v>
+      </c>
+      <c r="N36" t="s">
+        <v>5</v>
+      </c>
+      <c r="O36" t="s">
+        <v>27</v>
+      </c>
+      <c r="P36" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>2</v>
+      </c>
+      <c r="R36" t="s">
+        <v>26</v>
+      </c>
+      <c r="S36">
+        <v>4193</v>
+      </c>
+      <c r="T36">
+        <v>269475</v>
+      </c>
+      <c r="U36">
+        <v>3550</v>
+      </c>
+      <c r="V36" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:23">
+      <c r="A37" t="s">
+        <v>15</v>
+      </c>
+      <c r="B37">
+        <v>187400</v>
+      </c>
+      <c r="C37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D37" t="s">
+        <v>75</v>
+      </c>
+      <c r="E37" t="s">
+        <v>74</v>
+      </c>
+      <c r="F37" t="s">
+        <v>48</v>
+      </c>
+      <c r="G37">
+        <v>1</v>
+      </c>
+      <c r="H37" t="s">
+        <v>10</v>
+      </c>
+      <c r="J37" t="s">
+        <v>84</v>
+      </c>
+      <c r="L37" t="s">
+        <v>83</v>
+      </c>
+      <c r="M37" t="s">
+        <v>82</v>
+      </c>
+      <c r="N37" t="s">
+        <v>81</v>
+      </c>
+      <c r="O37" t="s">
+        <v>80</v>
+      </c>
+      <c r="P37" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>78</v>
+      </c>
+      <c r="R37" t="s">
+        <v>77</v>
+      </c>
+      <c r="S37">
+        <v>4144</v>
+      </c>
+      <c r="T37">
+        <v>271453</v>
+      </c>
+      <c r="U37">
+        <v>3501</v>
+      </c>
+      <c r="V37" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:23">
+      <c r="A38" t="s">
+        <v>15</v>
+      </c>
+      <c r="B38">
+        <v>187400</v>
+      </c>
+      <c r="C38" t="s">
+        <v>76</v>
+      </c>
+      <c r="D38" t="s">
+        <v>75</v>
+      </c>
+      <c r="E38" t="s">
+        <v>74</v>
+      </c>
+      <c r="F38" t="s">
+        <v>48</v>
+      </c>
+      <c r="G38">
+        <v>2</v>
+      </c>
+      <c r="H38" t="s">
+        <v>10</v>
+      </c>
+      <c r="J38" t="s">
+        <v>37</v>
+      </c>
+      <c r="K38" t="s">
+        <v>73</v>
+      </c>
+      <c r="L38" t="s">
+        <v>72</v>
+      </c>
+      <c r="M38" t="s">
+        <v>71</v>
+      </c>
+      <c r="N38" t="s">
+        <v>57</v>
+      </c>
+      <c r="O38" t="s">
+        <v>27</v>
+      </c>
+      <c r="P38" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>69</v>
+      </c>
+      <c r="R38" t="s">
+        <v>68</v>
+      </c>
+      <c r="S38">
+        <v>4112</v>
+      </c>
+      <c r="T38">
+        <v>271453</v>
+      </c>
+      <c r="U38">
+        <v>3469</v>
+      </c>
+      <c r="V38" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:23">
+      <c r="A39" t="s">
+        <v>15</v>
+      </c>
+      <c r="B39">
+        <v>187402</v>
+      </c>
+      <c r="C39" t="s">
+        <v>67</v>
+      </c>
+      <c r="D39" t="s">
+        <v>66</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>48</v>
+      </c>
+      <c r="G39">
+        <v>1</v>
+      </c>
+      <c r="H39" t="s">
+        <v>10</v>
+      </c>
+      <c r="J39" t="s">
+        <v>65</v>
+      </c>
+      <c r="L39" t="s">
+        <v>64</v>
+      </c>
+      <c r="M39" t="s">
+        <v>63</v>
+      </c>
+      <c r="N39" t="s">
+        <v>20</v>
+      </c>
+      <c r="O39" t="s">
+        <v>19</v>
+      </c>
+      <c r="P39" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>17</v>
+      </c>
+      <c r="R39" t="s">
+        <v>16</v>
+      </c>
+      <c r="S39">
+        <v>4196</v>
+      </c>
+      <c r="T39">
+        <v>271455</v>
+      </c>
+      <c r="U39">
+        <v>3553</v>
+      </c>
+      <c r="V39" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:23">
+      <c r="A40" t="s">
+        <v>15</v>
+      </c>
+      <c r="B40">
+        <v>187407</v>
+      </c>
+      <c r="C40" t="s">
+        <v>62</v>
+      </c>
+      <c r="D40" t="s">
+        <v>61</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>2</v>
+      </c>
+      <c r="G40">
+        <v>2</v>
+      </c>
+      <c r="H40" t="s">
+        <v>47</v>
+      </c>
+      <c r="J40" t="s">
+        <v>37</v>
+      </c>
+      <c r="K40" t="s">
+        <v>60</v>
+      </c>
+      <c r="L40" t="s">
+        <v>59</v>
+      </c>
+      <c r="M40" t="s">
+        <v>58</v>
+      </c>
+      <c r="N40" t="s">
+        <v>57</v>
+      </c>
+      <c r="O40" t="s">
+        <v>19</v>
+      </c>
+      <c r="P40" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>32</v>
+      </c>
+      <c r="R40" t="s">
+        <v>55</v>
+      </c>
+      <c r="S40">
+        <v>4108</v>
+      </c>
+      <c r="T40">
+        <v>271600</v>
+      </c>
+      <c r="U40">
+        <v>3465</v>
+      </c>
+      <c r="V40" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:23">
+      <c r="A41" t="s">
+        <v>15</v>
+      </c>
+      <c r="B41">
+        <v>187445</v>
+      </c>
+      <c r="C41" t="s">
+        <v>54</v>
+      </c>
+      <c r="D41" t="s">
+        <v>53</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>52</v>
+      </c>
+      <c r="G41">
+        <v>1</v>
+      </c>
+      <c r="H41" t="s">
+        <v>47</v>
+      </c>
+      <c r="J41" t="s">
+        <v>23</v>
+      </c>
+      <c r="L41" t="s">
+        <v>51</v>
+      </c>
+      <c r="M41" t="s">
+        <v>21</v>
+      </c>
+      <c r="N41" t="s">
+        <v>20</v>
+      </c>
+      <c r="O41" t="s">
+        <v>19</v>
+      </c>
+      <c r="P41" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>17</v>
+      </c>
+      <c r="R41" t="s">
+        <v>16</v>
+      </c>
+      <c r="S41">
+        <v>4197</v>
+      </c>
+      <c r="T41">
+        <v>274751</v>
+      </c>
+      <c r="U41">
+        <v>3554</v>
+      </c>
+      <c r="V41" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:23">
+      <c r="A42" t="s">
+        <v>15</v>
+      </c>
+      <c r="B42">
+        <v>187455</v>
+      </c>
+      <c r="C42" t="s">
+        <v>50</v>
+      </c>
+      <c r="D42" t="s">
+        <v>49</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>48</v>
+      </c>
+      <c r="G42">
+        <v>1</v>
+      </c>
+      <c r="H42" t="s">
+        <v>47</v>
+      </c>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="L42" t="s">
+        <v>46</v>
+      </c>
+      <c r="M42" t="s">
+        <v>21</v>
+      </c>
+      <c r="N42" t="s">
+        <v>20</v>
+      </c>
+      <c r="O42" t="s">
+        <v>19</v>
+      </c>
+      <c r="P42" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>17</v>
+      </c>
+      <c r="R42" t="s">
+        <v>16</v>
+      </c>
+      <c r="S42">
+        <v>4197</v>
+      </c>
+      <c r="T42">
+        <v>275135</v>
+      </c>
+      <c r="U42">
+        <v>3554</v>
+      </c>
+      <c r="V42" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:23">
+      <c r="A43" t="s">
+        <v>15</v>
+      </c>
+      <c r="B43">
+        <v>187475</v>
+      </c>
+      <c r="C43" t="s">
+        <v>45</v>
+      </c>
+      <c r="D43" t="s">
+        <v>44</v>
+      </c>
+      <c r="E43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" t="s">
+        <v>2</v>
+      </c>
+      <c r="G43">
+        <v>2</v>
+      </c>
+      <c r="H43" t="s">
+        <v>10</v>
+      </c>
+      <c r="J43" t="s">
+        <v>37</v>
+      </c>
+      <c r="K43" t="s">
+        <v>43</v>
+      </c>
+      <c r="L43" t="s">
+        <v>42</v>
+      </c>
+      <c r="M43" t="s">
+        <v>41</v>
+      </c>
+      <c r="N43" t="s">
+        <v>5</v>
+      </c>
+      <c r="O43" t="s">
+        <v>27</v>
+      </c>
+      <c r="P43" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>2</v>
+      </c>
+      <c r="R43" t="s">
+        <v>40</v>
+      </c>
+      <c r="S43">
+        <v>4195</v>
+      </c>
+      <c r="T43">
+        <v>276549</v>
+      </c>
+      <c r="U43">
+        <v>3552</v>
+      </c>
+      <c r="V43" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:23">
+      <c r="A44" t="s">
+        <v>15</v>
+      </c>
+      <c r="B44">
+        <v>187524</v>
+      </c>
+      <c r="C44" t="s">
+        <v>39</v>
+      </c>
+      <c r="D44" t="s">
+        <v>38</v>
+      </c>
+      <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>2</v>
+      </c>
+      <c r="G44">
+        <v>2</v>
+      </c>
+      <c r="H44" t="s">
+        <v>10</v>
+      </c>
+      <c r="J44" t="s">
+        <v>37</v>
+      </c>
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44" t="s">
+        <v>35</v>
+      </c>
+      <c r="M44" t="s">
+        <v>28</v>
+      </c>
+      <c r="N44" t="s">
+        <v>5</v>
+      </c>
+      <c r="O44" t="s">
+        <v>27</v>
+      </c>
+      <c r="P44" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>2</v>
+      </c>
+      <c r="R44" t="s">
+        <v>26</v>
+      </c>
+      <c r="S44">
+        <v>4193</v>
+      </c>
+      <c r="T44">
+        <v>279770</v>
+      </c>
+      <c r="U44">
+        <v>3550</v>
+      </c>
+      <c r="V44" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:23">
+      <c r="A45" t="s">
+        <v>15</v>
+      </c>
+      <c r="B45">
+        <v>187538</v>
+      </c>
+      <c r="C45" t="s">
+        <v>34</v>
+      </c>
+      <c r="D45" t="s">
+        <v>33</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>32</v>
+      </c>
+      <c r="G45">
+        <v>2</v>
+      </c>
+      <c r="H45" t="s">
+        <v>10</v>
+      </c>
+      <c r="J45" t="s">
+        <v>31</v>
+      </c>
+      <c r="K45" t="s">
+        <v>30</v>
+      </c>
+      <c r="L45" t="s">
+        <v>29</v>
+      </c>
+      <c r="M45" t="s">
+        <v>28</v>
+      </c>
+      <c r="N45" t="s">
+        <v>5</v>
+      </c>
+      <c r="O45" t="s">
+        <v>27</v>
+      </c>
+      <c r="P45" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>2</v>
+      </c>
+      <c r="R45" t="s">
+        <v>26</v>
+      </c>
+      <c r="S45">
+        <v>4193</v>
+      </c>
+      <c r="T45">
+        <v>280495</v>
+      </c>
+      <c r="U45">
+        <v>3550</v>
+      </c>
+      <c r="V45" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:23">
+      <c r="A46" t="s">
+        <v>15</v>
+      </c>
+      <c r="B46">
+        <v>187617</v>
+      </c>
+      <c r="C46" t="s">
+        <v>25</v>
+      </c>
+      <c r="D46" t="s">
+        <v>24</v>
+      </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>17</v>
+      </c>
+      <c r="G46">
+        <v>1</v>
+      </c>
+      <c r="H46" t="s">
+        <v>10</v>
+      </c>
+      <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="L46" t="s">
+        <v>22</v>
+      </c>
+      <c r="M46" t="s">
+        <v>21</v>
+      </c>
+      <c r="N46" t="s">
+        <v>20</v>
+      </c>
+      <c r="O46" t="s">
+        <v>19</v>
+      </c>
+      <c r="P46" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>17</v>
+      </c>
+      <c r="R46" t="s">
+        <v>16</v>
+      </c>
+      <c r="S46">
+        <v>4197</v>
+      </c>
+      <c r="T46">
+        <v>285843</v>
+      </c>
+      <c r="U46">
+        <v>3554</v>
+      </c>
+      <c r="V46" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:23">
+      <c r="A47" t="s">
+        <v>15</v>
+      </c>
+      <c r="B47">
+        <v>187624</v>
+      </c>
+      <c r="C47" t="s">
+        <v>14</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47">
+        <v>2</v>
+      </c>
+      <c r="H47" t="s">
+        <v>10</v>
+      </c>
+      <c r="J47" t="s">
         <v>9</v>
       </c>
-      <c r="K21" t="s">
+      <c r="K47" t="s">
         <v>8</v>
       </c>
-      <c r="L21" t="s">
+      <c r="L47" t="s">
         <v>7</v>
       </c>
-      <c r="M21" t="s">
+      <c r="M47" t="s">
         <v>6</v>
       </c>
-      <c r="N21" t="s">
+      <c r="N47" t="s">
         <v>5</v>
       </c>
-      <c r="O21" t="s">
+      <c r="O47" t="s">
         <v>4</v>
       </c>
-      <c r="P21" t="s">
+      <c r="P47" t="s">
         <v>3</v>
       </c>
-      <c r="Q21" t="s">
+      <c r="Q47" t="s">
         <v>2</v>
       </c>
-      <c r="R21" t="s">
+      <c r="R47" t="s">
         <v>1</v>
       </c>
-      <c r="S21">
+      <c r="S47">
         <v>4198</v>
       </c>
-      <c r="T21">
+      <c r="T47">
         <v>286181</v>
       </c>
-      <c r="U21">
+      <c r="U47">
         <v>3555</v>
       </c>
-      <c r="V21" t="s">
+      <c r="V47" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:W21"/>
-  <conditionalFormatting sqref="G3:G21">
+  <autoFilter ref="A2:W47"/>
+  <conditionalFormatting sqref="G3:G47">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>