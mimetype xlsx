--- v2 (2026-01-09)
+++ v3 (2026-02-01)
@@ -7,509 +7,855 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$47</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$80</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="413">
   <si>
     <t>NK</t>
   </si>
   <si>
+    <t>Men's Provisional Round Normal Hill HS109/10.0 Km</t>
+  </si>
+  <si>
+    <t>AUT</t>
+  </si>
+  <si>
+    <t>Seefeld</t>
+  </si>
+  <si>
+    <t>PRN</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>29.01.2026</t>
+  </si>
+  <si>
+    <t>29.01.2026 11:46</t>
+  </si>
+  <si>
+    <t>Lost UKR quota due to red card in previous competition. He should be not on start - NPS</t>
+  </si>
+  <si>
+    <t>Other, Over quota due to red card</t>
+  </si>
+  <si>
+    <t>Not permitted to start (NPS)</t>
+  </si>
+  <si>
+    <t>UKR</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>Oleksandr</t>
+  </si>
+  <si>
+    <t>SHUMBARETS</t>
+  </si>
+  <si>
+    <t>Team</t>
+  </si>
+  <si>
+    <t>Men's Individual Gundersen Large Hill HS118/5,0 Km</t>
+  </si>
+  <si>
+    <t>FRA</t>
+  </si>
+  <si>
+    <t>Chaux-Neuve</t>
+  </si>
+  <si>
+    <t>GUL</t>
+  </si>
+  <si>
+    <t>FESA</t>
+  </si>
+  <si>
+    <t>11.01.2026</t>
+  </si>
+  <si>
+    <t>11.01.2026 09:41</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.7 - Crotch control</t>
+  </si>
+  <si>
+    <t>Rostyslav</t>
+  </si>
+  <si>
+    <t>Kostreiuk</t>
+  </si>
+  <si>
+    <t>Athlete</t>
+  </si>
+  <si>
     <t>Men's Individual Gundersen Medium Hill HS66/3.2 Km</t>
   </si>
   <si>
-    <t>AUT</t>
-[...1 lines deleted...]
-  <si>
     <t>Tschagguns</t>
   </si>
   <si>
     <t>GUM</t>
   </si>
   <si>
-    <t>FESA</t>
-[...1 lines deleted...]
-  <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>25.10.2025 14:05</t>
   </si>
   <si>
     <t>ICR531.3.4 Obstructed intentionally</t>
   </si>
   <si>
     <t>525.2.10 - Obstruction</t>
   </si>
   <si>
     <t>Disqualification (DSQ)</t>
   </si>
   <si>
     <t>GER</t>
   </si>
   <si>
-    <t>M</t>
-[...1 lines deleted...]
-  <si>
     <t>Luca</t>
   </si>
   <si>
     <t>GAFFAL</t>
   </si>
   <si>
-    <t>Athlete</t>
-[...1 lines deleted...]
-  <si>
     <t>Men's Individual Gundersen Large Hill HS142/10,0 Km</t>
   </si>
   <si>
     <t>FIN</t>
   </si>
   <si>
     <t>Ruka</t>
   </si>
   <si>
-    <t>GUL</t>
-[...1 lines deleted...]
-  <si>
     <t>COC</t>
   </si>
   <si>
     <t>14.12.2025</t>
   </si>
   <si>
     <t>14.12.2025 10:06</t>
   </si>
   <si>
-    <t>SCE C 4.4.7 - Crotch control</t>
-[...1 lines deleted...]
-  <si>
     <t>Marcus</t>
   </si>
   <si>
     <t>KAARIAINEN</t>
   </si>
   <si>
     <t>Men's Individual Gundersen Normal Hill HS103/10,0 Km</t>
   </si>
   <si>
     <t>GUN</t>
   </si>
   <si>
     <t>06.09.2025</t>
   </si>
   <si>
     <t>06.09.2025 14:40</t>
   </si>
   <si>
     <t>5 second too early start. We have talk with coach during the race. After race athlete DSQ</t>
   </si>
   <si>
     <t>525.2.14 - Early start for a competitor</t>
   </si>
   <si>
-    <t>FRA</t>
-[...1 lines deleted...]
-  <si>
     <t>Manek</t>
   </si>
   <si>
     <t>OBEZ</t>
   </si>
   <si>
+    <t>Women's Individual Gundersen Normal Hill HS109/5,0 Km</t>
+  </si>
+  <si>
+    <t>Eisenerz</t>
+  </si>
+  <si>
+    <t>16.01.2026</t>
+  </si>
+  <si>
+    <t>16.01.2026 11:51</t>
+  </si>
+  <si>
+    <t>Suit exceeds allowed size bx 3 cm</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>Laly</t>
+  </si>
+  <si>
+    <t>PINGAT</t>
+  </si>
+  <si>
     <t>06.09.2025 11:40</t>
   </si>
   <si>
     <t>SCE C4.4 - Tolerance - upper body +5cm</t>
   </si>
   <si>
     <t>222 - Competition equipment</t>
   </si>
   <si>
     <t>Felix</t>
   </si>
   <si>
     <t>MUEHLTHALER</t>
   </si>
   <si>
     <t>Men's Individual Gundersen Normal Hill HS103/5,0 Km</t>
   </si>
   <si>
     <t>07.09.2025</t>
   </si>
   <si>
     <t>07.09.2025 11:32</t>
   </si>
   <si>
     <t>SCE C4.4 - tolerance - Suit exceed side at lower body by 6cm</t>
   </si>
   <si>
     <t>Tobias</t>
   </si>
   <si>
     <t>AICHHORN</t>
   </si>
   <si>
     <t>14.12.2025 10:32</t>
   </si>
   <si>
-    <t>Not permitted to start (NPS)</t>
-[...1 lines deleted...]
-  <si>
     <t>NOR</t>
   </si>
   <si>
     <t>Sverre Kumar</t>
   </si>
   <si>
     <t>LUNDEBY</t>
   </si>
   <si>
     <t>14.12.2025 10:11</t>
   </si>
   <si>
-    <t>UKR</t>
-[...1 lines deleted...]
-  <si>
     <t>Vladyslav</t>
   </si>
   <si>
     <t>DVORETSKYI</t>
   </si>
   <si>
+    <t>11.01.2026 09:28</t>
+  </si>
+  <si>
+    <t>Gabin</t>
+  </si>
+  <si>
+    <t>HATON</t>
+  </si>
+  <si>
     <t>Men's Individual Gundersen Large Hill HS118/10,0 Km</t>
   </si>
   <si>
     <t>Chaux Neuve</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>30.08.2025</t>
   </si>
   <si>
     <t>30.08.2025 12:43</t>
   </si>
   <si>
     <t>SCE 4</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>THUER</t>
   </si>
   <si>
     <t>13.12.2025</t>
   </si>
   <si>
     <t>12.12.2025 16:05</t>
   </si>
   <si>
     <t>SCE C 4.7.1 - Violation of start control procedure</t>
   </si>
   <si>
     <t>Alvin</t>
   </si>
   <si>
     <t>LE</t>
   </si>
   <si>
-    <t>Women's Individual Gundersen Normal Hill HS109/5,0 Km</t>
+    <t>Men's Individual Mass Start Normal Hill HS109/10.0 Km</t>
+  </si>
+  <si>
+    <t>MSN</t>
+  </si>
+  <si>
+    <t>WC</t>
+  </si>
+  <si>
+    <t>30.01.2026</t>
+  </si>
+  <si>
+    <t>30.01.2026 15:12</t>
+  </si>
+  <si>
+    <t>+1,5cm</t>
   </si>
   <si>
     <t>ITA</t>
   </si>
   <si>
     <t>Val Di Fiemme</t>
   </si>
   <si>
     <t>19.09.2025</t>
   </si>
   <si>
     <t>19.09.2025 10:35</t>
   </si>
   <si>
     <t>SCE 4 - waist +1cm</t>
   </si>
   <si>
-    <t>W</t>
-[...1 lines deleted...]
-  <si>
     <t>Nora Helene</t>
   </si>
   <si>
     <t>EVANS</t>
   </si>
   <si>
     <t>Women's Provisional Round Normal Hill HS97/5,0 Km</t>
   </si>
   <si>
     <t>EST</t>
   </si>
   <si>
     <t>Otepää</t>
   </si>
   <si>
-    <t>PRN</t>
-[...4 lines deleted...]
-  <si>
     <t>08.01.2026</t>
   </si>
   <si>
     <t>08.01.2026 09:25</t>
   </si>
   <si>
     <t>SCE C 4.4.6 - Leg length</t>
   </si>
   <si>
+    <t>Men's Individual Gundersen Normal Hill HS109/10,0 Km</t>
+  </si>
+  <si>
+    <t>16.01.2026 12:27</t>
+  </si>
+  <si>
+    <t>Suit exceeds allowed size by 70 mm</t>
+  </si>
+  <si>
+    <t>SLO</t>
+  </si>
+  <si>
+    <t>Timon</t>
+  </si>
+  <si>
+    <t>BRGLEZ</t>
+  </si>
+  <si>
+    <t>Women's Provisional Round Normal Hill HS109/5.0 Km</t>
+  </si>
+  <si>
+    <t>29.01.2026 09:57</t>
+  </si>
+  <si>
+    <t>+3cm</t>
+  </si>
+  <si>
+    <t>Romane</t>
+  </si>
+  <si>
+    <t>BAUD</t>
+  </si>
+  <si>
     <t>06.09.2025 11:05</t>
   </si>
   <si>
     <t>SCE C4.4 - tolerance / suit - waist +3cm</t>
   </si>
   <si>
     <t>Illia</t>
   </si>
   <si>
     <t>CHEBOLDA</t>
   </si>
   <si>
     <t>14.12.2025 10:03</t>
   </si>
   <si>
+    <t>Women's Express Race Normal Hill HS1091,0 Km</t>
+  </si>
+  <si>
+    <t>ERN</t>
+  </si>
+  <si>
+    <t>17.01.2026</t>
+  </si>
+  <si>
+    <t>17.01.2026 10:22</t>
+  </si>
+  <si>
+    <t>Suit exceeds allowed size by 15mm</t>
+  </si>
+  <si>
+    <t>Amelie</t>
+  </si>
+  <si>
+    <t>STEINER</t>
+  </si>
+  <si>
     <t>13.12.2025 10:10</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>RAISANEN</t>
   </si>
   <si>
+    <t>Women's Individual Gundersen Normal Hill HS100/5,0 Km</t>
+  </si>
+  <si>
+    <t>Oberhof</t>
+  </si>
+  <si>
+    <t>18.01.2026</t>
+  </si>
+  <si>
+    <t>18.01.2026 08:58</t>
+  </si>
+  <si>
+    <t>SCE C 1.2.1.1 - Ski length / Too long ski</t>
+  </si>
+  <si>
+    <t>Ingrid</t>
+  </si>
+  <si>
+    <t>LAATE</t>
+  </si>
+  <si>
     <t>12.12.2025 16:10</t>
   </si>
   <si>
     <t>Maksym</t>
   </si>
   <si>
     <t>PROKOPIUK</t>
   </si>
   <si>
     <t>Women's Individual Mass Start Normal Hill HS102/5,0 Km</t>
   </si>
   <si>
     <t>Trondheim</t>
   </si>
   <si>
-    <t>MSN</t>
-[...4 lines deleted...]
-  <si>
     <t>06.12.2025</t>
   </si>
   <si>
     <t>06.12.2025 15:20</t>
   </si>
   <si>
     <t>no Remarks</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, +2cm</t>
   </si>
   <si>
-    <t>SLO</t>
-[...1 lines deleted...]
-  <si>
     <t>Tia</t>
   </si>
   <si>
     <t>MALOVRH</t>
   </si>
   <si>
+    <t>16.01.2026 10:36</t>
+  </si>
+  <si>
+    <t>PCR competition:
+Suit exceeds allowed size by 20 mm</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>KREZE</t>
+  </si>
+  <si>
+    <t>16.01.2026 12:21</t>
+  </si>
+  <si>
+    <t>Suit exceeds allowed size by 40 mm</t>
+  </si>
+  <si>
+    <t>Matias</t>
+  </si>
+  <si>
+    <t>AARNA</t>
+  </si>
+  <si>
     <t>Men's Individual Compact Large Hill HS142/7,5 Km</t>
   </si>
   <si>
     <t>ICL</t>
   </si>
   <si>
     <t>28.11.2025</t>
   </si>
   <si>
     <t>28.11.2025 16:37</t>
   </si>
   <si>
     <t>The athlete was informed of the infranction after the finish line. The coach was informed of possible disqualification of his athlete in the track during the competition.</t>
   </si>
   <si>
     <t>ICR 531.3.3 - Violates the rules using transponder CC, 525.2.7.5 If transponders or GPS are used it is mandatory for the competitors to wear these equipment.</t>
   </si>
   <si>
     <t>JPN</t>
   </si>
   <si>
     <t>Atsushi</t>
   </si>
   <si>
     <t>NARITA</t>
   </si>
   <si>
+    <t>Men's Individual Compact Large Hill HS140/7,5 Km</t>
+  </si>
+  <si>
+    <t>Klingenthal</t>
+  </si>
+  <si>
+    <t>09.01.2026</t>
+  </si>
+  <si>
+    <t>09.01.2026 16:00</t>
+  </si>
+  <si>
+    <t>One pair of skis of each team were tested before  the race. Threre was found that JPN ski was red. Jury decided to let athlete race but decided also to test all the skis for team athletes after the race. 
+At hearing JPN coach (temporary) told he bought ski wax from local sport shop. Jury disqualified all athletes.</t>
+  </si>
+  <si>
+    <t>ICR 531.1.3.8 - Fluorinated ski wax prohibition JP/CC</t>
+  </si>
+  <si>
+    <t>Kaisei</t>
+  </si>
+  <si>
+    <t>MORI</t>
+  </si>
+  <si>
+    <t>Men's Provisional Round Large Hill HS140/10.0 Km</t>
+  </si>
+  <si>
+    <t>PRL</t>
+  </si>
+  <si>
+    <t>10.01.2026</t>
+  </si>
+  <si>
+    <t>10.01.2026 09:38</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, exceeds allowed size by35mm</t>
+  </si>
+  <si>
+    <t>POL</t>
+  </si>
+  <si>
+    <t>Kacper</t>
+  </si>
+  <si>
+    <t>JARZABEK</t>
+  </si>
+  <si>
+    <t>16.01.2026 11:52</t>
+  </si>
+  <si>
+    <t>Giada</t>
+  </si>
+  <si>
+    <t>DELUGAN</t>
+  </si>
+  <si>
     <t>12.12.2025 16:07</t>
   </si>
   <si>
     <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm</t>
   </si>
   <si>
     <t>Fred</t>
   </si>
   <si>
     <t>GUSTAVSON</t>
   </si>
   <si>
     <t>14.12.2025 10:04</t>
   </si>
   <si>
     <t>Karel</t>
   </si>
   <si>
     <t>PASTARUS</t>
   </si>
   <si>
+    <t>16.01.2026 10:27</t>
+  </si>
+  <si>
+    <t>PCR Competition
+Suit exceeds allowed size by 40 mm</t>
+  </si>
+  <si>
+    <t>SUI</t>
+  </si>
+  <si>
+    <t>Noe</t>
+  </si>
+  <si>
+    <t>KEMPF</t>
+  </si>
+  <si>
+    <t>Kyotaro</t>
+  </si>
+  <si>
+    <t>YAMAZAKI</t>
+  </si>
+  <si>
     <t>14.12.2025 10:25</t>
   </si>
   <si>
-    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm</t>
-[...1 lines deleted...]
-  <si>
     <t>Takuya</t>
   </si>
   <si>
     <t>NAKAZAWA</t>
   </si>
   <si>
+    <t>Women's Individual Compact Normal Hill HS97/5,0 Km</t>
+  </si>
+  <si>
+    <t>ICN</t>
+  </si>
+  <si>
+    <t>11.01.2026 12:25</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, + 2</t>
+  </si>
+  <si>
+    <t>Nathalie</t>
+  </si>
+  <si>
+    <t>ARMBRUSTER</t>
+  </si>
+  <si>
+    <t>Men's Individual Gundersen Large Hill HS140/10,0 Km</t>
+  </si>
+  <si>
+    <t>11.01.2026 11:13</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.6 - Leg length, exceeds allowed size by 6mm</t>
+  </si>
+  <si>
+    <t>LIEGL</t>
+  </si>
+  <si>
     <t>07.09.2025 11:05</t>
   </si>
   <si>
     <t>SCE C4.4 - tolerance - suit exceeds size at waist +6cm</t>
   </si>
   <si>
     <t>Johann</t>
   </si>
   <si>
     <t>UNGER</t>
   </si>
   <si>
+    <t>16.01.2026 11:00</t>
+  </si>
+  <si>
+    <t>PCR Competition
+Suit exceeds allowed size by 20 mm</t>
+  </si>
+  <si>
+    <t>Benedikt</t>
+  </si>
+  <si>
+    <t>GRAEBERT</t>
+  </si>
+  <si>
+    <t>10.01.2026 10:30</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, Suit exceeds allowed size by 30mm</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>Carter</t>
+  </si>
+  <si>
+    <t>BRUBAKER</t>
+  </si>
+  <si>
     <t>Women's Provisional Round Normal Hill HS102/5,0 Km</t>
   </si>
   <si>
     <t>04.12.2025</t>
   </si>
   <si>
     <t>04.12.2025 15:40</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, Suit +2cm</t>
   </si>
   <si>
-    <t>POL</t>
-[...1 lines deleted...]
-  <si>
     <t>Joanna</t>
   </si>
   <si>
     <t>KIL</t>
   </si>
   <si>
     <t>Men's Individual Compact Large Hill HS137/7,5 Km</t>
   </si>
   <si>
     <t>Oberstdorf</t>
   </si>
   <si>
     <t>27.08.2025</t>
   </si>
   <si>
     <t>27.08.2025 19:06</t>
   </si>
   <si>
     <t>SCE waist +3cm</t>
   </si>
   <si>
     <t>CHN</t>
   </si>
   <si>
     <t>Jiawen</t>
   </si>
   <si>
     <t>ZHAO</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>29.11.2025 15:25</t>
   </si>
   <si>
     <t>Sanction imposed DSQ</t>
   </si>
   <si>
     <t>ICR 531.1.3.8 - Fluorinated ski wax prohibition JP/CC, 222.8 Fluorinated ski wax prohibition</t>
   </si>
   <si>
+    <t>Men's Individual Compact Normal Hill HS97/7.5 Km</t>
+  </si>
+  <si>
+    <t>11.01.2026 13:40</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, + 3.5</t>
+  </si>
+  <si>
+    <t>16.01.2026 12:55</t>
+  </si>
+  <si>
+    <t>CZE</t>
+  </si>
+  <si>
+    <t>Lukas</t>
+  </si>
+  <si>
+    <t>DOLEZAL</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, exceeds allowed size by20mm</t>
+  </si>
+  <si>
+    <t>Torje</t>
+  </si>
+  <si>
+    <t>SELJESET</t>
+  </si>
+  <si>
     <t>14.12.2025 10:39</t>
   </si>
   <si>
     <t>Even Leinan</t>
   </si>
   <si>
     <t>Lund</t>
   </si>
   <si>
     <t>12.12.2025 16:25</t>
   </si>
   <si>
     <t>Matic</t>
   </si>
   <si>
     <t>GARBAJS</t>
   </si>
   <si>
     <t>27.08.2025 19:09</t>
   </si>
   <si>
     <t>SCE 4 waist +2cm</t>
   </si>
   <si>
     <t>Tristan</t>
@@ -520,134 +866,230 @@
   <si>
     <t>Women's Individual Mass Start Normal Hill HS98/5,0 Km</t>
   </si>
   <si>
     <t>Ramsau</t>
   </si>
   <si>
     <t>19.12.2025</t>
   </si>
   <si>
     <t>19.12.2025 12:32</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, + 2cm</t>
   </si>
   <si>
     <t>Greta</t>
   </si>
   <si>
     <t>PINZANI</t>
   </si>
   <si>
     <t>30.08.2025 12:53</t>
   </si>
   <si>
-    <t>Oleksandr</t>
-[...2 lines deleted...]
-    <t>SHUMBARETS</t>
+    <t>Yuya</t>
+  </si>
+  <si>
+    <t>YAMAMOTO</t>
   </si>
   <si>
     <t>19.09.2025 10:40</t>
   </si>
   <si>
     <t>Lisa</t>
   </si>
   <si>
     <t>HIRNER</t>
   </si>
   <si>
     <t>Team Normal Hill HS109</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>20.09.2025</t>
   </si>
   <si>
     <t>20.09.2025 10:09</t>
   </si>
   <si>
     <t>SCE4, Suit - Crotch</t>
   </si>
   <si>
-    <t>CZE</t>
-[...1 lines deleted...]
-  <si>
     <t>Jiri</t>
   </si>
   <si>
     <t>KONVALINKA</t>
   </si>
   <si>
+    <t>Women's Provisional Round Normal Hill HS100/5,0 Km</t>
+  </si>
+  <si>
+    <t>16.01.2026 09:55</t>
+  </si>
+  <si>
+    <t>Silva</t>
+  </si>
+  <si>
+    <t>VERBIC</t>
+  </si>
+  <si>
     <t>19.12.2025 12:28</t>
   </si>
   <si>
     <t>Tereza</t>
   </si>
   <si>
     <t>KOLDOVSKA</t>
   </si>
   <si>
+    <t>Men's Individual Compact Large Hill HS100/7,5 Km</t>
+  </si>
+  <si>
+    <t>Schonach</t>
+  </si>
+  <si>
+    <t>30.01.2026 11:05</t>
+  </si>
+  <si>
+    <t>Radim</t>
+  </si>
+  <si>
+    <t>SUDEK</t>
+  </si>
+  <si>
     <t>19.09.2025 10:37</t>
   </si>
   <si>
     <t>SCE 4 - arm -0.7cm</t>
   </si>
   <si>
     <t>Lena</t>
   </si>
   <si>
     <t>BROCARD</t>
   </si>
   <si>
+    <t>Taiki</t>
+  </si>
+  <si>
+    <t>CHIBA</t>
+  </si>
+  <si>
     <t>Men's Individual Mass Start Normal Hill HS102/10,0 Km</t>
   </si>
   <si>
     <t>06.12.2025 16:24</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, broken zipper</t>
   </si>
   <si>
     <t>Sora</t>
   </si>
   <si>
     <t>YACHI</t>
   </si>
   <si>
     <t>12.12.2025 16:49</t>
   </si>
   <si>
     <t>Andreas</t>
   </si>
   <si>
     <t>OTTESEN</t>
   </si>
   <si>
+    <t>09.01.2026 12:40</t>
+  </si>
+  <si>
+    <t>Three times air permeability less than 40 liters.</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.9 - Air permeability of suit material / *with possible additional explanation</t>
+  </si>
+  <si>
+    <t>Disqualification (DSQ), Disqualification (DSQ)</t>
+  </si>
+  <si>
+    <t>16.01.2026 12:44</t>
+  </si>
+  <si>
+    <t>Suit exceeds allowed size by 30 mm</t>
+  </si>
+  <si>
+    <t>Stefano</t>
+  </si>
+  <si>
+    <t>RADOVAN</t>
+  </si>
+  <si>
+    <t>11.01.2026 13:30</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, +1,5</t>
+  </si>
+  <si>
+    <t>Iacopo</t>
+  </si>
+  <si>
+    <t>BORTOLAS</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, exceeds allowed size by 25mm</t>
+  </si>
+  <si>
+    <t>Nico</t>
+  </si>
+  <si>
+    <t>ZARUCCHI</t>
+  </si>
+  <si>
+    <t>Men's Individual Gundersen Normal Hill HS97/10,0 Km</t>
+  </si>
+  <si>
+    <t>10.01.2026 17:15</t>
+  </si>
+  <si>
+    <t>ICR 526 - Missing starting bib JP/CC, ICR 207.1.3</t>
+  </si>
+  <si>
+    <t>250CHF</t>
+  </si>
+  <si>
+    <t>Monetary Fine</t>
+  </si>
+  <si>
+    <t>Einar Luraas</t>
+  </si>
+  <si>
+    <t>OFTEBRO</t>
+  </si>
+  <si>
     <t>Women's Individual Gundersen Normal Hill HS102/5,0 Km</t>
   </si>
   <si>
     <t>05.12.2025</t>
   </si>
   <si>
     <t>05.12.2025 14:45</t>
   </si>
   <si>
     <t>Athelts changed her intended direction in the finish area, before the corridors, because the other athlete wanted to pass on the left. There was about 50 cm of space left. According to ICR 525.2.16, she can choose the best line, but she cannot obstruct an athlete approaching from behind. It was very close to being an obstruction</t>
   </si>
   <si>
     <t>Other, 525.2.16</t>
   </si>
   <si>
     <t>Verbal Reprimand</t>
   </si>
   <si>
     <t>Ida Marie</t>
   </si>
   <si>
     <t>HAGEN</t>
   </si>
   <si>
     <t>27.08.2025 18:52</t>
@@ -655,72 +1097,78 @@
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>ANDERSEN</t>
   </si>
   <si>
     <t>14.12.2025 10:48</t>
   </si>
   <si>
     <t>Mael</t>
   </si>
   <si>
     <t>TYRODE</t>
   </si>
   <si>
     <t>Men's Provisional Round Normal Hill HS102/10,0 Km</t>
   </si>
   <si>
     <t>05.12.2025 12:20</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, Suit +1cm</t>
   </si>
   <si>
-    <t>SUI</t>
-[...1 lines deleted...]
-  <si>
     <t>Pascal</t>
   </si>
   <si>
     <t>MUELLER</t>
   </si>
   <si>
     <t>Men's Individual Mass Start Normal Hill HS98/10,0 Km</t>
   </si>
   <si>
     <t>19.12.2025 13:40</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, Crotch</t>
   </si>
   <si>
     <t>Dmytro</t>
   </si>
   <si>
     <t>MAZURCHUK</t>
+  </si>
+  <si>
+    <t>Men's Provisional Round Normal Hill HS100/10,0 Km</t>
+  </si>
+  <si>
+    <t>16.01.2026 12:47</t>
+  </si>
+  <si>
+    <t>Suit Preinspection Croch</t>
   </si>
   <si>
     <t>28.11.2025 14:04</t>
   </si>
   <si>
     <t>SCE C 4 - Suit</t>
   </si>
   <si>
     <t>SKOGLUND</t>
   </si>
   <si>
     <t>27.08.2025 19:34</t>
   </si>
   <si>
     <t>SCE 4 knee +2cm</t>
   </si>
   <si>
     <t>Ilkka</t>
   </si>
   <si>
     <t>HEROLA</t>
   </si>
   <si>
     <t>Men's Provisional Round Normal Hill HS98/10,0 Km</t>
   </si>
@@ -1201,3013 +1649,5116 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W47"/>
+  <dimension ref="A1:W80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="59.557" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.14" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="390.333" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="21.281" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
-        <v>264</v>
+        <v>412</v>
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="1" t="s">
-        <v>263</v>
+        <v>411</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>262</v>
+        <v>410</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>261</v>
+        <v>409</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>260</v>
+        <v>408</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>259</v>
+        <v>407</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>258</v>
+        <v>406</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>257</v>
+        <v>405</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>256</v>
+        <v>404</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>255</v>
+        <v>403</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>254</v>
+        <v>402</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>253</v>
+        <v>401</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>252</v>
+        <v>400</v>
       </c>
       <c r="M2" s="1" t="s">
-        <v>251</v>
+        <v>399</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>250</v>
+        <v>398</v>
       </c>
       <c r="O2" s="1" t="s">
-        <v>249</v>
+        <v>397</v>
       </c>
       <c r="P2" s="1" t="s">
-        <v>248</v>
+        <v>396</v>
       </c>
       <c r="Q2" s="1" t="s">
-        <v>247</v>
+        <v>395</v>
       </c>
       <c r="R2" s="1" t="s">
-        <v>246</v>
+        <v>394</v>
       </c>
       <c r="S2" s="1" t="s">
-        <v>245</v>
+        <v>393</v>
       </c>
       <c r="T2" s="1" t="s">
-        <v>244</v>
+        <v>392</v>
       </c>
       <c r="U2" s="1" t="s">
-        <v>243</v>
+        <v>391</v>
       </c>
       <c r="V2" s="1" t="s">
-        <v>242</v>
+        <v>390</v>
       </c>
       <c r="W2" s="1" t="s">
-        <v>241</v>
+        <v>389</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B3">
         <v>1562</v>
       </c>
       <c r="C3" t="s">
-        <v>240</v>
+        <v>388</v>
       </c>
       <c r="D3" t="s">
-        <v>239</v>
+        <v>387</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>69</v>
+        <v>103</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J3" t="s">
-        <v>238</v>
+        <v>386</v>
       </c>
       <c r="L3" t="s">
-        <v>237</v>
+        <v>385</v>
       </c>
       <c r="M3" t="s">
-        <v>82</v>
+        <v>113</v>
       </c>
       <c r="N3" t="s">
-        <v>81</v>
+        <v>5</v>
       </c>
       <c r="O3" t="s">
-        <v>80</v>
+        <v>4</v>
       </c>
       <c r="P3" t="s">
-        <v>79</v>
+        <v>112</v>
       </c>
       <c r="Q3" t="s">
-        <v>78</v>
+        <v>111</v>
       </c>
       <c r="R3" t="s">
-        <v>236</v>
+        <v>384</v>
       </c>
       <c r="S3">
         <v>4145</v>
       </c>
       <c r="T3">
         <v>124114</v>
       </c>
       <c r="U3">
         <v>3502</v>
       </c>
       <c r="V3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B4">
         <v>100167</v>
       </c>
       <c r="C4" t="s">
-        <v>235</v>
+        <v>383</v>
       </c>
       <c r="D4" t="s">
-        <v>234</v>
+        <v>382</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>78</v>
+        <v>111</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J4" t="s">
-        <v>218</v>
+        <v>363</v>
       </c>
       <c r="L4" t="s">
-        <v>233</v>
+        <v>381</v>
       </c>
       <c r="M4" t="s">
-        <v>162</v>
+        <v>276</v>
       </c>
       <c r="N4" t="s">
         <v>99</v>
       </c>
       <c r="O4" t="s">
         <v>98</v>
       </c>
       <c r="P4" t="s">
-        <v>161</v>
+        <v>275</v>
       </c>
       <c r="Q4" t="s">
         <v>2</v>
       </c>
       <c r="R4" t="s">
-        <v>216</v>
+        <v>361</v>
       </c>
       <c r="S4">
         <v>4135</v>
       </c>
       <c r="T4">
         <v>161576</v>
       </c>
       <c r="U4">
         <v>3492</v>
       </c>
       <c r="V4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B5">
         <v>100269</v>
       </c>
       <c r="C5" t="s">
-        <v>232</v>
+        <v>380</v>
       </c>
       <c r="D5" t="s">
-        <v>205</v>
+        <v>351</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>178</v>
+        <v>258</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J5" t="s">
-        <v>231</v>
+        <v>379</v>
       </c>
       <c r="L5" t="s">
-        <v>230</v>
+        <v>378</v>
       </c>
       <c r="M5" t="s">
-        <v>229</v>
+        <v>377</v>
       </c>
       <c r="N5" t="s">
-        <v>81</v>
+        <v>5</v>
       </c>
       <c r="O5" t="s">
-        <v>80</v>
+        <v>4</v>
       </c>
       <c r="P5" t="s">
-        <v>161</v>
+        <v>275</v>
       </c>
       <c r="Q5" t="s">
         <v>2</v>
       </c>
       <c r="R5" t="s">
-        <v>228</v>
+        <v>376</v>
       </c>
       <c r="S5">
         <v>4133</v>
       </c>
       <c r="T5">
         <v>166512</v>
       </c>
       <c r="U5">
         <v>3490</v>
       </c>
       <c r="V5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B6">
         <v>100308</v>
       </c>
       <c r="C6" t="s">
-        <v>227</v>
+        <v>375</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>374</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="G6">
         <v>2</v>
       </c>
       <c r="H6" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J6" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="K6" t="s">
-        <v>225</v>
+        <v>373</v>
       </c>
       <c r="L6" t="s">
-        <v>224</v>
+        <v>372</v>
       </c>
       <c r="M6" t="s">
-        <v>140</v>
+        <v>244</v>
       </c>
       <c r="N6" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="O6" t="s">
-        <v>108</v>
+        <v>169</v>
       </c>
       <c r="P6" t="s">
-        <v>139</v>
+        <v>243</v>
       </c>
       <c r="Q6" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="R6" t="s">
-        <v>138</v>
+        <v>242</v>
       </c>
       <c r="S6">
         <v>4103</v>
       </c>
       <c r="T6">
         <v>171139</v>
       </c>
       <c r="U6">
         <v>3460</v>
       </c>
       <c r="V6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B7">
         <v>100566</v>
       </c>
       <c r="C7" t="s">
-        <v>223</v>
+        <v>371</v>
       </c>
       <c r="D7" t="s">
-        <v>194</v>
+        <v>318</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J7" t="s">
-        <v>222</v>
+        <v>370</v>
       </c>
       <c r="L7" t="s">
-        <v>221</v>
+        <v>369</v>
       </c>
       <c r="M7" t="s">
-        <v>109</v>
+        <v>170</v>
       </c>
       <c r="N7" t="s">
         <v>99</v>
       </c>
       <c r="O7" t="s">
-        <v>108</v>
+        <v>169</v>
       </c>
       <c r="P7" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="Q7" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="R7" t="s">
-        <v>107</v>
+        <v>168</v>
       </c>
       <c r="S7">
         <v>4117</v>
       </c>
       <c r="T7">
         <v>189544</v>
       </c>
       <c r="U7">
         <v>3474</v>
       </c>
       <c r="V7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B8">
         <v>100611</v>
       </c>
       <c r="C8" t="s">
-        <v>220</v>
+        <v>365</v>
       </c>
       <c r="D8" t="s">
-        <v>219</v>
+        <v>364</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="G8">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H8" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J8" t="s">
-        <v>218</v>
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>368</v>
       </c>
       <c r="L8" t="s">
-        <v>217</v>
+        <v>367</v>
       </c>
       <c r="M8" t="s">
-        <v>162</v>
+        <v>56</v>
       </c>
       <c r="N8" t="s">
-        <v>99</v>
+        <v>5</v>
       </c>
       <c r="O8" t="s">
-        <v>98</v>
+        <v>4</v>
       </c>
       <c r="P8" t="s">
-        <v>161</v>
+        <v>143</v>
       </c>
       <c r="Q8" t="s">
-        <v>2</v>
+        <v>35</v>
       </c>
       <c r="R8" t="s">
-        <v>216</v>
+        <v>366</v>
       </c>
       <c r="S8">
-        <v>4135</v>
+        <v>4153</v>
       </c>
       <c r="T8">
         <v>193561</v>
       </c>
       <c r="U8">
-        <v>3492</v>
+        <v>3510</v>
       </c>
       <c r="V8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B9">
-        <v>100623</v>
+        <v>100611</v>
       </c>
       <c r="C9" t="s">
-        <v>215</v>
+        <v>365</v>
       </c>
       <c r="D9" t="s">
-        <v>214</v>
+        <v>364</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>213</v>
+        <v>11</v>
       </c>
       <c r="G9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H9" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J9" t="s">
-        <v>212</v>
+        <v>363</v>
       </c>
       <c r="L9" t="s">
-        <v>211</v>
+        <v>362</v>
       </c>
       <c r="M9" t="s">
-        <v>197</v>
+        <v>276</v>
       </c>
       <c r="N9" t="s">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="O9" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="P9" t="s">
-        <v>97</v>
+        <v>275</v>
       </c>
       <c r="Q9" t="s">
-        <v>48</v>
+        <v>2</v>
       </c>
       <c r="R9" t="s">
-        <v>210</v>
+        <v>361</v>
       </c>
       <c r="S9">
-        <v>4122</v>
+        <v>4135</v>
       </c>
       <c r="T9">
-        <v>193925</v>
+        <v>193561</v>
       </c>
       <c r="U9">
-        <v>3479</v>
+        <v>3492</v>
       </c>
       <c r="V9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B10">
-        <v>100625</v>
+        <v>100623</v>
       </c>
       <c r="C10" t="s">
-        <v>209</v>
+        <v>360</v>
       </c>
       <c r="D10" t="s">
-        <v>208</v>
+        <v>359</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>32</v>
+        <v>205</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J10" t="s">
-        <v>124</v>
+        <v>358</v>
       </c>
       <c r="L10" t="s">
-        <v>207</v>
+        <v>357</v>
       </c>
       <c r="M10" t="s">
-        <v>21</v>
+        <v>343</v>
       </c>
       <c r="N10" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="O10" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P10" t="s">
-        <v>18</v>
+        <v>153</v>
       </c>
       <c r="Q10" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="R10" t="s">
-        <v>16</v>
+        <v>356</v>
       </c>
       <c r="S10">
-        <v>4197</v>
+        <v>4122</v>
       </c>
       <c r="T10">
-        <v>194080</v>
+        <v>193925</v>
       </c>
       <c r="U10">
-        <v>3554</v>
+        <v>3479</v>
       </c>
       <c r="V10" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B11">
-        <v>100716</v>
+        <v>100625</v>
       </c>
       <c r="C11" t="s">
-        <v>206</v>
+        <v>355</v>
       </c>
       <c r="D11" t="s">
-        <v>205</v>
+        <v>354</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G11">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H11" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J11" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>59</v>
       </c>
       <c r="L11" t="s">
-        <v>204</v>
+        <v>353</v>
       </c>
       <c r="M11" t="s">
-        <v>140</v>
+        <v>42</v>
       </c>
       <c r="N11" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="O11" t="s">
-        <v>108</v>
+        <v>19</v>
       </c>
       <c r="P11" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="Q11" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="R11" t="s">
-        <v>138</v>
+        <v>38</v>
       </c>
       <c r="S11">
-        <v>4103</v>
+        <v>4197</v>
       </c>
       <c r="T11">
-        <v>196699</v>
+        <v>194080</v>
       </c>
       <c r="U11">
-        <v>3460</v>
+        <v>3554</v>
       </c>
       <c r="V11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B12">
-        <v>100733</v>
+        <v>100716</v>
       </c>
       <c r="C12" t="s">
-        <v>203</v>
+        <v>352</v>
       </c>
       <c r="D12" t="s">
-        <v>202</v>
+        <v>351</v>
       </c>
       <c r="E12" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="G12">
         <v>2</v>
       </c>
       <c r="H12" t="s">
-        <v>201</v>
+        <v>34</v>
       </c>
       <c r="J12" t="s">
-        <v>200</v>
+        <v>65</v>
       </c>
       <c r="K12" t="s">
-        <v>199</v>
+        <v>271</v>
       </c>
       <c r="L12" t="s">
-        <v>198</v>
+        <v>350</v>
       </c>
       <c r="M12" t="s">
-        <v>197</v>
+        <v>244</v>
       </c>
       <c r="N12" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="O12" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="P12" t="s">
-        <v>97</v>
+        <v>243</v>
       </c>
       <c r="Q12" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="R12" t="s">
-        <v>196</v>
+        <v>242</v>
       </c>
       <c r="S12">
-        <v>4121</v>
+        <v>4103</v>
       </c>
       <c r="T12">
-        <v>196877</v>
+        <v>196699</v>
       </c>
       <c r="U12">
-        <v>3478</v>
+        <v>3460</v>
       </c>
       <c r="V12" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B13">
-        <v>100914</v>
+        <v>100733</v>
       </c>
       <c r="C13" t="s">
-        <v>195</v>
+        <v>349</v>
       </c>
       <c r="D13" t="s">
-        <v>194</v>
+        <v>348</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="F13" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="G13">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H13" t="s">
-        <v>10</v>
+        <v>347</v>
       </c>
       <c r="J13" t="s">
-        <v>124</v>
+        <v>346</v>
+      </c>
+      <c r="K13" t="s">
+        <v>345</v>
       </c>
       <c r="L13" t="s">
-        <v>193</v>
+        <v>344</v>
       </c>
       <c r="M13" t="s">
-        <v>63</v>
+        <v>343</v>
       </c>
       <c r="N13" t="s">
-        <v>20</v>
+        <v>99</v>
       </c>
       <c r="O13" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="P13" t="s">
-        <v>18</v>
+        <v>153</v>
       </c>
       <c r="Q13" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="R13" t="s">
-        <v>16</v>
+        <v>342</v>
       </c>
       <c r="S13">
-        <v>4196</v>
+        <v>4121</v>
       </c>
       <c r="T13">
-        <v>204658</v>
+        <v>196877</v>
       </c>
       <c r="U13">
-        <v>3553</v>
+        <v>3478</v>
       </c>
       <c r="V13" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B14">
-        <v>101060</v>
+        <v>100797</v>
       </c>
       <c r="C14" t="s">
-        <v>192</v>
+        <v>341</v>
       </c>
       <c r="D14" t="s">
-        <v>191</v>
+        <v>340</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>113</v>
+        <v>75</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14" t="s">
-        <v>10</v>
+        <v>339</v>
+      </c>
+      <c r="I14" t="s">
+        <v>338</v>
       </c>
       <c r="J14" t="s">
-        <v>190</v>
+        <v>337</v>
       </c>
       <c r="L14" t="s">
-        <v>189</v>
+        <v>336</v>
       </c>
       <c r="M14" t="s">
-        <v>100</v>
+        <v>187</v>
       </c>
       <c r="N14" t="s">
         <v>99</v>
       </c>
       <c r="O14" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="P14" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="Q14" t="s">
-        <v>48</v>
+        <v>111</v>
       </c>
       <c r="R14" t="s">
-        <v>188</v>
+        <v>335</v>
       </c>
       <c r="S14">
-        <v>4123</v>
+        <v>4149</v>
       </c>
       <c r="T14">
-        <v>211028</v>
+        <v>200998</v>
       </c>
       <c r="U14">
-        <v>3480</v>
+        <v>3506</v>
       </c>
       <c r="V14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B15">
-        <v>101072</v>
+        <v>100880</v>
       </c>
       <c r="C15" t="s">
+        <v>334</v>
+      </c>
+      <c r="D15" t="s">
+        <v>333</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>205</v>
+      </c>
+      <c r="G15">
+        <v>1</v>
+      </c>
+      <c r="H15" t="s">
+        <v>34</v>
+      </c>
+      <c r="J15" t="s">
+        <v>332</v>
+      </c>
+      <c r="L15" t="s">
+        <v>188</v>
+      </c>
+      <c r="M15" t="s">
         <v>187</v>
       </c>
-      <c r="D15" t="s">
+      <c r="N15" t="s">
+        <v>5</v>
+      </c>
+      <c r="O15" t="s">
         <v>186</v>
       </c>
-      <c r="E15" t="s">
-[...14 lines deleted...]
-      <c r="K15" t="s">
+      <c r="P15" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>35</v>
+      </c>
+      <c r="R15" t="s">
         <v>185</v>
       </c>
-      <c r="L15" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="S15">
-        <v>4112</v>
+        <v>4285</v>
       </c>
       <c r="T15">
-        <v>212341</v>
+        <v>204215</v>
       </c>
       <c r="U15">
-        <v>3469</v>
+        <v>3642</v>
       </c>
       <c r="V15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B16">
-        <v>101095</v>
+        <v>100896</v>
       </c>
       <c r="C16" t="s">
-        <v>183</v>
+        <v>331</v>
       </c>
       <c r="D16" t="s">
-        <v>182</v>
+        <v>330</v>
       </c>
       <c r="E16" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>178</v>
+        <v>103</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="H16" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J16" t="s">
-        <v>103</v>
+        <v>329</v>
       </c>
       <c r="L16" t="s">
-        <v>181</v>
+        <v>328</v>
       </c>
       <c r="M16" t="s">
-        <v>162</v>
+        <v>21</v>
       </c>
       <c r="N16" t="s">
         <v>99</v>
       </c>
       <c r="O16" t="s">
-        <v>98</v>
+        <v>214</v>
       </c>
       <c r="P16" t="s">
-        <v>161</v>
+        <v>112</v>
       </c>
       <c r="Q16" t="s">
-        <v>2</v>
+        <v>111</v>
       </c>
       <c r="R16" t="s">
-        <v>160</v>
+        <v>254</v>
       </c>
       <c r="S16">
-        <v>4134</v>
+        <v>4151</v>
       </c>
       <c r="T16">
-        <v>212812</v>
+        <v>204525</v>
       </c>
       <c r="U16">
-        <v>3491</v>
+        <v>3508</v>
       </c>
       <c r="V16" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B17">
-        <v>101122</v>
+        <v>100899</v>
       </c>
       <c r="C17" t="s">
-        <v>180</v>
+        <v>327</v>
       </c>
       <c r="D17" t="s">
-        <v>179</v>
+        <v>326</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>178</v>
+        <v>103</v>
       </c>
       <c r="G17">
+        <v>1</v>
+      </c>
+      <c r="H17" t="s">
+        <v>34</v>
+      </c>
+      <c r="J17" t="s">
+        <v>59</v>
+      </c>
+      <c r="K17" t="s">
+        <v>325</v>
+      </c>
+      <c r="L17" t="s">
+        <v>324</v>
+      </c>
+      <c r="M17" t="s">
+        <v>56</v>
+      </c>
+      <c r="N17" t="s">
+        <v>41</v>
+      </c>
+      <c r="O17" t="s">
+        <v>47</v>
+      </c>
+      <c r="P17" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q17" t="s">
         <v>2</v>
       </c>
-      <c r="H17" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="R17" t="s">
-        <v>173</v>
+        <v>116</v>
       </c>
       <c r="S17">
-        <v>4113</v>
+        <v>4237</v>
       </c>
       <c r="T17">
-        <v>213443</v>
+        <v>204528</v>
       </c>
       <c r="U17">
-        <v>3470</v>
+        <v>3594</v>
       </c>
       <c r="V17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B18">
-        <v>101144</v>
+        <v>100914</v>
       </c>
       <c r="C18" t="s">
-        <v>172</v>
+        <v>319</v>
       </c>
       <c r="D18" t="s">
-        <v>171</v>
+        <v>318</v>
       </c>
       <c r="E18" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>2</v>
+        <v>75</v>
       </c>
       <c r="G18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H18" t="s">
-        <v>10</v>
+        <v>323</v>
       </c>
       <c r="J18" t="s">
-        <v>37</v>
+        <v>322</v>
       </c>
       <c r="K18" t="s">
-        <v>73</v>
+        <v>321</v>
       </c>
       <c r="L18" t="s">
-        <v>170</v>
+        <v>320</v>
       </c>
       <c r="M18" t="s">
-        <v>71</v>
+        <v>179</v>
       </c>
       <c r="N18" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="O18" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="P18" t="s">
-        <v>70</v>
+        <v>178</v>
       </c>
       <c r="Q18" t="s">
-        <v>69</v>
+        <v>35</v>
       </c>
       <c r="R18" t="s">
-        <v>68</v>
+        <v>177</v>
       </c>
       <c r="S18">
-        <v>4112</v>
+        <v>4205</v>
       </c>
       <c r="T18">
-        <v>217157</v>
+        <v>204658</v>
       </c>
       <c r="U18">
-        <v>3469</v>
+        <v>3562</v>
       </c>
       <c r="V18" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B19">
-        <v>101200</v>
+        <v>100914</v>
       </c>
       <c r="C19" t="s">
-        <v>169</v>
+        <v>319</v>
       </c>
       <c r="D19" t="s">
-        <v>168</v>
+        <v>318</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="G19">
         <v>2</v>
       </c>
       <c r="H19" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J19" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>59</v>
       </c>
       <c r="L19" t="s">
-        <v>167</v>
+        <v>317</v>
       </c>
       <c r="M19" t="s">
-        <v>58</v>
+        <v>92</v>
       </c>
       <c r="N19" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="O19" t="s">
         <v>19</v>
       </c>
       <c r="P19" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="Q19" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="R19" t="s">
-        <v>55</v>
+        <v>38</v>
       </c>
       <c r="S19">
-        <v>4108</v>
+        <v>4196</v>
       </c>
       <c r="T19">
-        <v>220159</v>
+        <v>204658</v>
       </c>
       <c r="U19">
-        <v>3465</v>
+        <v>3553</v>
       </c>
       <c r="V19" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B20">
-        <v>101211</v>
+        <v>101060</v>
       </c>
       <c r="C20" t="s">
-        <v>166</v>
+        <v>316</v>
       </c>
       <c r="D20" t="s">
-        <v>165</v>
+        <v>315</v>
       </c>
       <c r="E20" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>69</v>
+        <v>174</v>
       </c>
       <c r="G20">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H20" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J20" t="s">
-        <v>164</v>
+        <v>314</v>
       </c>
       <c r="L20" t="s">
-        <v>163</v>
+        <v>313</v>
       </c>
       <c r="M20" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="N20" t="s">
         <v>99</v>
       </c>
       <c r="O20" t="s">
         <v>98</v>
       </c>
       <c r="P20" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="Q20" t="s">
-        <v>2</v>
+        <v>75</v>
       </c>
       <c r="R20" t="s">
-        <v>160</v>
+        <v>312</v>
       </c>
       <c r="S20">
-        <v>4134</v>
+        <v>4123</v>
       </c>
       <c r="T20">
-        <v>220986</v>
+        <v>211028</v>
       </c>
       <c r="U20">
-        <v>3491</v>
+        <v>3480</v>
       </c>
       <c r="V20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B21">
-        <v>101232</v>
+        <v>101065</v>
       </c>
       <c r="C21" t="s">
-        <v>159</v>
+        <v>311</v>
       </c>
       <c r="D21" t="s">
-        <v>158</v>
+        <v>310</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>174</v>
       </c>
       <c r="G21">
         <v>2</v>
       </c>
       <c r="H21" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J21" t="s">
-        <v>37</v>
+        <v>182</v>
       </c>
       <c r="K21" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="L21" t="s">
-        <v>156</v>
+        <v>180</v>
       </c>
       <c r="M21" t="s">
-        <v>140</v>
+        <v>179</v>
       </c>
       <c r="N21" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="O21" t="s">
-        <v>108</v>
+        <v>169</v>
       </c>
       <c r="P21" t="s">
-        <v>139</v>
+        <v>178</v>
       </c>
       <c r="Q21" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="R21" t="s">
-        <v>138</v>
+        <v>177</v>
       </c>
       <c r="S21">
-        <v>4103</v>
+        <v>4205</v>
       </c>
       <c r="T21">
-        <v>221938</v>
+        <v>211341</v>
       </c>
       <c r="U21">
-        <v>3460</v>
+        <v>3562</v>
       </c>
       <c r="V21" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B22">
-        <v>101266</v>
+        <v>101072</v>
       </c>
       <c r="C22" t="s">
-        <v>155</v>
+        <v>309</v>
       </c>
       <c r="D22" t="s">
-        <v>154</v>
+        <v>308</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="F22" t="s">
+        <v>17</v>
+      </c>
+      <c r="G22">
+        <v>2</v>
+      </c>
+      <c r="H22" t="s">
+        <v>34</v>
+      </c>
+      <c r="J22" t="s">
+        <v>65</v>
+      </c>
+      <c r="K22" t="s">
+        <v>307</v>
+      </c>
+      <c r="L22" t="s">
+        <v>306</v>
+      </c>
+      <c r="M22" t="s">
+        <v>105</v>
+      </c>
+      <c r="N22" t="s">
+        <v>86</v>
+      </c>
+      <c r="O22" t="s">
+        <v>47</v>
+      </c>
+      <c r="P22" t="s">
         <v>104</v>
       </c>
-      <c r="G22">
-[...22 lines deleted...]
-      </c>
       <c r="Q22" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
       <c r="R22" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="S22">
-        <v>4196</v>
+        <v>4112</v>
       </c>
       <c r="T22">
-        <v>226543</v>
+        <v>212341</v>
       </c>
       <c r="U22">
-        <v>3553</v>
+        <v>3469</v>
       </c>
       <c r="V22" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B23">
-        <v>101321</v>
+        <v>101093</v>
       </c>
       <c r="C23" t="s">
-        <v>152</v>
+        <v>305</v>
       </c>
       <c r="D23" t="s">
-        <v>151</v>
+        <v>304</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>48</v>
+        <v>258</v>
       </c>
       <c r="G23">
         <v>1</v>
       </c>
       <c r="H23" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J23" t="s">
-        <v>124</v>
+        <v>59</v>
       </c>
       <c r="L23" t="s">
-        <v>150</v>
+        <v>303</v>
       </c>
       <c r="M23" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="N23" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="O23" t="s">
-        <v>19</v>
+        <v>169</v>
       </c>
       <c r="P23" t="s">
-        <v>18</v>
+        <v>302</v>
       </c>
       <c r="Q23" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="R23" t="s">
-        <v>16</v>
+        <v>301</v>
       </c>
       <c r="S23">
-        <v>4197</v>
+        <v>4208</v>
       </c>
       <c r="T23">
-        <v>227812</v>
+        <v>212810</v>
       </c>
       <c r="U23">
-        <v>3554</v>
+        <v>3565</v>
       </c>
       <c r="V23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B24">
-        <v>101387</v>
+        <v>101095</v>
       </c>
       <c r="C24" t="s">
-        <v>145</v>
+        <v>300</v>
       </c>
       <c r="D24" t="s">
-        <v>144</v>
+        <v>299</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="F24" t="s">
-        <v>143</v>
+        <v>258</v>
       </c>
       <c r="G24">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H24" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J24" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="L24" t="s">
-        <v>147</v>
+        <v>298</v>
       </c>
       <c r="M24" t="s">
-        <v>146</v>
+        <v>276</v>
       </c>
       <c r="N24" t="s">
         <v>99</v>
       </c>
       <c r="O24" t="s">
-        <v>19</v>
+        <v>98</v>
       </c>
       <c r="P24" t="s">
-        <v>18</v>
+        <v>275</v>
       </c>
       <c r="Q24" t="s">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="R24" t="s">
-        <v>16</v>
+        <v>274</v>
       </c>
       <c r="S24">
-        <v>4118</v>
+        <v>4134</v>
       </c>
       <c r="T24">
-        <v>231685</v>
+        <v>212812</v>
       </c>
       <c r="U24">
-        <v>3475</v>
+        <v>3491</v>
       </c>
       <c r="V24" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B25">
-        <v>101387</v>
+        <v>101108</v>
       </c>
       <c r="C25" t="s">
-        <v>145</v>
+        <v>297</v>
       </c>
       <c r="D25" t="s">
-        <v>144</v>
+        <v>296</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="F25" t="s">
+        <v>119</v>
+      </c>
+      <c r="G25">
+        <v>1</v>
+      </c>
+      <c r="H25" t="s">
+        <v>34</v>
+      </c>
+      <c r="J25" t="s">
+        <v>197</v>
+      </c>
+      <c r="L25" t="s">
+        <v>295</v>
+      </c>
+      <c r="M25" t="s">
+        <v>56</v>
+      </c>
+      <c r="N25" t="s">
+        <v>5</v>
+      </c>
+      <c r="O25" t="s">
+        <v>4</v>
+      </c>
+      <c r="P25" t="s">
         <v>143</v>
       </c>
-      <c r="G25">
-[...25 lines deleted...]
-      </c>
       <c r="Q25" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="R25" t="s">
-        <v>138</v>
+        <v>294</v>
       </c>
       <c r="S25">
-        <v>4103</v>
+        <v>4152</v>
       </c>
       <c r="T25">
-        <v>231685</v>
+        <v>212961</v>
       </c>
       <c r="U25">
-        <v>3460</v>
+        <v>3509</v>
       </c>
       <c r="V25" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B26">
-        <v>101437</v>
+        <v>101122</v>
       </c>
       <c r="C26" t="s">
-        <v>137</v>
+        <v>293</v>
       </c>
       <c r="D26" t="s">
-        <v>136</v>
+        <v>292</v>
       </c>
       <c r="E26" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>135</v>
+        <v>258</v>
       </c>
       <c r="G26">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H26" t="s">
         <v>10</v>
       </c>
       <c r="J26" t="s">
-        <v>134</v>
+        <v>65</v>
+      </c>
+      <c r="K26" t="s">
+        <v>291</v>
       </c>
       <c r="L26" t="s">
-        <v>133</v>
+        <v>290</v>
       </c>
       <c r="M26" t="s">
-        <v>132</v>
+        <v>289</v>
       </c>
       <c r="N26" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="O26" t="s">
-        <v>80</v>
+        <v>288</v>
       </c>
       <c r="P26" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="Q26" t="s">
-        <v>48</v>
+        <v>103</v>
       </c>
       <c r="R26" t="s">
-        <v>131</v>
+        <v>287</v>
       </c>
       <c r="S26">
-        <v>4120</v>
+        <v>4113</v>
       </c>
       <c r="T26">
-        <v>235847</v>
+        <v>213443</v>
       </c>
       <c r="U26">
-        <v>3477</v>
+        <v>3470</v>
       </c>
       <c r="V26" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B27">
-        <v>101507</v>
+        <v>101144</v>
       </c>
       <c r="C27" t="s">
-        <v>130</v>
+        <v>286</v>
       </c>
       <c r="D27" t="s">
-        <v>129</v>
+        <v>285</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="F27" t="s">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="G27">
         <v>2</v>
       </c>
       <c r="H27" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J27" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="K27" t="s">
-        <v>128</v>
+        <v>107</v>
       </c>
       <c r="L27" t="s">
-        <v>127</v>
+        <v>284</v>
       </c>
       <c r="M27" t="s">
-        <v>41</v>
+        <v>105</v>
       </c>
       <c r="N27" t="s">
-        <v>5</v>
+        <v>86</v>
       </c>
       <c r="O27" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="P27" t="s">
-        <v>3</v>
+        <v>104</v>
       </c>
       <c r="Q27" t="s">
-        <v>2</v>
+        <v>103</v>
       </c>
       <c r="R27" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="S27">
-        <v>4195</v>
+        <v>4112</v>
       </c>
       <c r="T27">
-        <v>240097</v>
+        <v>217157</v>
       </c>
       <c r="U27">
-        <v>3552</v>
+        <v>3469</v>
       </c>
       <c r="V27" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B28">
-        <v>187113</v>
+        <v>101189</v>
       </c>
       <c r="C28" t="s">
-        <v>126</v>
+        <v>283</v>
       </c>
       <c r="D28" t="s">
-        <v>125</v>
+        <v>282</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>113</v>
+        <v>174</v>
       </c>
       <c r="G28">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H28" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J28" t="s">
-        <v>124</v>
+        <v>182</v>
+      </c>
+      <c r="K28" t="s">
+        <v>181</v>
       </c>
       <c r="L28" t="s">
-        <v>123</v>
+        <v>180</v>
       </c>
       <c r="M28" t="s">
-        <v>21</v>
+        <v>179</v>
       </c>
       <c r="N28" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="O28" t="s">
-        <v>19</v>
+        <v>169</v>
       </c>
       <c r="P28" t="s">
-        <v>18</v>
+        <v>178</v>
       </c>
       <c r="Q28" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="R28" t="s">
-        <v>16</v>
+        <v>177</v>
       </c>
       <c r="S28">
-        <v>4197</v>
+        <v>4205</v>
       </c>
       <c r="T28">
-        <v>252717</v>
+        <v>220081</v>
       </c>
       <c r="U28">
-        <v>3554</v>
+        <v>3562</v>
       </c>
       <c r="V28" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B29">
-        <v>187157</v>
+        <v>101200</v>
       </c>
       <c r="C29" t="s">
-        <v>122</v>
+        <v>14</v>
       </c>
       <c r="D29" t="s">
-        <v>121</v>
+        <v>13</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>78</v>
+        <v>11</v>
       </c>
       <c r="G29">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H29" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="J29" t="s">
-        <v>23</v>
+        <v>65</v>
+      </c>
+      <c r="K29" t="s">
+        <v>271</v>
       </c>
       <c r="L29" t="s">
-        <v>120</v>
+        <v>281</v>
       </c>
       <c r="M29" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="N29" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="O29" t="s">
         <v>19</v>
       </c>
       <c r="P29" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="Q29" t="s">
         <v>17</v>
       </c>
       <c r="R29" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="S29">
-        <v>4197</v>
+        <v>4108</v>
       </c>
       <c r="T29">
-        <v>257238</v>
+        <v>220159</v>
       </c>
       <c r="U29">
-        <v>3554</v>
+        <v>3465</v>
       </c>
       <c r="V29" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B30">
-        <v>187158</v>
+        <v>101211</v>
       </c>
       <c r="C30" t="s">
-        <v>119</v>
+        <v>280</v>
       </c>
       <c r="D30" t="s">
-        <v>118</v>
+        <v>279</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="F30" t="s">
-        <v>78</v>
+        <v>103</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
       <c r="H30" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J30" t="s">
-        <v>117</v>
+        <v>278</v>
       </c>
       <c r="L30" t="s">
-        <v>116</v>
+        <v>277</v>
       </c>
       <c r="M30" t="s">
-        <v>63</v>
+        <v>276</v>
       </c>
       <c r="N30" t="s">
-        <v>20</v>
+        <v>99</v>
       </c>
       <c r="O30" t="s">
-        <v>19</v>
+        <v>98</v>
       </c>
       <c r="P30" t="s">
-        <v>18</v>
+        <v>275</v>
       </c>
       <c r="Q30" t="s">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="R30" t="s">
-        <v>16</v>
+        <v>274</v>
       </c>
       <c r="S30">
-        <v>4196</v>
+        <v>4134</v>
       </c>
       <c r="T30">
-        <v>257239</v>
+        <v>220986</v>
       </c>
       <c r="U30">
-        <v>3553</v>
+        <v>3491</v>
       </c>
       <c r="V30" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B31">
-        <v>187211</v>
+        <v>101232</v>
       </c>
       <c r="C31" t="s">
-        <v>115</v>
+        <v>273</v>
       </c>
       <c r="D31" t="s">
-        <v>114</v>
+        <v>272</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>113</v>
+        <v>35</v>
       </c>
       <c r="G31">
         <v>2</v>
       </c>
       <c r="H31" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J31" t="s">
-        <v>112</v>
+        <v>65</v>
       </c>
       <c r="K31" t="s">
-        <v>111</v>
+        <v>271</v>
       </c>
       <c r="L31" t="s">
-        <v>110</v>
+        <v>270</v>
       </c>
       <c r="M31" t="s">
-        <v>109</v>
+        <v>244</v>
       </c>
       <c r="N31" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="O31" t="s">
-        <v>108</v>
+        <v>169</v>
       </c>
       <c r="P31" t="s">
-        <v>18</v>
+        <v>243</v>
       </c>
       <c r="Q31" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="R31" t="s">
-        <v>107</v>
+        <v>242</v>
       </c>
       <c r="S31">
-        <v>4117</v>
+        <v>4103</v>
       </c>
       <c r="T31">
-        <v>261370</v>
+        <v>221938</v>
       </c>
       <c r="U31">
-        <v>3474</v>
+        <v>3460</v>
       </c>
       <c r="V31" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B32">
-        <v>187282</v>
+        <v>101266</v>
       </c>
       <c r="C32" t="s">
-        <v>106</v>
+        <v>269</v>
       </c>
       <c r="D32" t="s">
-        <v>105</v>
+        <v>268</v>
       </c>
       <c r="E32" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="G32">
         <v>1</v>
       </c>
       <c r="H32" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J32" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="L32" t="s">
-        <v>101</v>
+        <v>267</v>
       </c>
       <c r="M32" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="N32" t="s">
-        <v>99</v>
+        <v>41</v>
       </c>
       <c r="O32" t="s">
-        <v>98</v>
+        <v>19</v>
       </c>
       <c r="P32" t="s">
-        <v>97</v>
+        <v>40</v>
       </c>
       <c r="Q32" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="R32" t="s">
-        <v>96</v>
+        <v>38</v>
       </c>
       <c r="S32">
-        <v>4124</v>
+        <v>4196</v>
       </c>
       <c r="T32">
-        <v>263977</v>
+        <v>226543</v>
       </c>
       <c r="U32">
-        <v>3481</v>
+        <v>3553</v>
       </c>
       <c r="V32" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B33">
-        <v>187309</v>
+        <v>101321</v>
       </c>
       <c r="C33" t="s">
-        <v>95</v>
+        <v>266</v>
       </c>
       <c r="D33" t="s">
-        <v>94</v>
+        <v>265</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="G33">
         <v>1</v>
       </c>
       <c r="H33" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="J33" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="L33" t="s">
-        <v>93</v>
+        <v>264</v>
       </c>
       <c r="M33" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="N33" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="O33" t="s">
         <v>19</v>
       </c>
       <c r="P33" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="Q33" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="R33" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="S33">
-        <v>4196</v>
+        <v>4197</v>
       </c>
       <c r="T33">
-        <v>266609</v>
+        <v>227812</v>
       </c>
       <c r="U33">
-        <v>3553</v>
+        <v>3554</v>
       </c>
       <c r="V33" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B34">
-        <v>187349</v>
+        <v>101324</v>
       </c>
       <c r="C34" t="s">
-        <v>92</v>
+        <v>263</v>
       </c>
       <c r="D34" t="s">
-        <v>91</v>
+        <v>262</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="G34">
         <v>1</v>
       </c>
       <c r="H34" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J34" t="s">
-        <v>23</v>
+        <v>261</v>
       </c>
       <c r="L34" t="s">
-        <v>90</v>
+        <v>188</v>
       </c>
       <c r="M34" t="s">
-        <v>63</v>
+        <v>187</v>
       </c>
       <c r="N34" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="O34" t="s">
-        <v>19</v>
+        <v>186</v>
       </c>
       <c r="P34" t="s">
-        <v>18</v>
+        <v>178</v>
       </c>
       <c r="Q34" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="R34" t="s">
-        <v>16</v>
+        <v>185</v>
       </c>
       <c r="S34">
-        <v>4196</v>
+        <v>4285</v>
       </c>
       <c r="T34">
-        <v>268500</v>
+        <v>227815</v>
       </c>
       <c r="U34">
-        <v>3553</v>
+        <v>3642</v>
       </c>
       <c r="V34" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B35">
-        <v>187357</v>
+        <v>101360</v>
       </c>
       <c r="C35" t="s">
-        <v>88</v>
+        <v>260</v>
       </c>
       <c r="D35" t="s">
-        <v>87</v>
+        <v>259</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>52</v>
+        <v>258</v>
       </c>
       <c r="G35">
         <v>1</v>
       </c>
       <c r="H35" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J35" t="s">
-        <v>23</v>
+        <v>59</v>
+      </c>
+      <c r="K35" t="s">
+        <v>165</v>
       </c>
       <c r="L35" t="s">
-        <v>89</v>
+        <v>257</v>
       </c>
       <c r="M35" t="s">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="N35" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="O35" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="P35" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="Q35" t="s">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="R35" t="s">
-        <v>16</v>
+        <v>116</v>
       </c>
       <c r="S35">
-        <v>4197</v>
+        <v>4237</v>
       </c>
       <c r="T35">
-        <v>269475</v>
+        <v>230246</v>
       </c>
       <c r="U35">
-        <v>3554</v>
+        <v>3594</v>
       </c>
       <c r="V35" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B36">
-        <v>187357</v>
+        <v>101387</v>
       </c>
       <c r="C36" t="s">
-        <v>88</v>
+        <v>249</v>
       </c>
       <c r="D36" t="s">
-        <v>87</v>
+        <v>248</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>52</v>
+        <v>247</v>
       </c>
       <c r="G36">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H36" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J36" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>256</v>
       </c>
       <c r="L36" t="s">
-        <v>85</v>
+        <v>255</v>
       </c>
       <c r="M36" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="N36" t="s">
-        <v>5</v>
+        <v>99</v>
       </c>
       <c r="O36" t="s">
-        <v>27</v>
+        <v>214</v>
       </c>
       <c r="P36" t="s">
-        <v>3</v>
+        <v>112</v>
       </c>
       <c r="Q36" t="s">
-        <v>2</v>
+        <v>111</v>
       </c>
       <c r="R36" t="s">
-        <v>26</v>
+        <v>254</v>
       </c>
       <c r="S36">
-        <v>4193</v>
+        <v>4151</v>
       </c>
       <c r="T36">
-        <v>269475</v>
+        <v>231685</v>
       </c>
       <c r="U36">
-        <v>3550</v>
+        <v>3508</v>
       </c>
       <c r="V36" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B37">
-        <v>187400</v>
+        <v>101387</v>
       </c>
       <c r="C37" t="s">
-        <v>76</v>
+        <v>249</v>
       </c>
       <c r="D37" t="s">
-        <v>75</v>
+        <v>248</v>
       </c>
       <c r="E37" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>48</v>
+        <v>247</v>
       </c>
       <c r="G37">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H37" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J37" t="s">
-        <v>84</v>
+        <v>253</v>
+      </c>
+      <c r="K37" t="s">
+        <v>252</v>
       </c>
       <c r="L37" t="s">
-        <v>83</v>
+        <v>251</v>
       </c>
       <c r="M37" t="s">
-        <v>82</v>
+        <v>250</v>
       </c>
       <c r="N37" t="s">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="O37" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="P37" t="s">
-        <v>79</v>
+        <v>40</v>
       </c>
       <c r="Q37" t="s">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="R37" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="S37">
-        <v>4144</v>
+        <v>4118</v>
       </c>
       <c r="T37">
-        <v>271453</v>
+        <v>231685</v>
       </c>
       <c r="U37">
-        <v>3501</v>
+        <v>3475</v>
       </c>
       <c r="V37" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B38">
-        <v>187400</v>
+        <v>101387</v>
       </c>
       <c r="C38" t="s">
-        <v>76</v>
+        <v>249</v>
       </c>
       <c r="D38" t="s">
-        <v>75</v>
+        <v>248</v>
       </c>
       <c r="E38" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>48</v>
+        <v>247</v>
       </c>
       <c r="G38">
         <v>2</v>
       </c>
       <c r="H38" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J38" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="K38" t="s">
-        <v>73</v>
+        <v>246</v>
       </c>
       <c r="L38" t="s">
-        <v>72</v>
+        <v>245</v>
       </c>
       <c r="M38" t="s">
-        <v>71</v>
+        <v>244</v>
       </c>
       <c r="N38" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="O38" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="P38" t="s">
-        <v>70</v>
+        <v>243</v>
       </c>
       <c r="Q38" t="s">
-        <v>69</v>
+        <v>35</v>
       </c>
       <c r="R38" t="s">
-        <v>68</v>
+        <v>242</v>
       </c>
       <c r="S38">
-        <v>4112</v>
+        <v>4103</v>
       </c>
       <c r="T38">
-        <v>271453</v>
+        <v>231685</v>
       </c>
       <c r="U38">
-        <v>3469</v>
+        <v>3460</v>
       </c>
       <c r="V38" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B39">
-        <v>187402</v>
+        <v>101437</v>
       </c>
       <c r="C39" t="s">
-        <v>67</v>
+        <v>241</v>
       </c>
       <c r="D39" t="s">
-        <v>66</v>
+        <v>240</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="F39" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="G39">
         <v>1</v>
       </c>
       <c r="H39" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J39" t="s">
-        <v>65</v>
+        <v>239</v>
       </c>
       <c r="L39" t="s">
-        <v>64</v>
+        <v>238</v>
       </c>
       <c r="M39" t="s">
-        <v>63</v>
+        <v>237</v>
       </c>
       <c r="N39" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="O39" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P39" t="s">
-        <v>18</v>
+        <v>153</v>
       </c>
       <c r="Q39" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="R39" t="s">
-        <v>16</v>
+        <v>236</v>
       </c>
       <c r="S39">
-        <v>4196</v>
+        <v>4120</v>
       </c>
       <c r="T39">
-        <v>271455</v>
+        <v>235847</v>
       </c>
       <c r="U39">
-        <v>3553</v>
+        <v>3477</v>
       </c>
       <c r="V39" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B40">
-        <v>187407</v>
+        <v>101493</v>
       </c>
       <c r="C40" t="s">
-        <v>62</v>
+        <v>235</v>
       </c>
       <c r="D40" t="s">
-        <v>61</v>
+        <v>234</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>2</v>
+        <v>233</v>
       </c>
       <c r="G40">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H40" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="J40" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>232</v>
       </c>
       <c r="L40" t="s">
-        <v>59</v>
+        <v>231</v>
       </c>
       <c r="M40" t="s">
-        <v>58</v>
+        <v>187</v>
       </c>
       <c r="N40" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="O40" t="s">
         <v>19</v>
       </c>
       <c r="P40" t="s">
-        <v>56</v>
+        <v>178</v>
       </c>
       <c r="Q40" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="R40" t="s">
-        <v>55</v>
+        <v>219</v>
       </c>
       <c r="S40">
-        <v>4108</v>
+        <v>4206</v>
       </c>
       <c r="T40">
-        <v>271600</v>
+        <v>238891</v>
       </c>
       <c r="U40">
-        <v>3465</v>
+        <v>3563</v>
       </c>
       <c r="V40" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B41">
-        <v>187445</v>
+        <v>101505</v>
       </c>
       <c r="C41" t="s">
-        <v>54</v>
+        <v>230</v>
       </c>
       <c r="D41" t="s">
-        <v>53</v>
+        <v>229</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G41">
         <v>1</v>
       </c>
       <c r="H41" t="s">
+        <v>34</v>
+      </c>
+      <c r="J41" t="s">
+        <v>59</v>
+      </c>
+      <c r="K41" t="s">
+        <v>228</v>
+      </c>
+      <c r="L41" t="s">
+        <v>227</v>
+      </c>
+      <c r="M41" t="s">
+        <v>56</v>
+      </c>
+      <c r="N41" t="s">
+        <v>41</v>
+      </c>
+      <c r="O41" t="s">
         <v>47</v>
       </c>
-      <c r="J41" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P41" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="Q41" t="s">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="R41" t="s">
-        <v>16</v>
+        <v>116</v>
       </c>
       <c r="S41">
-        <v>4197</v>
+        <v>4237</v>
       </c>
       <c r="T41">
-        <v>274751</v>
+        <v>239830</v>
       </c>
       <c r="U41">
-        <v>3554</v>
+        <v>3594</v>
       </c>
       <c r="V41" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B42">
-        <v>187455</v>
+        <v>101507</v>
       </c>
       <c r="C42" t="s">
-        <v>50</v>
+        <v>226</v>
       </c>
       <c r="D42" t="s">
-        <v>49</v>
+        <v>225</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="G42">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H42" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="J42" t="s">
-        <v>23</v>
+        <v>65</v>
+      </c>
+      <c r="K42" t="s">
+        <v>224</v>
       </c>
       <c r="L42" t="s">
-        <v>46</v>
+        <v>223</v>
       </c>
       <c r="M42" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="N42" t="s">
         <v>20</v>
       </c>
       <c r="O42" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="P42" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="Q42" t="s">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="R42" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="S42">
-        <v>4197</v>
+        <v>4195</v>
       </c>
       <c r="T42">
-        <v>275135</v>
+        <v>240097</v>
       </c>
       <c r="U42">
-        <v>3554</v>
+        <v>3552</v>
       </c>
       <c r="V42" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B43">
-        <v>187475</v>
+        <v>101516</v>
       </c>
       <c r="C43" t="s">
-        <v>45</v>
+        <v>222</v>
       </c>
       <c r="D43" t="s">
-        <v>44</v>
+        <v>90</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>2</v>
       </c>
       <c r="G43">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H43" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J43" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>221</v>
       </c>
       <c r="L43" t="s">
-        <v>42</v>
+        <v>220</v>
       </c>
       <c r="M43" t="s">
+        <v>21</v>
+      </c>
+      <c r="N43" t="s">
         <v>41</v>
       </c>
-      <c r="N43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O43" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="P43" t="s">
-        <v>3</v>
+        <v>178</v>
       </c>
       <c r="Q43" t="s">
-        <v>2</v>
+        <v>35</v>
       </c>
       <c r="R43" t="s">
-        <v>40</v>
+        <v>219</v>
       </c>
       <c r="S43">
-        <v>4195</v>
+        <v>4207</v>
       </c>
       <c r="T43">
-        <v>276549</v>
+        <v>240235</v>
       </c>
       <c r="U43">
-        <v>3552</v>
+        <v>3564</v>
       </c>
       <c r="V43" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B44">
-        <v>187524</v>
+        <v>187104</v>
       </c>
       <c r="C44" t="s">
-        <v>39</v>
+        <v>218</v>
       </c>
       <c r="D44" t="s">
-        <v>38</v>
+        <v>217</v>
       </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="F44" t="s">
-        <v>2</v>
+        <v>35</v>
       </c>
       <c r="G44">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H44" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J44" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>216</v>
       </c>
       <c r="L44" t="s">
-        <v>35</v>
+        <v>215</v>
       </c>
       <c r="M44" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="N44" t="s">
-        <v>5</v>
+        <v>99</v>
       </c>
       <c r="O44" t="s">
-        <v>27</v>
+        <v>214</v>
       </c>
       <c r="P44" t="s">
-        <v>3</v>
+        <v>112</v>
       </c>
       <c r="Q44" t="s">
-        <v>2</v>
+        <v>111</v>
       </c>
       <c r="R44" t="s">
-        <v>26</v>
+        <v>213</v>
       </c>
       <c r="S44">
-        <v>4193</v>
+        <v>4150</v>
       </c>
       <c r="T44">
-        <v>279770</v>
+        <v>251741</v>
       </c>
       <c r="U44">
-        <v>3550</v>
+        <v>3507</v>
       </c>
       <c r="V44" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B45">
-        <v>187538</v>
+        <v>187113</v>
       </c>
       <c r="C45" t="s">
-        <v>34</v>
+        <v>212</v>
       </c>
       <c r="D45" t="s">
-        <v>33</v>
+        <v>211</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>32</v>
+        <v>174</v>
       </c>
       <c r="G45">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H45" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J45" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>59</v>
       </c>
       <c r="L45" t="s">
-        <v>29</v>
+        <v>210</v>
       </c>
       <c r="M45" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="N45" t="s">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="O45" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="P45" t="s">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="Q45" t="s">
-        <v>2</v>
+        <v>39</v>
       </c>
       <c r="R45" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="S45">
-        <v>4193</v>
+        <v>4197</v>
       </c>
       <c r="T45">
-        <v>280495</v>
+        <v>252717</v>
       </c>
       <c r="U45">
-        <v>3550</v>
+        <v>3554</v>
       </c>
       <c r="V45" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B46">
-        <v>187617</v>
+        <v>187116</v>
       </c>
       <c r="C46" t="s">
-        <v>25</v>
+        <v>209</v>
       </c>
       <c r="D46" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>17</v>
+        <v>174</v>
       </c>
       <c r="G46">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H46" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J46" t="s">
-        <v>23</v>
+        <v>182</v>
+      </c>
+      <c r="K46" t="s">
+        <v>181</v>
       </c>
       <c r="L46" t="s">
-        <v>22</v>
+        <v>180</v>
       </c>
       <c r="M46" t="s">
-        <v>21</v>
+        <v>179</v>
       </c>
       <c r="N46" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="O46" t="s">
-        <v>19</v>
+        <v>169</v>
       </c>
       <c r="P46" t="s">
-        <v>18</v>
+        <v>178</v>
       </c>
       <c r="Q46" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="R46" t="s">
-        <v>16</v>
+        <v>177</v>
       </c>
       <c r="S46">
-        <v>4197</v>
+        <v>4205</v>
       </c>
       <c r="T46">
-        <v>285843</v>
+        <v>252720</v>
       </c>
       <c r="U46">
-        <v>3554</v>
+        <v>3562</v>
       </c>
       <c r="V46" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="B47">
-        <v>187624</v>
+        <v>187126</v>
       </c>
       <c r="C47" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="D47" t="s">
-        <v>13</v>
+        <v>206</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>11</v>
+        <v>205</v>
       </c>
       <c r="G47">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H47" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="J47" t="s">
-        <v>9</v>
+        <v>59</v>
       </c>
       <c r="K47" t="s">
-        <v>8</v>
+        <v>204</v>
       </c>
       <c r="L47" t="s">
-        <v>7</v>
+        <v>203</v>
       </c>
       <c r="M47" t="s">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="N47" t="s">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="O47" t="s">
-        <v>4</v>
+        <v>47</v>
       </c>
       <c r="P47" t="s">
-        <v>3</v>
+        <v>55</v>
       </c>
       <c r="Q47" t="s">
         <v>2</v>
       </c>
       <c r="R47" t="s">
+        <v>116</v>
+      </c>
+      <c r="S47">
+        <v>4237</v>
+      </c>
+      <c r="T47">
+        <v>254622</v>
+      </c>
+      <c r="U47">
+        <v>3594</v>
+      </c>
+      <c r="V47" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:23">
+      <c r="A48" t="s">
+        <v>26</v>
+      </c>
+      <c r="B48">
+        <v>187157</v>
+      </c>
+      <c r="C48" t="s">
+        <v>202</v>
+      </c>
+      <c r="D48" t="s">
+        <v>201</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>111</v>
+      </c>
+      <c r="G48">
         <v>1</v>
       </c>
-      <c r="S47">
+      <c r="H48" t="s">
+        <v>10</v>
+      </c>
+      <c r="J48" t="s">
+        <v>23</v>
+      </c>
+      <c r="L48" t="s">
+        <v>200</v>
+      </c>
+      <c r="M48" t="s">
+        <v>42</v>
+      </c>
+      <c r="N48" t="s">
+        <v>41</v>
+      </c>
+      <c r="O48" t="s">
+        <v>19</v>
+      </c>
+      <c r="P48" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>39</v>
+      </c>
+      <c r="R48" t="s">
+        <v>38</v>
+      </c>
+      <c r="S48">
+        <v>4197</v>
+      </c>
+      <c r="T48">
+        <v>257238</v>
+      </c>
+      <c r="U48">
+        <v>3554</v>
+      </c>
+      <c r="V48" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:23">
+      <c r="A49" t="s">
+        <v>26</v>
+      </c>
+      <c r="B49">
+        <v>187158</v>
+      </c>
+      <c r="C49" t="s">
+        <v>199</v>
+      </c>
+      <c r="D49" t="s">
+        <v>198</v>
+      </c>
+      <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>111</v>
+      </c>
+      <c r="G49">
+        <v>1</v>
+      </c>
+      <c r="H49" t="s">
+        <v>34</v>
+      </c>
+      <c r="J49" t="s">
+        <v>197</v>
+      </c>
+      <c r="L49" t="s">
+        <v>196</v>
+      </c>
+      <c r="M49" t="s">
+        <v>92</v>
+      </c>
+      <c r="N49" t="s">
+        <v>41</v>
+      </c>
+      <c r="O49" t="s">
+        <v>19</v>
+      </c>
+      <c r="P49" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>39</v>
+      </c>
+      <c r="R49" t="s">
+        <v>38</v>
+      </c>
+      <c r="S49">
+        <v>4196</v>
+      </c>
+      <c r="T49">
+        <v>257239</v>
+      </c>
+      <c r="U49">
+        <v>3553</v>
+      </c>
+      <c r="V49" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:23">
+      <c r="A50" t="s">
+        <v>26</v>
+      </c>
+      <c r="B50">
+        <v>187161</v>
+      </c>
+      <c r="C50" t="s">
+        <v>195</v>
+      </c>
+      <c r="D50" t="s">
+        <v>194</v>
+      </c>
+      <c r="E50" t="s">
+        <v>60</v>
+      </c>
+      <c r="F50" t="s">
+        <v>103</v>
+      </c>
+      <c r="G50">
+        <v>1</v>
+      </c>
+      <c r="H50" t="s">
+        <v>10</v>
+      </c>
+      <c r="J50" t="s">
+        <v>23</v>
+      </c>
+      <c r="L50" t="s">
+        <v>193</v>
+      </c>
+      <c r="M50" t="s">
+        <v>56</v>
+      </c>
+      <c r="N50" t="s">
+        <v>41</v>
+      </c>
+      <c r="O50" t="s">
+        <v>47</v>
+      </c>
+      <c r="P50" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>2</v>
+      </c>
+      <c r="R50" t="s">
+        <v>54</v>
+      </c>
+      <c r="S50">
+        <v>4236</v>
+      </c>
+      <c r="T50">
+        <v>257772</v>
+      </c>
+      <c r="U50">
+        <v>3593</v>
+      </c>
+      <c r="V50" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:23">
+      <c r="A51" t="s">
+        <v>26</v>
+      </c>
+      <c r="B51">
+        <v>187193</v>
+      </c>
+      <c r="C51" t="s">
+        <v>192</v>
+      </c>
+      <c r="D51" t="s">
+        <v>191</v>
+      </c>
+      <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>190</v>
+      </c>
+      <c r="G51">
+        <v>1</v>
+      </c>
+      <c r="H51" t="s">
+        <v>34</v>
+      </c>
+      <c r="J51" t="s">
+        <v>189</v>
+      </c>
+      <c r="L51" t="s">
+        <v>188</v>
+      </c>
+      <c r="M51" t="s">
+        <v>187</v>
+      </c>
+      <c r="N51" t="s">
+        <v>5</v>
+      </c>
+      <c r="O51" t="s">
+        <v>186</v>
+      </c>
+      <c r="P51" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>35</v>
+      </c>
+      <c r="R51" t="s">
+        <v>185</v>
+      </c>
+      <c r="S51">
+        <v>4285</v>
+      </c>
+      <c r="T51">
+        <v>261078</v>
+      </c>
+      <c r="U51">
+        <v>3642</v>
+      </c>
+      <c r="V51" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:23">
+      <c r="A52" t="s">
+        <v>26</v>
+      </c>
+      <c r="B52">
+        <v>187198</v>
+      </c>
+      <c r="C52" t="s">
+        <v>184</v>
+      </c>
+      <c r="D52" t="s">
+        <v>183</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>174</v>
+      </c>
+      <c r="G52">
+        <v>2</v>
+      </c>
+      <c r="H52" t="s">
+        <v>34</v>
+      </c>
+      <c r="J52" t="s">
+        <v>182</v>
+      </c>
+      <c r="K52" t="s">
+        <v>181</v>
+      </c>
+      <c r="L52" t="s">
+        <v>180</v>
+      </c>
+      <c r="M52" t="s">
+        <v>179</v>
+      </c>
+      <c r="N52" t="s">
+        <v>41</v>
+      </c>
+      <c r="O52" t="s">
+        <v>169</v>
+      </c>
+      <c r="P52" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>35</v>
+      </c>
+      <c r="R52" t="s">
+        <v>177</v>
+      </c>
+      <c r="S52">
+        <v>4205</v>
+      </c>
+      <c r="T52">
+        <v>261357</v>
+      </c>
+      <c r="U52">
+        <v>3562</v>
+      </c>
+      <c r="V52" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:23">
+      <c r="A53" t="s">
+        <v>26</v>
+      </c>
+      <c r="B53">
+        <v>187211</v>
+      </c>
+      <c r="C53" t="s">
+        <v>176</v>
+      </c>
+      <c r="D53" t="s">
+        <v>175</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>174</v>
+      </c>
+      <c r="G53">
+        <v>2</v>
+      </c>
+      <c r="H53" t="s">
+        <v>34</v>
+      </c>
+      <c r="J53" t="s">
+        <v>173</v>
+      </c>
+      <c r="K53" t="s">
+        <v>172</v>
+      </c>
+      <c r="L53" t="s">
+        <v>171</v>
+      </c>
+      <c r="M53" t="s">
+        <v>170</v>
+      </c>
+      <c r="N53" t="s">
+        <v>99</v>
+      </c>
+      <c r="O53" t="s">
+        <v>169</v>
+      </c>
+      <c r="P53" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>39</v>
+      </c>
+      <c r="R53" t="s">
+        <v>168</v>
+      </c>
+      <c r="S53">
+        <v>4117</v>
+      </c>
+      <c r="T53">
+        <v>261370</v>
+      </c>
+      <c r="U53">
+        <v>3474</v>
+      </c>
+      <c r="V53" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:23">
+      <c r="A54" t="s">
+        <v>26</v>
+      </c>
+      <c r="B54">
+        <v>187230</v>
+      </c>
+      <c r="C54" t="s">
+        <v>167</v>
+      </c>
+      <c r="D54" t="s">
+        <v>166</v>
+      </c>
+      <c r="E54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" t="s">
+        <v>111</v>
+      </c>
+      <c r="G54">
+        <v>1</v>
+      </c>
+      <c r="H54" t="s">
+        <v>34</v>
+      </c>
+      <c r="J54" t="s">
+        <v>59</v>
+      </c>
+      <c r="K54" t="s">
+        <v>165</v>
+      </c>
+      <c r="L54" t="s">
+        <v>164</v>
+      </c>
+      <c r="M54" t="s">
+        <v>56</v>
+      </c>
+      <c r="N54" t="s">
+        <v>41</v>
+      </c>
+      <c r="O54" t="s">
+        <v>47</v>
+      </c>
+      <c r="P54" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>2</v>
+      </c>
+      <c r="R54" t="s">
+        <v>116</v>
+      </c>
+      <c r="S54">
+        <v>4237</v>
+      </c>
+      <c r="T54">
+        <v>262511</v>
+      </c>
+      <c r="U54">
+        <v>3594</v>
+      </c>
+      <c r="V54" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:23">
+      <c r="A55" t="s">
+        <v>26</v>
+      </c>
+      <c r="B55">
+        <v>187256</v>
+      </c>
+      <c r="C55" t="s">
+        <v>163</v>
+      </c>
+      <c r="D55" t="s">
+        <v>162</v>
+      </c>
+      <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>119</v>
+      </c>
+      <c r="G55">
+        <v>1</v>
+      </c>
+      <c r="H55" t="s">
+        <v>34</v>
+      </c>
+      <c r="J55" t="s">
+        <v>59</v>
+      </c>
+      <c r="K55" t="s">
+        <v>161</v>
+      </c>
+      <c r="L55" t="s">
+        <v>160</v>
+      </c>
+      <c r="M55" t="s">
+        <v>56</v>
+      </c>
+      <c r="N55" t="s">
+        <v>41</v>
+      </c>
+      <c r="O55" t="s">
+        <v>47</v>
+      </c>
+      <c r="P55" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>2</v>
+      </c>
+      <c r="R55" t="s">
+        <v>116</v>
+      </c>
+      <c r="S55">
+        <v>4237</v>
+      </c>
+      <c r="T55">
+        <v>262597</v>
+      </c>
+      <c r="U55">
+        <v>3594</v>
+      </c>
+      <c r="V55" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:23">
+      <c r="A56" t="s">
+        <v>26</v>
+      </c>
+      <c r="B56">
+        <v>187282</v>
+      </c>
+      <c r="C56" t="s">
+        <v>159</v>
+      </c>
+      <c r="D56" t="s">
+        <v>158</v>
+      </c>
+      <c r="E56" t="s">
+        <v>60</v>
+      </c>
+      <c r="F56" t="s">
+        <v>119</v>
+      </c>
+      <c r="G56">
+        <v>1</v>
+      </c>
+      <c r="H56" t="s">
+        <v>34</v>
+      </c>
+      <c r="J56" t="s">
+        <v>157</v>
+      </c>
+      <c r="K56" t="s">
+        <v>156</v>
+      </c>
+      <c r="L56" t="s">
+        <v>155</v>
+      </c>
+      <c r="M56" t="s">
+        <v>154</v>
+      </c>
+      <c r="N56" t="s">
+        <v>99</v>
+      </c>
+      <c r="O56" t="s">
+        <v>98</v>
+      </c>
+      <c r="P56" t="s">
+        <v>153</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>75</v>
+      </c>
+      <c r="R56" t="s">
+        <v>152</v>
+      </c>
+      <c r="S56">
+        <v>4124</v>
+      </c>
+      <c r="T56">
+        <v>263977</v>
+      </c>
+      <c r="U56">
+        <v>3481</v>
+      </c>
+      <c r="V56" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:23">
+      <c r="A57" t="s">
+        <v>26</v>
+      </c>
+      <c r="B57">
+        <v>187309</v>
+      </c>
+      <c r="C57" t="s">
+        <v>151</v>
+      </c>
+      <c r="D57" t="s">
+        <v>150</v>
+      </c>
+      <c r="E57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57">
+        <v>1</v>
+      </c>
+      <c r="H57" t="s">
+        <v>10</v>
+      </c>
+      <c r="J57" t="s">
+        <v>23</v>
+      </c>
+      <c r="L57" t="s">
+        <v>149</v>
+      </c>
+      <c r="M57" t="s">
+        <v>92</v>
+      </c>
+      <c r="N57" t="s">
+        <v>41</v>
+      </c>
+      <c r="O57" t="s">
+        <v>19</v>
+      </c>
+      <c r="P57" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>39</v>
+      </c>
+      <c r="R57" t="s">
+        <v>38</v>
+      </c>
+      <c r="S57">
+        <v>4196</v>
+      </c>
+      <c r="T57">
+        <v>266609</v>
+      </c>
+      <c r="U57">
+        <v>3553</v>
+      </c>
+      <c r="V57" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:23">
+      <c r="A58" t="s">
+        <v>26</v>
+      </c>
+      <c r="B58">
+        <v>187318</v>
+      </c>
+      <c r="C58" t="s">
+        <v>148</v>
+      </c>
+      <c r="D58" t="s">
+        <v>147</v>
+      </c>
+      <c r="E58" t="s">
+        <v>60</v>
+      </c>
+      <c r="F58" t="s">
+        <v>75</v>
+      </c>
+      <c r="G58">
+        <v>1</v>
+      </c>
+      <c r="H58" t="s">
+        <v>34</v>
+      </c>
+      <c r="J58" t="s">
+        <v>146</v>
+      </c>
+      <c r="L58" t="s">
+        <v>145</v>
+      </c>
+      <c r="M58" t="s">
+        <v>144</v>
+      </c>
+      <c r="N58" t="s">
+        <v>99</v>
+      </c>
+      <c r="O58" t="s">
+        <v>47</v>
+      </c>
+      <c r="P58" t="s">
+        <v>143</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>35</v>
+      </c>
+      <c r="R58" t="s">
+        <v>142</v>
+      </c>
+      <c r="S58">
+        <v>4156</v>
+      </c>
+      <c r="T58">
+        <v>267181</v>
+      </c>
+      <c r="U58">
+        <v>3513</v>
+      </c>
+      <c r="V58" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:23">
+      <c r="A59" t="s">
+        <v>26</v>
+      </c>
+      <c r="B59">
+        <v>187349</v>
+      </c>
+      <c r="C59" t="s">
+        <v>141</v>
+      </c>
+      <c r="D59" t="s">
+        <v>140</v>
+      </c>
+      <c r="E59" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" t="s">
+        <v>39</v>
+      </c>
+      <c r="G59">
+        <v>1</v>
+      </c>
+      <c r="H59" t="s">
+        <v>34</v>
+      </c>
+      <c r="J59" t="s">
+        <v>23</v>
+      </c>
+      <c r="L59" t="s">
+        <v>139</v>
+      </c>
+      <c r="M59" t="s">
+        <v>92</v>
+      </c>
+      <c r="N59" t="s">
+        <v>41</v>
+      </c>
+      <c r="O59" t="s">
+        <v>19</v>
+      </c>
+      <c r="P59" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>39</v>
+      </c>
+      <c r="R59" t="s">
+        <v>38</v>
+      </c>
+      <c r="S59">
+        <v>4196</v>
+      </c>
+      <c r="T59">
+        <v>268500</v>
+      </c>
+      <c r="U59">
+        <v>3553</v>
+      </c>
+      <c r="V59" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:23">
+      <c r="A60" t="s">
+        <v>26</v>
+      </c>
+      <c r="B60">
+        <v>187352</v>
+      </c>
+      <c r="C60" t="s">
+        <v>138</v>
+      </c>
+      <c r="D60" t="s">
+        <v>137</v>
+      </c>
+      <c r="E60" t="s">
+        <v>60</v>
+      </c>
+      <c r="F60" t="s">
+        <v>35</v>
+      </c>
+      <c r="G60">
+        <v>1</v>
+      </c>
+      <c r="H60" t="s">
+        <v>10</v>
+      </c>
+      <c r="J60" t="s">
+        <v>59</v>
+      </c>
+      <c r="K60" t="s">
+        <v>136</v>
+      </c>
+      <c r="L60" t="s">
+        <v>135</v>
+      </c>
+      <c r="M60" t="s">
+        <v>134</v>
+      </c>
+      <c r="N60" t="s">
+        <v>41</v>
+      </c>
+      <c r="O60" t="s">
+        <v>133</v>
+      </c>
+      <c r="P60" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>2</v>
+      </c>
+      <c r="R60" t="s">
+        <v>132</v>
+      </c>
+      <c r="S60">
+        <v>4239</v>
+      </c>
+      <c r="T60">
+        <v>268602</v>
+      </c>
+      <c r="U60">
+        <v>3596</v>
+      </c>
+      <c r="V60" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:23">
+      <c r="A61" t="s">
+        <v>26</v>
+      </c>
+      <c r="B61">
+        <v>187357</v>
+      </c>
+      <c r="C61" t="s">
+        <v>130</v>
+      </c>
+      <c r="D61" t="s">
+        <v>129</v>
+      </c>
+      <c r="E61" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61">
+        <v>1</v>
+      </c>
+      <c r="H61" t="s">
+        <v>34</v>
+      </c>
+      <c r="J61" t="s">
+        <v>23</v>
+      </c>
+      <c r="L61" t="s">
+        <v>131</v>
+      </c>
+      <c r="M61" t="s">
+        <v>42</v>
+      </c>
+      <c r="N61" t="s">
+        <v>41</v>
+      </c>
+      <c r="O61" t="s">
+        <v>19</v>
+      </c>
+      <c r="P61" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>39</v>
+      </c>
+      <c r="R61" t="s">
+        <v>38</v>
+      </c>
+      <c r="S61">
+        <v>4197</v>
+      </c>
+      <c r="T61">
+        <v>269475</v>
+      </c>
+      <c r="U61">
+        <v>3554</v>
+      </c>
+      <c r="V61" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:23">
+      <c r="A62" t="s">
+        <v>26</v>
+      </c>
+      <c r="B62">
+        <v>187357</v>
+      </c>
+      <c r="C62" t="s">
+        <v>130</v>
+      </c>
+      <c r="D62" t="s">
+        <v>129</v>
+      </c>
+      <c r="E62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62">
+        <v>2</v>
+      </c>
+      <c r="H62" t="s">
+        <v>34</v>
+      </c>
+      <c r="J62" t="s">
+        <v>65</v>
+      </c>
+      <c r="K62" t="s">
+        <v>128</v>
+      </c>
+      <c r="L62" t="s">
+        <v>127</v>
+      </c>
+      <c r="M62" t="s">
+        <v>48</v>
+      </c>
+      <c r="N62" t="s">
+        <v>20</v>
+      </c>
+      <c r="O62" t="s">
+        <v>47</v>
+      </c>
+      <c r="P62" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>2</v>
+      </c>
+      <c r="R62" t="s">
+        <v>46</v>
+      </c>
+      <c r="S62">
+        <v>4193</v>
+      </c>
+      <c r="T62">
+        <v>269475</v>
+      </c>
+      <c r="U62">
+        <v>3550</v>
+      </c>
+      <c r="V62" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:23">
+      <c r="A63" t="s">
+        <v>26</v>
+      </c>
+      <c r="B63">
+        <v>187397</v>
+      </c>
+      <c r="C63" t="s">
+        <v>126</v>
+      </c>
+      <c r="D63" t="s">
+        <v>125</v>
+      </c>
+      <c r="E63" t="s">
+        <v>60</v>
+      </c>
+      <c r="F63" t="s">
+        <v>17</v>
+      </c>
+      <c r="G63">
+        <v>1</v>
+      </c>
+      <c r="H63" t="s">
+        <v>34</v>
+      </c>
+      <c r="J63" t="s">
+        <v>59</v>
+      </c>
+      <c r="K63" t="s">
+        <v>124</v>
+      </c>
+      <c r="L63" t="s">
+        <v>123</v>
+      </c>
+      <c r="M63" t="s">
+        <v>6</v>
+      </c>
+      <c r="N63" t="s">
+        <v>5</v>
+      </c>
+      <c r="O63" t="s">
+        <v>4</v>
+      </c>
+      <c r="P63" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>2</v>
+      </c>
+      <c r="R63" t="s">
+        <v>122</v>
+      </c>
+      <c r="S63">
+        <v>4158</v>
+      </c>
+      <c r="T63">
+        <v>271381</v>
+      </c>
+      <c r="U63">
+        <v>3515</v>
+      </c>
+      <c r="V63" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:23">
+      <c r="A64" t="s">
+        <v>26</v>
+      </c>
+      <c r="B64">
+        <v>187398</v>
+      </c>
+      <c r="C64" t="s">
+        <v>121</v>
+      </c>
+      <c r="D64" t="s">
+        <v>120</v>
+      </c>
+      <c r="E64" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" t="s">
+        <v>119</v>
+      </c>
+      <c r="G64">
+        <v>1</v>
+      </c>
+      <c r="H64" t="s">
+        <v>34</v>
+      </c>
+      <c r="J64" t="s">
+        <v>59</v>
+      </c>
+      <c r="K64" t="s">
+        <v>118</v>
+      </c>
+      <c r="L64" t="s">
+        <v>117</v>
+      </c>
+      <c r="M64" t="s">
+        <v>56</v>
+      </c>
+      <c r="N64" t="s">
+        <v>41</v>
+      </c>
+      <c r="O64" t="s">
+        <v>47</v>
+      </c>
+      <c r="P64" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>2</v>
+      </c>
+      <c r="R64" t="s">
+        <v>116</v>
+      </c>
+      <c r="S64">
+        <v>4237</v>
+      </c>
+      <c r="T64">
+        <v>271430</v>
+      </c>
+      <c r="U64">
+        <v>3594</v>
+      </c>
+      <c r="V64" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:23">
+      <c r="A65" t="s">
+        <v>26</v>
+      </c>
+      <c r="B65">
+        <v>187400</v>
+      </c>
+      <c r="C65" t="s">
+        <v>109</v>
+      </c>
+      <c r="D65" t="s">
+        <v>108</v>
+      </c>
+      <c r="E65" t="s">
+        <v>60</v>
+      </c>
+      <c r="F65" t="s">
+        <v>75</v>
+      </c>
+      <c r="G65">
+        <v>1</v>
+      </c>
+      <c r="H65" t="s">
+        <v>34</v>
+      </c>
+      <c r="J65" t="s">
+        <v>115</v>
+      </c>
+      <c r="L65" t="s">
+        <v>114</v>
+      </c>
+      <c r="M65" t="s">
+        <v>113</v>
+      </c>
+      <c r="N65" t="s">
+        <v>5</v>
+      </c>
+      <c r="O65" t="s">
+        <v>4</v>
+      </c>
+      <c r="P65" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>111</v>
+      </c>
+      <c r="R65" t="s">
+        <v>110</v>
+      </c>
+      <c r="S65">
+        <v>4144</v>
+      </c>
+      <c r="T65">
+        <v>271453</v>
+      </c>
+      <c r="U65">
+        <v>3501</v>
+      </c>
+      <c r="V65" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:23">
+      <c r="A66" t="s">
+        <v>26</v>
+      </c>
+      <c r="B66">
+        <v>187400</v>
+      </c>
+      <c r="C66" t="s">
+        <v>109</v>
+      </c>
+      <c r="D66" t="s">
+        <v>108</v>
+      </c>
+      <c r="E66" t="s">
+        <v>60</v>
+      </c>
+      <c r="F66" t="s">
+        <v>75</v>
+      </c>
+      <c r="G66">
+        <v>2</v>
+      </c>
+      <c r="H66" t="s">
+        <v>34</v>
+      </c>
+      <c r="J66" t="s">
+        <v>65</v>
+      </c>
+      <c r="K66" t="s">
+        <v>107</v>
+      </c>
+      <c r="L66" t="s">
+        <v>106</v>
+      </c>
+      <c r="M66" t="s">
+        <v>105</v>
+      </c>
+      <c r="N66" t="s">
+        <v>86</v>
+      </c>
+      <c r="O66" t="s">
+        <v>47</v>
+      </c>
+      <c r="P66" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>103</v>
+      </c>
+      <c r="R66" t="s">
+        <v>54</v>
+      </c>
+      <c r="S66">
+        <v>4112</v>
+      </c>
+      <c r="T66">
+        <v>271453</v>
+      </c>
+      <c r="U66">
+        <v>3469</v>
+      </c>
+      <c r="V66" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:23">
+      <c r="A67" t="s">
+        <v>26</v>
+      </c>
+      <c r="B67">
+        <v>187402</v>
+      </c>
+      <c r="C67" t="s">
+        <v>96</v>
+      </c>
+      <c r="D67" t="s">
+        <v>95</v>
+      </c>
+      <c r="E67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>75</v>
+      </c>
+      <c r="G67">
+        <v>0</v>
+      </c>
+      <c r="H67" t="s">
+        <v>34</v>
+      </c>
+      <c r="J67" t="s">
+        <v>59</v>
+      </c>
+      <c r="K67" t="s">
+        <v>102</v>
+      </c>
+      <c r="L67" t="s">
+        <v>101</v>
+      </c>
+      <c r="M67" t="s">
+        <v>100</v>
+      </c>
+      <c r="N67" t="s">
+        <v>99</v>
+      </c>
+      <c r="O67" t="s">
+        <v>98</v>
+      </c>
+      <c r="P67" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>2</v>
+      </c>
+      <c r="R67" t="s">
+        <v>97</v>
+      </c>
+      <c r="S67">
+        <v>4161</v>
+      </c>
+      <c r="T67">
+        <v>271455</v>
+      </c>
+      <c r="U67">
+        <v>3518</v>
+      </c>
+      <c r="V67" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:23">
+      <c r="A68" t="s">
+        <v>26</v>
+      </c>
+      <c r="B68">
+        <v>187402</v>
+      </c>
+      <c r="C68" t="s">
+        <v>96</v>
+      </c>
+      <c r="D68" t="s">
+        <v>95</v>
+      </c>
+      <c r="E68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>75</v>
+      </c>
+      <c r="G68">
+        <v>2</v>
+      </c>
+      <c r="H68" t="s">
+        <v>34</v>
+      </c>
+      <c r="J68" t="s">
+        <v>94</v>
+      </c>
+      <c r="L68" t="s">
+        <v>93</v>
+      </c>
+      <c r="M68" t="s">
+        <v>92</v>
+      </c>
+      <c r="N68" t="s">
+        <v>41</v>
+      </c>
+      <c r="O68" t="s">
+        <v>19</v>
+      </c>
+      <c r="P68" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>39</v>
+      </c>
+      <c r="R68" t="s">
+        <v>38</v>
+      </c>
+      <c r="S68">
+        <v>4196</v>
+      </c>
+      <c r="T68">
+        <v>271455</v>
+      </c>
+      <c r="U68">
+        <v>3553</v>
+      </c>
+      <c r="V68" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:23">
+      <c r="A69" t="s">
+        <v>26</v>
+      </c>
+      <c r="B69">
+        <v>187407</v>
+      </c>
+      <c r="C69" t="s">
+        <v>91</v>
+      </c>
+      <c r="D69" t="s">
+        <v>90</v>
+      </c>
+      <c r="E69" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" t="s">
+        <v>2</v>
+      </c>
+      <c r="G69">
+        <v>2</v>
+      </c>
+      <c r="H69" t="s">
+        <v>10</v>
+      </c>
+      <c r="J69" t="s">
+        <v>65</v>
+      </c>
+      <c r="K69" t="s">
+        <v>89</v>
+      </c>
+      <c r="L69" t="s">
+        <v>88</v>
+      </c>
+      <c r="M69" t="s">
+        <v>87</v>
+      </c>
+      <c r="N69" t="s">
+        <v>86</v>
+      </c>
+      <c r="O69" t="s">
+        <v>19</v>
+      </c>
+      <c r="P69" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>17</v>
+      </c>
+      <c r="R69" t="s">
+        <v>84</v>
+      </c>
+      <c r="S69">
+        <v>4108</v>
+      </c>
+      <c r="T69">
+        <v>271600</v>
+      </c>
+      <c r="U69">
+        <v>3465</v>
+      </c>
+      <c r="V69" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:23">
+      <c r="A70" t="s">
+        <v>26</v>
+      </c>
+      <c r="B70">
+        <v>187420</v>
+      </c>
+      <c r="C70" t="s">
+        <v>83</v>
+      </c>
+      <c r="D70" t="s">
+        <v>82</v>
+      </c>
+      <c r="E70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" t="s">
+        <v>17</v>
+      </c>
+      <c r="G70">
+        <v>2</v>
+      </c>
+      <c r="H70" t="s">
+        <v>10</v>
+      </c>
+      <c r="J70" t="s">
+        <v>23</v>
+      </c>
+      <c r="L70" t="s">
+        <v>81</v>
+      </c>
+      <c r="M70" t="s">
+        <v>21</v>
+      </c>
+      <c r="N70" t="s">
+        <v>20</v>
+      </c>
+      <c r="O70" t="s">
+        <v>19</v>
+      </c>
+      <c r="P70" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>17</v>
+      </c>
+      <c r="R70" t="s">
+        <v>16</v>
+      </c>
+      <c r="S70">
+        <v>4274</v>
+      </c>
+      <c r="T70">
+        <v>272688</v>
+      </c>
+      <c r="U70">
+        <v>3631</v>
+      </c>
+      <c r="V70" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:23">
+      <c r="A71" t="s">
+        <v>26</v>
+      </c>
+      <c r="B71">
+        <v>187445</v>
+      </c>
+      <c r="C71" t="s">
+        <v>80</v>
+      </c>
+      <c r="D71" t="s">
+        <v>79</v>
+      </c>
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71">
+        <v>1</v>
+      </c>
+      <c r="H71" t="s">
+        <v>10</v>
+      </c>
+      <c r="J71" t="s">
+        <v>23</v>
+      </c>
+      <c r="L71" t="s">
+        <v>78</v>
+      </c>
+      <c r="M71" t="s">
+        <v>42</v>
+      </c>
+      <c r="N71" t="s">
+        <v>41</v>
+      </c>
+      <c r="O71" t="s">
+        <v>19</v>
+      </c>
+      <c r="P71" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>39</v>
+      </c>
+      <c r="R71" t="s">
+        <v>38</v>
+      </c>
+      <c r="S71">
+        <v>4197</v>
+      </c>
+      <c r="T71">
+        <v>274751</v>
+      </c>
+      <c r="U71">
+        <v>3554</v>
+      </c>
+      <c r="V71" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:23">
+      <c r="A72" t="s">
+        <v>26</v>
+      </c>
+      <c r="B72">
+        <v>187455</v>
+      </c>
+      <c r="C72" t="s">
+        <v>77</v>
+      </c>
+      <c r="D72" t="s">
+        <v>76</v>
+      </c>
+      <c r="E72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>75</v>
+      </c>
+      <c r="G72">
+        <v>1</v>
+      </c>
+      <c r="H72" t="s">
+        <v>10</v>
+      </c>
+      <c r="J72" t="s">
+        <v>23</v>
+      </c>
+      <c r="L72" t="s">
+        <v>74</v>
+      </c>
+      <c r="M72" t="s">
+        <v>42</v>
+      </c>
+      <c r="N72" t="s">
+        <v>41</v>
+      </c>
+      <c r="O72" t="s">
+        <v>19</v>
+      </c>
+      <c r="P72" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>39</v>
+      </c>
+      <c r="R72" t="s">
+        <v>38</v>
+      </c>
+      <c r="S72">
+        <v>4197</v>
+      </c>
+      <c r="T72">
+        <v>275135</v>
+      </c>
+      <c r="U72">
+        <v>3554</v>
+      </c>
+      <c r="V72" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:23">
+      <c r="A73" t="s">
+        <v>26</v>
+      </c>
+      <c r="B73">
+        <v>187475</v>
+      </c>
+      <c r="C73" t="s">
+        <v>73</v>
+      </c>
+      <c r="D73" t="s">
+        <v>72</v>
+      </c>
+      <c r="E73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>2</v>
+      </c>
+      <c r="G73">
+        <v>2</v>
+      </c>
+      <c r="H73" t="s">
+        <v>34</v>
+      </c>
+      <c r="J73" t="s">
+        <v>65</v>
+      </c>
+      <c r="K73" t="s">
+        <v>71</v>
+      </c>
+      <c r="L73" t="s">
+        <v>70</v>
+      </c>
+      <c r="M73" t="s">
+        <v>69</v>
+      </c>
+      <c r="N73" t="s">
+        <v>20</v>
+      </c>
+      <c r="O73" t="s">
+        <v>47</v>
+      </c>
+      <c r="P73" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>2</v>
+      </c>
+      <c r="R73" t="s">
+        <v>68</v>
+      </c>
+      <c r="S73">
+        <v>4195</v>
+      </c>
+      <c r="T73">
+        <v>276549</v>
+      </c>
+      <c r="U73">
+        <v>3552</v>
+      </c>
+      <c r="V73" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:23">
+      <c r="A74" t="s">
+        <v>26</v>
+      </c>
+      <c r="B74">
+        <v>187524</v>
+      </c>
+      <c r="C74" t="s">
+        <v>67</v>
+      </c>
+      <c r="D74" t="s">
+        <v>66</v>
+      </c>
+      <c r="E74" t="s">
+        <v>12</v>
+      </c>
+      <c r="F74" t="s">
+        <v>2</v>
+      </c>
+      <c r="G74">
+        <v>2</v>
+      </c>
+      <c r="H74" t="s">
+        <v>34</v>
+      </c>
+      <c r="J74" t="s">
+        <v>65</v>
+      </c>
+      <c r="K74" t="s">
+        <v>64</v>
+      </c>
+      <c r="L74" t="s">
+        <v>63</v>
+      </c>
+      <c r="M74" t="s">
+        <v>48</v>
+      </c>
+      <c r="N74" t="s">
+        <v>20</v>
+      </c>
+      <c r="O74" t="s">
+        <v>47</v>
+      </c>
+      <c r="P74" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>2</v>
+      </c>
+      <c r="R74" t="s">
+        <v>46</v>
+      </c>
+      <c r="S74">
+        <v>4193</v>
+      </c>
+      <c r="T74">
+        <v>279770</v>
+      </c>
+      <c r="U74">
+        <v>3550</v>
+      </c>
+      <c r="V74" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:23">
+      <c r="A75" t="s">
+        <v>26</v>
+      </c>
+      <c r="B75">
+        <v>187536</v>
+      </c>
+      <c r="C75" t="s">
+        <v>62</v>
+      </c>
+      <c r="D75" t="s">
+        <v>61</v>
+      </c>
+      <c r="E75" t="s">
+        <v>60</v>
+      </c>
+      <c r="F75" t="s">
+        <v>17</v>
+      </c>
+      <c r="G75">
+        <v>1</v>
+      </c>
+      <c r="H75" t="s">
+        <v>34</v>
+      </c>
+      <c r="J75" t="s">
+        <v>59</v>
+      </c>
+      <c r="K75" t="s">
+        <v>58</v>
+      </c>
+      <c r="L75" t="s">
+        <v>57</v>
+      </c>
+      <c r="M75" t="s">
+        <v>56</v>
+      </c>
+      <c r="N75" t="s">
+        <v>41</v>
+      </c>
+      <c r="O75" t="s">
+        <v>47</v>
+      </c>
+      <c r="P75" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>2</v>
+      </c>
+      <c r="R75" t="s">
+        <v>54</v>
+      </c>
+      <c r="S75">
+        <v>4236</v>
+      </c>
+      <c r="T75">
+        <v>280337</v>
+      </c>
+      <c r="U75">
+        <v>3593</v>
+      </c>
+      <c r="V75" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:23">
+      <c r="A76" t="s">
+        <v>26</v>
+      </c>
+      <c r="B76">
+        <v>187538</v>
+      </c>
+      <c r="C76" t="s">
+        <v>53</v>
+      </c>
+      <c r="D76" t="s">
+        <v>52</v>
+      </c>
+      <c r="E76" t="s">
+        <v>12</v>
+      </c>
+      <c r="F76" t="s">
+        <v>17</v>
+      </c>
+      <c r="G76">
+        <v>2</v>
+      </c>
+      <c r="H76" t="s">
+        <v>34</v>
+      </c>
+      <c r="J76" t="s">
+        <v>51</v>
+      </c>
+      <c r="K76" t="s">
+        <v>50</v>
+      </c>
+      <c r="L76" t="s">
+        <v>49</v>
+      </c>
+      <c r="M76" t="s">
+        <v>48</v>
+      </c>
+      <c r="N76" t="s">
+        <v>20</v>
+      </c>
+      <c r="O76" t="s">
+        <v>47</v>
+      </c>
+      <c r="P76" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>2</v>
+      </c>
+      <c r="R76" t="s">
+        <v>46</v>
+      </c>
+      <c r="S76">
+        <v>4193</v>
+      </c>
+      <c r="T76">
+        <v>280495</v>
+      </c>
+      <c r="U76">
+        <v>3550</v>
+      </c>
+      <c r="V76" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:23">
+      <c r="A77" t="s">
+        <v>26</v>
+      </c>
+      <c r="B77">
+        <v>187617</v>
+      </c>
+      <c r="C77" t="s">
+        <v>45</v>
+      </c>
+      <c r="D77" t="s">
+        <v>44</v>
+      </c>
+      <c r="E77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>39</v>
+      </c>
+      <c r="G77">
+        <v>1</v>
+      </c>
+      <c r="H77" t="s">
+        <v>34</v>
+      </c>
+      <c r="J77" t="s">
+        <v>23</v>
+      </c>
+      <c r="L77" t="s">
+        <v>43</v>
+      </c>
+      <c r="M77" t="s">
+        <v>42</v>
+      </c>
+      <c r="N77" t="s">
+        <v>41</v>
+      </c>
+      <c r="O77" t="s">
+        <v>19</v>
+      </c>
+      <c r="P77" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>39</v>
+      </c>
+      <c r="R77" t="s">
+        <v>38</v>
+      </c>
+      <c r="S77">
+        <v>4197</v>
+      </c>
+      <c r="T77">
+        <v>285843</v>
+      </c>
+      <c r="U77">
+        <v>3554</v>
+      </c>
+      <c r="V77" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:23">
+      <c r="A78" t="s">
+        <v>26</v>
+      </c>
+      <c r="B78">
+        <v>187624</v>
+      </c>
+      <c r="C78" t="s">
+        <v>37</v>
+      </c>
+      <c r="D78" t="s">
+        <v>36</v>
+      </c>
+      <c r="E78" t="s">
+        <v>12</v>
+      </c>
+      <c r="F78" t="s">
+        <v>35</v>
+      </c>
+      <c r="G78">
+        <v>2</v>
+      </c>
+      <c r="H78" t="s">
+        <v>34</v>
+      </c>
+      <c r="J78" t="s">
+        <v>33</v>
+      </c>
+      <c r="K78" t="s">
+        <v>32</v>
+      </c>
+      <c r="L78" t="s">
+        <v>31</v>
+      </c>
+      <c r="M78" t="s">
+        <v>30</v>
+      </c>
+      <c r="N78" t="s">
+        <v>20</v>
+      </c>
+      <c r="O78" t="s">
+        <v>29</v>
+      </c>
+      <c r="P78" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>2</v>
+      </c>
+      <c r="R78" t="s">
+        <v>27</v>
+      </c>
+      <c r="S78">
         <v>4198</v>
       </c>
-      <c r="T47">
+      <c r="T78">
         <v>286181</v>
       </c>
-      <c r="U47">
+      <c r="U78">
         <v>3555</v>
       </c>
-      <c r="V47" t="s">
+      <c r="V78" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:23">
+      <c r="A79" t="s">
+        <v>26</v>
+      </c>
+      <c r="B79">
+        <v>187697</v>
+      </c>
+      <c r="C79" t="s">
+        <v>25</v>
+      </c>
+      <c r="D79" t="s">
+        <v>24</v>
+      </c>
+      <c r="E79" t="s">
+        <v>12</v>
+      </c>
+      <c r="F79" t="s">
+        <v>11</v>
+      </c>
+      <c r="G79">
+        <v>2</v>
+      </c>
+      <c r="H79" t="s">
+        <v>10</v>
+      </c>
+      <c r="J79" t="s">
+        <v>23</v>
+      </c>
+      <c r="L79" t="s">
+        <v>22</v>
+      </c>
+      <c r="M79" t="s">
+        <v>21</v>
+      </c>
+      <c r="N79" t="s">
+        <v>20</v>
+      </c>
+      <c r="O79" t="s">
+        <v>19</v>
+      </c>
+      <c r="P79" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>17</v>
+      </c>
+      <c r="R79" t="s">
+        <v>16</v>
+      </c>
+      <c r="S79">
+        <v>4274</v>
+      </c>
+      <c r="T79">
+        <v>293823</v>
+      </c>
+      <c r="U79">
+        <v>3631</v>
+      </c>
+      <c r="V79" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:23">
+      <c r="A80" t="s">
+        <v>15</v>
+      </c>
+      <c r="B80">
+        <v>101200</v>
+      </c>
+      <c r="C80" t="s">
+        <v>14</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G80">
+        <v>2</v>
+      </c>
+      <c r="H80" t="s">
+        <v>10</v>
+      </c>
+      <c r="J80" t="s">
+        <v>9</v>
+      </c>
+      <c r="K80" t="s">
+        <v>8</v>
+      </c>
+      <c r="L80" t="s">
+        <v>7</v>
+      </c>
+      <c r="M80" t="s">
+        <v>6</v>
+      </c>
+      <c r="N80" t="s">
+        <v>5</v>
+      </c>
+      <c r="O80" t="s">
+        <v>4</v>
+      </c>
+      <c r="P80" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>2</v>
+      </c>
+      <c r="R80" t="s">
+        <v>1</v>
+      </c>
+      <c r="S80">
+        <v>4159</v>
+      </c>
+      <c r="T80">
+        <v>220159</v>
+      </c>
+      <c r="U80">
+        <v>3516</v>
+      </c>
+      <c r="V80" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:W47"/>
-  <conditionalFormatting sqref="G3:G47">
+  <autoFilter ref="A2:W80"/>
+  <conditionalFormatting sqref="G3:G80">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>