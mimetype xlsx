--- v3 (2026-02-01)
+++ v4 (2026-02-22)
@@ -7,239 +7,272 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$80</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$91</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="413">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="450">
   <si>
     <t>NK</t>
   </si>
   <si>
+    <t>Women's Individual Gundersen Normal Hill HS100/5,0 Km</t>
+  </si>
+  <si>
+    <t>GER</t>
+  </si>
+  <si>
+    <t>Schonach</t>
+  </si>
+  <si>
+    <t>GUN</t>
+  </si>
+  <si>
+    <t>COC</t>
+  </si>
+  <si>
+    <t>01.02.2026</t>
+  </si>
+  <si>
+    <t>01.02.2026 11:15</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm</t>
+  </si>
+  <si>
+    <t>Disqualification (DSQ)</t>
+  </si>
+  <si>
+    <t>FRA</t>
+  </si>
+  <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>PAGNIER</t>
+  </si>
+  <si>
+    <t>Team official</t>
+  </si>
+  <si>
+    <t>01.02.2026 14:30</t>
+  </si>
+  <si>
+    <t>ICR 531.3.1 - Early start cross country race</t>
+  </si>
+  <si>
+    <t>AUT</t>
+  </si>
+  <si>
+    <t>Christian</t>
+  </si>
+  <si>
+    <t>DEUSCHL</t>
+  </si>
+  <si>
     <t>Men's Provisional Round Normal Hill HS109/10.0 Km</t>
   </si>
   <si>
-    <t>AUT</t>
-[...1 lines deleted...]
-  <si>
     <t>Seefeld</t>
   </si>
   <si>
     <t>PRN</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>29.01.2026</t>
   </si>
   <si>
     <t>29.01.2026 11:46</t>
   </si>
   <si>
     <t>Lost UKR quota due to red card in previous competition. He should be not on start - NPS</t>
   </si>
   <si>
     <t>Other, Over quota due to red card</t>
   </si>
   <si>
     <t>Not permitted to start (NPS)</t>
   </si>
   <si>
     <t>UKR</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Oleksandr</t>
   </si>
   <si>
     <t>SHUMBARETS</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
     <t>Men's Individual Gundersen Large Hill HS118/5,0 Km</t>
   </si>
   <si>
-    <t>FRA</t>
-[...1 lines deleted...]
-  <si>
     <t>Chaux-Neuve</t>
   </si>
   <si>
     <t>GUL</t>
   </si>
   <si>
     <t>FESA</t>
   </si>
   <si>
     <t>11.01.2026</t>
   </si>
   <si>
     <t>11.01.2026 09:41</t>
   </si>
   <si>
     <t>SCE C 4.4.7 - Crotch control</t>
   </si>
   <si>
     <t>Rostyslav</t>
   </si>
   <si>
     <t>Kostreiuk</t>
   </si>
   <si>
     <t>Athlete</t>
   </si>
   <si>
     <t>Men's Individual Gundersen Medium Hill HS66/3.2 Km</t>
   </si>
   <si>
     <t>Tschagguns</t>
   </si>
   <si>
     <t>GUM</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>25.10.2025 14:05</t>
   </si>
   <si>
     <t>ICR531.3.4 Obstructed intentionally</t>
   </si>
   <si>
     <t>525.2.10 - Obstruction</t>
   </si>
   <si>
-    <t>Disqualification (DSQ)</t>
-[...4 lines deleted...]
-  <si>
     <t>Luca</t>
   </si>
   <si>
     <t>GAFFAL</t>
   </si>
   <si>
     <t>Men's Individual Gundersen Large Hill HS142/10,0 Km</t>
   </si>
   <si>
     <t>FIN</t>
   </si>
   <si>
     <t>Ruka</t>
   </si>
   <si>
-    <t>COC</t>
-[...1 lines deleted...]
-  <si>
     <t>14.12.2025</t>
   </si>
   <si>
     <t>14.12.2025 10:06</t>
   </si>
   <si>
     <t>Marcus</t>
   </si>
   <si>
     <t>KAARIAINEN</t>
   </si>
   <si>
     <t>Men's Individual Gundersen Normal Hill HS103/10,0 Km</t>
   </si>
   <si>
-    <t>GUN</t>
-[...1 lines deleted...]
-  <si>
     <t>06.09.2025</t>
   </si>
   <si>
     <t>06.09.2025 14:40</t>
   </si>
   <si>
     <t>5 second too early start. We have talk with coach during the race. After race athlete DSQ</t>
   </si>
   <si>
     <t>525.2.14 - Early start for a competitor</t>
   </si>
   <si>
     <t>Manek</t>
   </si>
   <si>
     <t>OBEZ</t>
   </si>
   <si>
     <t>Women's Individual Gundersen Normal Hill HS109/5,0 Km</t>
   </si>
   <si>
     <t>Eisenerz</t>
   </si>
   <si>
     <t>16.01.2026</t>
   </si>
   <si>
     <t>16.01.2026 11:51</t>
   </si>
   <si>
     <t>Suit exceeds allowed size bx 3 cm</t>
   </si>
   <si>
-    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm</t>
-[...1 lines deleted...]
-  <si>
     <t>W</t>
   </si>
   <si>
     <t>Laly</t>
   </si>
   <si>
     <t>PINGAT</t>
   </si>
   <si>
     <t>06.09.2025 11:40</t>
   </si>
   <si>
     <t>SCE C4.4 - Tolerance - upper body +5cm</t>
   </si>
   <si>
     <t>222 - Competition equipment</t>
   </si>
   <si>
     <t>Felix</t>
   </si>
   <si>
     <t>MUEHLTHALER</t>
   </si>
   <si>
     <t>Men's Individual Gundersen Normal Hill HS103/5,0 Km</t>
@@ -364,68 +397,95 @@
   <si>
     <t>Nora Helene</t>
   </si>
   <si>
     <t>EVANS</t>
   </si>
   <si>
     <t>Women's Provisional Round Normal Hill HS97/5,0 Km</t>
   </si>
   <si>
     <t>EST</t>
   </si>
   <si>
     <t>Otepää</t>
   </si>
   <si>
     <t>08.01.2026</t>
   </si>
   <si>
     <t>08.01.2026 09:25</t>
   </si>
   <si>
     <t>SCE C 4.4.6 - Leg length</t>
   </si>
   <si>
+    <t>Men's Individual Gundersen Normal Hill HS98/10.0 Km</t>
+  </si>
+  <si>
+    <t>Lillehammer</t>
+  </si>
+  <si>
+    <t>15.02.2026</t>
+  </si>
+  <si>
+    <t>15.02.2026 10:37</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.9 - Air permeability of suit material / *with possible additional explanation</t>
+  </si>
+  <si>
+    <t>SLO</t>
+  </si>
+  <si>
+    <t>Lovro</t>
+  </si>
+  <si>
+    <t>PERCL SERUCNIK</t>
+  </si>
+  <si>
     <t>Men's Individual Gundersen Normal Hill HS109/10,0 Km</t>
   </si>
   <si>
     <t>16.01.2026 12:27</t>
   </si>
   <si>
     <t>Suit exceeds allowed size by 70 mm</t>
   </si>
   <si>
-    <t>SLO</t>
-[...1 lines deleted...]
-  <si>
     <t>Timon</t>
   </si>
   <si>
     <t>BRGLEZ</t>
   </si>
   <si>
+    <t>14.02.2026</t>
+  </si>
+  <si>
+    <t>14.02.2026 12:08</t>
+  </si>
+  <si>
     <t>Women's Provisional Round Normal Hill HS109/5.0 Km</t>
   </si>
   <si>
     <t>29.01.2026 09:57</t>
   </si>
   <si>
     <t>+3cm</t>
   </si>
   <si>
     <t>Romane</t>
   </si>
   <si>
     <t>BAUD</t>
   </si>
   <si>
     <t>06.09.2025 11:05</t>
   </si>
   <si>
     <t>SCE C4.4 - tolerance / suit - waist +3cm</t>
   </si>
   <si>
     <t>Illia</t>
   </si>
   <si>
     <t>CHEBOLDA</t>
@@ -442,133 +502,160 @@
   <si>
     <t>17.01.2026</t>
   </si>
   <si>
     <t>17.01.2026 10:22</t>
   </si>
   <si>
     <t>Suit exceeds allowed size by 15mm</t>
   </si>
   <si>
     <t>Amelie</t>
   </si>
   <si>
     <t>STEINER</t>
   </si>
   <si>
     <t>13.12.2025 10:10</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>RAISANEN</t>
   </si>
   <si>
-    <t>Women's Individual Gundersen Normal Hill HS100/5,0 Km</t>
-[...1 lines deleted...]
-  <si>
     <t>Oberhof</t>
   </si>
   <si>
     <t>18.01.2026</t>
   </si>
   <si>
     <t>18.01.2026 08:58</t>
   </si>
   <si>
     <t>SCE C 1.2.1.1 - Ski length / Too long ski</t>
   </si>
   <si>
     <t>Ingrid</t>
   </si>
   <si>
     <t>LAATE</t>
   </si>
   <si>
     <t>12.12.2025 16:10</t>
   </si>
   <si>
     <t>Maksym</t>
   </si>
   <si>
     <t>PROKOPIUK</t>
   </si>
   <si>
     <t>Women's Individual Mass Start Normal Hill HS102/5,0 Km</t>
   </si>
   <si>
     <t>Trondheim</t>
   </si>
   <si>
     <t>06.12.2025</t>
   </si>
   <si>
     <t>06.12.2025 15:20</t>
   </si>
   <si>
     <t>no Remarks</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, +2cm</t>
   </si>
   <si>
     <t>Tia</t>
   </si>
   <si>
     <t>MALOVRH</t>
+  </si>
+  <si>
+    <t>Men's Individual Gundersen Large Hill HS100/10,0 Km</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit</t>
   </si>
   <si>
     <t>16.01.2026 10:36</t>
   </si>
   <si>
     <t>PCR competition:
 Suit exceeds allowed size by 20 mm</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
     <t>KREZE</t>
   </si>
   <si>
+    <t>Men's Individual Compact Large Hill HS100/7,5 Km</t>
+  </si>
+  <si>
+    <t>ICL</t>
+  </si>
+  <si>
+    <t>30.01.2026 12:17</t>
+  </si>
+  <si>
+    <t>Ansgar</t>
+  </si>
+  <si>
+    <t>SCHUPP</t>
+  </si>
+  <si>
     <t>16.01.2026 12:21</t>
   </si>
   <si>
     <t>Suit exceeds allowed size by 40 mm</t>
   </si>
   <si>
     <t>Matias</t>
   </si>
   <si>
     <t>AARNA</t>
   </si>
   <si>
+    <t>Women's Individual Gundersen Normal Hill HS98/5.0 Km</t>
+  </si>
+  <si>
+    <t>15.02.2026 10:08</t>
+  </si>
+  <si>
+    <t>Marion</t>
+  </si>
+  <si>
+    <t>DROZ VINCENT</t>
+  </si>
+  <si>
     <t>Men's Individual Compact Large Hill HS142/7,5 Km</t>
-  </si>
-[...1 lines deleted...]
-    <t>ICL</t>
   </si>
   <si>
     <t>28.11.2025</t>
   </si>
   <si>
     <t>28.11.2025 16:37</t>
   </si>
   <si>
     <t>The athlete was informed of the infranction after the finish line. The coach was informed of possible disqualification of his athlete in the track during the competition.</t>
   </si>
   <si>
     <t>ICR 531.3.3 - Violates the rules using transponder CC, 525.2.7.5 If transponders or GPS are used it is mandatory for the competitors to wear these equipment.</t>
   </si>
   <si>
     <t>JPN</t>
   </si>
   <si>
     <t>Atsushi</t>
   </si>
   <si>
     <t>NARITA</t>
   </si>
   <si>
     <t>Men's Individual Compact Large Hill HS140/7,5 Km</t>
   </si>
@@ -791,50 +878,77 @@
   <si>
     <t>ZHAO</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>29.11.2025 15:25</t>
   </si>
   <si>
     <t>Sanction imposed DSQ</t>
   </si>
   <si>
     <t>ICR 531.1.3.8 - Fluorinated ski wax prohibition JP/CC, 222.8 Fluorinated ski wax prohibition</t>
   </si>
   <si>
     <t>Men's Individual Compact Normal Hill HS97/7.5 Km</t>
   </si>
   <si>
     <t>11.01.2026 13:40</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, + 3.5</t>
   </si>
   <si>
+    <t>Women's Individual Mass Start Normal Hill HS109/5.0 Km</t>
+  </si>
+  <si>
+    <t>30.01.2026 16:19</t>
+  </si>
+  <si>
+    <t>Skiing in a wrong direction. 
+Skiing on a closed course up to 4 min before CC Mass start Men start.
+No reaction on TDA appeals to leave the course.
+Athlete didn't argue, appologized for it and agreed the fine.</t>
+  </si>
+  <si>
+    <t>Other, 525.2.7.2</t>
+  </si>
+  <si>
+    <t>100EUR</t>
+  </si>
+  <si>
+    <t>Monetary Fine</t>
+  </si>
+  <si>
+    <t>Annika</t>
+  </si>
+  <si>
+    <t>MALACINSKI</t>
+  </si>
+  <si>
     <t>16.01.2026 12:55</t>
   </si>
   <si>
     <t>CZE</t>
   </si>
   <si>
     <t>Lukas</t>
   </si>
   <si>
     <t>DOLEZAL</t>
   </si>
   <si>
     <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, exceeds allowed size by20mm</t>
   </si>
   <si>
     <t>Torje</t>
   </si>
   <si>
     <t>SELJESET</t>
   </si>
   <si>
     <t>14.12.2025 10:39</t>
   </si>
   <si>
     <t>Even Leinan</t>
@@ -842,50 +956,59 @@
   <si>
     <t>Lund</t>
   </si>
   <si>
     <t>12.12.2025 16:25</t>
   </si>
   <si>
     <t>Matic</t>
   </si>
   <si>
     <t>GARBAJS</t>
   </si>
   <si>
     <t>27.08.2025 19:09</t>
   </si>
   <si>
     <t>SCE 4 waist +2cm</t>
   </si>
   <si>
     <t>Tristan</t>
   </si>
   <si>
     <t>SOMMERFELDT</t>
   </si>
   <si>
+    <t>15.02.2026 10:26</t>
+  </si>
+  <si>
+    <t>Gunnar</t>
+  </si>
+  <si>
+    <t>GILBERTSON</t>
+  </si>
+  <si>
     <t>Women's Individual Mass Start Normal Hill HS98/5,0 Km</t>
   </si>
   <si>
     <t>Ramsau</t>
   </si>
   <si>
     <t>19.12.2025</t>
   </si>
   <si>
     <t>19.12.2025 12:32</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, + 2cm</t>
   </si>
   <si>
     <t>Greta</t>
   </si>
   <si>
     <t>PINZANI</t>
   </si>
   <si>
     <t>30.08.2025 12:53</t>
   </si>
   <si>
     <t>Yuya</t>
@@ -923,56 +1046,50 @@
   <si>
     <t>KONVALINKA</t>
   </si>
   <si>
     <t>Women's Provisional Round Normal Hill HS100/5,0 Km</t>
   </si>
   <si>
     <t>16.01.2026 09:55</t>
   </si>
   <si>
     <t>Silva</t>
   </si>
   <si>
     <t>VERBIC</t>
   </si>
   <si>
     <t>19.12.2025 12:28</t>
   </si>
   <si>
     <t>Tereza</t>
   </si>
   <si>
     <t>KOLDOVSKA</t>
   </si>
   <si>
-    <t>Men's Individual Compact Large Hill HS100/7,5 Km</t>
-[...4 lines deleted...]
-  <si>
     <t>30.01.2026 11:05</t>
   </si>
   <si>
     <t>Radim</t>
   </si>
   <si>
     <t>SUDEK</t>
   </si>
   <si>
     <t>19.09.2025 10:37</t>
   </si>
   <si>
     <t>SCE 4 - arm -0.7cm</t>
   </si>
   <si>
     <t>Lena</t>
   </si>
   <si>
     <t>BROCARD</t>
   </si>
   <si>
     <t>Taiki</t>
   </si>
   <si>
     <t>CHIBA</t>
@@ -986,104 +1103,98 @@
   <si>
     <t>SCE C 4 - Suit, broken zipper</t>
   </si>
   <si>
     <t>Sora</t>
   </si>
   <si>
     <t>YACHI</t>
   </si>
   <si>
     <t>12.12.2025 16:49</t>
   </si>
   <si>
     <t>Andreas</t>
   </si>
   <si>
     <t>OTTESEN</t>
   </si>
   <si>
     <t>09.01.2026 12:40</t>
   </si>
   <si>
     <t>Three times air permeability less than 40 liters.</t>
   </si>
   <si>
-    <t>SCE C 4.4.9 - Air permeability of suit material / *with possible additional explanation</t>
-[...1 lines deleted...]
-  <si>
     <t>Disqualification (DSQ), Disqualification (DSQ)</t>
   </si>
   <si>
     <t>16.01.2026 12:44</t>
   </si>
   <si>
     <t>Suit exceeds allowed size by 30 mm</t>
   </si>
   <si>
     <t>Stefano</t>
   </si>
   <si>
     <t>RADOVAN</t>
   </si>
   <si>
     <t>11.01.2026 13:30</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, +1,5</t>
   </si>
   <si>
     <t>Iacopo</t>
   </si>
   <si>
     <t>BORTOLAS</t>
   </si>
   <si>
     <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, exceeds allowed size by 25mm</t>
   </si>
   <si>
     <t>Nico</t>
   </si>
   <si>
     <t>ZARUCCHI</t>
   </si>
   <si>
     <t>Men's Individual Gundersen Normal Hill HS97/10,0 Km</t>
   </si>
   <si>
     <t>10.01.2026 17:15</t>
   </si>
   <si>
     <t>ICR 526 - Missing starting bib JP/CC, ICR 207.1.3</t>
   </si>
   <si>
     <t>250CHF</t>
   </si>
   <si>
-    <t>Monetary Fine</t>
-[...1 lines deleted...]
-  <si>
     <t>Einar Luraas</t>
   </si>
   <si>
     <t>OFTEBRO</t>
   </si>
   <si>
     <t>Women's Individual Gundersen Normal Hill HS102/5,0 Km</t>
   </si>
   <si>
     <t>05.12.2025</t>
   </si>
   <si>
     <t>05.12.2025 14:45</t>
   </si>
   <si>
     <t>Athelts changed her intended direction in the finish area, before the corridors, because the other athlete wanted to pass on the left. There was about 50 cm of space left. According to ICR 525.2.16, she can choose the best line, but she cannot obstruct an athlete approaching from behind. It was very close to being an obstruction</t>
   </si>
   <si>
     <t>Other, 525.2.16</t>
   </si>
   <si>
     <t>Verbal Reprimand</t>
   </si>
   <si>
     <t>Ida Marie</t>
@@ -1103,78 +1214,81 @@
   <si>
     <t>14.12.2025 10:48</t>
   </si>
   <si>
     <t>Mael</t>
   </si>
   <si>
     <t>TYRODE</t>
   </si>
   <si>
     <t>Men's Provisional Round Normal Hill HS102/10,0 Km</t>
   </si>
   <si>
     <t>05.12.2025 12:20</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, Suit +1cm</t>
   </si>
   <si>
     <t>Pascal</t>
   </si>
   <si>
     <t>MUELLER</t>
   </si>
   <si>
+    <t>14.02.2026 12:06</t>
+  </si>
+  <si>
+    <t>30mm</t>
+  </si>
+  <si>
     <t>Men's Individual Mass Start Normal Hill HS98/10,0 Km</t>
   </si>
   <si>
     <t>19.12.2025 13:40</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, Crotch</t>
   </si>
   <si>
     <t>Dmytro</t>
   </si>
   <si>
     <t>MAZURCHUK</t>
   </si>
   <si>
     <t>Men's Provisional Round Normal Hill HS100/10,0 Km</t>
   </si>
   <si>
     <t>16.01.2026 12:47</t>
   </si>
   <si>
     <t>Suit Preinspection Croch</t>
   </si>
   <si>
     <t>28.11.2025 14:04</t>
-  </si>
-[...1 lines deleted...]
-    <t>SCE C 4 - Suit</t>
   </si>
   <si>
     <t>SKOGLUND</t>
   </si>
   <si>
     <t>27.08.2025 19:34</t>
   </si>
   <si>
     <t>SCE 4 knee +2cm</t>
   </si>
   <si>
     <t>Ilkka</t>
   </si>
   <si>
     <t>HEROLA</t>
   </si>
   <si>
     <t>Men's Provisional Round Normal Hill HS98/10,0 Km</t>
   </si>
   <si>
     <t>18.12.2025</t>
   </si>
   <si>
     <t>18.12.2025 13:00</t>
   </si>
@@ -1649,5116 +1763,5789 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W80"/>
+  <dimension ref="A1:W91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="59.557" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.426" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="390.333" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="21.281" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
-        <v>412</v>
+        <v>449</v>
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="1" t="s">
-        <v>411</v>
+        <v>448</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>410</v>
+        <v>447</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>409</v>
+        <v>446</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>408</v>
+        <v>445</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>407</v>
+        <v>444</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>406</v>
+        <v>443</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>405</v>
+        <v>442</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>404</v>
+        <v>441</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>403</v>
+        <v>440</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>402</v>
+        <v>439</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>401</v>
+        <v>438</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>400</v>
+        <v>437</v>
       </c>
       <c r="M2" s="1" t="s">
-        <v>399</v>
+        <v>436</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>398</v>
+        <v>435</v>
       </c>
       <c r="O2" s="1" t="s">
-        <v>397</v>
+        <v>434</v>
       </c>
       <c r="P2" s="1" t="s">
-        <v>396</v>
+        <v>433</v>
       </c>
       <c r="Q2" s="1" t="s">
-        <v>395</v>
+        <v>432</v>
       </c>
       <c r="R2" s="1" t="s">
-        <v>394</v>
+        <v>431</v>
       </c>
       <c r="S2" s="1" t="s">
-        <v>393</v>
+        <v>430</v>
       </c>
       <c r="T2" s="1" t="s">
-        <v>392</v>
+        <v>429</v>
       </c>
       <c r="U2" s="1" t="s">
-        <v>391</v>
+        <v>428</v>
       </c>
       <c r="V2" s="1" t="s">
-        <v>390</v>
+        <v>427</v>
       </c>
       <c r="W2" s="1" t="s">
-        <v>389</v>
+        <v>426</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B3">
         <v>1562</v>
       </c>
       <c r="C3" t="s">
-        <v>388</v>
+        <v>425</v>
       </c>
       <c r="D3" t="s">
-        <v>387</v>
+        <v>424</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J3" t="s">
-        <v>386</v>
+        <v>423</v>
       </c>
       <c r="L3" t="s">
-        <v>385</v>
+        <v>422</v>
       </c>
       <c r="M3" t="s">
-        <v>113</v>
+        <v>124</v>
       </c>
       <c r="N3" t="s">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="O3" t="s">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="P3" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="Q3" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="R3" t="s">
-        <v>384</v>
+        <v>421</v>
       </c>
       <c r="S3">
         <v>4145</v>
       </c>
       <c r="T3">
         <v>124114</v>
       </c>
       <c r="U3">
         <v>3502</v>
       </c>
       <c r="V3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B4">
         <v>100167</v>
       </c>
       <c r="C4" t="s">
-        <v>383</v>
+        <v>420</v>
       </c>
       <c r="D4" t="s">
-        <v>382</v>
+        <v>419</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J4" t="s">
-        <v>363</v>
+        <v>401</v>
       </c>
       <c r="L4" t="s">
-        <v>381</v>
+        <v>418</v>
       </c>
       <c r="M4" t="s">
-        <v>276</v>
+        <v>316</v>
       </c>
       <c r="N4" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="O4" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="P4" t="s">
-        <v>275</v>
+        <v>315</v>
       </c>
       <c r="Q4" t="s">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="R4" t="s">
-        <v>361</v>
+        <v>399</v>
       </c>
       <c r="S4">
         <v>4135</v>
       </c>
       <c r="T4">
         <v>161576</v>
       </c>
       <c r="U4">
         <v>3492</v>
       </c>
       <c r="V4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B5">
         <v>100269</v>
       </c>
       <c r="C5" t="s">
-        <v>380</v>
+        <v>417</v>
       </c>
       <c r="D5" t="s">
-        <v>351</v>
+        <v>387</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>258</v>
+        <v>295</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J5" t="s">
-        <v>379</v>
+        <v>416</v>
       </c>
       <c r="L5" t="s">
-        <v>378</v>
+        <v>415</v>
       </c>
       <c r="M5" t="s">
-        <v>377</v>
+        <v>414</v>
       </c>
       <c r="N5" t="s">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="O5" t="s">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="P5" t="s">
-        <v>275</v>
+        <v>315</v>
       </c>
       <c r="Q5" t="s">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="R5" t="s">
-        <v>376</v>
+        <v>413</v>
       </c>
       <c r="S5">
         <v>4133</v>
       </c>
       <c r="T5">
         <v>166512</v>
       </c>
       <c r="U5">
         <v>3490</v>
       </c>
       <c r="V5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B6">
         <v>100308</v>
       </c>
       <c r="C6" t="s">
-        <v>375</v>
+        <v>412</v>
       </c>
       <c r="D6" t="s">
-        <v>374</v>
+        <v>411</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F6" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="G6">
         <v>2</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J6" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="K6" t="s">
-        <v>373</v>
+        <v>410</v>
       </c>
       <c r="L6" t="s">
-        <v>372</v>
+        <v>409</v>
       </c>
       <c r="M6" t="s">
-        <v>244</v>
+        <v>273</v>
       </c>
       <c r="N6" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="O6" t="s">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="P6" t="s">
-        <v>243</v>
+        <v>272</v>
       </c>
       <c r="Q6" t="s">
-        <v>35</v>
+        <v>2</v>
       </c>
       <c r="R6" t="s">
-        <v>242</v>
+        <v>271</v>
       </c>
       <c r="S6">
         <v>4103</v>
       </c>
       <c r="T6">
         <v>171139</v>
       </c>
       <c r="U6">
         <v>3460</v>
       </c>
       <c r="V6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B7">
-        <v>100566</v>
+        <v>100518</v>
       </c>
       <c r="C7" t="s">
-        <v>371</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>318</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F7" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="G7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H7" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J7" t="s">
-        <v>370</v>
+        <v>15</v>
       </c>
       <c r="L7" t="s">
-        <v>369</v>
+        <v>14</v>
       </c>
       <c r="M7" t="s">
-        <v>170</v>
+        <v>6</v>
       </c>
       <c r="N7" t="s">
-        <v>99</v>
+        <v>5</v>
       </c>
       <c r="O7" t="s">
-        <v>169</v>
+        <v>35</v>
       </c>
       <c r="P7" t="s">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="Q7" t="s">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="R7" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="S7">
-        <v>4117</v>
+        <v>4209</v>
       </c>
       <c r="T7">
-        <v>189544</v>
+        <v>183327</v>
       </c>
       <c r="U7">
-        <v>3474</v>
+        <v>3566</v>
       </c>
       <c r="V7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B8">
-        <v>100611</v>
+        <v>100566</v>
       </c>
       <c r="C8" t="s">
-        <v>365</v>
+        <v>408</v>
       </c>
       <c r="D8" t="s">
-        <v>364</v>
+        <v>356</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>86</v>
       </c>
       <c r="G8">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H8" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J8" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>180</v>
       </c>
       <c r="L8" t="s">
-        <v>367</v>
+        <v>407</v>
       </c>
       <c r="M8" t="s">
-        <v>56</v>
+        <v>199</v>
       </c>
       <c r="N8" t="s">
-        <v>5</v>
+        <v>110</v>
       </c>
       <c r="O8" t="s">
-        <v>4</v>
+        <v>186</v>
       </c>
       <c r="P8" t="s">
-        <v>143</v>
+        <v>54</v>
       </c>
       <c r="Q8" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="R8" t="s">
-        <v>366</v>
+        <v>198</v>
       </c>
       <c r="S8">
-        <v>4153</v>
+        <v>4117</v>
       </c>
       <c r="T8">
-        <v>193561</v>
+        <v>189544</v>
       </c>
       <c r="U8">
-        <v>3510</v>
+        <v>3474</v>
       </c>
       <c r="V8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B9">
         <v>100611</v>
       </c>
       <c r="C9" t="s">
-        <v>365</v>
+        <v>403</v>
       </c>
       <c r="D9" t="s">
-        <v>364</v>
+        <v>402</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="G9">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H9" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J9" t="s">
-        <v>363</v>
+        <v>39</v>
+      </c>
+      <c r="K9" t="s">
+        <v>406</v>
       </c>
       <c r="L9" t="s">
-        <v>362</v>
+        <v>405</v>
       </c>
       <c r="M9" t="s">
-        <v>276</v>
+        <v>68</v>
       </c>
       <c r="N9" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="O9" t="s">
-        <v>98</v>
+        <v>21</v>
       </c>
       <c r="P9" t="s">
-        <v>275</v>
+        <v>162</v>
       </c>
       <c r="Q9" t="s">
         <v>2</v>
       </c>
       <c r="R9" t="s">
-        <v>361</v>
+        <v>404</v>
       </c>
       <c r="S9">
-        <v>4135</v>
+        <v>4153</v>
       </c>
       <c r="T9">
         <v>193561</v>
       </c>
       <c r="U9">
-        <v>3492</v>
+        <v>3510</v>
       </c>
       <c r="V9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B10">
-        <v>100623</v>
+        <v>100611</v>
       </c>
       <c r="C10" t="s">
-        <v>360</v>
+        <v>403</v>
       </c>
       <c r="D10" t="s">
-        <v>359</v>
+        <v>402</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F10" t="s">
-        <v>205</v>
+        <v>28</v>
       </c>
       <c r="G10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H10" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J10" t="s">
-        <v>358</v>
+        <v>401</v>
       </c>
       <c r="L10" t="s">
-        <v>357</v>
+        <v>400</v>
       </c>
       <c r="M10" t="s">
-        <v>343</v>
+        <v>316</v>
       </c>
       <c r="N10" t="s">
-        <v>5</v>
+        <v>110</v>
       </c>
       <c r="O10" t="s">
-        <v>4</v>
+        <v>109</v>
       </c>
       <c r="P10" t="s">
-        <v>153</v>
+        <v>315</v>
       </c>
       <c r="Q10" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="R10" t="s">
-        <v>356</v>
+        <v>399</v>
       </c>
       <c r="S10">
-        <v>4122</v>
+        <v>4135</v>
       </c>
       <c r="T10">
-        <v>193925</v>
+        <v>193561</v>
       </c>
       <c r="U10">
-        <v>3479</v>
+        <v>3492</v>
       </c>
       <c r="V10" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B11">
-        <v>100625</v>
+        <v>100623</v>
       </c>
       <c r="C11" t="s">
-        <v>355</v>
+        <v>396</v>
       </c>
       <c r="D11" t="s">
-        <v>354</v>
+        <v>395</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F11" t="s">
-        <v>17</v>
+        <v>234</v>
       </c>
       <c r="G11">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H11" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J11" t="s">
-        <v>59</v>
+        <v>180</v>
+      </c>
+      <c r="K11" t="s">
+        <v>398</v>
       </c>
       <c r="L11" t="s">
-        <v>353</v>
+        <v>397</v>
       </c>
       <c r="M11" t="s">
-        <v>42</v>
+        <v>140</v>
       </c>
       <c r="N11" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O11" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P11" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="Q11" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="R11" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="S11">
-        <v>4197</v>
+        <v>4245</v>
       </c>
       <c r="T11">
-        <v>194080</v>
+        <v>193925</v>
       </c>
       <c r="U11">
-        <v>3554</v>
+        <v>3602</v>
       </c>
       <c r="V11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B12">
-        <v>100716</v>
+        <v>100623</v>
       </c>
       <c r="C12" t="s">
-        <v>352</v>
+        <v>396</v>
       </c>
       <c r="D12" t="s">
-        <v>351</v>
+        <v>395</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F12" t="s">
-        <v>35</v>
+        <v>234</v>
       </c>
       <c r="G12">
         <v>2</v>
       </c>
       <c r="H12" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J12" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>271</v>
+        <v>394</v>
       </c>
       <c r="L12" t="s">
-        <v>350</v>
+        <v>393</v>
       </c>
       <c r="M12" t="s">
-        <v>244</v>
+        <v>379</v>
       </c>
       <c r="N12" t="s">
+        <v>22</v>
+      </c>
+      <c r="O12" t="s">
+        <v>21</v>
+      </c>
+      <c r="P12" t="s">
+        <v>172</v>
+      </c>
+      <c r="Q12" t="s">
         <v>86</v>
       </c>
-      <c r="O12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R12" t="s">
-        <v>242</v>
+        <v>392</v>
       </c>
       <c r="S12">
-        <v>4103</v>
+        <v>4122</v>
       </c>
       <c r="T12">
-        <v>196699</v>
+        <v>193925</v>
       </c>
       <c r="U12">
-        <v>3460</v>
+        <v>3479</v>
       </c>
       <c r="V12" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B13">
-        <v>100733</v>
+        <v>100625</v>
       </c>
       <c r="C13" t="s">
-        <v>349</v>
+        <v>391</v>
       </c>
       <c r="D13" t="s">
-        <v>348</v>
+        <v>390</v>
       </c>
       <c r="E13" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="F13" t="s">
-        <v>75</v>
+        <v>10</v>
       </c>
       <c r="G13">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H13" t="s">
-        <v>347</v>
+        <v>9</v>
       </c>
       <c r="J13" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-        <v>345</v>
+        <v>8</v>
       </c>
       <c r="L13" t="s">
-        <v>344</v>
+        <v>389</v>
       </c>
       <c r="M13" t="s">
-        <v>343</v>
+        <v>55</v>
       </c>
       <c r="N13" t="s">
-        <v>99</v>
+        <v>5</v>
       </c>
       <c r="O13" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="P13" t="s">
-        <v>153</v>
+        <v>54</v>
       </c>
       <c r="Q13" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="R13" t="s">
-        <v>342</v>
+        <v>52</v>
       </c>
       <c r="S13">
-        <v>4121</v>
+        <v>4197</v>
       </c>
       <c r="T13">
-        <v>196877</v>
+        <v>194080</v>
       </c>
       <c r="U13">
-        <v>3478</v>
+        <v>3554</v>
       </c>
       <c r="V13" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B14">
-        <v>100797</v>
+        <v>100716</v>
       </c>
       <c r="C14" t="s">
-        <v>341</v>
+        <v>388</v>
       </c>
       <c r="D14" t="s">
-        <v>340</v>
+        <v>387</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F14" t="s">
-        <v>75</v>
+        <v>2</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>9</v>
       </c>
       <c r="J14" t="s">
-        <v>337</v>
+        <v>76</v>
+      </c>
+      <c r="K14" t="s">
+        <v>308</v>
       </c>
       <c r="L14" t="s">
-        <v>336</v>
+        <v>386</v>
       </c>
       <c r="M14" t="s">
-        <v>187</v>
+        <v>273</v>
       </c>
       <c r="N14" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="O14" t="s">
-        <v>47</v>
+        <v>186</v>
       </c>
       <c r="P14" t="s">
-        <v>112</v>
+        <v>272</v>
       </c>
       <c r="Q14" t="s">
-        <v>111</v>
+        <v>2</v>
       </c>
       <c r="R14" t="s">
-        <v>335</v>
+        <v>271</v>
       </c>
       <c r="S14">
-        <v>4149</v>
+        <v>4103</v>
       </c>
       <c r="T14">
-        <v>200998</v>
+        <v>196699</v>
       </c>
       <c r="U14">
-        <v>3506</v>
+        <v>3460</v>
       </c>
       <c r="V14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B15">
-        <v>100880</v>
+        <v>100733</v>
       </c>
       <c r="C15" t="s">
-        <v>334</v>
+        <v>385</v>
       </c>
       <c r="D15" t="s">
-        <v>333</v>
+        <v>384</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="F15" t="s">
-        <v>205</v>
+        <v>86</v>
       </c>
       <c r="G15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H15" t="s">
-        <v>34</v>
+        <v>383</v>
       </c>
       <c r="J15" t="s">
-        <v>332</v>
+        <v>382</v>
+      </c>
+      <c r="K15" t="s">
+        <v>381</v>
       </c>
       <c r="L15" t="s">
-        <v>188</v>
+        <v>380</v>
       </c>
       <c r="M15" t="s">
-        <v>187</v>
+        <v>379</v>
       </c>
       <c r="N15" t="s">
-        <v>5</v>
+        <v>110</v>
       </c>
       <c r="O15" t="s">
-        <v>186</v>
+        <v>4</v>
       </c>
       <c r="P15" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="Q15" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="R15" t="s">
-        <v>185</v>
+        <v>378</v>
       </c>
       <c r="S15">
-        <v>4285</v>
+        <v>4121</v>
       </c>
       <c r="T15">
-        <v>204215</v>
+        <v>196877</v>
       </c>
       <c r="U15">
-        <v>3642</v>
+        <v>3478</v>
       </c>
       <c r="V15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B16">
-        <v>100896</v>
+        <v>100797</v>
       </c>
       <c r="C16" t="s">
-        <v>331</v>
+        <v>377</v>
       </c>
       <c r="D16" t="s">
-        <v>330</v>
+        <v>376</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F16" t="s">
-        <v>103</v>
+        <v>86</v>
       </c>
       <c r="G16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H16" t="s">
-        <v>34</v>
+        <v>291</v>
+      </c>
+      <c r="I16" t="s">
+        <v>375</v>
       </c>
       <c r="J16" t="s">
-        <v>329</v>
+        <v>374</v>
       </c>
       <c r="L16" t="s">
-        <v>328</v>
+        <v>373</v>
       </c>
       <c r="M16" t="s">
-        <v>21</v>
+        <v>216</v>
       </c>
       <c r="N16" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="O16" t="s">
-        <v>214</v>
+        <v>4</v>
       </c>
       <c r="P16" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="Q16" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="R16" t="s">
-        <v>254</v>
+        <v>372</v>
       </c>
       <c r="S16">
-        <v>4151</v>
+        <v>4149</v>
       </c>
       <c r="T16">
-        <v>204525</v>
+        <v>200998</v>
       </c>
       <c r="U16">
-        <v>3508</v>
+        <v>3506</v>
       </c>
       <c r="V16" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B17">
-        <v>100899</v>
+        <v>100880</v>
       </c>
       <c r="C17" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="D17" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F17" t="s">
-        <v>103</v>
+        <v>234</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
       <c r="H17" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J17" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>325</v>
+        <v>369</v>
       </c>
       <c r="L17" t="s">
-        <v>324</v>
+        <v>217</v>
       </c>
       <c r="M17" t="s">
-        <v>56</v>
+        <v>216</v>
       </c>
       <c r="N17" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="O17" t="s">
-        <v>47</v>
+        <v>215</v>
       </c>
       <c r="P17" t="s">
-        <v>55</v>
+        <v>207</v>
       </c>
       <c r="Q17" t="s">
         <v>2</v>
       </c>
       <c r="R17" t="s">
-        <v>116</v>
+        <v>214</v>
       </c>
       <c r="S17">
-        <v>4237</v>
+        <v>4285</v>
       </c>
       <c r="T17">
-        <v>204528</v>
+        <v>204215</v>
       </c>
       <c r="U17">
-        <v>3594</v>
+        <v>3642</v>
       </c>
       <c r="V17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B18">
-        <v>100914</v>
+        <v>100896</v>
       </c>
       <c r="C18" t="s">
-        <v>319</v>
+        <v>368</v>
       </c>
       <c r="D18" t="s">
-        <v>318</v>
+        <v>367</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F18" t="s">
-        <v>75</v>
+        <v>114</v>
       </c>
       <c r="G18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H18" t="s">
-        <v>323</v>
+        <v>9</v>
       </c>
       <c r="J18" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>321</v>
+        <v>366</v>
       </c>
       <c r="L18" t="s">
-        <v>320</v>
+        <v>365</v>
       </c>
       <c r="M18" t="s">
-        <v>179</v>
+        <v>37</v>
       </c>
       <c r="N18" t="s">
-        <v>41</v>
+        <v>110</v>
       </c>
       <c r="O18" t="s">
-        <v>169</v>
+        <v>243</v>
       </c>
       <c r="P18" t="s">
-        <v>178</v>
+        <v>123</v>
       </c>
       <c r="Q18" t="s">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="R18" t="s">
-        <v>177</v>
+        <v>283</v>
       </c>
       <c r="S18">
-        <v>4205</v>
+        <v>4151</v>
       </c>
       <c r="T18">
-        <v>204658</v>
+        <v>204525</v>
       </c>
       <c r="U18">
-        <v>3562</v>
+        <v>3508</v>
       </c>
       <c r="V18" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B19">
-        <v>100914</v>
+        <v>100899</v>
       </c>
       <c r="C19" t="s">
-        <v>319</v>
+        <v>364</v>
       </c>
       <c r="D19" t="s">
-        <v>318</v>
+        <v>363</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F19" t="s">
-        <v>75</v>
+        <v>114</v>
       </c>
       <c r="G19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H19" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J19" t="s">
-        <v>59</v>
+        <v>8</v>
+      </c>
+      <c r="K19" t="s">
+        <v>362</v>
       </c>
       <c r="L19" t="s">
-        <v>317</v>
+        <v>361</v>
       </c>
       <c r="M19" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="N19" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O19" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P19" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="Q19" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="R19" t="s">
-        <v>38</v>
+        <v>135</v>
       </c>
       <c r="S19">
-        <v>4196</v>
+        <v>4237</v>
       </c>
       <c r="T19">
-        <v>204658</v>
+        <v>204528</v>
       </c>
       <c r="U19">
-        <v>3553</v>
+        <v>3594</v>
       </c>
       <c r="V19" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B20">
-        <v>101060</v>
+        <v>100914</v>
       </c>
       <c r="C20" t="s">
-        <v>316</v>
+        <v>357</v>
       </c>
       <c r="D20" t="s">
-        <v>315</v>
+        <v>356</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F20" t="s">
-        <v>174</v>
+        <v>86</v>
       </c>
       <c r="G20">
+        <v>0</v>
+      </c>
+      <c r="H20" t="s">
+        <v>360</v>
+      </c>
+      <c r="J20" t="s">
+        <v>131</v>
+      </c>
+      <c r="K20" t="s">
+        <v>359</v>
+      </c>
+      <c r="L20" t="s">
+        <v>358</v>
+      </c>
+      <c r="M20" t="s">
+        <v>208</v>
+      </c>
+      <c r="N20" t="s">
+        <v>5</v>
+      </c>
+      <c r="O20" t="s">
+        <v>186</v>
+      </c>
+      <c r="P20" t="s">
+        <v>207</v>
+      </c>
+      <c r="Q20" t="s">
         <v>2</v>
       </c>
-      <c r="H20" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="R20" t="s">
-        <v>312</v>
+        <v>206</v>
       </c>
       <c r="S20">
-        <v>4123</v>
+        <v>4205</v>
       </c>
       <c r="T20">
-        <v>211028</v>
+        <v>204658</v>
       </c>
       <c r="U20">
-        <v>3480</v>
+        <v>3562</v>
       </c>
       <c r="V20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B21">
-        <v>101065</v>
+        <v>100914</v>
       </c>
       <c r="C21" t="s">
-        <v>311</v>
+        <v>357</v>
       </c>
       <c r="D21" t="s">
-        <v>310</v>
+        <v>356</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F21" t="s">
-        <v>174</v>
+        <v>86</v>
       </c>
       <c r="G21">
         <v>2</v>
       </c>
       <c r="H21" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J21" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>8</v>
       </c>
       <c r="L21" t="s">
-        <v>180</v>
+        <v>355</v>
       </c>
       <c r="M21" t="s">
-        <v>179</v>
+        <v>103</v>
       </c>
       <c r="N21" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O21" t="s">
-        <v>169</v>
+        <v>35</v>
       </c>
       <c r="P21" t="s">
-        <v>178</v>
+        <v>54</v>
       </c>
       <c r="Q21" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="R21" t="s">
-        <v>177</v>
+        <v>52</v>
       </c>
       <c r="S21">
-        <v>4205</v>
+        <v>4196</v>
       </c>
       <c r="T21">
-        <v>211341</v>
+        <v>204658</v>
       </c>
       <c r="U21">
-        <v>3562</v>
+        <v>3553</v>
       </c>
       <c r="V21" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B22">
-        <v>101072</v>
+        <v>101060</v>
       </c>
       <c r="C22" t="s">
-        <v>309</v>
+        <v>354</v>
       </c>
       <c r="D22" t="s">
-        <v>308</v>
+        <v>353</v>
       </c>
       <c r="E22" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="F22" t="s">
-        <v>17</v>
+        <v>203</v>
       </c>
       <c r="G22">
         <v>2</v>
       </c>
       <c r="H22" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J22" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>352</v>
       </c>
       <c r="L22" t="s">
-        <v>306</v>
+        <v>351</v>
       </c>
       <c r="M22" t="s">
-        <v>105</v>
+        <v>173</v>
       </c>
       <c r="N22" t="s">
+        <v>110</v>
+      </c>
+      <c r="O22" t="s">
+        <v>109</v>
+      </c>
+      <c r="P22" t="s">
+        <v>172</v>
+      </c>
+      <c r="Q22" t="s">
         <v>86</v>
       </c>
-      <c r="O22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R22" t="s">
-        <v>54</v>
+        <v>350</v>
       </c>
       <c r="S22">
-        <v>4112</v>
+        <v>4123</v>
       </c>
       <c r="T22">
-        <v>212341</v>
+        <v>211028</v>
       </c>
       <c r="U22">
-        <v>3469</v>
+        <v>3480</v>
       </c>
       <c r="V22" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B23">
-        <v>101093</v>
+        <v>101065</v>
       </c>
       <c r="C23" t="s">
-        <v>305</v>
+        <v>349</v>
       </c>
       <c r="D23" t="s">
-        <v>304</v>
+        <v>348</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F23" t="s">
-        <v>258</v>
+        <v>203</v>
       </c>
       <c r="G23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H23" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J23" t="s">
-        <v>59</v>
+        <v>211</v>
+      </c>
+      <c r="K23" t="s">
+        <v>210</v>
       </c>
       <c r="L23" t="s">
-        <v>303</v>
+        <v>209</v>
       </c>
       <c r="M23" t="s">
-        <v>100</v>
+        <v>208</v>
       </c>
       <c r="N23" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O23" t="s">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="P23" t="s">
-        <v>302</v>
+        <v>207</v>
       </c>
       <c r="Q23" t="s">
-        <v>35</v>
+        <v>2</v>
       </c>
       <c r="R23" t="s">
-        <v>301</v>
+        <v>206</v>
       </c>
       <c r="S23">
-        <v>4208</v>
+        <v>4205</v>
       </c>
       <c r="T23">
-        <v>212810</v>
+        <v>211341</v>
       </c>
       <c r="U23">
-        <v>3565</v>
+        <v>3562</v>
       </c>
       <c r="V23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B24">
-        <v>101095</v>
+        <v>101072</v>
       </c>
       <c r="C24" t="s">
-        <v>300</v>
+        <v>347</v>
       </c>
       <c r="D24" t="s">
-        <v>299</v>
+        <v>346</v>
       </c>
       <c r="E24" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="F24" t="s">
-        <v>258</v>
+        <v>10</v>
       </c>
       <c r="G24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H24" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J24" t="s">
-        <v>157</v>
+        <v>76</v>
+      </c>
+      <c r="K24" t="s">
+        <v>345</v>
       </c>
       <c r="L24" t="s">
-        <v>298</v>
+        <v>344</v>
       </c>
       <c r="M24" t="s">
-        <v>276</v>
+        <v>116</v>
       </c>
       <c r="N24" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="O24" t="s">
-        <v>98</v>
+        <v>4</v>
       </c>
       <c r="P24" t="s">
-        <v>275</v>
+        <v>115</v>
       </c>
       <c r="Q24" t="s">
-        <v>2</v>
+        <v>114</v>
       </c>
       <c r="R24" t="s">
-        <v>274</v>
+        <v>66</v>
       </c>
       <c r="S24">
-        <v>4134</v>
+        <v>4112</v>
       </c>
       <c r="T24">
-        <v>212812</v>
+        <v>212341</v>
       </c>
       <c r="U24">
-        <v>3491</v>
+        <v>3469</v>
       </c>
       <c r="V24" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B25">
-        <v>101108</v>
+        <v>101093</v>
       </c>
       <c r="C25" t="s">
-        <v>297</v>
+        <v>343</v>
       </c>
       <c r="D25" t="s">
-        <v>296</v>
+        <v>342</v>
       </c>
       <c r="E25" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="F25" t="s">
-        <v>119</v>
+        <v>295</v>
       </c>
       <c r="G25">
         <v>1</v>
       </c>
       <c r="H25" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J25" t="s">
-        <v>197</v>
+        <v>8</v>
       </c>
       <c r="L25" t="s">
-        <v>295</v>
+        <v>341</v>
       </c>
       <c r="M25" t="s">
-        <v>56</v>
+        <v>111</v>
       </c>
       <c r="N25" t="s">
         <v>5</v>
       </c>
       <c r="O25" t="s">
-        <v>4</v>
+        <v>186</v>
       </c>
       <c r="P25" t="s">
-        <v>143</v>
+        <v>3</v>
       </c>
       <c r="Q25" t="s">
-        <v>35</v>
+        <v>2</v>
       </c>
       <c r="R25" t="s">
-        <v>294</v>
+        <v>185</v>
       </c>
       <c r="S25">
-        <v>4152</v>
+        <v>4208</v>
       </c>
       <c r="T25">
-        <v>212961</v>
+        <v>212810</v>
       </c>
       <c r="U25">
-        <v>3509</v>
+        <v>3565</v>
       </c>
       <c r="V25" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B26">
-        <v>101122</v>
+        <v>101095</v>
       </c>
       <c r="C26" t="s">
-        <v>293</v>
+        <v>340</v>
       </c>
       <c r="D26" t="s">
-        <v>292</v>
+        <v>339</v>
       </c>
       <c r="E26" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="F26" t="s">
-        <v>258</v>
+        <v>295</v>
       </c>
       <c r="G26">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H26" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J26" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>291</v>
+        <v>176</v>
       </c>
       <c r="L26" t="s">
-        <v>290</v>
+        <v>338</v>
       </c>
       <c r="M26" t="s">
-        <v>289</v>
+        <v>316</v>
       </c>
       <c r="N26" t="s">
-        <v>86</v>
+        <v>110</v>
       </c>
       <c r="O26" t="s">
-        <v>288</v>
+        <v>109</v>
       </c>
       <c r="P26" t="s">
-        <v>104</v>
+        <v>315</v>
       </c>
       <c r="Q26" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="R26" t="s">
-        <v>287</v>
+        <v>314</v>
       </c>
       <c r="S26">
-        <v>4113</v>
+        <v>4134</v>
       </c>
       <c r="T26">
-        <v>213443</v>
+        <v>212812</v>
       </c>
       <c r="U26">
-        <v>3470</v>
+        <v>3491</v>
       </c>
       <c r="V26" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B27">
-        <v>101144</v>
+        <v>101108</v>
       </c>
       <c r="C27" t="s">
-        <v>286</v>
+        <v>337</v>
       </c>
       <c r="D27" t="s">
-        <v>285</v>
+        <v>336</v>
       </c>
       <c r="E27" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="F27" t="s">
+        <v>132</v>
+      </c>
+      <c r="G27">
+        <v>1</v>
+      </c>
+      <c r="H27" t="s">
+        <v>9</v>
+      </c>
+      <c r="J27" t="s">
+        <v>226</v>
+      </c>
+      <c r="L27" t="s">
+        <v>335</v>
+      </c>
+      <c r="M27" t="s">
+        <v>68</v>
+      </c>
+      <c r="N27" t="s">
+        <v>22</v>
+      </c>
+      <c r="O27" t="s">
+        <v>21</v>
+      </c>
+      <c r="P27" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q27" t="s">
         <v>2</v>
       </c>
-      <c r="G27">
-[...28 lines deleted...]
-      </c>
       <c r="R27" t="s">
-        <v>54</v>
+        <v>334</v>
       </c>
       <c r="S27">
-        <v>4112</v>
+        <v>4152</v>
       </c>
       <c r="T27">
-        <v>217157</v>
+        <v>212961</v>
       </c>
       <c r="U27">
-        <v>3469</v>
+        <v>3509</v>
       </c>
       <c r="V27" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B28">
-        <v>101189</v>
+        <v>101122</v>
       </c>
       <c r="C28" t="s">
-        <v>283</v>
+        <v>333</v>
       </c>
       <c r="D28" t="s">
-        <v>282</v>
+        <v>332</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F28" t="s">
-        <v>174</v>
+        <v>295</v>
       </c>
       <c r="G28">
         <v>2</v>
       </c>
       <c r="H28" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="J28" t="s">
-        <v>182</v>
+        <v>76</v>
       </c>
       <c r="K28" t="s">
-        <v>181</v>
+        <v>331</v>
       </c>
       <c r="L28" t="s">
-        <v>180</v>
+        <v>330</v>
       </c>
       <c r="M28" t="s">
-        <v>179</v>
+        <v>329</v>
       </c>
       <c r="N28" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="O28" t="s">
-        <v>169</v>
+        <v>328</v>
       </c>
       <c r="P28" t="s">
-        <v>178</v>
+        <v>115</v>
       </c>
       <c r="Q28" t="s">
-        <v>35</v>
+        <v>114</v>
       </c>
       <c r="R28" t="s">
-        <v>177</v>
+        <v>327</v>
       </c>
       <c r="S28">
-        <v>4205</v>
+        <v>4113</v>
       </c>
       <c r="T28">
-        <v>220081</v>
+        <v>213443</v>
       </c>
       <c r="U28">
-        <v>3562</v>
+        <v>3470</v>
       </c>
       <c r="V28" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B29">
-        <v>101200</v>
+        <v>101144</v>
       </c>
       <c r="C29" t="s">
-        <v>14</v>
+        <v>326</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>325</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="F29" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="G29">
         <v>2</v>
       </c>
       <c r="H29" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J29" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="K29" t="s">
-        <v>271</v>
+        <v>118</v>
       </c>
       <c r="L29" t="s">
-        <v>281</v>
+        <v>324</v>
       </c>
       <c r="M29" t="s">
-        <v>87</v>
+        <v>116</v>
       </c>
       <c r="N29" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="O29" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P29" t="s">
-        <v>85</v>
+        <v>115</v>
       </c>
       <c r="Q29" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="R29" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="S29">
-        <v>4108</v>
+        <v>4112</v>
       </c>
       <c r="T29">
-        <v>220159</v>
+        <v>217157</v>
       </c>
       <c r="U29">
-        <v>3465</v>
+        <v>3469</v>
       </c>
       <c r="V29" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B30">
-        <v>101211</v>
+        <v>101189</v>
       </c>
       <c r="C30" t="s">
-        <v>280</v>
+        <v>323</v>
       </c>
       <c r="D30" t="s">
-        <v>279</v>
+        <v>322</v>
       </c>
       <c r="E30" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="F30" t="s">
-        <v>103</v>
+        <v>203</v>
       </c>
       <c r="G30">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H30" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J30" t="s">
-        <v>278</v>
+        <v>211</v>
+      </c>
+      <c r="K30" t="s">
+        <v>210</v>
       </c>
       <c r="L30" t="s">
-        <v>277</v>
+        <v>209</v>
       </c>
       <c r="M30" t="s">
-        <v>276</v>
+        <v>208</v>
       </c>
       <c r="N30" t="s">
-        <v>99</v>
+        <v>5</v>
       </c>
       <c r="O30" t="s">
-        <v>98</v>
+        <v>186</v>
       </c>
       <c r="P30" t="s">
-        <v>275</v>
+        <v>207</v>
       </c>
       <c r="Q30" t="s">
         <v>2</v>
       </c>
       <c r="R30" t="s">
-        <v>274</v>
+        <v>206</v>
       </c>
       <c r="S30">
-        <v>4134</v>
+        <v>4205</v>
       </c>
       <c r="T30">
-        <v>220986</v>
+        <v>220081</v>
       </c>
       <c r="U30">
-        <v>3491</v>
+        <v>3562</v>
       </c>
       <c r="V30" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B31">
-        <v>101232</v>
+        <v>101200</v>
       </c>
       <c r="C31" t="s">
-        <v>273</v>
+        <v>31</v>
       </c>
       <c r="D31" t="s">
-        <v>272</v>
+        <v>30</v>
       </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F31" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G31">
         <v>2</v>
       </c>
       <c r="H31" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J31" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="K31" t="s">
-        <v>271</v>
+        <v>308</v>
       </c>
       <c r="L31" t="s">
-        <v>270</v>
+        <v>321</v>
       </c>
       <c r="M31" t="s">
-        <v>244</v>
+        <v>98</v>
       </c>
       <c r="N31" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="O31" t="s">
-        <v>169</v>
+        <v>35</v>
       </c>
       <c r="P31" t="s">
-        <v>243</v>
+        <v>96</v>
       </c>
       <c r="Q31" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="R31" t="s">
-        <v>242</v>
+        <v>95</v>
       </c>
       <c r="S31">
-        <v>4103</v>
+        <v>4108</v>
       </c>
       <c r="T31">
-        <v>221938</v>
+        <v>220159</v>
       </c>
       <c r="U31">
-        <v>3460</v>
+        <v>3465</v>
       </c>
       <c r="V31" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B32">
-        <v>101266</v>
+        <v>101211</v>
       </c>
       <c r="C32" t="s">
-        <v>269</v>
+        <v>320</v>
       </c>
       <c r="D32" t="s">
-        <v>268</v>
+        <v>319</v>
       </c>
       <c r="E32" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="F32" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="G32">
         <v>1</v>
       </c>
       <c r="H32" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J32" t="s">
-        <v>115</v>
+        <v>318</v>
       </c>
       <c r="L32" t="s">
-        <v>267</v>
+        <v>317</v>
       </c>
       <c r="M32" t="s">
-        <v>92</v>
+        <v>316</v>
       </c>
       <c r="N32" t="s">
-        <v>41</v>
+        <v>110</v>
       </c>
       <c r="O32" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="P32" t="s">
-        <v>40</v>
+        <v>315</v>
       </c>
       <c r="Q32" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="R32" t="s">
-        <v>38</v>
+        <v>314</v>
       </c>
       <c r="S32">
-        <v>4196</v>
+        <v>4134</v>
       </c>
       <c r="T32">
-        <v>226543</v>
+        <v>220986</v>
       </c>
       <c r="U32">
-        <v>3553</v>
+        <v>3491</v>
       </c>
       <c r="V32" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B33">
-        <v>101321</v>
+        <v>101224</v>
       </c>
       <c r="C33" t="s">
-        <v>266</v>
+        <v>313</v>
       </c>
       <c r="D33" t="s">
-        <v>265</v>
+        <v>312</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F33" t="s">
-        <v>75</v>
+        <v>262</v>
       </c>
       <c r="G33">
         <v>1</v>
       </c>
       <c r="H33" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J33" t="s">
-        <v>59</v>
+        <v>180</v>
       </c>
       <c r="L33" t="s">
-        <v>264</v>
+        <v>311</v>
       </c>
       <c r="M33" t="s">
-        <v>42</v>
+        <v>129</v>
       </c>
       <c r="N33" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O33" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P33" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="Q33" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="R33" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="S33">
-        <v>4197</v>
+        <v>4247</v>
       </c>
       <c r="T33">
-        <v>227812</v>
+        <v>221629</v>
       </c>
       <c r="U33">
-        <v>3554</v>
+        <v>3604</v>
       </c>
       <c r="V33" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B34">
-        <v>101324</v>
+        <v>101232</v>
       </c>
       <c r="C34" t="s">
-        <v>263</v>
+        <v>310</v>
       </c>
       <c r="D34" t="s">
-        <v>262</v>
+        <v>309</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F34" t="s">
-        <v>75</v>
+        <v>2</v>
       </c>
       <c r="G34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H34" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J34" t="s">
-        <v>261</v>
+        <v>76</v>
+      </c>
+      <c r="K34" t="s">
+        <v>308</v>
       </c>
       <c r="L34" t="s">
-        <v>188</v>
+        <v>307</v>
       </c>
       <c r="M34" t="s">
-        <v>187</v>
+        <v>273</v>
       </c>
       <c r="N34" t="s">
-        <v>5</v>
+        <v>97</v>
       </c>
       <c r="O34" t="s">
         <v>186</v>
       </c>
       <c r="P34" t="s">
-        <v>178</v>
+        <v>272</v>
       </c>
       <c r="Q34" t="s">
-        <v>35</v>
+        <v>2</v>
       </c>
       <c r="R34" t="s">
-        <v>185</v>
+        <v>271</v>
       </c>
       <c r="S34">
-        <v>4285</v>
+        <v>4103</v>
       </c>
       <c r="T34">
-        <v>227815</v>
+        <v>221938</v>
       </c>
       <c r="U34">
-        <v>3642</v>
+        <v>3460</v>
       </c>
       <c r="V34" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B35">
-        <v>101360</v>
+        <v>101266</v>
       </c>
       <c r="C35" t="s">
-        <v>260</v>
+        <v>306</v>
       </c>
       <c r="D35" t="s">
-        <v>259</v>
+        <v>305</v>
       </c>
       <c r="E35" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F35" t="s">
-        <v>258</v>
+        <v>132</v>
       </c>
       <c r="G35">
         <v>1</v>
       </c>
       <c r="H35" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J35" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>126</v>
       </c>
       <c r="L35" t="s">
-        <v>257</v>
+        <v>304</v>
       </c>
       <c r="M35" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="N35" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O35" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="P35" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="Q35" t="s">
-        <v>2</v>
+        <v>53</v>
       </c>
       <c r="R35" t="s">
-        <v>116</v>
+        <v>52</v>
       </c>
       <c r="S35">
-        <v>4237</v>
+        <v>4196</v>
       </c>
       <c r="T35">
-        <v>230246</v>
+        <v>226543</v>
       </c>
       <c r="U35">
-        <v>3594</v>
+        <v>3553</v>
       </c>
       <c r="V35" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B36">
-        <v>101387</v>
+        <v>101321</v>
       </c>
       <c r="C36" t="s">
-        <v>249</v>
+        <v>303</v>
       </c>
       <c r="D36" t="s">
-        <v>248</v>
+        <v>302</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F36" t="s">
-        <v>247</v>
+        <v>86</v>
       </c>
       <c r="G36">
         <v>1</v>
       </c>
       <c r="H36" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J36" t="s">
-        <v>256</v>
+        <v>8</v>
       </c>
       <c r="L36" t="s">
-        <v>255</v>
+        <v>301</v>
       </c>
       <c r="M36" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="N36" t="s">
-        <v>99</v>
+        <v>5</v>
       </c>
       <c r="O36" t="s">
-        <v>214</v>
+        <v>35</v>
       </c>
       <c r="P36" t="s">
-        <v>112</v>
+        <v>54</v>
       </c>
       <c r="Q36" t="s">
-        <v>111</v>
+        <v>53</v>
       </c>
       <c r="R36" t="s">
-        <v>254</v>
+        <v>52</v>
       </c>
       <c r="S36">
-        <v>4151</v>
+        <v>4197</v>
       </c>
       <c r="T36">
-        <v>231685</v>
+        <v>227812</v>
       </c>
       <c r="U36">
-        <v>3508</v>
+        <v>3554</v>
       </c>
       <c r="V36" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B37">
-        <v>101387</v>
+        <v>101324</v>
       </c>
       <c r="C37" t="s">
-        <v>249</v>
+        <v>300</v>
       </c>
       <c r="D37" t="s">
-        <v>248</v>
+        <v>299</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F37" t="s">
-        <v>247</v>
+        <v>86</v>
       </c>
       <c r="G37">
+        <v>1</v>
+      </c>
+      <c r="H37" t="s">
+        <v>9</v>
+      </c>
+      <c r="J37" t="s">
+        <v>298</v>
+      </c>
+      <c r="L37" t="s">
+        <v>217</v>
+      </c>
+      <c r="M37" t="s">
+        <v>216</v>
+      </c>
+      <c r="N37" t="s">
+        <v>22</v>
+      </c>
+      <c r="O37" t="s">
+        <v>215</v>
+      </c>
+      <c r="P37" t="s">
+        <v>207</v>
+      </c>
+      <c r="Q37" t="s">
         <v>2</v>
       </c>
-      <c r="H37" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="R37" t="s">
-        <v>38</v>
+        <v>214</v>
       </c>
       <c r="S37">
-        <v>4118</v>
+        <v>4285</v>
       </c>
       <c r="T37">
-        <v>231685</v>
+        <v>227815</v>
       </c>
       <c r="U37">
-        <v>3475</v>
+        <v>3642</v>
       </c>
       <c r="V37" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B38">
-        <v>101387</v>
+        <v>101360</v>
       </c>
       <c r="C38" t="s">
-        <v>249</v>
+        <v>297</v>
       </c>
       <c r="D38" t="s">
-        <v>248</v>
+        <v>296</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F38" t="s">
-        <v>247</v>
+        <v>295</v>
       </c>
       <c r="G38">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H38" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J38" t="s">
-        <v>65</v>
+        <v>8</v>
       </c>
       <c r="K38" t="s">
-        <v>246</v>
+        <v>191</v>
       </c>
       <c r="L38" t="s">
-        <v>245</v>
+        <v>294</v>
       </c>
       <c r="M38" t="s">
-        <v>244</v>
+        <v>68</v>
       </c>
       <c r="N38" t="s">
-        <v>86</v>
+        <v>5</v>
       </c>
       <c r="O38" t="s">
-        <v>169</v>
+        <v>4</v>
       </c>
       <c r="P38" t="s">
-        <v>243</v>
+        <v>67</v>
       </c>
       <c r="Q38" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="R38" t="s">
-        <v>242</v>
+        <v>135</v>
       </c>
       <c r="S38">
-        <v>4103</v>
+        <v>4237</v>
       </c>
       <c r="T38">
-        <v>231685</v>
+        <v>230246</v>
       </c>
       <c r="U38">
-        <v>3460</v>
+        <v>3594</v>
       </c>
       <c r="V38" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B39">
-        <v>101437</v>
+        <v>101377</v>
       </c>
       <c r="C39" t="s">
-        <v>241</v>
+        <v>293</v>
       </c>
       <c r="D39" t="s">
-        <v>240</v>
+        <v>292</v>
       </c>
       <c r="E39" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="F39" t="s">
-        <v>190</v>
+        <v>262</v>
       </c>
       <c r="G39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H39" t="s">
-        <v>34</v>
+        <v>291</v>
+      </c>
+      <c r="I39" t="s">
+        <v>290</v>
       </c>
       <c r="J39" t="s">
-        <v>239</v>
+        <v>289</v>
+      </c>
+      <c r="K39" t="s">
+        <v>288</v>
       </c>
       <c r="L39" t="s">
-        <v>238</v>
+        <v>287</v>
       </c>
       <c r="M39" t="s">
-        <v>237</v>
+        <v>111</v>
       </c>
       <c r="N39" t="s">
-        <v>5</v>
+        <v>110</v>
       </c>
       <c r="O39" t="s">
-        <v>4</v>
+        <v>109</v>
       </c>
       <c r="P39" t="s">
-        <v>153</v>
+        <v>20</v>
       </c>
       <c r="Q39" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="R39" t="s">
-        <v>236</v>
+        <v>286</v>
       </c>
       <c r="S39">
-        <v>4120</v>
+        <v>4160</v>
       </c>
       <c r="T39">
-        <v>235847</v>
+        <v>230380</v>
       </c>
       <c r="U39">
-        <v>3477</v>
+        <v>3517</v>
       </c>
       <c r="V39" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B40">
-        <v>101493</v>
+        <v>101387</v>
       </c>
       <c r="C40" t="s">
-        <v>235</v>
+        <v>278</v>
       </c>
       <c r="D40" t="s">
-        <v>234</v>
+        <v>277</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F40" t="s">
-        <v>233</v>
+        <v>276</v>
       </c>
       <c r="G40">
         <v>1</v>
       </c>
       <c r="H40" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J40" t="s">
-        <v>232</v>
+        <v>285</v>
       </c>
       <c r="L40" t="s">
-        <v>231</v>
+        <v>284</v>
       </c>
       <c r="M40" t="s">
-        <v>187</v>
+        <v>37</v>
       </c>
       <c r="N40" t="s">
-        <v>41</v>
+        <v>110</v>
       </c>
       <c r="O40" t="s">
-        <v>19</v>
+        <v>243</v>
       </c>
       <c r="P40" t="s">
-        <v>178</v>
+        <v>123</v>
       </c>
       <c r="Q40" t="s">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="R40" t="s">
-        <v>219</v>
+        <v>283</v>
       </c>
       <c r="S40">
-        <v>4206</v>
+        <v>4151</v>
       </c>
       <c r="T40">
-        <v>238891</v>
+        <v>231685</v>
       </c>
       <c r="U40">
-        <v>3563</v>
+        <v>3508</v>
       </c>
       <c r="V40" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B41">
-        <v>101505</v>
+        <v>101387</v>
       </c>
       <c r="C41" t="s">
-        <v>230</v>
+        <v>278</v>
       </c>
       <c r="D41" t="s">
-        <v>229</v>
+        <v>277</v>
       </c>
       <c r="E41" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F41" t="s">
+        <v>276</v>
+      </c>
+      <c r="G41">
+        <v>2</v>
+      </c>
+      <c r="H41" t="s">
+        <v>9</v>
+      </c>
+      <c r="J41" t="s">
+        <v>282</v>
+      </c>
+      <c r="K41" t="s">
+        <v>281</v>
+      </c>
+      <c r="L41" t="s">
+        <v>280</v>
+      </c>
+      <c r="M41" t="s">
+        <v>279</v>
+      </c>
+      <c r="N41" t="s">
+        <v>110</v>
+      </c>
+      <c r="O41" t="s">
         <v>35</v>
       </c>
-      <c r="G41">
-[...22 lines deleted...]
-      </c>
       <c r="P41" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="Q41" t="s">
-        <v>2</v>
+        <v>53</v>
       </c>
       <c r="R41" t="s">
-        <v>116</v>
+        <v>52</v>
       </c>
       <c r="S41">
-        <v>4237</v>
+        <v>4118</v>
       </c>
       <c r="T41">
-        <v>239830</v>
+        <v>231685</v>
       </c>
       <c r="U41">
-        <v>3594</v>
+        <v>3475</v>
       </c>
       <c r="V41" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B42">
-        <v>101507</v>
+        <v>101387</v>
       </c>
       <c r="C42" t="s">
-        <v>226</v>
+        <v>278</v>
       </c>
       <c r="D42" t="s">
-        <v>225</v>
+        <v>277</v>
       </c>
       <c r="E42" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F42" t="s">
-        <v>35</v>
+        <v>276</v>
       </c>
       <c r="G42">
         <v>2</v>
       </c>
       <c r="H42" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J42" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="K42" t="s">
-        <v>224</v>
+        <v>275</v>
       </c>
       <c r="L42" t="s">
-        <v>223</v>
+        <v>274</v>
       </c>
       <c r="M42" t="s">
-        <v>69</v>
+        <v>273</v>
       </c>
       <c r="N42" t="s">
-        <v>20</v>
+        <v>97</v>
       </c>
       <c r="O42" t="s">
-        <v>47</v>
+        <v>186</v>
       </c>
       <c r="P42" t="s">
-        <v>28</v>
+        <v>272</v>
       </c>
       <c r="Q42" t="s">
         <v>2</v>
       </c>
       <c r="R42" t="s">
-        <v>68</v>
+        <v>271</v>
       </c>
       <c r="S42">
-        <v>4195</v>
+        <v>4103</v>
       </c>
       <c r="T42">
-        <v>240097</v>
+        <v>231685</v>
       </c>
       <c r="U42">
-        <v>3552</v>
+        <v>3460</v>
       </c>
       <c r="V42" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B43">
-        <v>101516</v>
+        <v>101437</v>
       </c>
       <c r="C43" t="s">
-        <v>222</v>
+        <v>270</v>
       </c>
       <c r="D43" t="s">
-        <v>90</v>
+        <v>269</v>
       </c>
       <c r="E43" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="F43" t="s">
-        <v>2</v>
+        <v>219</v>
       </c>
       <c r="G43">
         <v>1</v>
       </c>
       <c r="H43" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J43" t="s">
-        <v>221</v>
+        <v>268</v>
       </c>
       <c r="L43" t="s">
-        <v>220</v>
+        <v>267</v>
       </c>
       <c r="M43" t="s">
+        <v>266</v>
+      </c>
+      <c r="N43" t="s">
+        <v>22</v>
+      </c>
+      <c r="O43" t="s">
         <v>21</v>
       </c>
-      <c r="N43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P43" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="Q43" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="R43" t="s">
-        <v>219</v>
+        <v>265</v>
       </c>
       <c r="S43">
-        <v>4207</v>
+        <v>4120</v>
       </c>
       <c r="T43">
-        <v>240235</v>
+        <v>235847</v>
       </c>
       <c r="U43">
-        <v>3564</v>
+        <v>3477</v>
       </c>
       <c r="V43" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B44">
-        <v>187104</v>
+        <v>101493</v>
       </c>
       <c r="C44" t="s">
-        <v>218</v>
+        <v>264</v>
       </c>
       <c r="D44" t="s">
-        <v>217</v>
+        <v>263</v>
       </c>
       <c r="E44" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="F44" t="s">
-        <v>35</v>
+        <v>262</v>
       </c>
       <c r="G44">
         <v>1</v>
       </c>
       <c r="H44" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J44" t="s">
+        <v>261</v>
+      </c>
+      <c r="L44" t="s">
+        <v>260</v>
+      </c>
+      <c r="M44" t="s">
         <v>216</v>
       </c>
-      <c r="L44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N44" t="s">
-        <v>99</v>
+        <v>5</v>
       </c>
       <c r="O44" t="s">
-        <v>214</v>
+        <v>35</v>
       </c>
       <c r="P44" t="s">
-        <v>112</v>
+        <v>207</v>
       </c>
       <c r="Q44" t="s">
-        <v>111</v>
+        <v>2</v>
       </c>
       <c r="R44" t="s">
-        <v>213</v>
+        <v>248</v>
       </c>
       <c r="S44">
-        <v>4150</v>
+        <v>4206</v>
       </c>
       <c r="T44">
-        <v>251741</v>
+        <v>238891</v>
       </c>
       <c r="U44">
-        <v>3507</v>
+        <v>3563</v>
       </c>
       <c r="V44" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B45">
-        <v>187113</v>
+        <v>101505</v>
       </c>
       <c r="C45" t="s">
-        <v>212</v>
+        <v>259</v>
       </c>
       <c r="D45" t="s">
-        <v>211</v>
+        <v>258</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F45" t="s">
-        <v>174</v>
+        <v>2</v>
       </c>
       <c r="G45">
         <v>1</v>
       </c>
       <c r="H45" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J45" t="s">
-        <v>59</v>
+        <v>8</v>
+      </c>
+      <c r="K45" t="s">
+        <v>257</v>
       </c>
       <c r="L45" t="s">
-        <v>210</v>
+        <v>256</v>
       </c>
       <c r="M45" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="N45" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O45" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P45" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="Q45" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="R45" t="s">
-        <v>38</v>
+        <v>135</v>
       </c>
       <c r="S45">
-        <v>4197</v>
+        <v>4237</v>
       </c>
       <c r="T45">
-        <v>252717</v>
+        <v>239830</v>
       </c>
       <c r="U45">
-        <v>3554</v>
+        <v>3594</v>
       </c>
       <c r="V45" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B46">
-        <v>187116</v>
+        <v>101507</v>
       </c>
       <c r="C46" t="s">
-        <v>209</v>
+        <v>255</v>
       </c>
       <c r="D46" t="s">
-        <v>208</v>
+        <v>254</v>
       </c>
       <c r="E46" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F46" t="s">
-        <v>174</v>
+        <v>2</v>
       </c>
       <c r="G46">
         <v>2</v>
       </c>
       <c r="H46" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J46" t="s">
-        <v>182</v>
+        <v>76</v>
       </c>
       <c r="K46" t="s">
-        <v>181</v>
+        <v>253</v>
       </c>
       <c r="L46" t="s">
-        <v>180</v>
+        <v>252</v>
       </c>
       <c r="M46" t="s">
-        <v>179</v>
+        <v>80</v>
       </c>
       <c r="N46" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="O46" t="s">
-        <v>169</v>
+        <v>4</v>
       </c>
       <c r="P46" t="s">
-        <v>178</v>
+        <v>44</v>
       </c>
       <c r="Q46" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="R46" t="s">
-        <v>177</v>
+        <v>79</v>
       </c>
       <c r="S46">
-        <v>4205</v>
+        <v>4195</v>
       </c>
       <c r="T46">
-        <v>252720</v>
+        <v>240097</v>
       </c>
       <c r="U46">
-        <v>3562</v>
+        <v>3552</v>
       </c>
       <c r="V46" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B47">
-        <v>187126</v>
+        <v>101516</v>
       </c>
       <c r="C47" t="s">
-        <v>207</v>
+        <v>251</v>
       </c>
       <c r="D47" t="s">
-        <v>206</v>
+        <v>101</v>
       </c>
       <c r="E47" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F47" t="s">
-        <v>205</v>
+        <v>16</v>
       </c>
       <c r="G47">
         <v>1</v>
       </c>
       <c r="H47" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J47" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>250</v>
       </c>
       <c r="L47" t="s">
-        <v>203</v>
+        <v>249</v>
       </c>
       <c r="M47" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="N47" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O47" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="P47" t="s">
-        <v>55</v>
+        <v>207</v>
       </c>
       <c r="Q47" t="s">
         <v>2</v>
       </c>
       <c r="R47" t="s">
-        <v>116</v>
+        <v>248</v>
       </c>
       <c r="S47">
-        <v>4237</v>
+        <v>4207</v>
       </c>
       <c r="T47">
-        <v>254622</v>
+        <v>240235</v>
       </c>
       <c r="U47">
-        <v>3594</v>
+        <v>3564</v>
       </c>
       <c r="V47" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B48">
-        <v>187157</v>
+        <v>187104</v>
       </c>
       <c r="C48" t="s">
-        <v>202</v>
+        <v>247</v>
       </c>
       <c r="D48" t="s">
-        <v>201</v>
+        <v>246</v>
       </c>
       <c r="E48" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="F48" t="s">
-        <v>111</v>
+        <v>2</v>
       </c>
       <c r="G48">
         <v>1</v>
       </c>
       <c r="H48" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J48" t="s">
-        <v>23</v>
+        <v>245</v>
       </c>
       <c r="L48" t="s">
-        <v>200</v>
+        <v>244</v>
       </c>
       <c r="M48" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="N48" t="s">
-        <v>41</v>
+        <v>110</v>
       </c>
       <c r="O48" t="s">
-        <v>19</v>
+        <v>243</v>
       </c>
       <c r="P48" t="s">
-        <v>40</v>
+        <v>123</v>
       </c>
       <c r="Q48" t="s">
-        <v>39</v>
+        <v>122</v>
       </c>
       <c r="R48" t="s">
-        <v>38</v>
+        <v>242</v>
       </c>
       <c r="S48">
-        <v>4197</v>
+        <v>4150</v>
       </c>
       <c r="T48">
-        <v>257238</v>
+        <v>251741</v>
       </c>
       <c r="U48">
-        <v>3554</v>
+        <v>3507</v>
       </c>
       <c r="V48" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B49">
-        <v>187158</v>
+        <v>187113</v>
       </c>
       <c r="C49" t="s">
-        <v>199</v>
+        <v>241</v>
       </c>
       <c r="D49" t="s">
-        <v>198</v>
+        <v>240</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F49" t="s">
-        <v>111</v>
+        <v>203</v>
       </c>
       <c r="G49">
         <v>1</v>
       </c>
       <c r="H49" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J49" t="s">
-        <v>197</v>
+        <v>8</v>
       </c>
       <c r="L49" t="s">
-        <v>196</v>
+        <v>239</v>
       </c>
       <c r="M49" t="s">
-        <v>92</v>
+        <v>55</v>
       </c>
       <c r="N49" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O49" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="P49" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="Q49" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="R49" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="S49">
-        <v>4196</v>
+        <v>4197</v>
       </c>
       <c r="T49">
-        <v>257239</v>
+        <v>252717</v>
       </c>
       <c r="U49">
-        <v>3553</v>
+        <v>3554</v>
       </c>
       <c r="V49" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B50">
-        <v>187161</v>
+        <v>187116</v>
       </c>
       <c r="C50" t="s">
-        <v>195</v>
+        <v>238</v>
       </c>
       <c r="D50" t="s">
-        <v>194</v>
+        <v>237</v>
       </c>
       <c r="E50" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="F50" t="s">
-        <v>103</v>
+        <v>203</v>
       </c>
       <c r="G50">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H50" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J50" t="s">
-        <v>23</v>
+        <v>211</v>
+      </c>
+      <c r="K50" t="s">
+        <v>210</v>
       </c>
       <c r="L50" t="s">
-        <v>193</v>
+        <v>209</v>
       </c>
       <c r="M50" t="s">
-        <v>56</v>
+        <v>208</v>
       </c>
       <c r="N50" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O50" t="s">
-        <v>47</v>
+        <v>186</v>
       </c>
       <c r="P50" t="s">
-        <v>55</v>
+        <v>207</v>
       </c>
       <c r="Q50" t="s">
         <v>2</v>
       </c>
       <c r="R50" t="s">
-        <v>54</v>
+        <v>206</v>
       </c>
       <c r="S50">
-        <v>4236</v>
+        <v>4205</v>
       </c>
       <c r="T50">
-        <v>257772</v>
+        <v>252720</v>
       </c>
       <c r="U50">
-        <v>3593</v>
+        <v>3562</v>
       </c>
       <c r="V50" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B51">
-        <v>187193</v>
+        <v>187126</v>
       </c>
       <c r="C51" t="s">
-        <v>192</v>
+        <v>236</v>
       </c>
       <c r="D51" t="s">
-        <v>191</v>
+        <v>235</v>
       </c>
       <c r="E51" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F51" t="s">
-        <v>190</v>
+        <v>234</v>
       </c>
       <c r="G51">
         <v>1</v>
       </c>
       <c r="H51" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J51" t="s">
-        <v>189</v>
+        <v>8</v>
+      </c>
+      <c r="K51" t="s">
+        <v>233</v>
       </c>
       <c r="L51" t="s">
-        <v>188</v>
+        <v>232</v>
       </c>
       <c r="M51" t="s">
-        <v>187</v>
+        <v>68</v>
       </c>
       <c r="N51" t="s">
         <v>5</v>
       </c>
       <c r="O51" t="s">
-        <v>186</v>
+        <v>4</v>
       </c>
       <c r="P51" t="s">
-        <v>178</v>
+        <v>67</v>
       </c>
       <c r="Q51" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="R51" t="s">
-        <v>185</v>
+        <v>135</v>
       </c>
       <c r="S51">
-        <v>4285</v>
+        <v>4237</v>
       </c>
       <c r="T51">
-        <v>261078</v>
+        <v>254622</v>
       </c>
       <c r="U51">
-        <v>3642</v>
+        <v>3594</v>
       </c>
       <c r="V51" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B52">
-        <v>187198</v>
+        <v>187157</v>
       </c>
       <c r="C52" t="s">
-        <v>184</v>
+        <v>231</v>
       </c>
       <c r="D52" t="s">
-        <v>183</v>
+        <v>230</v>
       </c>
       <c r="E52" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F52" t="s">
-        <v>174</v>
+        <v>122</v>
       </c>
       <c r="G52">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H52" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="J52" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>39</v>
       </c>
       <c r="L52" t="s">
-        <v>180</v>
+        <v>229</v>
       </c>
       <c r="M52" t="s">
-        <v>179</v>
+        <v>55</v>
       </c>
       <c r="N52" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O52" t="s">
-        <v>169</v>
+        <v>35</v>
       </c>
       <c r="P52" t="s">
-        <v>178</v>
+        <v>54</v>
       </c>
       <c r="Q52" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="R52" t="s">
-        <v>177</v>
+        <v>52</v>
       </c>
       <c r="S52">
-        <v>4205</v>
+        <v>4197</v>
       </c>
       <c r="T52">
-        <v>261357</v>
+        <v>257238</v>
       </c>
       <c r="U52">
-        <v>3562</v>
+        <v>3554</v>
       </c>
       <c r="V52" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B53">
-        <v>187211</v>
+        <v>187158</v>
       </c>
       <c r="C53" t="s">
-        <v>176</v>
+        <v>228</v>
       </c>
       <c r="D53" t="s">
-        <v>175</v>
+        <v>227</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F53" t="s">
-        <v>174</v>
+        <v>122</v>
       </c>
       <c r="G53">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H53" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J53" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>226</v>
       </c>
       <c r="L53" t="s">
-        <v>171</v>
+        <v>225</v>
       </c>
       <c r="M53" t="s">
-        <v>170</v>
+        <v>103</v>
       </c>
       <c r="N53" t="s">
-        <v>99</v>
+        <v>5</v>
       </c>
       <c r="O53" t="s">
-        <v>169</v>
+        <v>35</v>
       </c>
       <c r="P53" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="Q53" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="R53" t="s">
-        <v>168</v>
+        <v>52</v>
       </c>
       <c r="S53">
-        <v>4117</v>
+        <v>4196</v>
       </c>
       <c r="T53">
-        <v>261370</v>
+        <v>257239</v>
       </c>
       <c r="U53">
-        <v>3474</v>
+        <v>3553</v>
       </c>
       <c r="V53" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B54">
-        <v>187230</v>
+        <v>187161</v>
       </c>
       <c r="C54" t="s">
-        <v>167</v>
+        <v>224</v>
       </c>
       <c r="D54" t="s">
-        <v>166</v>
+        <v>223</v>
       </c>
       <c r="E54" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="F54" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="G54">
         <v>1</v>
       </c>
       <c r="H54" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="J54" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>39</v>
       </c>
       <c r="L54" t="s">
-        <v>164</v>
+        <v>222</v>
       </c>
       <c r="M54" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="N54" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O54" t="s">
-        <v>47</v>
+        <v>4</v>
       </c>
       <c r="P54" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="Q54" t="s">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="R54" t="s">
-        <v>116</v>
+        <v>66</v>
       </c>
       <c r="S54">
-        <v>4237</v>
+        <v>4236</v>
       </c>
       <c r="T54">
-        <v>262511</v>
+        <v>257772</v>
       </c>
       <c r="U54">
-        <v>3594</v>
+        <v>3593</v>
       </c>
       <c r="V54" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B55">
-        <v>187256</v>
+        <v>187193</v>
       </c>
       <c r="C55" t="s">
-        <v>163</v>
+        <v>221</v>
       </c>
       <c r="D55" t="s">
-        <v>162</v>
+        <v>220</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F55" t="s">
-        <v>119</v>
+        <v>219</v>
       </c>
       <c r="G55">
         <v>1</v>
       </c>
       <c r="H55" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J55" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>218</v>
       </c>
       <c r="L55" t="s">
-        <v>160</v>
+        <v>217</v>
       </c>
       <c r="M55" t="s">
-        <v>56</v>
+        <v>216</v>
       </c>
       <c r="N55" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="O55" t="s">
-        <v>47</v>
+        <v>215</v>
       </c>
       <c r="P55" t="s">
-        <v>55</v>
+        <v>207</v>
       </c>
       <c r="Q55" t="s">
         <v>2</v>
       </c>
       <c r="R55" t="s">
-        <v>116</v>
+        <v>214</v>
       </c>
       <c r="S55">
-        <v>4237</v>
+        <v>4285</v>
       </c>
       <c r="T55">
-        <v>262597</v>
+        <v>261078</v>
       </c>
       <c r="U55">
-        <v>3594</v>
+        <v>3642</v>
       </c>
       <c r="V55" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B56">
-        <v>187282</v>
+        <v>187198</v>
       </c>
       <c r="C56" t="s">
-        <v>159</v>
+        <v>213</v>
       </c>
       <c r="D56" t="s">
-        <v>158</v>
+        <v>212</v>
       </c>
       <c r="E56" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="F56" t="s">
-        <v>119</v>
+        <v>203</v>
       </c>
       <c r="G56">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H56" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J56" t="s">
-        <v>157</v>
+        <v>211</v>
       </c>
       <c r="K56" t="s">
-        <v>156</v>
+        <v>210</v>
       </c>
       <c r="L56" t="s">
-        <v>155</v>
+        <v>209</v>
       </c>
       <c r="M56" t="s">
-        <v>154</v>
+        <v>208</v>
       </c>
       <c r="N56" t="s">
-        <v>99</v>
+        <v>5</v>
       </c>
       <c r="O56" t="s">
-        <v>98</v>
+        <v>186</v>
       </c>
       <c r="P56" t="s">
-        <v>153</v>
+        <v>207</v>
       </c>
       <c r="Q56" t="s">
-        <v>75</v>
+        <v>2</v>
       </c>
       <c r="R56" t="s">
-        <v>152</v>
+        <v>206</v>
       </c>
       <c r="S56">
-        <v>4124</v>
+        <v>4205</v>
       </c>
       <c r="T56">
-        <v>263977</v>
+        <v>261357</v>
       </c>
       <c r="U56">
-        <v>3481</v>
+        <v>3562</v>
       </c>
       <c r="V56" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B57">
-        <v>187309</v>
+        <v>187211</v>
       </c>
       <c r="C57" t="s">
-        <v>151</v>
+        <v>205</v>
       </c>
       <c r="D57" t="s">
-        <v>150</v>
+        <v>204</v>
       </c>
       <c r="E57" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F57" t="s">
-        <v>11</v>
+        <v>203</v>
       </c>
       <c r="G57">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H57" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J57" t="s">
-        <v>23</v>
+        <v>202</v>
+      </c>
+      <c r="K57" t="s">
+        <v>201</v>
       </c>
       <c r="L57" t="s">
-        <v>149</v>
+        <v>200</v>
       </c>
       <c r="M57" t="s">
-        <v>92</v>
+        <v>199</v>
       </c>
       <c r="N57" t="s">
-        <v>41</v>
+        <v>110</v>
       </c>
       <c r="O57" t="s">
-        <v>19</v>
+        <v>186</v>
       </c>
       <c r="P57" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="Q57" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="R57" t="s">
-        <v>38</v>
+        <v>198</v>
       </c>
       <c r="S57">
-        <v>4196</v>
+        <v>4117</v>
       </c>
       <c r="T57">
-        <v>266609</v>
+        <v>261370</v>
       </c>
       <c r="U57">
-        <v>3553</v>
+        <v>3474</v>
       </c>
       <c r="V57" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B58">
-        <v>187318</v>
+        <v>187218</v>
       </c>
       <c r="C58" t="s">
-        <v>148</v>
+        <v>197</v>
       </c>
       <c r="D58" t="s">
-        <v>147</v>
+        <v>196</v>
       </c>
       <c r="E58" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="F58" t="s">
-        <v>75</v>
+        <v>10</v>
       </c>
       <c r="G58">
         <v>1</v>
       </c>
       <c r="H58" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J58" t="s">
-        <v>146</v>
+        <v>126</v>
       </c>
       <c r="L58" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="M58" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="N58" t="s">
-        <v>99</v>
+        <v>5</v>
       </c>
       <c r="O58" t="s">
-        <v>47</v>
+        <v>4</v>
       </c>
       <c r="P58" t="s">
-        <v>143</v>
+        <v>128</v>
       </c>
       <c r="Q58" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="R58" t="s">
-        <v>142</v>
+        <v>194</v>
       </c>
       <c r="S58">
-        <v>4156</v>
+        <v>4246</v>
       </c>
       <c r="T58">
-        <v>267181</v>
+        <v>262082</v>
       </c>
       <c r="U58">
-        <v>3513</v>
+        <v>3603</v>
       </c>
       <c r="V58" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B59">
-        <v>187349</v>
+        <v>187230</v>
       </c>
       <c r="C59" t="s">
-        <v>141</v>
+        <v>193</v>
       </c>
       <c r="D59" t="s">
-        <v>140</v>
+        <v>192</v>
       </c>
       <c r="E59" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F59" t="s">
-        <v>39</v>
+        <v>122</v>
       </c>
       <c r="G59">
         <v>1</v>
       </c>
       <c r="H59" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J59" t="s">
-        <v>23</v>
+        <v>8</v>
+      </c>
+      <c r="K59" t="s">
+        <v>191</v>
       </c>
       <c r="L59" t="s">
-        <v>139</v>
+        <v>190</v>
       </c>
       <c r="M59" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="N59" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O59" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P59" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="Q59" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="R59" t="s">
-        <v>38</v>
+        <v>135</v>
       </c>
       <c r="S59">
-        <v>4196</v>
+        <v>4237</v>
       </c>
       <c r="T59">
-        <v>268500</v>
+        <v>262511</v>
       </c>
       <c r="U59">
-        <v>3553</v>
+        <v>3594</v>
       </c>
       <c r="V59" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B60">
-        <v>187352</v>
+        <v>187235</v>
       </c>
       <c r="C60" t="s">
-        <v>138</v>
+        <v>189</v>
       </c>
       <c r="D60" t="s">
-        <v>137</v>
+        <v>188</v>
       </c>
       <c r="E60" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="F60" t="s">
-        <v>35</v>
+        <v>2</v>
       </c>
       <c r="G60">
         <v>1</v>
       </c>
       <c r="H60" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J60" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>8</v>
       </c>
       <c r="L60" t="s">
-        <v>135</v>
+        <v>187</v>
       </c>
       <c r="M60" t="s">
-        <v>134</v>
+        <v>111</v>
       </c>
       <c r="N60" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O60" t="s">
-        <v>133</v>
+        <v>186</v>
       </c>
       <c r="P60" t="s">
-        <v>55</v>
+        <v>3</v>
       </c>
       <c r="Q60" t="s">
         <v>2</v>
       </c>
       <c r="R60" t="s">
-        <v>132</v>
+        <v>185</v>
       </c>
       <c r="S60">
-        <v>4239</v>
+        <v>4208</v>
       </c>
       <c r="T60">
-        <v>268602</v>
+        <v>262573</v>
       </c>
       <c r="U60">
-        <v>3596</v>
+        <v>3565</v>
       </c>
       <c r="V60" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B61">
-        <v>187357</v>
+        <v>187256</v>
       </c>
       <c r="C61" t="s">
-        <v>130</v>
+        <v>184</v>
       </c>
       <c r="D61" t="s">
-        <v>129</v>
+        <v>183</v>
       </c>
       <c r="E61" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F61" t="s">
-        <v>11</v>
+        <v>132</v>
       </c>
       <c r="G61">
         <v>1</v>
       </c>
       <c r="H61" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J61" t="s">
-        <v>23</v>
+        <v>8</v>
+      </c>
+      <c r="K61" t="s">
+        <v>182</v>
       </c>
       <c r="L61" t="s">
-        <v>131</v>
+        <v>181</v>
       </c>
       <c r="M61" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="N61" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O61" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P61" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="Q61" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="R61" t="s">
-        <v>38</v>
+        <v>135</v>
       </c>
       <c r="S61">
-        <v>4197</v>
+        <v>4237</v>
       </c>
       <c r="T61">
-        <v>269475</v>
+        <v>262597</v>
       </c>
       <c r="U61">
-        <v>3554</v>
+        <v>3594</v>
       </c>
       <c r="V61" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B62">
-        <v>187357</v>
+        <v>187275</v>
       </c>
       <c r="C62" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="D62" t="s">
-        <v>129</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F62" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G62">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H62" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J62" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>180</v>
       </c>
       <c r="L62" t="s">
-        <v>127</v>
+        <v>7</v>
       </c>
       <c r="M62" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="N62" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="O62" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="P62" t="s">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="Q62" t="s">
         <v>2</v>
       </c>
       <c r="R62" t="s">
-        <v>46</v>
+        <v>179</v>
       </c>
       <c r="S62">
-        <v>4193</v>
+        <v>4209</v>
       </c>
       <c r="T62">
-        <v>269475</v>
+        <v>263580</v>
       </c>
       <c r="U62">
-        <v>3550</v>
+        <v>3566</v>
       </c>
       <c r="V62" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B63">
-        <v>187397</v>
+        <v>187282</v>
       </c>
       <c r="C63" t="s">
-        <v>126</v>
+        <v>178</v>
       </c>
       <c r="D63" t="s">
-        <v>125</v>
+        <v>177</v>
       </c>
       <c r="E63" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="F63" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="G63">
         <v>1</v>
       </c>
       <c r="H63" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J63" t="s">
-        <v>59</v>
+        <v>176</v>
       </c>
       <c r="K63" t="s">
-        <v>124</v>
+        <v>175</v>
       </c>
       <c r="L63" t="s">
-        <v>123</v>
+        <v>174</v>
       </c>
       <c r="M63" t="s">
-        <v>6</v>
+        <v>173</v>
       </c>
       <c r="N63" t="s">
-        <v>5</v>
+        <v>110</v>
       </c>
       <c r="O63" t="s">
-        <v>4</v>
+        <v>109</v>
       </c>
       <c r="P63" t="s">
-        <v>3</v>
+        <v>172</v>
       </c>
       <c r="Q63" t="s">
-        <v>2</v>
+        <v>86</v>
       </c>
       <c r="R63" t="s">
-        <v>122</v>
+        <v>171</v>
       </c>
       <c r="S63">
-        <v>4158</v>
+        <v>4124</v>
       </c>
       <c r="T63">
-        <v>271381</v>
+        <v>263977</v>
       </c>
       <c r="U63">
-        <v>3515</v>
+        <v>3481</v>
       </c>
       <c r="V63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B64">
-        <v>187398</v>
+        <v>187309</v>
       </c>
       <c r="C64" t="s">
-        <v>121</v>
+        <v>170</v>
       </c>
       <c r="D64" t="s">
-        <v>120</v>
+        <v>169</v>
       </c>
       <c r="E64" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F64" t="s">
-        <v>119</v>
+        <v>28</v>
       </c>
       <c r="G64">
         <v>1</v>
       </c>
       <c r="H64" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="J64" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>39</v>
       </c>
       <c r="L64" t="s">
-        <v>117</v>
+        <v>168</v>
       </c>
       <c r="M64" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="N64" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O64" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="P64" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="Q64" t="s">
-        <v>2</v>
+        <v>53</v>
       </c>
       <c r="R64" t="s">
-        <v>116</v>
+        <v>52</v>
       </c>
       <c r="S64">
-        <v>4237</v>
+        <v>4196</v>
       </c>
       <c r="T64">
-        <v>271430</v>
+        <v>266609</v>
       </c>
       <c r="U64">
-        <v>3594</v>
+        <v>3553</v>
       </c>
       <c r="V64" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B65">
-        <v>187400</v>
+        <v>187318</v>
       </c>
       <c r="C65" t="s">
-        <v>109</v>
+        <v>167</v>
       </c>
       <c r="D65" t="s">
-        <v>108</v>
+        <v>166</v>
       </c>
       <c r="E65" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="F65" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="G65">
         <v>1</v>
       </c>
       <c r="H65" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J65" t="s">
-        <v>115</v>
+        <v>165</v>
       </c>
       <c r="L65" t="s">
-        <v>114</v>
+        <v>164</v>
       </c>
       <c r="M65" t="s">
-        <v>113</v>
+        <v>163</v>
       </c>
       <c r="N65" t="s">
-        <v>5</v>
+        <v>110</v>
       </c>
       <c r="O65" t="s">
         <v>4</v>
       </c>
       <c r="P65" t="s">
-        <v>112</v>
+        <v>162</v>
       </c>
       <c r="Q65" t="s">
-        <v>111</v>
+        <v>2</v>
       </c>
       <c r="R65" t="s">
-        <v>110</v>
+        <v>1</v>
       </c>
       <c r="S65">
-        <v>4144</v>
+        <v>4156</v>
       </c>
       <c r="T65">
-        <v>271453</v>
+        <v>267181</v>
       </c>
       <c r="U65">
-        <v>3501</v>
+        <v>3513</v>
       </c>
       <c r="V65" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B66">
-        <v>187400</v>
+        <v>187349</v>
       </c>
       <c r="C66" t="s">
-        <v>109</v>
+        <v>161</v>
       </c>
       <c r="D66" t="s">
-        <v>108</v>
+        <v>160</v>
       </c>
       <c r="E66" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="F66" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="G66">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H66" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J66" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>39</v>
       </c>
       <c r="L66" t="s">
-        <v>106</v>
+        <v>159</v>
       </c>
       <c r="M66" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="N66" t="s">
-        <v>86</v>
+        <v>5</v>
       </c>
       <c r="O66" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="P66" t="s">
-        <v>104</v>
+        <v>54</v>
       </c>
       <c r="Q66" t="s">
-        <v>103</v>
+        <v>53</v>
       </c>
       <c r="R66" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="S66">
-        <v>4112</v>
+        <v>4196</v>
       </c>
       <c r="T66">
-        <v>271453</v>
+        <v>268500</v>
       </c>
       <c r="U66">
-        <v>3469</v>
+        <v>3553</v>
       </c>
       <c r="V66" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B67">
-        <v>187402</v>
+        <v>187352</v>
       </c>
       <c r="C67" t="s">
-        <v>96</v>
+        <v>158</v>
       </c>
       <c r="D67" t="s">
-        <v>95</v>
+        <v>157</v>
       </c>
       <c r="E67" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="F67" t="s">
-        <v>75</v>
+        <v>2</v>
       </c>
       <c r="G67">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H67" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="J67" t="s">
-        <v>59</v>
+        <v>8</v>
       </c>
       <c r="K67" t="s">
-        <v>102</v>
+        <v>156</v>
       </c>
       <c r="L67" t="s">
-        <v>101</v>
+        <v>155</v>
       </c>
       <c r="M67" t="s">
-        <v>100</v>
+        <v>154</v>
       </c>
       <c r="N67" t="s">
-        <v>99</v>
+        <v>5</v>
       </c>
       <c r="O67" t="s">
-        <v>98</v>
+        <v>153</v>
       </c>
       <c r="P67" t="s">
-        <v>3</v>
+        <v>67</v>
       </c>
       <c r="Q67" t="s">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="R67" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="S67">
-        <v>4161</v>
+        <v>4239</v>
       </c>
       <c r="T67">
-        <v>271455</v>
+        <v>268602</v>
       </c>
       <c r="U67">
-        <v>3518</v>
+        <v>3596</v>
       </c>
       <c r="V67" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B68">
-        <v>187402</v>
+        <v>187357</v>
       </c>
       <c r="C68" t="s">
-        <v>96</v>
+        <v>150</v>
       </c>
       <c r="D68" t="s">
-        <v>95</v>
+        <v>149</v>
       </c>
       <c r="E68" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F68" t="s">
-        <v>75</v>
+        <v>28</v>
       </c>
       <c r="G68">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H68" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J68" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="L68" t="s">
-        <v>93</v>
+        <v>151</v>
       </c>
       <c r="M68" t="s">
-        <v>92</v>
+        <v>55</v>
       </c>
       <c r="N68" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O68" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="P68" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="Q68" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="R68" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="S68">
-        <v>4196</v>
+        <v>4197</v>
       </c>
       <c r="T68">
-        <v>271455</v>
+        <v>269475</v>
       </c>
       <c r="U68">
-        <v>3553</v>
+        <v>3554</v>
       </c>
       <c r="V68" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B69">
-        <v>187407</v>
+        <v>187357</v>
       </c>
       <c r="C69" t="s">
-        <v>91</v>
+        <v>150</v>
       </c>
       <c r="D69" t="s">
-        <v>90</v>
+        <v>149</v>
       </c>
       <c r="E69" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F69" t="s">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="G69">
         <v>2</v>
       </c>
       <c r="H69" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J69" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="K69" t="s">
-        <v>89</v>
+        <v>148</v>
       </c>
       <c r="L69" t="s">
-        <v>88</v>
+        <v>147</v>
       </c>
       <c r="M69" t="s">
-        <v>87</v>
+        <v>60</v>
       </c>
       <c r="N69" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
       <c r="O69" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P69" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="Q69" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="R69" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="S69">
-        <v>4108</v>
+        <v>4193</v>
       </c>
       <c r="T69">
-        <v>271600</v>
+        <v>269475</v>
       </c>
       <c r="U69">
-        <v>3465</v>
+        <v>3550</v>
       </c>
       <c r="V69" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B70">
-        <v>187420</v>
+        <v>187397</v>
       </c>
       <c r="C70" t="s">
-        <v>83</v>
+        <v>146</v>
       </c>
       <c r="D70" t="s">
-        <v>82</v>
+        <v>145</v>
       </c>
       <c r="E70" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="F70" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G70">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H70" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J70" t="s">
+        <v>8</v>
+      </c>
+      <c r="K70" t="s">
+        <v>144</v>
+      </c>
+      <c r="L70" t="s">
+        <v>143</v>
+      </c>
+      <c r="M70" t="s">
         <v>23</v>
       </c>
-      <c r="L70" t="s">
-[...2 lines deleted...]
-      <c r="M70" t="s">
+      <c r="N70" t="s">
+        <v>22</v>
+      </c>
+      <c r="O70" t="s">
         <v>21</v>
       </c>
-      <c r="N70" t="s">
+      <c r="P70" t="s">
         <v>20</v>
       </c>
-      <c r="O70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q70" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="R70" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
       <c r="S70">
-        <v>4274</v>
+        <v>4158</v>
       </c>
       <c r="T70">
-        <v>272688</v>
+        <v>271381</v>
       </c>
       <c r="U70">
-        <v>3631</v>
+        <v>3515</v>
       </c>
       <c r="V70" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B71">
-        <v>187445</v>
+        <v>187398</v>
       </c>
       <c r="C71" t="s">
-        <v>80</v>
+        <v>139</v>
       </c>
       <c r="D71" t="s">
-        <v>79</v>
+        <v>138</v>
       </c>
       <c r="E71" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F71" t="s">
-        <v>11</v>
+        <v>132</v>
       </c>
       <c r="G71">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H71" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J71" t="s">
-        <v>23</v>
+        <v>131</v>
       </c>
       <c r="L71" t="s">
-        <v>78</v>
+        <v>141</v>
       </c>
       <c r="M71" t="s">
-        <v>42</v>
+        <v>140</v>
       </c>
       <c r="N71" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O71" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P71" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="Q71" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="R71" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
       <c r="S71">
-        <v>4197</v>
+        <v>4245</v>
       </c>
       <c r="T71">
-        <v>274751</v>
+        <v>271430</v>
       </c>
       <c r="U71">
-        <v>3554</v>
+        <v>3602</v>
       </c>
       <c r="V71" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B72">
-        <v>187455</v>
+        <v>187398</v>
       </c>
       <c r="C72" t="s">
-        <v>77</v>
+        <v>139</v>
       </c>
       <c r="D72" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="E72" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F72" t="s">
-        <v>75</v>
+        <v>132</v>
       </c>
       <c r="G72">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H72" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J72" t="s">
-        <v>23</v>
+        <v>8</v>
+      </c>
+      <c r="K72" t="s">
+        <v>137</v>
       </c>
       <c r="L72" t="s">
-        <v>74</v>
+        <v>136</v>
       </c>
       <c r="M72" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="N72" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O72" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P72" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="Q72" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="R72" t="s">
-        <v>38</v>
+        <v>135</v>
       </c>
       <c r="S72">
-        <v>4197</v>
+        <v>4237</v>
       </c>
       <c r="T72">
-        <v>275135</v>
+        <v>271430</v>
       </c>
       <c r="U72">
-        <v>3554</v>
+        <v>3594</v>
       </c>
       <c r="V72" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B73">
-        <v>187475</v>
+        <v>187399</v>
       </c>
       <c r="C73" t="s">
-        <v>73</v>
+        <v>134</v>
       </c>
       <c r="D73" t="s">
-        <v>72</v>
+        <v>133</v>
       </c>
       <c r="E73" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F73" t="s">
-        <v>2</v>
+        <v>132</v>
       </c>
       <c r="G73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H73" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J73" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>131</v>
       </c>
       <c r="L73" t="s">
-        <v>70</v>
+        <v>130</v>
       </c>
       <c r="M73" t="s">
-        <v>69</v>
+        <v>129</v>
       </c>
       <c r="N73" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="O73" t="s">
-        <v>47</v>
+        <v>4</v>
       </c>
       <c r="P73" t="s">
-        <v>28</v>
+        <v>128</v>
       </c>
       <c r="Q73" t="s">
-        <v>2</v>
+        <v>86</v>
       </c>
       <c r="R73" t="s">
-        <v>68</v>
+        <v>127</v>
       </c>
       <c r="S73">
-        <v>4195</v>
+        <v>4247</v>
       </c>
       <c r="T73">
-        <v>276549</v>
+        <v>271450</v>
       </c>
       <c r="U73">
-        <v>3552</v>
+        <v>3604</v>
       </c>
       <c r="V73" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B74">
-        <v>187524</v>
+        <v>187400</v>
       </c>
       <c r="C74" t="s">
-        <v>67</v>
+        <v>120</v>
       </c>
       <c r="D74" t="s">
-        <v>66</v>
+        <v>119</v>
       </c>
       <c r="E74" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="F74" t="s">
-        <v>2</v>
+        <v>86</v>
       </c>
       <c r="G74">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H74" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J74" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>126</v>
       </c>
       <c r="L74" t="s">
-        <v>63</v>
+        <v>125</v>
       </c>
       <c r="M74" t="s">
-        <v>48</v>
+        <v>124</v>
       </c>
       <c r="N74" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="O74" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="P74" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="Q74" t="s">
-        <v>2</v>
+        <v>122</v>
       </c>
       <c r="R74" t="s">
-        <v>46</v>
+        <v>121</v>
       </c>
       <c r="S74">
-        <v>4193</v>
+        <v>4144</v>
       </c>
       <c r="T74">
-        <v>279770</v>
+        <v>271453</v>
       </c>
       <c r="U74">
-        <v>3550</v>
+        <v>3501</v>
       </c>
       <c r="V74" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B75">
-        <v>187536</v>
+        <v>187400</v>
       </c>
       <c r="C75" t="s">
-        <v>62</v>
+        <v>120</v>
       </c>
       <c r="D75" t="s">
-        <v>61</v>
+        <v>119</v>
       </c>
       <c r="E75" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="F75" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="G75">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H75" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J75" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="K75" t="s">
-        <v>58</v>
+        <v>118</v>
       </c>
       <c r="L75" t="s">
-        <v>57</v>
+        <v>117</v>
       </c>
       <c r="M75" t="s">
-        <v>56</v>
+        <v>116</v>
       </c>
       <c r="N75" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="O75" t="s">
-        <v>47</v>
+        <v>4</v>
       </c>
       <c r="P75" t="s">
-        <v>55</v>
+        <v>115</v>
       </c>
       <c r="Q75" t="s">
-        <v>2</v>
+        <v>114</v>
       </c>
       <c r="R75" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="S75">
-        <v>4236</v>
+        <v>4112</v>
       </c>
       <c r="T75">
-        <v>280337</v>
+        <v>271453</v>
       </c>
       <c r="U75">
-        <v>3593</v>
+        <v>3469</v>
       </c>
       <c r="V75" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B76">
-        <v>187538</v>
+        <v>187402</v>
       </c>
       <c r="C76" t="s">
-        <v>53</v>
+        <v>107</v>
       </c>
       <c r="D76" t="s">
-        <v>52</v>
+        <v>106</v>
       </c>
       <c r="E76" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F76" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="G76">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H76" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J76" t="s">
-        <v>51</v>
+        <v>8</v>
       </c>
       <c r="K76" t="s">
-        <v>50</v>
+        <v>113</v>
       </c>
       <c r="L76" t="s">
-        <v>49</v>
+        <v>112</v>
       </c>
       <c r="M76" t="s">
-        <v>48</v>
+        <v>111</v>
       </c>
       <c r="N76" t="s">
+        <v>110</v>
+      </c>
+      <c r="O76" t="s">
+        <v>109</v>
+      </c>
+      <c r="P76" t="s">
         <v>20</v>
       </c>
-      <c r="O76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q76" t="s">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="R76" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="S76">
-        <v>4193</v>
+        <v>4161</v>
       </c>
       <c r="T76">
-        <v>280495</v>
+        <v>271455</v>
       </c>
       <c r="U76">
-        <v>3550</v>
+        <v>3518</v>
       </c>
       <c r="V76" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B77">
-        <v>187617</v>
+        <v>187402</v>
       </c>
       <c r="C77" t="s">
-        <v>45</v>
+        <v>107</v>
       </c>
       <c r="D77" t="s">
-        <v>44</v>
+        <v>106</v>
       </c>
       <c r="E77" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F77" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="G77">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H77" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J77" t="s">
-        <v>23</v>
+        <v>105</v>
       </c>
       <c r="L77" t="s">
-        <v>43</v>
+        <v>104</v>
       </c>
       <c r="M77" t="s">
-        <v>42</v>
+        <v>103</v>
       </c>
       <c r="N77" t="s">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="O77" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="P77" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="Q77" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="R77" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="S77">
-        <v>4197</v>
+        <v>4196</v>
       </c>
       <c r="T77">
-        <v>285843</v>
+        <v>271455</v>
       </c>
       <c r="U77">
-        <v>3554</v>
+        <v>3553</v>
       </c>
       <c r="V77" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B78">
-        <v>187624</v>
+        <v>187407</v>
       </c>
       <c r="C78" t="s">
-        <v>37</v>
+        <v>102</v>
       </c>
       <c r="D78" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="E78" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F78" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="G78">
         <v>2</v>
       </c>
       <c r="H78" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="J78" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="K78" t="s">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="L78" t="s">
-        <v>31</v>
+        <v>99</v>
       </c>
       <c r="M78" t="s">
-        <v>30</v>
+        <v>98</v>
       </c>
       <c r="N78" t="s">
-        <v>20</v>
+        <v>97</v>
       </c>
       <c r="O78" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="P78" t="s">
-        <v>28</v>
+        <v>96</v>
       </c>
       <c r="Q78" t="s">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="R78" t="s">
-        <v>27</v>
+        <v>95</v>
       </c>
       <c r="S78">
-        <v>4198</v>
+        <v>4108</v>
       </c>
       <c r="T78">
-        <v>286181</v>
+        <v>271600</v>
       </c>
       <c r="U78">
-        <v>3555</v>
+        <v>3465</v>
       </c>
       <c r="V78" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B79">
-        <v>187697</v>
+        <v>187420</v>
       </c>
       <c r="C79" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="D79" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="E79" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F79" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G79">
         <v>2</v>
       </c>
       <c r="H79" t="s">
+        <v>27</v>
+      </c>
+      <c r="J79" t="s">
+        <v>39</v>
+      </c>
+      <c r="L79" t="s">
+        <v>92</v>
+      </c>
+      <c r="M79" t="s">
+        <v>37</v>
+      </c>
+      <c r="N79" t="s">
+        <v>36</v>
+      </c>
+      <c r="O79" t="s">
+        <v>35</v>
+      </c>
+      <c r="P79" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q79" t="s">
         <v>10</v>
       </c>
-      <c r="J79" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="R79" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="S79">
         <v>4274</v>
       </c>
       <c r="T79">
-        <v>293823</v>
+        <v>272688</v>
       </c>
       <c r="U79">
         <v>3631</v>
       </c>
       <c r="V79" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="B80">
-        <v>101200</v>
+        <v>187445</v>
       </c>
       <c r="C80" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="D80" t="s">
-        <v>13</v>
+        <v>90</v>
       </c>
       <c r="E80" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F80" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="G80">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H80" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="J80" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="L80" t="s">
-        <v>7</v>
+        <v>89</v>
       </c>
       <c r="M80" t="s">
-        <v>6</v>
+        <v>55</v>
       </c>
       <c r="N80" t="s">
         <v>5</v>
       </c>
       <c r="O80" t="s">
+        <v>35</v>
+      </c>
+      <c r="P80" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>53</v>
+      </c>
+      <c r="R80" t="s">
+        <v>52</v>
+      </c>
+      <c r="S80">
+        <v>4197</v>
+      </c>
+      <c r="T80">
+        <v>274751</v>
+      </c>
+      <c r="U80">
+        <v>3554</v>
+      </c>
+      <c r="V80" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:23">
+      <c r="A81" t="s">
+        <v>42</v>
+      </c>
+      <c r="B81">
+        <v>187455</v>
+      </c>
+      <c r="C81" t="s">
+        <v>88</v>
+      </c>
+      <c r="D81" t="s">
+        <v>87</v>
+      </c>
+      <c r="E81" t="s">
+        <v>29</v>
+      </c>
+      <c r="F81" t="s">
+        <v>86</v>
+      </c>
+      <c r="G81">
+        <v>1</v>
+      </c>
+      <c r="H81" t="s">
+        <v>27</v>
+      </c>
+      <c r="J81" t="s">
+        <v>39</v>
+      </c>
+      <c r="L81" t="s">
+        <v>85</v>
+      </c>
+      <c r="M81" t="s">
+        <v>55</v>
+      </c>
+      <c r="N81" t="s">
+        <v>5</v>
+      </c>
+      <c r="O81" t="s">
+        <v>35</v>
+      </c>
+      <c r="P81" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>53</v>
+      </c>
+      <c r="R81" t="s">
+        <v>52</v>
+      </c>
+      <c r="S81">
+        <v>4197</v>
+      </c>
+      <c r="T81">
+        <v>275135</v>
+      </c>
+      <c r="U81">
+        <v>3554</v>
+      </c>
+      <c r="V81" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:23">
+      <c r="A82" t="s">
+        <v>42</v>
+      </c>
+      <c r="B82">
+        <v>187475</v>
+      </c>
+      <c r="C82" t="s">
+        <v>84</v>
+      </c>
+      <c r="D82" t="s">
+        <v>83</v>
+      </c>
+      <c r="E82" t="s">
+        <v>29</v>
+      </c>
+      <c r="F82" t="s">
+        <v>16</v>
+      </c>
+      <c r="G82">
+        <v>2</v>
+      </c>
+      <c r="H82" t="s">
+        <v>9</v>
+      </c>
+      <c r="J82" t="s">
+        <v>76</v>
+      </c>
+      <c r="K82" t="s">
+        <v>82</v>
+      </c>
+      <c r="L82" t="s">
+        <v>81</v>
+      </c>
+      <c r="M82" t="s">
+        <v>80</v>
+      </c>
+      <c r="N82" t="s">
+        <v>36</v>
+      </c>
+      <c r="O82" t="s">
         <v>4</v>
       </c>
-      <c r="P80" t="s">
+      <c r="P82" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>16</v>
+      </c>
+      <c r="R82" t="s">
+        <v>79</v>
+      </c>
+      <c r="S82">
+        <v>4195</v>
+      </c>
+      <c r="T82">
+        <v>276549</v>
+      </c>
+      <c r="U82">
+        <v>3552</v>
+      </c>
+      <c r="V82" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:23">
+      <c r="A83" t="s">
+        <v>42</v>
+      </c>
+      <c r="B83">
+        <v>187524</v>
+      </c>
+      <c r="C83" t="s">
+        <v>78</v>
+      </c>
+      <c r="D83" t="s">
+        <v>77</v>
+      </c>
+      <c r="E83" t="s">
+        <v>29</v>
+      </c>
+      <c r="F83" t="s">
+        <v>16</v>
+      </c>
+      <c r="G83">
+        <v>2</v>
+      </c>
+      <c r="H83" t="s">
+        <v>9</v>
+      </c>
+      <c r="J83" t="s">
+        <v>76</v>
+      </c>
+      <c r="K83" t="s">
+        <v>75</v>
+      </c>
+      <c r="L83" t="s">
+        <v>74</v>
+      </c>
+      <c r="M83" t="s">
+        <v>60</v>
+      </c>
+      <c r="N83" t="s">
+        <v>36</v>
+      </c>
+      <c r="O83" t="s">
+        <v>4</v>
+      </c>
+      <c r="P83" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>16</v>
+      </c>
+      <c r="R83" t="s">
+        <v>59</v>
+      </c>
+      <c r="S83">
+        <v>4193</v>
+      </c>
+      <c r="T83">
+        <v>279770</v>
+      </c>
+      <c r="U83">
+        <v>3550</v>
+      </c>
+      <c r="V83" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:23">
+      <c r="A84" t="s">
+        <v>42</v>
+      </c>
+      <c r="B84">
+        <v>187536</v>
+      </c>
+      <c r="C84" t="s">
+        <v>73</v>
+      </c>
+      <c r="D84" t="s">
+        <v>72</v>
+      </c>
+      <c r="E84" t="s">
+        <v>71</v>
+      </c>
+      <c r="F84" t="s">
+        <v>10</v>
+      </c>
+      <c r="G84">
+        <v>1</v>
+      </c>
+      <c r="H84" t="s">
+        <v>9</v>
+      </c>
+      <c r="J84" t="s">
+        <v>8</v>
+      </c>
+      <c r="K84" t="s">
+        <v>70</v>
+      </c>
+      <c r="L84" t="s">
+        <v>69</v>
+      </c>
+      <c r="M84" t="s">
+        <v>68</v>
+      </c>
+      <c r="N84" t="s">
+        <v>5</v>
+      </c>
+      <c r="O84" t="s">
+        <v>4</v>
+      </c>
+      <c r="P84" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>16</v>
+      </c>
+      <c r="R84" t="s">
+        <v>66</v>
+      </c>
+      <c r="S84">
+        <v>4236</v>
+      </c>
+      <c r="T84">
+        <v>280337</v>
+      </c>
+      <c r="U84">
+        <v>3593</v>
+      </c>
+      <c r="V84" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="1:23">
+      <c r="A85" t="s">
+        <v>42</v>
+      </c>
+      <c r="B85">
+        <v>187538</v>
+      </c>
+      <c r="C85" t="s">
+        <v>65</v>
+      </c>
+      <c r="D85" t="s">
+        <v>64</v>
+      </c>
+      <c r="E85" t="s">
+        <v>29</v>
+      </c>
+      <c r="F85" t="s">
+        <v>10</v>
+      </c>
+      <c r="G85">
+        <v>2</v>
+      </c>
+      <c r="H85" t="s">
+        <v>9</v>
+      </c>
+      <c r="J85" t="s">
+        <v>63</v>
+      </c>
+      <c r="K85" t="s">
+        <v>62</v>
+      </c>
+      <c r="L85" t="s">
+        <v>61</v>
+      </c>
+      <c r="M85" t="s">
+        <v>60</v>
+      </c>
+      <c r="N85" t="s">
+        <v>36</v>
+      </c>
+      <c r="O85" t="s">
+        <v>4</v>
+      </c>
+      <c r="P85" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>16</v>
+      </c>
+      <c r="R85" t="s">
+        <v>59</v>
+      </c>
+      <c r="S85">
+        <v>4193</v>
+      </c>
+      <c r="T85">
+        <v>280495</v>
+      </c>
+      <c r="U85">
+        <v>3550</v>
+      </c>
+      <c r="V85" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:23">
+      <c r="A86" t="s">
+        <v>42</v>
+      </c>
+      <c r="B86">
+        <v>187617</v>
+      </c>
+      <c r="C86" t="s">
+        <v>58</v>
+      </c>
+      <c r="D86" t="s">
+        <v>57</v>
+      </c>
+      <c r="E86" t="s">
+        <v>29</v>
+      </c>
+      <c r="F86" t="s">
+        <v>53</v>
+      </c>
+      <c r="G86">
+        <v>1</v>
+      </c>
+      <c r="H86" t="s">
+        <v>9</v>
+      </c>
+      <c r="J86" t="s">
+        <v>39</v>
+      </c>
+      <c r="L86" t="s">
+        <v>56</v>
+      </c>
+      <c r="M86" t="s">
+        <v>55</v>
+      </c>
+      <c r="N86" t="s">
+        <v>5</v>
+      </c>
+      <c r="O86" t="s">
+        <v>35</v>
+      </c>
+      <c r="P86" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>53</v>
+      </c>
+      <c r="R86" t="s">
+        <v>52</v>
+      </c>
+      <c r="S86">
+        <v>4197</v>
+      </c>
+      <c r="T86">
+        <v>285843</v>
+      </c>
+      <c r="U86">
+        <v>3554</v>
+      </c>
+      <c r="V86" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:23">
+      <c r="A87" t="s">
+        <v>42</v>
+      </c>
+      <c r="B87">
+        <v>187624</v>
+      </c>
+      <c r="C87" t="s">
+        <v>51</v>
+      </c>
+      <c r="D87" t="s">
+        <v>50</v>
+      </c>
+      <c r="E87" t="s">
+        <v>29</v>
+      </c>
+      <c r="F87" t="s">
+        <v>2</v>
+      </c>
+      <c r="G87">
+        <v>2</v>
+      </c>
+      <c r="H87" t="s">
+        <v>9</v>
+      </c>
+      <c r="J87" t="s">
+        <v>49</v>
+      </c>
+      <c r="K87" t="s">
+        <v>48</v>
+      </c>
+      <c r="L87" t="s">
+        <v>47</v>
+      </c>
+      <c r="M87" t="s">
+        <v>46</v>
+      </c>
+      <c r="N87" t="s">
+        <v>36</v>
+      </c>
+      <c r="O87" t="s">
+        <v>45</v>
+      </c>
+      <c r="P87" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>16</v>
+      </c>
+      <c r="R87" t="s">
+        <v>43</v>
+      </c>
+      <c r="S87">
+        <v>4198</v>
+      </c>
+      <c r="T87">
+        <v>286181</v>
+      </c>
+      <c r="U87">
+        <v>3555</v>
+      </c>
+      <c r="V87" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:23">
+      <c r="A88" t="s">
+        <v>42</v>
+      </c>
+      <c r="B88">
+        <v>187697</v>
+      </c>
+      <c r="C88" t="s">
+        <v>41</v>
+      </c>
+      <c r="D88" t="s">
+        <v>40</v>
+      </c>
+      <c r="E88" t="s">
+        <v>29</v>
+      </c>
+      <c r="F88" t="s">
+        <v>28</v>
+      </c>
+      <c r="G88">
+        <v>2</v>
+      </c>
+      <c r="H88" t="s">
+        <v>27</v>
+      </c>
+      <c r="J88" t="s">
+        <v>39</v>
+      </c>
+      <c r="L88" t="s">
+        <v>38</v>
+      </c>
+      <c r="M88" t="s">
+        <v>37</v>
+      </c>
+      <c r="N88" t="s">
+        <v>36</v>
+      </c>
+      <c r="O88" t="s">
+        <v>35</v>
+      </c>
+      <c r="P88" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>10</v>
+      </c>
+      <c r="R88" t="s">
+        <v>33</v>
+      </c>
+      <c r="S88">
+        <v>4274</v>
+      </c>
+      <c r="T88">
+        <v>293823</v>
+      </c>
+      <c r="U88">
+        <v>3631</v>
+      </c>
+      <c r="V88" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:23">
+      <c r="A89" t="s">
+        <v>32</v>
+      </c>
+      <c r="B89">
+        <v>101200</v>
+      </c>
+      <c r="C89" t="s">
+        <v>31</v>
+      </c>
+      <c r="D89" t="s">
+        <v>30</v>
+      </c>
+      <c r="E89" t="s">
+        <v>29</v>
+      </c>
+      <c r="F89" t="s">
+        <v>28</v>
+      </c>
+      <c r="G89">
+        <v>2</v>
+      </c>
+      <c r="H89" t="s">
+        <v>27</v>
+      </c>
+      <c r="J89" t="s">
+        <v>26</v>
+      </c>
+      <c r="K89" t="s">
+        <v>25</v>
+      </c>
+      <c r="L89" t="s">
+        <v>24</v>
+      </c>
+      <c r="M89" t="s">
+        <v>23</v>
+      </c>
+      <c r="N89" t="s">
+        <v>22</v>
+      </c>
+      <c r="O89" t="s">
+        <v>21</v>
+      </c>
+      <c r="P89" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>16</v>
+      </c>
+      <c r="R89" t="s">
+        <v>19</v>
+      </c>
+      <c r="S89">
+        <v>4159</v>
+      </c>
+      <c r="T89">
+        <v>220159</v>
+      </c>
+      <c r="U89">
+        <v>3516</v>
+      </c>
+      <c r="V89" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:23">
+      <c r="A90" t="s">
+        <v>13</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>17</v>
+      </c>
+      <c r="F90" t="s">
+        <v>16</v>
+      </c>
+      <c r="G90">
+        <v>2</v>
+      </c>
+      <c r="H90" t="s">
+        <v>9</v>
+      </c>
+      <c r="J90" t="s">
+        <v>15</v>
+      </c>
+      <c r="L90" t="s">
+        <v>14</v>
+      </c>
+      <c r="M90" t="s">
+        <v>6</v>
+      </c>
+      <c r="N90" t="s">
+        <v>5</v>
+      </c>
+      <c r="O90" t="s">
+        <v>4</v>
+      </c>
+      <c r="P90" t="s">
         <v>3</v>
       </c>
-      <c r="Q80" t="s">
+      <c r="Q90" t="s">
         <v>2</v>
       </c>
-      <c r="R80" t="s">
+      <c r="R90" t="s">
         <v>1</v>
       </c>
-      <c r="S80">
-[...8 lines deleted...]
-      <c r="V80" t="s">
+      <c r="S90">
+        <v>4213</v>
+      </c>
+      <c r="U90">
+        <v>3570</v>
+      </c>
+      <c r="V90" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:23">
+      <c r="A91" t="s">
+        <v>13</v>
+      </c>
+      <c r="C91" t="s">
+        <v>12</v>
+      </c>
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="F91" t="s">
+        <v>10</v>
+      </c>
+      <c r="G91">
+        <v>2</v>
+      </c>
+      <c r="H91" t="s">
+        <v>9</v>
+      </c>
+      <c r="J91" t="s">
+        <v>8</v>
+      </c>
+      <c r="L91" t="s">
+        <v>7</v>
+      </c>
+      <c r="M91" t="s">
+        <v>6</v>
+      </c>
+      <c r="N91" t="s">
+        <v>5</v>
+      </c>
+      <c r="O91" t="s">
+        <v>4</v>
+      </c>
+      <c r="P91" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>2</v>
+      </c>
+      <c r="R91" t="s">
+        <v>1</v>
+      </c>
+      <c r="S91">
+        <v>4213</v>
+      </c>
+      <c r="U91">
+        <v>3570</v>
+      </c>
+      <c r="V91" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:W80"/>
-  <conditionalFormatting sqref="G3:G80">
+  <autoFilter ref="A2:W91"/>
+  <conditionalFormatting sqref="G3:G91">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>