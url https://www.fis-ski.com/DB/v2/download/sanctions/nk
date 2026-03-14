--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -7,645 +7,711 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$91</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$99</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="450">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="482">
   <si>
     <t>NK</t>
   </si>
   <si>
+    <t>Men's Provisional Round Normal Hill HS109/10.0 Km</t>
+  </si>
+  <si>
+    <t>AUT</t>
+  </si>
+  <si>
+    <t>Seefeld</t>
+  </si>
+  <si>
+    <t>PRN</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>29.01.2026</t>
+  </si>
+  <si>
+    <t>29.01.2026 11:46</t>
+  </si>
+  <si>
+    <t>Lost UKR quota due to red card in previous competition. He should be not on start - NPS</t>
+  </si>
+  <si>
+    <t>Other, Over quota due to red card</t>
+  </si>
+  <si>
+    <t>Not permitted to start (NPS)</t>
+  </si>
+  <si>
+    <t>UKR</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>Oleksandr</t>
+  </si>
+  <si>
+    <t>SHUMBARETS</t>
+  </si>
+  <si>
+    <t>Team</t>
+  </si>
+  <si>
+    <t>WJC</t>
+  </si>
+  <si>
+    <t>Men's Provisional Round Normal Hill HS98/10.0 Km</t>
+  </si>
+  <si>
+    <t>NOR</t>
+  </si>
+  <si>
+    <t>Lillehammer</t>
+  </si>
+  <si>
+    <t>05.03.2026</t>
+  </si>
+  <si>
+    <t>05.03.2026 10:51</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.6 - Leg length</t>
+  </si>
+  <si>
+    <t>Disqualification (DSQ)</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>Duncan</t>
+  </si>
+  <si>
+    <t>Van Dorn</t>
+  </si>
+  <si>
+    <t>Athlete</t>
+  </si>
+  <si>
+    <t>Men's Individual Gundersen Large Hill HS118/5,0 Km</t>
+  </si>
+  <si>
+    <t>FRA</t>
+  </si>
+  <si>
+    <t>Chaux-Neuve</t>
+  </si>
+  <si>
+    <t>GUL</t>
+  </si>
+  <si>
+    <t>FESA</t>
+  </si>
+  <si>
+    <t>11.01.2026</t>
+  </si>
+  <si>
+    <t>11.01.2026 09:41</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.7 - Crotch control</t>
+  </si>
+  <si>
+    <t>Rostyslav</t>
+  </si>
+  <si>
+    <t>Kostreiuk</t>
+  </si>
+  <si>
+    <t>Men's Individual Gundersen Medium Hill HS66/3.2 Km</t>
+  </si>
+  <si>
+    <t>Tschagguns</t>
+  </si>
+  <si>
+    <t>GUM</t>
+  </si>
+  <si>
+    <t>25.10.2025</t>
+  </si>
+  <si>
+    <t>25.10.2025 14:05</t>
+  </si>
+  <si>
+    <t>ICR531.3.4 Obstructed intentionally</t>
+  </si>
+  <si>
+    <t>525.2.10 - Obstruction</t>
+  </si>
+  <si>
+    <t>GER</t>
+  </si>
+  <si>
+    <t>Luca</t>
+  </si>
+  <si>
+    <t>GAFFAL</t>
+  </si>
+  <si>
+    <t>Men's Individual Gundersen Large Hill HS142/10,0 Km</t>
+  </si>
+  <si>
+    <t>FIN</t>
+  </si>
+  <si>
+    <t>Ruka</t>
+  </si>
+  <si>
+    <t>COC</t>
+  </si>
+  <si>
+    <t>14.12.2025</t>
+  </si>
+  <si>
+    <t>14.12.2025 10:06</t>
+  </si>
+  <si>
+    <t>Marcus</t>
+  </si>
+  <si>
+    <t>KAARIAINEN</t>
+  </si>
+  <si>
+    <t>Men's Individual Gundersen Normal Hill HS103/10,0 Km</t>
+  </si>
+  <si>
+    <t>GUN</t>
+  </si>
+  <si>
+    <t>06.09.2025</t>
+  </si>
+  <si>
+    <t>06.09.2025 14:40</t>
+  </si>
+  <si>
+    <t>5 second too early start. We have talk with coach during the race. After race athlete DSQ</t>
+  </si>
+  <si>
+    <t>525.2.14 - Early start for a competitor</t>
+  </si>
+  <si>
+    <t>Manek</t>
+  </si>
+  <si>
+    <t>OBEZ</t>
+  </si>
+  <si>
+    <t>Women's Individual Gundersen Normal Hill HS109/5,0 Km</t>
+  </si>
+  <si>
+    <t>Eisenerz</t>
+  </si>
+  <si>
+    <t>16.01.2026</t>
+  </si>
+  <si>
+    <t>16.01.2026 11:51</t>
+  </si>
+  <si>
+    <t>Suit exceeds allowed size bx 3 cm</t>
+  </si>
+  <si>
+    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>Laly</t>
+  </si>
+  <si>
+    <t>PINGAT</t>
+  </si>
+  <si>
+    <t>06.09.2025 11:40</t>
+  </si>
+  <si>
+    <t>SCE C4.4 - Tolerance - upper body +5cm</t>
+  </si>
+  <si>
+    <t>222 - Competition equipment</t>
+  </si>
+  <si>
+    <t>Felix</t>
+  </si>
+  <si>
+    <t>MUEHLTHALER</t>
+  </si>
+  <si>
+    <t>Men's Individual Gundersen Normal Hill HS103/5,0 Km</t>
+  </si>
+  <si>
+    <t>07.09.2025</t>
+  </si>
+  <si>
+    <t>07.09.2025 11:32</t>
+  </si>
+  <si>
+    <t>SCE C4.4 - tolerance - Suit exceed side at lower body by 6cm</t>
+  </si>
+  <si>
+    <t>Tobias</t>
+  </si>
+  <si>
+    <t>AICHHORN</t>
+  </si>
+  <si>
+    <t>14.12.2025 10:32</t>
+  </si>
+  <si>
+    <t>Sverre Kumar</t>
+  </si>
+  <si>
+    <t>LUNDEBY</t>
+  </si>
+  <si>
+    <t>14.12.2025 10:11</t>
+  </si>
+  <si>
+    <t>Vladyslav</t>
+  </si>
+  <si>
+    <t>DVORETSKYI</t>
+  </si>
+  <si>
+    <t>Women's Individual Gundersen Normal Hill HS98/5.0 Km</t>
+  </si>
+  <si>
+    <t>06.03.2026</t>
+  </si>
+  <si>
+    <t>06.03.2026 09:40</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.9 - Air permeability of suit material / *with possible additional explanation</t>
+  </si>
+  <si>
+    <t>SLO</t>
+  </si>
+  <si>
+    <t>Manca</t>
+  </si>
+  <si>
+    <t>KOBENTAR</t>
+  </si>
+  <si>
+    <t>11.01.2026 09:28</t>
+  </si>
+  <si>
+    <t>Gabin</t>
+  </si>
+  <si>
+    <t>HATON</t>
+  </si>
+  <si>
+    <t>Men's Individual Gundersen Large Hill HS118/10,0 Km</t>
+  </si>
+  <si>
+    <t>Chaux Neuve</t>
+  </si>
+  <si>
+    <t>GP</t>
+  </si>
+  <si>
+    <t>30.08.2025</t>
+  </si>
+  <si>
+    <t>30.08.2025 12:43</t>
+  </si>
+  <si>
+    <t>SCE 4</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>THUER</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
+  </si>
+  <si>
+    <t>12.12.2025 16:05</t>
+  </si>
+  <si>
+    <t>SCE C 4.7.1 - Violation of start control procedure</t>
+  </si>
+  <si>
+    <t>Alvin</t>
+  </si>
+  <si>
+    <t>LE</t>
+  </si>
+  <si>
+    <t>Men's Individual Mass Start Normal Hill HS109/10.0 Km</t>
+  </si>
+  <si>
+    <t>MSN</t>
+  </si>
+  <si>
+    <t>WC</t>
+  </si>
+  <si>
+    <t>30.01.2026</t>
+  </si>
+  <si>
+    <t>30.01.2026 15:12</t>
+  </si>
+  <si>
+    <t>+1,5cm</t>
+  </si>
+  <si>
+    <t>ITA</t>
+  </si>
+  <si>
+    <t>Val Di Fiemme</t>
+  </si>
+  <si>
+    <t>19.09.2025</t>
+  </si>
+  <si>
+    <t>19.09.2025 10:35</t>
+  </si>
+  <si>
+    <t>SCE 4 - waist +1cm</t>
+  </si>
+  <si>
+    <t>Nora Helene</t>
+  </si>
+  <si>
+    <t>EVANS</t>
+  </si>
+  <si>
+    <t>Women's Provisional Round Normal Hill HS97/5,0 Km</t>
+  </si>
+  <si>
+    <t>EST</t>
+  </si>
+  <si>
+    <t>Otepää</t>
+  </si>
+  <si>
+    <t>08.01.2026</t>
+  </si>
+  <si>
+    <t>08.01.2026 09:25</t>
+  </si>
+  <si>
+    <t>Men's Individual Gundersen Normal Hill HS98/10.0 Km</t>
+  </si>
+  <si>
+    <t>15.02.2026</t>
+  </si>
+  <si>
+    <t>15.02.2026 10:37</t>
+  </si>
+  <si>
+    <t>Lovro</t>
+  </si>
+  <si>
+    <t>PERCL SERUCNIK</t>
+  </si>
+  <si>
+    <t>Men's Individual Gundersen Normal Hill HS109/10,0 Km</t>
+  </si>
+  <si>
+    <t>16.01.2026 12:27</t>
+  </si>
+  <si>
+    <t>Suit exceeds allowed size by 70 mm</t>
+  </si>
+  <si>
+    <t>Timon</t>
+  </si>
+  <si>
+    <t>BRGLEZ</t>
+  </si>
+  <si>
+    <t>14.02.2026</t>
+  </si>
+  <si>
+    <t>14.02.2026 12:08</t>
+  </si>
+  <si>
+    <t>Women's Provisional Round Normal Hill HS109/5.0 Km</t>
+  </si>
+  <si>
+    <t>29.01.2026 09:57</t>
+  </si>
+  <si>
+    <t>+3cm</t>
+  </si>
+  <si>
+    <t>Romane</t>
+  </si>
+  <si>
+    <t>BAUD</t>
+  </si>
+  <si>
+    <t>05.03.2026 10:44</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit</t>
+  </si>
+  <si>
+    <t>SUI</t>
+  </si>
+  <si>
+    <t>Lars</t>
+  </si>
+  <si>
+    <t>LOBSIGER</t>
+  </si>
+  <si>
+    <t>06.09.2025 11:05</t>
+  </si>
+  <si>
+    <t>SCE C4.4 - tolerance / suit - waist +3cm</t>
+  </si>
+  <si>
+    <t>Illia</t>
+  </si>
+  <si>
+    <t>CHEBOLDA</t>
+  </si>
+  <si>
+    <t>14.12.2025 10:03</t>
+  </si>
+  <si>
+    <t>Women's Express Race Normal Hill HS1091,0 Km</t>
+  </si>
+  <si>
+    <t>ERN</t>
+  </si>
+  <si>
+    <t>17.01.2026</t>
+  </si>
+  <si>
+    <t>17.01.2026 10:22</t>
+  </si>
+  <si>
+    <t>Suit exceeds allowed size by 15mm</t>
+  </si>
+  <si>
+    <t>Amelie</t>
+  </si>
+  <si>
+    <t>STEINER</t>
+  </si>
+  <si>
+    <t>13.12.2025 10:10</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>RAISANEN</t>
+  </si>
+  <si>
+    <t>Men's Provisional Round Large Hill HS130/10,0 Km</t>
+  </si>
+  <si>
+    <t>Lahti</t>
+  </si>
+  <si>
+    <t>PRL</t>
+  </si>
+  <si>
+    <t>05.03.2026 11:23</t>
+  </si>
+  <si>
+    <t>Valtteri</t>
+  </si>
+  <si>
+    <t>HOLOPAINEN</t>
+  </si>
+  <si>
+    <t>Men's Individual Gundersen Large Hill HS130/10,0 Km</t>
+  </si>
+  <si>
+    <t>06.03.2026 14:05</t>
+  </si>
+  <si>
+    <t>SCE C 4.4.6 - Leg length, 0,6</t>
+  </si>
+  <si>
     <t>Women's Individual Gundersen Normal Hill HS100/5,0 Km</t>
   </si>
   <si>
-    <t>GER</t>
+    <t>Oberhof</t>
+  </si>
+  <si>
+    <t>18.01.2026</t>
+  </si>
+  <si>
+    <t>18.01.2026 08:58</t>
+  </si>
+  <si>
+    <t>SCE C 1.2.1.1 - Ski length / Too long ski</t>
+  </si>
+  <si>
+    <t>Ingrid</t>
+  </si>
+  <si>
+    <t>LAATE</t>
+  </si>
+  <si>
+    <t>12.12.2025 16:10</t>
+  </si>
+  <si>
+    <t>Maksym</t>
+  </si>
+  <si>
+    <t>PROKOPIUK</t>
+  </si>
+  <si>
+    <t>Women's Individual Mass Start Normal Hill HS102/5,0 Km</t>
+  </si>
+  <si>
+    <t>Trondheim</t>
+  </si>
+  <si>
+    <t>06.12.2025</t>
+  </si>
+  <si>
+    <t>06.12.2025 15:20</t>
+  </si>
+  <si>
+    <t>no Remarks</t>
+  </si>
+  <si>
+    <t>SCE C 4 - Suit, +2cm</t>
+  </si>
+  <si>
+    <t>Tia</t>
+  </si>
+  <si>
+    <t>MALOVRH</t>
+  </si>
+  <si>
+    <t>Men's Individual Gundersen Large Hill HS100/10,0 Km</t>
   </si>
   <si>
     <t>Schonach</t>
   </si>
   <si>
-    <t>GUN</t>
-[...4 lines deleted...]
-  <si>
     <t>01.02.2026</t>
   </si>
   <si>
     <t>01.02.2026 11:15</t>
   </si>
   <si>
-    <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm</t>
-[...7 lines deleted...]
-  <si>
     <t>Simon</t>
   </si>
   <si>
     <t>PAGNIER</t>
   </si>
   <si>
-    <t>Team official</t>
-[...500 lines deleted...]
-    <t>SCE C 4 - Suit</t>
+    <t>06.03.2026 10:36</t>
+  </si>
+  <si>
+    <t>Anze</t>
+  </si>
+  <si>
+    <t>BRECL</t>
   </si>
   <si>
     <t>16.01.2026 10:36</t>
   </si>
   <si>
     <t>PCR competition:
 Suit exceeds allowed size by 20 mm</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
     <t>KREZE</t>
   </si>
   <si>
     <t>Men's Individual Compact Large Hill HS100/7,5 Km</t>
   </si>
   <si>
     <t>ICL</t>
   </si>
   <si>
     <t>30.01.2026 12:17</t>
   </si>
   <si>
     <t>Ansgar</t>
   </si>
   <si>
     <t>SCHUPP</t>
   </si>
   <si>
     <t>16.01.2026 12:21</t>
   </si>
   <si>
     <t>Suit exceeds allowed size by 40 mm</t>
   </si>
   <si>
     <t>Matias</t>
   </si>
   <si>
     <t>AARNA</t>
   </si>
   <si>
-    <t>Women's Individual Gundersen Normal Hill HS98/5.0 Km</t>
-[...1 lines deleted...]
-  <si>
     <t>15.02.2026 10:08</t>
   </si>
   <si>
     <t>Marion</t>
   </si>
   <si>
     <t>DROZ VINCENT</t>
   </si>
   <si>
     <t>Men's Individual Compact Large Hill HS142/7,5 Km</t>
   </si>
   <si>
     <t>28.11.2025</t>
   </si>
   <si>
     <t>28.11.2025 16:37</t>
   </si>
   <si>
     <t>The athlete was informed of the infranction after the finish line. The coach was informed of possible disqualification of his athlete in the track during the competition.</t>
   </si>
   <si>
     <t>ICR 531.3.3 - Violates the rules using transponder CC, 525.2.7.5 If transponders or GPS are used it is mandatory for the competitors to wear these equipment.</t>
   </si>
   <si>
     <t>JPN</t>
@@ -663,53 +729,50 @@
     <t>Klingenthal</t>
   </si>
   <si>
     <t>09.01.2026</t>
   </si>
   <si>
     <t>09.01.2026 16:00</t>
   </si>
   <si>
     <t>One pair of skis of each team were tested before  the race. Threre was found that JPN ski was red. Jury decided to let athlete race but decided also to test all the skis for team athletes after the race. 
 At hearing JPN coach (temporary) told he bought ski wax from local sport shop. Jury disqualified all athletes.</t>
   </si>
   <si>
     <t>ICR 531.1.3.8 - Fluorinated ski wax prohibition JP/CC</t>
   </si>
   <si>
     <t>Kaisei</t>
   </si>
   <si>
     <t>MORI</t>
   </si>
   <si>
     <t>Men's Provisional Round Large Hill HS140/10.0 Km</t>
   </si>
   <si>
-    <t>PRL</t>
-[...1 lines deleted...]
-  <si>
     <t>10.01.2026</t>
   </si>
   <si>
     <t>10.01.2026 09:38</t>
   </si>
   <si>
     <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, exceeds allowed size by35mm</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
     <t>Kacper</t>
   </si>
   <si>
     <t>JARZABEK</t>
   </si>
   <si>
     <t>16.01.2026 11:52</t>
   </si>
   <si>
     <t>Giada</t>
   </si>
   <si>
     <t>DELUGAN</t>
@@ -721,53 +784,50 @@
     <t>SCE C 3 - Boots / Tolerance – Shoes exceeds allowed size by xx cm</t>
   </si>
   <si>
     <t>Fred</t>
   </si>
   <si>
     <t>GUSTAVSON</t>
   </si>
   <si>
     <t>14.12.2025 10:04</t>
   </si>
   <si>
     <t>Karel</t>
   </si>
   <si>
     <t>PASTARUS</t>
   </si>
   <si>
     <t>16.01.2026 10:27</t>
   </si>
   <si>
     <t>PCR Competition
 Suit exceeds allowed size by 40 mm</t>
   </si>
   <si>
-    <t>SUI</t>
-[...1 lines deleted...]
-  <si>
     <t>Noe</t>
   </si>
   <si>
     <t>KEMPF</t>
   </si>
   <si>
     <t>Kyotaro</t>
   </si>
   <si>
     <t>YAMAZAKI</t>
   </si>
   <si>
     <t>14.12.2025 10:25</t>
   </si>
   <si>
     <t>Takuya</t>
   </si>
   <si>
     <t>NAKAZAWA</t>
   </si>
   <si>
     <t>Women's Individual Compact Normal Hill HS97/5,0 Km</t>
   </si>
   <si>
     <t>ICN</t>
@@ -806,75 +866,78 @@
     <t>Johann</t>
   </si>
   <si>
     <t>UNGER</t>
   </si>
   <si>
     <t>16.01.2026 11:00</t>
   </si>
   <si>
     <t>PCR Competition
 Suit exceeds allowed size by 20 mm</t>
   </si>
   <si>
     <t>Benedikt</t>
   </si>
   <si>
     <t>GRAEBERT</t>
   </si>
   <si>
     <t>10.01.2026 10:30</t>
   </si>
   <si>
     <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, Suit exceeds allowed size by 30mm</t>
   </si>
   <si>
-    <t>USA</t>
-[...1 lines deleted...]
-  <si>
     <t>Carter</t>
   </si>
   <si>
     <t>BRUBAKER</t>
   </si>
   <si>
     <t>Women's Provisional Round Normal Hill HS102/5,0 Km</t>
   </si>
   <si>
     <t>04.12.2025</t>
   </si>
   <si>
     <t>04.12.2025 15:40</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, Suit +2cm</t>
   </si>
   <si>
     <t>Joanna</t>
   </si>
   <si>
     <t>KIL</t>
+  </si>
+  <si>
+    <t>Women's Individual Gundersen Large Hill HS130/5,0 Km</t>
+  </si>
+  <si>
+    <t>06.03.2026 13:11</t>
   </si>
   <si>
     <t>Men's Individual Compact Large Hill HS137/7,5 Km</t>
   </si>
   <si>
     <t>Oberstdorf</t>
   </si>
   <si>
     <t>27.08.2025</t>
   </si>
   <si>
     <t>27.08.2025 19:06</t>
   </si>
   <si>
     <t>SCE waist +3cm</t>
   </si>
   <si>
     <t>CHN</t>
   </si>
   <si>
     <t>Jiawen</t>
   </si>
   <si>
     <t>ZHAO</t>
   </si>
@@ -944,50 +1007,59 @@
   <si>
     <t>Torje</t>
   </si>
   <si>
     <t>SELJESET</t>
   </si>
   <si>
     <t>14.12.2025 10:39</t>
   </si>
   <si>
     <t>Even Leinan</t>
   </si>
   <si>
     <t>Lund</t>
   </si>
   <si>
     <t>12.12.2025 16:25</t>
   </si>
   <si>
     <t>Matic</t>
   </si>
   <si>
     <t>GARBAJS</t>
   </si>
   <si>
+    <t>06.03.2026 13:08</t>
+  </si>
+  <si>
+    <t>Jolana</t>
+  </si>
+  <si>
+    <t>HRADILOVA</t>
+  </si>
+  <si>
     <t>27.08.2025 19:09</t>
   </si>
   <si>
     <t>SCE 4 waist +2cm</t>
   </si>
   <si>
     <t>Tristan</t>
   </si>
   <si>
     <t>SOMMERFELDT</t>
   </si>
   <si>
     <t>15.02.2026 10:26</t>
   </si>
   <si>
     <t>Gunnar</t>
   </si>
   <si>
     <t>GILBERTSON</t>
   </si>
   <si>
     <t>Women's Individual Mass Start Normal Hill HS98/5,0 Km</t>
   </si>
   <si>
     <t>Ramsau</t>
@@ -1037,50 +1109,59 @@
   <si>
     <t>20.09.2025 10:09</t>
   </si>
   <si>
     <t>SCE4, Suit - Crotch</t>
   </si>
   <si>
     <t>Jiri</t>
   </si>
   <si>
     <t>KONVALINKA</t>
   </si>
   <si>
     <t>Women's Provisional Round Normal Hill HS100/5,0 Km</t>
   </si>
   <si>
     <t>16.01.2026 09:55</t>
   </si>
   <si>
     <t>Silva</t>
   </si>
   <si>
     <t>VERBIC</t>
   </si>
   <si>
+    <t>06.03.2026 14:22</t>
+  </si>
+  <si>
+    <t>Herman</t>
+  </si>
+  <si>
+    <t>HAPPONEN</t>
+  </si>
+  <si>
     <t>19.12.2025 12:28</t>
   </si>
   <si>
     <t>Tereza</t>
   </si>
   <si>
     <t>KOLDOVSKA</t>
   </si>
   <si>
     <t>30.01.2026 11:05</t>
   </si>
   <si>
     <t>Radim</t>
   </si>
   <si>
     <t>SUDEK</t>
   </si>
   <si>
     <t>19.09.2025 10:37</t>
   </si>
   <si>
     <t>SCE 4 - arm -0.7cm</t>
   </si>
   <si>
     <t>Lena</t>
@@ -1130,50 +1211,53 @@
   <si>
     <t>16.01.2026 12:44</t>
   </si>
   <si>
     <t>Suit exceeds allowed size by 30 mm</t>
   </si>
   <si>
     <t>Stefano</t>
   </si>
   <si>
     <t>RADOVAN</t>
   </si>
   <si>
     <t>11.01.2026 13:30</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, +1,5</t>
   </si>
   <si>
     <t>Iacopo</t>
   </si>
   <si>
     <t>BORTOLAS</t>
   </si>
   <si>
+    <t>05.03.2026 11:20</t>
+  </si>
+  <si>
     <t>SCE C 4.4 - Tolerance / Suit exceeds allowed size by xx cm, exceeds allowed size by 25mm</t>
   </si>
   <si>
     <t>Nico</t>
   </si>
   <si>
     <t>ZARUCCHI</t>
   </si>
   <si>
     <t>Men's Individual Gundersen Normal Hill HS97/10,0 Km</t>
   </si>
   <si>
     <t>10.01.2026 17:15</t>
   </si>
   <si>
     <t>ICR 526 - Missing starting bib JP/CC, ICR 207.1.3</t>
   </si>
   <si>
     <t>250CHF</t>
   </si>
   <si>
     <t>Einar Luraas</t>
   </si>
   <si>
     <t>OFTEBRO</t>
@@ -1248,50 +1332,62 @@
     <t>19.12.2025 13:40</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, Crotch</t>
   </si>
   <si>
     <t>Dmytro</t>
   </si>
   <si>
     <t>MAZURCHUK</t>
   </si>
   <si>
     <t>Men's Provisional Round Normal Hill HS100/10,0 Km</t>
   </si>
   <si>
     <t>16.01.2026 12:47</t>
   </si>
   <si>
     <t>Suit Preinspection Croch</t>
   </si>
   <si>
     <t>28.11.2025 14:04</t>
   </si>
   <si>
     <t>SKOGLUND</t>
+  </si>
+  <si>
+    <t>01.02.2026 14:30</t>
+  </si>
+  <si>
+    <t>ICR 531.3.1 - Early start cross country race</t>
+  </si>
+  <si>
+    <t>Christian</t>
+  </si>
+  <si>
+    <t>DEUSCHL</t>
   </si>
   <si>
     <t>27.08.2025 19:34</t>
   </si>
   <si>
     <t>SCE 4 knee +2cm</t>
   </si>
   <si>
     <t>Ilkka</t>
   </si>
   <si>
     <t>HEROLA</t>
   </si>
   <si>
     <t>Men's Provisional Round Normal Hill HS98/10,0 Km</t>
   </si>
   <si>
     <t>18.12.2025</t>
   </si>
   <si>
     <t>18.12.2025 13:00</t>
   </si>
   <si>
     <t>SCE C 4 - Suit, Leg length</t>
   </si>
@@ -1763,5789 +1859,6315 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W91"/>
+  <dimension ref="A1:W99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="59.557" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="390.333" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="21.281" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
-        <v>449</v>
+        <v>481</v>
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="1" t="s">
-        <v>448</v>
+        <v>480</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>447</v>
+        <v>479</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>446</v>
+        <v>478</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>445</v>
+        <v>477</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>444</v>
+        <v>476</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>443</v>
+        <v>475</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>442</v>
+        <v>474</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>441</v>
+        <v>473</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>440</v>
+        <v>472</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>439</v>
+        <v>471</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>438</v>
+        <v>470</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>437</v>
+        <v>469</v>
       </c>
       <c r="M2" s="1" t="s">
-        <v>436</v>
+        <v>468</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>435</v>
+        <v>467</v>
       </c>
       <c r="O2" s="1" t="s">
-        <v>434</v>
+        <v>466</v>
       </c>
       <c r="P2" s="1" t="s">
-        <v>433</v>
+        <v>465</v>
       </c>
       <c r="Q2" s="1" t="s">
-        <v>432</v>
+        <v>464</v>
       </c>
       <c r="R2" s="1" t="s">
-        <v>431</v>
+        <v>463</v>
       </c>
       <c r="S2" s="1" t="s">
-        <v>430</v>
+        <v>462</v>
       </c>
       <c r="T2" s="1" t="s">
-        <v>429</v>
+        <v>461</v>
       </c>
       <c r="U2" s="1" t="s">
-        <v>428</v>
+        <v>460</v>
       </c>
       <c r="V2" s="1" t="s">
-        <v>427</v>
+        <v>459</v>
       </c>
       <c r="W2" s="1" t="s">
-        <v>426</v>
+        <v>458</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B3">
         <v>1562</v>
       </c>
       <c r="C3" t="s">
-        <v>425</v>
+        <v>457</v>
       </c>
       <c r="D3" t="s">
-        <v>424</v>
+        <v>456</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J3" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="L3" t="s">
-        <v>422</v>
+        <v>454</v>
       </c>
       <c r="M3" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="N3" t="s">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="O3" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="P3" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="Q3" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="R3" t="s">
-        <v>421</v>
+        <v>453</v>
       </c>
       <c r="S3">
         <v>4145</v>
       </c>
       <c r="T3">
         <v>124114</v>
       </c>
       <c r="U3">
         <v>3502</v>
       </c>
       <c r="V3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B4">
         <v>100167</v>
       </c>
       <c r="C4" t="s">
-        <v>420</v>
+        <v>452</v>
       </c>
       <c r="D4" t="s">
-        <v>419</v>
+        <v>451</v>
       </c>
       <c r="E4" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J4" t="s">
-        <v>401</v>
+        <v>429</v>
       </c>
       <c r="L4" t="s">
-        <v>418</v>
+        <v>450</v>
       </c>
       <c r="M4" t="s">
-        <v>316</v>
+        <v>340</v>
       </c>
       <c r="N4" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="O4" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="P4" t="s">
-        <v>315</v>
+        <v>339</v>
       </c>
       <c r="Q4" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="R4" t="s">
-        <v>399</v>
+        <v>427</v>
       </c>
       <c r="S4">
         <v>4135</v>
       </c>
       <c r="T4">
         <v>161576</v>
       </c>
       <c r="U4">
         <v>3492</v>
       </c>
       <c r="V4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B5">
         <v>100269</v>
       </c>
       <c r="C5" t="s">
-        <v>417</v>
+        <v>449</v>
       </c>
       <c r="D5" t="s">
-        <v>387</v>
+        <v>415</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>295</v>
+        <v>316</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J5" t="s">
-        <v>416</v>
+        <v>448</v>
       </c>
       <c r="L5" t="s">
-        <v>415</v>
+        <v>447</v>
       </c>
       <c r="M5" t="s">
-        <v>414</v>
+        <v>446</v>
       </c>
       <c r="N5" t="s">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="O5" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="P5" t="s">
-        <v>315</v>
+        <v>339</v>
       </c>
       <c r="Q5" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="R5" t="s">
-        <v>413</v>
+        <v>445</v>
       </c>
       <c r="S5">
         <v>4133</v>
       </c>
       <c r="T5">
         <v>166512</v>
       </c>
       <c r="U5">
         <v>3490</v>
       </c>
       <c r="V5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B6">
         <v>100308</v>
       </c>
       <c r="C6" t="s">
-        <v>412</v>
+        <v>444</v>
       </c>
       <c r="D6" t="s">
-        <v>411</v>
+        <v>443</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="G6">
         <v>2</v>
       </c>
       <c r="H6" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="K6" t="s">
-        <v>410</v>
+        <v>442</v>
       </c>
       <c r="L6" t="s">
-        <v>409</v>
+        <v>441</v>
       </c>
       <c r="M6" t="s">
-        <v>273</v>
+        <v>294</v>
       </c>
       <c r="N6" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="O6" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="P6" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="Q6" t="s">
-        <v>2</v>
+        <v>45</v>
       </c>
       <c r="R6" t="s">
-        <v>271</v>
+        <v>292</v>
       </c>
       <c r="S6">
         <v>4103</v>
       </c>
       <c r="T6">
         <v>171139</v>
       </c>
       <c r="U6">
         <v>3460</v>
       </c>
       <c r="V6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B7">
         <v>100518</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>440</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>439</v>
       </c>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="G7">
         <v>2</v>
       </c>
       <c r="H7" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J7" t="s">
-        <v>15</v>
+        <v>438</v>
       </c>
       <c r="L7" t="s">
-        <v>14</v>
+        <v>437</v>
       </c>
       <c r="M7" t="s">
-        <v>6</v>
+        <v>197</v>
       </c>
       <c r="N7" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O7" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="P7" t="s">
-        <v>3</v>
+        <v>196</v>
       </c>
       <c r="Q7" t="s">
-        <v>2</v>
+        <v>45</v>
       </c>
       <c r="R7" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="S7">
         <v>4209</v>
       </c>
       <c r="T7">
         <v>183327</v>
       </c>
       <c r="U7">
         <v>3566</v>
       </c>
       <c r="V7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B8">
         <v>100566</v>
       </c>
       <c r="C8" t="s">
-        <v>408</v>
+        <v>436</v>
       </c>
       <c r="D8" t="s">
-        <v>356</v>
+        <v>383</v>
       </c>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J8" t="s">
-        <v>180</v>
+        <v>149</v>
       </c>
       <c r="L8" t="s">
-        <v>407</v>
+        <v>435</v>
       </c>
       <c r="M8" t="s">
-        <v>199</v>
+        <v>221</v>
       </c>
       <c r="N8" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="O8" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="P8" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q8" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="R8" t="s">
-        <v>198</v>
+        <v>220</v>
       </c>
       <c r="S8">
         <v>4117</v>
       </c>
       <c r="T8">
         <v>189544</v>
       </c>
       <c r="U8">
         <v>3474</v>
       </c>
       <c r="V8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B9">
         <v>100611</v>
       </c>
       <c r="C9" t="s">
-        <v>403</v>
+        <v>431</v>
       </c>
       <c r="D9" t="s">
-        <v>402</v>
+        <v>430</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J9" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="K9" t="s">
-        <v>406</v>
+        <v>434</v>
       </c>
       <c r="L9" t="s">
-        <v>405</v>
+        <v>433</v>
       </c>
       <c r="M9" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="N9" t="s">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="O9" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="P9" t="s">
-        <v>162</v>
+        <v>178</v>
       </c>
       <c r="Q9" t="s">
-        <v>2</v>
+        <v>45</v>
       </c>
       <c r="R9" t="s">
-        <v>404</v>
+        <v>432</v>
       </c>
       <c r="S9">
         <v>4153</v>
       </c>
       <c r="T9">
         <v>193561</v>
       </c>
       <c r="U9">
         <v>3510</v>
       </c>
       <c r="V9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B10">
         <v>100611</v>
       </c>
       <c r="C10" t="s">
-        <v>403</v>
+        <v>431</v>
       </c>
       <c r="D10" t="s">
-        <v>402</v>
+        <v>430</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="G10">
         <v>2</v>
       </c>
       <c r="H10" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J10" t="s">
-        <v>401</v>
+        <v>429</v>
       </c>
       <c r="L10" t="s">
-        <v>400</v>
+        <v>428</v>
       </c>
       <c r="M10" t="s">
-        <v>316</v>
+        <v>340</v>
       </c>
       <c r="N10" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="O10" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="P10" t="s">
-        <v>315</v>
+        <v>339</v>
       </c>
       <c r="Q10" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="R10" t="s">
-        <v>399</v>
+        <v>427</v>
       </c>
       <c r="S10">
         <v>4135</v>
       </c>
       <c r="T10">
         <v>193561</v>
       </c>
       <c r="U10">
         <v>3492</v>
       </c>
       <c r="V10" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B11">
         <v>100623</v>
       </c>
       <c r="C11" t="s">
-        <v>396</v>
+        <v>424</v>
       </c>
       <c r="D11" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>234</v>
+        <v>150</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J11" t="s">
-        <v>180</v>
+        <v>149</v>
       </c>
       <c r="K11" t="s">
-        <v>398</v>
+        <v>426</v>
       </c>
       <c r="L11" t="s">
-        <v>397</v>
+        <v>425</v>
       </c>
       <c r="M11" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="N11" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O11" t="s">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="P11" t="s">
-        <v>128</v>
+        <v>19</v>
       </c>
       <c r="Q11" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="R11" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="S11">
         <v>4245</v>
       </c>
       <c r="T11">
         <v>193925</v>
       </c>
       <c r="U11">
         <v>3602</v>
       </c>
       <c r="V11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B12">
         <v>100623</v>
       </c>
       <c r="C12" t="s">
-        <v>396</v>
+        <v>424</v>
       </c>
       <c r="D12" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>234</v>
+        <v>150</v>
       </c>
       <c r="G12">
         <v>2</v>
       </c>
       <c r="H12" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J12" t="s">
-        <v>394</v>
+        <v>422</v>
       </c>
       <c r="L12" t="s">
-        <v>393</v>
+        <v>421</v>
       </c>
       <c r="M12" t="s">
-        <v>379</v>
+        <v>407</v>
       </c>
       <c r="N12" t="s">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="O12" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="P12" t="s">
-        <v>172</v>
+        <v>188</v>
       </c>
       <c r="Q12" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="R12" t="s">
-        <v>392</v>
+        <v>420</v>
       </c>
       <c r="S12">
         <v>4122</v>
       </c>
       <c r="T12">
         <v>193925</v>
       </c>
       <c r="U12">
         <v>3479</v>
       </c>
       <c r="V12" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B13">
         <v>100625</v>
       </c>
       <c r="C13" t="s">
-        <v>391</v>
+        <v>419</v>
       </c>
       <c r="D13" t="s">
-        <v>390</v>
+        <v>418</v>
       </c>
       <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
       <c r="H13" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J13" t="s">
-        <v>8</v>
+        <v>69</v>
       </c>
       <c r="L13" t="s">
-        <v>389</v>
+        <v>417</v>
       </c>
       <c r="M13" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="N13" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O13" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="P13" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q13" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="R13" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="S13">
         <v>4197</v>
       </c>
       <c r="T13">
         <v>194080</v>
       </c>
       <c r="U13">
         <v>3554</v>
       </c>
       <c r="V13" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B14">
         <v>100716</v>
       </c>
       <c r="C14" t="s">
-        <v>388</v>
+        <v>416</v>
       </c>
       <c r="D14" t="s">
-        <v>387</v>
+        <v>415</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>2</v>
+        <v>45</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J14" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="K14" t="s">
-        <v>308</v>
+        <v>332</v>
       </c>
       <c r="L14" t="s">
-        <v>386</v>
+        <v>414</v>
       </c>
       <c r="M14" t="s">
-        <v>273</v>
+        <v>294</v>
       </c>
       <c r="N14" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="O14" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="P14" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="Q14" t="s">
-        <v>2</v>
+        <v>45</v>
       </c>
       <c r="R14" t="s">
-        <v>271</v>
+        <v>292</v>
       </c>
       <c r="S14">
         <v>4103</v>
       </c>
       <c r="T14">
         <v>196699</v>
       </c>
       <c r="U14">
         <v>3460</v>
       </c>
       <c r="V14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B15">
         <v>100733</v>
       </c>
       <c r="C15" t="s">
-        <v>385</v>
+        <v>413</v>
       </c>
       <c r="D15" t="s">
-        <v>384</v>
+        <v>412</v>
       </c>
       <c r="E15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F15" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="G15">
         <v>2</v>
       </c>
       <c r="H15" t="s">
-        <v>383</v>
+        <v>411</v>
       </c>
       <c r="J15" t="s">
-        <v>382</v>
+        <v>410</v>
       </c>
       <c r="K15" t="s">
-        <v>381</v>
+        <v>409</v>
       </c>
       <c r="L15" t="s">
-        <v>380</v>
+        <v>408</v>
       </c>
       <c r="M15" t="s">
-        <v>379</v>
+        <v>407</v>
       </c>
       <c r="N15" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="O15" t="s">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="P15" t="s">
-        <v>172</v>
+        <v>188</v>
       </c>
       <c r="Q15" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="R15" t="s">
-        <v>378</v>
+        <v>406</v>
       </c>
       <c r="S15">
         <v>4121</v>
       </c>
       <c r="T15">
         <v>196877</v>
       </c>
       <c r="U15">
         <v>3478</v>
       </c>
       <c r="V15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B16">
         <v>100797</v>
       </c>
       <c r="C16" t="s">
-        <v>377</v>
+        <v>405</v>
       </c>
       <c r="D16" t="s">
-        <v>376</v>
+        <v>404</v>
       </c>
       <c r="E16" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="G16">
         <v>2</v>
       </c>
       <c r="H16" t="s">
-        <v>291</v>
+        <v>312</v>
       </c>
       <c r="I16" t="s">
-        <v>375</v>
+        <v>403</v>
       </c>
       <c r="J16" t="s">
-        <v>374</v>
+        <v>402</v>
       </c>
       <c r="L16" t="s">
-        <v>373</v>
+        <v>401</v>
       </c>
       <c r="M16" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="N16" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="O16" t="s">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="P16" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="Q16" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="R16" t="s">
-        <v>372</v>
+        <v>400</v>
       </c>
       <c r="S16">
         <v>4149</v>
       </c>
       <c r="T16">
         <v>200998</v>
       </c>
       <c r="U16">
         <v>3506</v>
       </c>
       <c r="V16" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B17">
         <v>100880</v>
       </c>
       <c r="C17" t="s">
-        <v>371</v>
+        <v>399</v>
       </c>
       <c r="D17" t="s">
-        <v>370</v>
+        <v>398</v>
       </c>
       <c r="E17" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>234</v>
+        <v>150</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
       <c r="H17" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J17" t="s">
-        <v>369</v>
+        <v>397</v>
       </c>
       <c r="L17" t="s">
-        <v>217</v>
+        <v>238</v>
       </c>
       <c r="M17" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="N17" t="s">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="O17" t="s">
-        <v>215</v>
+        <v>170</v>
       </c>
       <c r="P17" t="s">
-        <v>207</v>
+        <v>229</v>
       </c>
       <c r="Q17" t="s">
-        <v>2</v>
+        <v>45</v>
       </c>
       <c r="R17" t="s">
-        <v>214</v>
+        <v>236</v>
       </c>
       <c r="S17">
         <v>4285</v>
       </c>
       <c r="T17">
         <v>204215</v>
       </c>
       <c r="U17">
         <v>3642</v>
       </c>
       <c r="V17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B18">
         <v>100896</v>
       </c>
       <c r="C18" t="s">
-        <v>368</v>
+        <v>395</v>
       </c>
       <c r="D18" t="s">
-        <v>367</v>
+        <v>394</v>
       </c>
       <c r="E18" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H18" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J18" t="s">
-        <v>366</v>
+        <v>35</v>
       </c>
       <c r="L18" t="s">
-        <v>365</v>
+        <v>396</v>
       </c>
       <c r="M18" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>110</v>
+        <v>5</v>
       </c>
       <c r="O18" t="s">
-        <v>243</v>
+        <v>170</v>
       </c>
       <c r="P18" t="s">
-        <v>123</v>
+        <v>169</v>
       </c>
       <c r="Q18" t="s">
-        <v>122</v>
+        <v>49</v>
       </c>
       <c r="R18" t="s">
-        <v>283</v>
+        <v>168</v>
       </c>
       <c r="S18">
-        <v>4151</v>
+        <v>4169</v>
       </c>
       <c r="T18">
         <v>204525</v>
       </c>
       <c r="U18">
-        <v>3508</v>
+        <v>3526</v>
       </c>
       <c r="V18" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B19">
-        <v>100899</v>
+        <v>100896</v>
       </c>
       <c r="C19" t="s">
-        <v>364</v>
+        <v>395</v>
       </c>
       <c r="D19" t="s">
-        <v>363</v>
+        <v>394</v>
       </c>
       <c r="E19" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H19" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J19" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>393</v>
       </c>
       <c r="L19" t="s">
-        <v>361</v>
+        <v>392</v>
       </c>
       <c r="M19" t="s">
-        <v>68</v>
+        <v>33</v>
       </c>
       <c r="N19" t="s">
-        <v>5</v>
+        <v>115</v>
       </c>
       <c r="O19" t="s">
-        <v>4</v>
+        <v>263</v>
       </c>
       <c r="P19" t="s">
-        <v>67</v>
+        <v>128</v>
       </c>
       <c r="Q19" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="R19" t="s">
-        <v>135</v>
+        <v>304</v>
       </c>
       <c r="S19">
-        <v>4237</v>
+        <v>4151</v>
       </c>
       <c r="T19">
-        <v>204528</v>
+        <v>204525</v>
       </c>
       <c r="U19">
-        <v>3594</v>
+        <v>3508</v>
       </c>
       <c r="V19" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B20">
-        <v>100914</v>
+        <v>100899</v>
       </c>
       <c r="C20" t="s">
-        <v>357</v>
+        <v>391</v>
       </c>
       <c r="D20" t="s">
-        <v>356</v>
+        <v>390</v>
       </c>
       <c r="E20" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>86</v>
+        <v>119</v>
       </c>
       <c r="G20">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H20" t="s">
-        <v>360</v>
+        <v>23</v>
       </c>
       <c r="J20" t="s">
-        <v>131</v>
+        <v>69</v>
       </c>
       <c r="K20" t="s">
-        <v>359</v>
+        <v>389</v>
       </c>
       <c r="L20" t="s">
-        <v>358</v>
+        <v>388</v>
       </c>
       <c r="M20" t="s">
-        <v>208</v>
+        <v>66</v>
       </c>
       <c r="N20" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O20" t="s">
-        <v>186</v>
+        <v>57</v>
       </c>
       <c r="P20" t="s">
-        <v>207</v>
+        <v>65</v>
       </c>
       <c r="Q20" t="s">
         <v>2</v>
       </c>
       <c r="R20" t="s">
-        <v>206</v>
+        <v>136</v>
       </c>
       <c r="S20">
-        <v>4205</v>
+        <v>4237</v>
       </c>
       <c r="T20">
-        <v>204658</v>
+        <v>204528</v>
       </c>
       <c r="U20">
-        <v>3562</v>
+        <v>3594</v>
       </c>
       <c r="V20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B21">
         <v>100914</v>
       </c>
       <c r="C21" t="s">
-        <v>357</v>
+        <v>384</v>
       </c>
       <c r="D21" t="s">
-        <v>356</v>
+        <v>383</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="G21">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H21" t="s">
-        <v>9</v>
+        <v>387</v>
       </c>
       <c r="J21" t="s">
-        <v>8</v>
+        <v>93</v>
+      </c>
+      <c r="K21" t="s">
+        <v>386</v>
       </c>
       <c r="L21" t="s">
-        <v>355</v>
+        <v>385</v>
       </c>
       <c r="M21" t="s">
-        <v>103</v>
+        <v>230</v>
       </c>
       <c r="N21" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O21" t="s">
-        <v>35</v>
+        <v>209</v>
       </c>
       <c r="P21" t="s">
-        <v>54</v>
+        <v>229</v>
       </c>
       <c r="Q21" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="R21" t="s">
-        <v>52</v>
+        <v>228</v>
       </c>
       <c r="S21">
-        <v>4196</v>
+        <v>4205</v>
       </c>
       <c r="T21">
         <v>204658</v>
       </c>
       <c r="U21">
-        <v>3553</v>
+        <v>3562</v>
       </c>
       <c r="V21" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B22">
-        <v>101060</v>
+        <v>100914</v>
       </c>
       <c r="C22" t="s">
-        <v>354</v>
+        <v>384</v>
       </c>
       <c r="D22" t="s">
-        <v>353</v>
+        <v>383</v>
       </c>
       <c r="E22" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>203</v>
+        <v>18</v>
       </c>
       <c r="G22">
         <v>2</v>
       </c>
       <c r="H22" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J22" t="s">
-        <v>352</v>
+        <v>69</v>
       </c>
       <c r="L22" t="s">
-        <v>351</v>
+        <v>382</v>
       </c>
       <c r="M22" t="s">
-        <v>173</v>
+        <v>108</v>
       </c>
       <c r="N22" t="s">
-        <v>110</v>
+        <v>51</v>
       </c>
       <c r="O22" t="s">
-        <v>109</v>
+        <v>31</v>
       </c>
       <c r="P22" t="s">
-        <v>172</v>
+        <v>50</v>
       </c>
       <c r="Q22" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="R22" t="s">
-        <v>350</v>
+        <v>48</v>
       </c>
       <c r="S22">
-        <v>4123</v>
+        <v>4196</v>
       </c>
       <c r="T22">
-        <v>211028</v>
+        <v>204658</v>
       </c>
       <c r="U22">
-        <v>3480</v>
+        <v>3553</v>
       </c>
       <c r="V22" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B23">
-        <v>101065</v>
+        <v>101060</v>
       </c>
       <c r="C23" t="s">
-        <v>349</v>
+        <v>381</v>
       </c>
       <c r="D23" t="s">
-        <v>348</v>
+        <v>380</v>
       </c>
       <c r="E23" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>203</v>
+        <v>225</v>
       </c>
       <c r="G23">
         <v>2</v>
       </c>
       <c r="H23" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J23" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>379</v>
       </c>
       <c r="L23" t="s">
-        <v>209</v>
+        <v>378</v>
       </c>
       <c r="M23" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="N23" t="s">
-        <v>5</v>
+        <v>115</v>
       </c>
       <c r="O23" t="s">
-        <v>186</v>
+        <v>114</v>
       </c>
       <c r="P23" t="s">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="Q23" t="s">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="R23" t="s">
-        <v>206</v>
+        <v>377</v>
       </c>
       <c r="S23">
-        <v>4205</v>
+        <v>4123</v>
       </c>
       <c r="T23">
-        <v>211341</v>
+        <v>211028</v>
       </c>
       <c r="U23">
-        <v>3562</v>
+        <v>3480</v>
       </c>
       <c r="V23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B24">
-        <v>101072</v>
+        <v>101065</v>
       </c>
       <c r="C24" t="s">
-        <v>347</v>
+        <v>376</v>
       </c>
       <c r="D24" t="s">
-        <v>346</v>
+        <v>375</v>
       </c>
       <c r="E24" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>225</v>
       </c>
       <c r="G24">
         <v>2</v>
       </c>
       <c r="H24" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J24" t="s">
-        <v>76</v>
+        <v>233</v>
       </c>
       <c r="K24" t="s">
-        <v>345</v>
+        <v>232</v>
       </c>
       <c r="L24" t="s">
-        <v>344</v>
+        <v>231</v>
       </c>
       <c r="M24" t="s">
-        <v>116</v>
+        <v>230</v>
       </c>
       <c r="N24" t="s">
-        <v>97</v>
+        <v>51</v>
       </c>
       <c r="O24" t="s">
-        <v>4</v>
+        <v>209</v>
       </c>
       <c r="P24" t="s">
-        <v>115</v>
+        <v>229</v>
       </c>
       <c r="Q24" t="s">
-        <v>114</v>
+        <v>45</v>
       </c>
       <c r="R24" t="s">
-        <v>66</v>
+        <v>228</v>
       </c>
       <c r="S24">
-        <v>4112</v>
+        <v>4205</v>
       </c>
       <c r="T24">
-        <v>212341</v>
+        <v>211341</v>
       </c>
       <c r="U24">
-        <v>3469</v>
+        <v>3562</v>
       </c>
       <c r="V24" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B25">
-        <v>101093</v>
+        <v>101072</v>
       </c>
       <c r="C25" t="s">
-        <v>343</v>
+        <v>374</v>
       </c>
       <c r="D25" t="s">
-        <v>342</v>
+        <v>373</v>
       </c>
       <c r="E25" t="s">
+        <v>70</v>
+      </c>
+      <c r="F25" t="s">
         <v>29</v>
       </c>
-      <c r="F25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H25" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J25" t="s">
-        <v>8</v>
+        <v>75</v>
+      </c>
+      <c r="K25" t="s">
+        <v>372</v>
       </c>
       <c r="L25" t="s">
-        <v>341</v>
+        <v>371</v>
       </c>
       <c r="M25" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="N25" t="s">
-        <v>5</v>
+        <v>102</v>
       </c>
       <c r="O25" t="s">
-        <v>186</v>
+        <v>57</v>
       </c>
       <c r="P25" t="s">
-        <v>3</v>
+        <v>120</v>
       </c>
       <c r="Q25" t="s">
-        <v>2</v>
+        <v>119</v>
       </c>
       <c r="R25" t="s">
-        <v>185</v>
+        <v>64</v>
       </c>
       <c r="S25">
-        <v>4208</v>
+        <v>4112</v>
       </c>
       <c r="T25">
-        <v>212810</v>
+        <v>212341</v>
       </c>
       <c r="U25">
-        <v>3565</v>
+        <v>3469</v>
       </c>
       <c r="V25" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B26">
-        <v>101095</v>
+        <v>101093</v>
       </c>
       <c r="C26" t="s">
-        <v>340</v>
+        <v>370</v>
       </c>
       <c r="D26" t="s">
-        <v>339</v>
+        <v>369</v>
       </c>
       <c r="E26" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>295</v>
+        <v>316</v>
       </c>
       <c r="G26">
         <v>1</v>
       </c>
       <c r="H26" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J26" t="s">
-        <v>176</v>
+        <v>69</v>
       </c>
       <c r="L26" t="s">
-        <v>338</v>
+        <v>368</v>
       </c>
       <c r="M26" t="s">
-        <v>316</v>
+        <v>116</v>
       </c>
       <c r="N26" t="s">
-        <v>110</v>
+        <v>51</v>
       </c>
       <c r="O26" t="s">
-        <v>109</v>
+        <v>209</v>
       </c>
       <c r="P26" t="s">
-        <v>315</v>
+        <v>196</v>
       </c>
       <c r="Q26" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="R26" t="s">
-        <v>314</v>
+        <v>208</v>
       </c>
       <c r="S26">
-        <v>4134</v>
+        <v>4208</v>
       </c>
       <c r="T26">
-        <v>212812</v>
+        <v>212810</v>
       </c>
       <c r="U26">
-        <v>3491</v>
+        <v>3565</v>
       </c>
       <c r="V26" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B27">
-        <v>101108</v>
+        <v>101095</v>
       </c>
       <c r="C27" t="s">
-        <v>337</v>
+        <v>367</v>
       </c>
       <c r="D27" t="s">
-        <v>336</v>
+        <v>366</v>
       </c>
       <c r="E27" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F27" t="s">
-        <v>132</v>
+        <v>316</v>
       </c>
       <c r="G27">
         <v>1</v>
       </c>
       <c r="H27" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J27" t="s">
-        <v>226</v>
+        <v>192</v>
       </c>
       <c r="L27" t="s">
-        <v>335</v>
+        <v>365</v>
       </c>
       <c r="M27" t="s">
-        <v>68</v>
+        <v>340</v>
       </c>
       <c r="N27" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="O27" t="s">
-        <v>21</v>
+        <v>114</v>
       </c>
       <c r="P27" t="s">
-        <v>162</v>
+        <v>339</v>
       </c>
       <c r="Q27" t="s">
         <v>2</v>
       </c>
       <c r="R27" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="S27">
-        <v>4152</v>
+        <v>4134</v>
       </c>
       <c r="T27">
-        <v>212961</v>
+        <v>212812</v>
       </c>
       <c r="U27">
-        <v>3509</v>
+        <v>3491</v>
       </c>
       <c r="V27" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B28">
-        <v>101122</v>
+        <v>101099</v>
       </c>
       <c r="C28" t="s">
-        <v>333</v>
+        <v>364</v>
       </c>
       <c r="D28" t="s">
-        <v>332</v>
+        <v>363</v>
       </c>
       <c r="E28" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>295</v>
+        <v>49</v>
       </c>
       <c r="G28">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H28" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="J28" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>149</v>
       </c>
       <c r="L28" t="s">
-        <v>330</v>
+        <v>362</v>
       </c>
       <c r="M28" t="s">
-        <v>329</v>
+        <v>91</v>
       </c>
       <c r="N28" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="O28" t="s">
-        <v>328</v>
+        <v>31</v>
       </c>
       <c r="P28" t="s">
-        <v>115</v>
+        <v>169</v>
       </c>
       <c r="Q28" t="s">
-        <v>114</v>
+        <v>49</v>
       </c>
       <c r="R28" t="s">
-        <v>327</v>
+        <v>174</v>
       </c>
       <c r="S28">
-        <v>4113</v>
+        <v>4171</v>
       </c>
       <c r="T28">
-        <v>213443</v>
+        <v>212895</v>
       </c>
       <c r="U28">
-        <v>3470</v>
+        <v>3528</v>
       </c>
       <c r="V28" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B29">
-        <v>101144</v>
+        <v>101108</v>
       </c>
       <c r="C29" t="s">
-        <v>326</v>
+        <v>361</v>
       </c>
       <c r="D29" t="s">
-        <v>325</v>
+        <v>360</v>
       </c>
       <c r="E29" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F29" t="s">
-        <v>16</v>
+        <v>94</v>
       </c>
       <c r="G29">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H29" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J29" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>247</v>
       </c>
       <c r="L29" t="s">
-        <v>324</v>
+        <v>359</v>
       </c>
       <c r="M29" t="s">
-        <v>116</v>
+        <v>66</v>
       </c>
       <c r="N29" t="s">
-        <v>97</v>
+        <v>5</v>
       </c>
       <c r="O29" t="s">
         <v>4</v>
       </c>
       <c r="P29" t="s">
-        <v>115</v>
+        <v>178</v>
       </c>
       <c r="Q29" t="s">
-        <v>114</v>
+        <v>45</v>
       </c>
       <c r="R29" t="s">
-        <v>66</v>
+        <v>358</v>
       </c>
       <c r="S29">
-        <v>4112</v>
+        <v>4152</v>
       </c>
       <c r="T29">
-        <v>217157</v>
+        <v>212961</v>
       </c>
       <c r="U29">
-        <v>3469</v>
+        <v>3509</v>
       </c>
       <c r="V29" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B30">
-        <v>101189</v>
+        <v>101122</v>
       </c>
       <c r="C30" t="s">
-        <v>323</v>
+        <v>357</v>
       </c>
       <c r="D30" t="s">
-        <v>322</v>
+        <v>356</v>
       </c>
       <c r="E30" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>203</v>
+        <v>316</v>
       </c>
       <c r="G30">
         <v>2</v>
       </c>
       <c r="H30" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J30" t="s">
-        <v>211</v>
+        <v>75</v>
       </c>
       <c r="K30" t="s">
-        <v>210</v>
+        <v>355</v>
       </c>
       <c r="L30" t="s">
-        <v>209</v>
+        <v>354</v>
       </c>
       <c r="M30" t="s">
-        <v>208</v>
+        <v>353</v>
       </c>
       <c r="N30" t="s">
-        <v>5</v>
+        <v>102</v>
       </c>
       <c r="O30" t="s">
-        <v>186</v>
+        <v>352</v>
       </c>
       <c r="P30" t="s">
-        <v>207</v>
+        <v>120</v>
       </c>
       <c r="Q30" t="s">
-        <v>2</v>
+        <v>119</v>
       </c>
       <c r="R30" t="s">
-        <v>206</v>
+        <v>351</v>
       </c>
       <c r="S30">
-        <v>4205</v>
+        <v>4113</v>
       </c>
       <c r="T30">
-        <v>220081</v>
+        <v>213443</v>
       </c>
       <c r="U30">
-        <v>3562</v>
+        <v>3470</v>
       </c>
       <c r="V30" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B31">
-        <v>101200</v>
+        <v>101144</v>
       </c>
       <c r="C31" t="s">
-        <v>31</v>
+        <v>350</v>
       </c>
       <c r="D31" t="s">
-        <v>30</v>
+        <v>349</v>
       </c>
       <c r="E31" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="F31" t="s">
-        <v>28</v>
+        <v>2</v>
       </c>
       <c r="G31">
         <v>2</v>
       </c>
       <c r="H31" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J31" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="K31" t="s">
-        <v>308</v>
+        <v>123</v>
       </c>
       <c r="L31" t="s">
-        <v>321</v>
+        <v>348</v>
       </c>
       <c r="M31" t="s">
-        <v>98</v>
+        <v>121</v>
       </c>
       <c r="N31" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="O31" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="P31" t="s">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="Q31" t="s">
-        <v>10</v>
+        <v>119</v>
       </c>
       <c r="R31" t="s">
-        <v>95</v>
+        <v>64</v>
       </c>
       <c r="S31">
-        <v>4108</v>
+        <v>4112</v>
       </c>
       <c r="T31">
-        <v>220159</v>
+        <v>217157</v>
       </c>
       <c r="U31">
-        <v>3465</v>
+        <v>3469</v>
       </c>
       <c r="V31" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B32">
-        <v>101211</v>
+        <v>101189</v>
       </c>
       <c r="C32" t="s">
-        <v>320</v>
+        <v>347</v>
       </c>
       <c r="D32" t="s">
-        <v>319</v>
+        <v>346</v>
       </c>
       <c r="E32" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>114</v>
+        <v>225</v>
       </c>
       <c r="G32">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H32" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J32" t="s">
-        <v>318</v>
+        <v>233</v>
+      </c>
+      <c r="K32" t="s">
+        <v>232</v>
       </c>
       <c r="L32" t="s">
-        <v>317</v>
+        <v>231</v>
       </c>
       <c r="M32" t="s">
-        <v>316</v>
+        <v>230</v>
       </c>
       <c r="N32" t="s">
-        <v>110</v>
+        <v>51</v>
       </c>
       <c r="O32" t="s">
-        <v>109</v>
+        <v>209</v>
       </c>
       <c r="P32" t="s">
-        <v>315</v>
+        <v>229</v>
       </c>
       <c r="Q32" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="R32" t="s">
-        <v>314</v>
+        <v>228</v>
       </c>
       <c r="S32">
-        <v>4134</v>
+        <v>4205</v>
       </c>
       <c r="T32">
-        <v>220986</v>
+        <v>220081</v>
       </c>
       <c r="U32">
-        <v>3491</v>
+        <v>3562</v>
       </c>
       <c r="V32" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B33">
-        <v>101224</v>
+        <v>101200</v>
       </c>
       <c r="C33" t="s">
-        <v>313</v>
+        <v>14</v>
       </c>
       <c r="D33" t="s">
-        <v>312</v>
+        <v>13</v>
       </c>
       <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33">
+        <v>2</v>
+      </c>
+      <c r="H33" t="s">
+        <v>23</v>
+      </c>
+      <c r="J33" t="s">
+        <v>75</v>
+      </c>
+      <c r="K33" t="s">
+        <v>332</v>
+      </c>
+      <c r="L33" t="s">
+        <v>345</v>
+      </c>
+      <c r="M33" t="s">
+        <v>103</v>
+      </c>
+      <c r="N33" t="s">
+        <v>102</v>
+      </c>
+      <c r="O33" t="s">
+        <v>31</v>
+      </c>
+      <c r="P33" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q33" t="s">
         <v>29</v>
       </c>
-      <c r="F33" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R33" t="s">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="S33">
-        <v>4247</v>
+        <v>4108</v>
       </c>
       <c r="T33">
-        <v>221629</v>
+        <v>220159</v>
       </c>
       <c r="U33">
-        <v>3604</v>
+        <v>3465</v>
       </c>
       <c r="V33" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B34">
-        <v>101232</v>
+        <v>101211</v>
       </c>
       <c r="C34" t="s">
-        <v>310</v>
+        <v>344</v>
       </c>
       <c r="D34" t="s">
-        <v>309</v>
+        <v>343</v>
       </c>
       <c r="E34" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="F34" t="s">
-        <v>2</v>
+        <v>119</v>
       </c>
       <c r="G34">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H34" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J34" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>308</v>
+        <v>342</v>
       </c>
       <c r="L34" t="s">
-        <v>307</v>
+        <v>341</v>
       </c>
       <c r="M34" t="s">
-        <v>273</v>
+        <v>340</v>
       </c>
       <c r="N34" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="O34" t="s">
-        <v>186</v>
+        <v>114</v>
       </c>
       <c r="P34" t="s">
-        <v>272</v>
+        <v>339</v>
       </c>
       <c r="Q34" t="s">
         <v>2</v>
       </c>
       <c r="R34" t="s">
-        <v>271</v>
+        <v>338</v>
       </c>
       <c r="S34">
-        <v>4103</v>
+        <v>4134</v>
       </c>
       <c r="T34">
-        <v>221938</v>
+        <v>220986</v>
       </c>
       <c r="U34">
-        <v>3460</v>
+        <v>3491</v>
       </c>
       <c r="V34" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B35">
-        <v>101266</v>
+        <v>101224</v>
       </c>
       <c r="C35" t="s">
-        <v>306</v>
+        <v>337</v>
       </c>
       <c r="D35" t="s">
-        <v>305</v>
+        <v>336</v>
       </c>
       <c r="E35" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>132</v>
+        <v>24</v>
       </c>
       <c r="G35">
         <v>1</v>
       </c>
       <c r="H35" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J35" t="s">
-        <v>126</v>
+        <v>149</v>
       </c>
       <c r="L35" t="s">
-        <v>304</v>
+        <v>335</v>
       </c>
       <c r="M35" t="s">
-        <v>103</v>
+        <v>132</v>
       </c>
       <c r="N35" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O35" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="P35" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="Q35" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="R35" t="s">
-        <v>52</v>
+        <v>131</v>
       </c>
       <c r="S35">
-        <v>4196</v>
+        <v>4247</v>
       </c>
       <c r="T35">
-        <v>226543</v>
+        <v>221629</v>
       </c>
       <c r="U35">
-        <v>3553</v>
+        <v>3604</v>
       </c>
       <c r="V35" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B36">
-        <v>101321</v>
+        <v>101232</v>
       </c>
       <c r="C36" t="s">
-        <v>303</v>
+        <v>334</v>
       </c>
       <c r="D36" t="s">
-        <v>302</v>
+        <v>333</v>
       </c>
       <c r="E36" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="G36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H36" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J36" t="s">
-        <v>8</v>
+        <v>75</v>
+      </c>
+      <c r="K36" t="s">
+        <v>332</v>
       </c>
       <c r="L36" t="s">
-        <v>301</v>
+        <v>331</v>
       </c>
       <c r="M36" t="s">
-        <v>55</v>
+        <v>294</v>
       </c>
       <c r="N36" t="s">
-        <v>5</v>
+        <v>102</v>
       </c>
       <c r="O36" t="s">
-        <v>35</v>
+        <v>209</v>
       </c>
       <c r="P36" t="s">
-        <v>54</v>
+        <v>293</v>
       </c>
       <c r="Q36" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="R36" t="s">
-        <v>52</v>
+        <v>292</v>
       </c>
       <c r="S36">
-        <v>4197</v>
+        <v>4103</v>
       </c>
       <c r="T36">
-        <v>227812</v>
+        <v>221938</v>
       </c>
       <c r="U36">
-        <v>3554</v>
+        <v>3460</v>
       </c>
       <c r="V36" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B37">
-        <v>101324</v>
+        <v>101236</v>
       </c>
       <c r="C37" t="s">
-        <v>300</v>
+        <v>330</v>
       </c>
       <c r="D37" t="s">
-        <v>299</v>
+        <v>329</v>
       </c>
       <c r="E37" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="F37" t="s">
-        <v>86</v>
+        <v>316</v>
       </c>
       <c r="G37">
         <v>1</v>
       </c>
       <c r="H37" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J37" t="s">
-        <v>298</v>
+        <v>181</v>
       </c>
       <c r="L37" t="s">
-        <v>217</v>
+        <v>328</v>
       </c>
       <c r="M37" t="s">
-        <v>216</v>
+        <v>91</v>
       </c>
       <c r="N37" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="O37" t="s">
-        <v>215</v>
+        <v>31</v>
       </c>
       <c r="P37" t="s">
-        <v>207</v>
+        <v>169</v>
       </c>
       <c r="Q37" t="s">
-        <v>2</v>
+        <v>49</v>
       </c>
       <c r="R37" t="s">
-        <v>214</v>
+        <v>290</v>
       </c>
       <c r="S37">
-        <v>4285</v>
+        <v>4170</v>
       </c>
       <c r="T37">
-        <v>227815</v>
+        <v>222390</v>
       </c>
       <c r="U37">
-        <v>3642</v>
+        <v>3527</v>
       </c>
       <c r="V37" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B38">
-        <v>101360</v>
+        <v>101266</v>
       </c>
       <c r="C38" t="s">
-        <v>297</v>
+        <v>327</v>
       </c>
       <c r="D38" t="s">
-        <v>296</v>
+        <v>326</v>
       </c>
       <c r="E38" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>295</v>
+        <v>94</v>
       </c>
       <c r="G38">
         <v>1</v>
       </c>
       <c r="H38" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J38" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>22</v>
       </c>
       <c r="L38" t="s">
-        <v>294</v>
+        <v>325</v>
       </c>
       <c r="M38" t="s">
-        <v>68</v>
+        <v>108</v>
       </c>
       <c r="N38" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O38" t="s">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="P38" t="s">
-        <v>67</v>
+        <v>50</v>
       </c>
       <c r="Q38" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="R38" t="s">
-        <v>135</v>
+        <v>48</v>
       </c>
       <c r="S38">
-        <v>4237</v>
+        <v>4196</v>
       </c>
       <c r="T38">
-        <v>230246</v>
+        <v>226543</v>
       </c>
       <c r="U38">
-        <v>3594</v>
+        <v>3553</v>
       </c>
       <c r="V38" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B39">
-        <v>101377</v>
+        <v>101321</v>
       </c>
       <c r="C39" t="s">
-        <v>293</v>
+        <v>324</v>
       </c>
       <c r="D39" t="s">
-        <v>292</v>
+        <v>323</v>
       </c>
       <c r="E39" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>262</v>
+        <v>18</v>
       </c>
       <c r="G39">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H39" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>290</v>
+        <v>23</v>
       </c>
       <c r="J39" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>69</v>
       </c>
       <c r="L39" t="s">
-        <v>287</v>
+        <v>322</v>
       </c>
       <c r="M39" t="s">
-        <v>111</v>
+        <v>52</v>
       </c>
       <c r="N39" t="s">
-        <v>110</v>
+        <v>51</v>
       </c>
       <c r="O39" t="s">
-        <v>109</v>
+        <v>31</v>
       </c>
       <c r="P39" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="Q39" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="R39" t="s">
-        <v>286</v>
+        <v>48</v>
       </c>
       <c r="S39">
-        <v>4160</v>
+        <v>4197</v>
       </c>
       <c r="T39">
-        <v>230380</v>
+        <v>227812</v>
       </c>
       <c r="U39">
-        <v>3517</v>
+        <v>3554</v>
       </c>
       <c r="V39" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B40">
-        <v>101387</v>
+        <v>101324</v>
       </c>
       <c r="C40" t="s">
-        <v>278</v>
+        <v>321</v>
       </c>
       <c r="D40" t="s">
-        <v>277</v>
+        <v>320</v>
       </c>
       <c r="E40" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>276</v>
+        <v>18</v>
       </c>
       <c r="G40">
         <v>1</v>
       </c>
       <c r="H40" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J40" t="s">
-        <v>285</v>
+        <v>319</v>
       </c>
       <c r="L40" t="s">
-        <v>284</v>
+        <v>238</v>
       </c>
       <c r="M40" t="s">
-        <v>37</v>
+        <v>237</v>
       </c>
       <c r="N40" t="s">
-        <v>110</v>
+        <v>5</v>
       </c>
       <c r="O40" t="s">
-        <v>243</v>
+        <v>170</v>
       </c>
       <c r="P40" t="s">
-        <v>123</v>
+        <v>229</v>
       </c>
       <c r="Q40" t="s">
-        <v>122</v>
+        <v>45</v>
       </c>
       <c r="R40" t="s">
-        <v>283</v>
+        <v>236</v>
       </c>
       <c r="S40">
-        <v>4151</v>
+        <v>4285</v>
       </c>
       <c r="T40">
-        <v>231685</v>
+        <v>227815</v>
       </c>
       <c r="U40">
-        <v>3508</v>
+        <v>3642</v>
       </c>
       <c r="V40" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B41">
-        <v>101387</v>
+        <v>101360</v>
       </c>
       <c r="C41" t="s">
-        <v>278</v>
+        <v>318</v>
       </c>
       <c r="D41" t="s">
-        <v>277</v>
+        <v>317</v>
       </c>
       <c r="E41" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>276</v>
+        <v>316</v>
       </c>
       <c r="G41">
+        <v>1</v>
+      </c>
+      <c r="H41" t="s">
+        <v>23</v>
+      </c>
+      <c r="J41" t="s">
+        <v>69</v>
+      </c>
+      <c r="K41" t="s">
+        <v>214</v>
+      </c>
+      <c r="L41" t="s">
+        <v>315</v>
+      </c>
+      <c r="M41" t="s">
+        <v>66</v>
+      </c>
+      <c r="N41" t="s">
+        <v>51</v>
+      </c>
+      <c r="O41" t="s">
+        <v>57</v>
+      </c>
+      <c r="P41" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q41" t="s">
         <v>2</v>
       </c>
-      <c r="H41" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="R41" t="s">
-        <v>52</v>
+        <v>136</v>
       </c>
       <c r="S41">
-        <v>4118</v>
+        <v>4237</v>
       </c>
       <c r="T41">
-        <v>231685</v>
+        <v>230246</v>
       </c>
       <c r="U41">
-        <v>3475</v>
+        <v>3594</v>
       </c>
       <c r="V41" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B42">
-        <v>101387</v>
+        <v>101377</v>
       </c>
       <c r="C42" t="s">
-        <v>278</v>
+        <v>314</v>
       </c>
       <c r="D42" t="s">
-        <v>277</v>
+        <v>313</v>
       </c>
       <c r="E42" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="F42" t="s">
-        <v>276</v>
+        <v>24</v>
       </c>
       <c r="G42">
         <v>2</v>
       </c>
       <c r="H42" t="s">
-        <v>9</v>
+        <v>312</v>
+      </c>
+      <c r="I42" t="s">
+        <v>311</v>
       </c>
       <c r="J42" t="s">
-        <v>76</v>
+        <v>310</v>
       </c>
       <c r="K42" t="s">
-        <v>275</v>
+        <v>309</v>
       </c>
       <c r="L42" t="s">
-        <v>274</v>
+        <v>308</v>
       </c>
       <c r="M42" t="s">
-        <v>273</v>
+        <v>116</v>
       </c>
       <c r="N42" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="O42" t="s">
-        <v>186</v>
+        <v>114</v>
       </c>
       <c r="P42" t="s">
-        <v>272</v>
+        <v>3</v>
       </c>
       <c r="Q42" t="s">
         <v>2</v>
       </c>
       <c r="R42" t="s">
-        <v>271</v>
+        <v>307</v>
       </c>
       <c r="S42">
-        <v>4103</v>
+        <v>4160</v>
       </c>
       <c r="T42">
-        <v>231685</v>
+        <v>230380</v>
       </c>
       <c r="U42">
-        <v>3460</v>
+        <v>3517</v>
       </c>
       <c r="V42" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B43">
-        <v>101437</v>
+        <v>101387</v>
       </c>
       <c r="C43" t="s">
-        <v>270</v>
+        <v>299</v>
       </c>
       <c r="D43" t="s">
-        <v>269</v>
+        <v>298</v>
       </c>
       <c r="E43" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="G43">
         <v>1</v>
       </c>
       <c r="H43" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J43" t="s">
-        <v>268</v>
+        <v>306</v>
       </c>
       <c r="L43" t="s">
-        <v>267</v>
+        <v>305</v>
       </c>
       <c r="M43" t="s">
-        <v>266</v>
+        <v>33</v>
       </c>
       <c r="N43" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="O43" t="s">
-        <v>21</v>
+        <v>263</v>
       </c>
       <c r="P43" t="s">
-        <v>172</v>
+        <v>128</v>
       </c>
       <c r="Q43" t="s">
-        <v>86</v>
+        <v>127</v>
       </c>
       <c r="R43" t="s">
-        <v>265</v>
+        <v>304</v>
       </c>
       <c r="S43">
-        <v>4120</v>
+        <v>4151</v>
       </c>
       <c r="T43">
-        <v>235847</v>
+        <v>231685</v>
       </c>
       <c r="U43">
-        <v>3477</v>
+        <v>3508</v>
       </c>
       <c r="V43" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B44">
-        <v>101493</v>
+        <v>101387</v>
       </c>
       <c r="C44" t="s">
-        <v>264</v>
+        <v>299</v>
       </c>
       <c r="D44" t="s">
-        <v>263</v>
+        <v>298</v>
       </c>
       <c r="E44" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>262</v>
+        <v>297</v>
       </c>
       <c r="G44">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H44" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J44" t="s">
-        <v>261</v>
+        <v>303</v>
+      </c>
+      <c r="K44" t="s">
+        <v>302</v>
       </c>
       <c r="L44" t="s">
-        <v>260</v>
+        <v>301</v>
       </c>
       <c r="M44" t="s">
-        <v>216</v>
+        <v>300</v>
       </c>
       <c r="N44" t="s">
-        <v>5</v>
+        <v>115</v>
       </c>
       <c r="O44" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="P44" t="s">
-        <v>207</v>
+        <v>50</v>
       </c>
       <c r="Q44" t="s">
-        <v>2</v>
+        <v>49</v>
       </c>
       <c r="R44" t="s">
-        <v>248</v>
+        <v>48</v>
       </c>
       <c r="S44">
-        <v>4206</v>
+        <v>4118</v>
       </c>
       <c r="T44">
-        <v>238891</v>
+        <v>231685</v>
       </c>
       <c r="U44">
-        <v>3563</v>
+        <v>3475</v>
       </c>
       <c r="V44" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B45">
-        <v>101505</v>
+        <v>101387</v>
       </c>
       <c r="C45" t="s">
-        <v>259</v>
+        <v>299</v>
       </c>
       <c r="D45" t="s">
-        <v>258</v>
+        <v>298</v>
       </c>
       <c r="E45" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
+        <v>297</v>
+      </c>
+      <c r="G45">
         <v>2</v>
       </c>
-      <c r="G45">
-[...1 lines deleted...]
-      </c>
       <c r="H45" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J45" t="s">
-        <v>8</v>
+        <v>75</v>
       </c>
       <c r="K45" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="L45" t="s">
-        <v>256</v>
+        <v>295</v>
       </c>
       <c r="M45" t="s">
-        <v>68</v>
+        <v>294</v>
       </c>
       <c r="N45" t="s">
-        <v>5</v>
+        <v>102</v>
       </c>
       <c r="O45" t="s">
-        <v>4</v>
+        <v>209</v>
       </c>
       <c r="P45" t="s">
-        <v>67</v>
+        <v>293</v>
       </c>
       <c r="Q45" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="R45" t="s">
-        <v>135</v>
+        <v>292</v>
       </c>
       <c r="S45">
-        <v>4237</v>
+        <v>4103</v>
       </c>
       <c r="T45">
-        <v>239830</v>
+        <v>231685</v>
       </c>
       <c r="U45">
-        <v>3594</v>
+        <v>3460</v>
       </c>
       <c r="V45" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B46">
-        <v>101507</v>
+        <v>101437</v>
       </c>
       <c r="C46" t="s">
-        <v>255</v>
+        <v>289</v>
       </c>
       <c r="D46" t="s">
-        <v>254</v>
+        <v>288</v>
       </c>
       <c r="E46" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="F46" t="s">
-        <v>2</v>
+        <v>240</v>
       </c>
       <c r="G46">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H46" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J46" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>181</v>
       </c>
       <c r="L46" t="s">
-        <v>252</v>
+        <v>291</v>
       </c>
       <c r="M46" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="N46" t="s">
-        <v>36</v>
+        <v>115</v>
       </c>
       <c r="O46" t="s">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="P46" t="s">
-        <v>44</v>
+        <v>169</v>
       </c>
       <c r="Q46" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="R46" t="s">
-        <v>79</v>
+        <v>290</v>
       </c>
       <c r="S46">
-        <v>4195</v>
+        <v>4170</v>
       </c>
       <c r="T46">
-        <v>240097</v>
+        <v>235847</v>
       </c>
       <c r="U46">
-        <v>3552</v>
+        <v>3527</v>
       </c>
       <c r="V46" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B47">
-        <v>101516</v>
+        <v>101437</v>
       </c>
       <c r="C47" t="s">
-        <v>251</v>
+        <v>289</v>
       </c>
       <c r="D47" t="s">
-        <v>101</v>
+        <v>288</v>
       </c>
       <c r="E47" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="F47" t="s">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="G47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H47" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J47" t="s">
-        <v>250</v>
+        <v>287</v>
       </c>
       <c r="L47" t="s">
-        <v>249</v>
+        <v>286</v>
       </c>
       <c r="M47" t="s">
-        <v>37</v>
+        <v>285</v>
       </c>
       <c r="N47" t="s">
         <v>5</v>
       </c>
       <c r="O47" t="s">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="P47" t="s">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="Q47" t="s">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="R47" t="s">
-        <v>248</v>
+        <v>284</v>
       </c>
       <c r="S47">
-        <v>4207</v>
+        <v>4120</v>
       </c>
       <c r="T47">
-        <v>240235</v>
+        <v>235847</v>
       </c>
       <c r="U47">
-        <v>3564</v>
+        <v>3477</v>
       </c>
       <c r="V47" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B48">
-        <v>187104</v>
+        <v>101493</v>
       </c>
       <c r="C48" t="s">
-        <v>247</v>
+        <v>283</v>
       </c>
       <c r="D48" t="s">
-        <v>246</v>
+        <v>282</v>
       </c>
       <c r="E48" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="G48">
         <v>1</v>
       </c>
       <c r="H48" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J48" t="s">
-        <v>245</v>
+        <v>281</v>
       </c>
       <c r="L48" t="s">
-        <v>244</v>
+        <v>280</v>
       </c>
       <c r="M48" t="s">
-        <v>37</v>
+        <v>237</v>
       </c>
       <c r="N48" t="s">
-        <v>110</v>
+        <v>51</v>
       </c>
       <c r="O48" t="s">
-        <v>243</v>
+        <v>31</v>
       </c>
       <c r="P48" t="s">
-        <v>123</v>
+        <v>229</v>
       </c>
       <c r="Q48" t="s">
-        <v>122</v>
+        <v>45</v>
       </c>
       <c r="R48" t="s">
-        <v>242</v>
+        <v>268</v>
       </c>
       <c r="S48">
-        <v>4150</v>
+        <v>4206</v>
       </c>
       <c r="T48">
-        <v>251741</v>
+        <v>238891</v>
       </c>
       <c r="U48">
-        <v>3507</v>
+        <v>3563</v>
       </c>
       <c r="V48" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B49">
-        <v>187113</v>
+        <v>101505</v>
       </c>
       <c r="C49" t="s">
-        <v>241</v>
+        <v>279</v>
       </c>
       <c r="D49" t="s">
-        <v>240</v>
+        <v>278</v>
       </c>
       <c r="E49" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>203</v>
+        <v>45</v>
       </c>
       <c r="G49">
         <v>1</v>
       </c>
       <c r="H49" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J49" t="s">
-        <v>8</v>
+        <v>69</v>
+      </c>
+      <c r="K49" t="s">
+        <v>277</v>
       </c>
       <c r="L49" t="s">
-        <v>239</v>
+        <v>276</v>
       </c>
       <c r="M49" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="N49" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O49" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="P49" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="Q49" t="s">
-        <v>53</v>
+        <v>2</v>
       </c>
       <c r="R49" t="s">
-        <v>52</v>
+        <v>136</v>
       </c>
       <c r="S49">
-        <v>4197</v>
+        <v>4237</v>
       </c>
       <c r="T49">
-        <v>252717</v>
+        <v>239830</v>
       </c>
       <c r="U49">
-        <v>3554</v>
+        <v>3594</v>
       </c>
       <c r="V49" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B50">
-        <v>187116</v>
+        <v>101507</v>
       </c>
       <c r="C50" t="s">
-        <v>238</v>
+        <v>275</v>
       </c>
       <c r="D50" t="s">
-        <v>237</v>
+        <v>274</v>
       </c>
       <c r="E50" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>203</v>
+        <v>45</v>
       </c>
       <c r="G50">
         <v>2</v>
       </c>
       <c r="H50" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J50" t="s">
-        <v>211</v>
+        <v>75</v>
       </c>
       <c r="K50" t="s">
-        <v>210</v>
+        <v>273</v>
       </c>
       <c r="L50" t="s">
-        <v>209</v>
+        <v>272</v>
       </c>
       <c r="M50" t="s">
-        <v>208</v>
+        <v>79</v>
       </c>
       <c r="N50" t="s">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="O50" t="s">
-        <v>186</v>
+        <v>57</v>
       </c>
       <c r="P50" t="s">
-        <v>207</v>
+        <v>39</v>
       </c>
       <c r="Q50" t="s">
         <v>2</v>
       </c>
       <c r="R50" t="s">
-        <v>206</v>
+        <v>78</v>
       </c>
       <c r="S50">
-        <v>4205</v>
+        <v>4195</v>
       </c>
       <c r="T50">
-        <v>252720</v>
+        <v>240097</v>
       </c>
       <c r="U50">
-        <v>3562</v>
+        <v>3552</v>
       </c>
       <c r="V50" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B51">
-        <v>187126</v>
+        <v>101516</v>
       </c>
       <c r="C51" t="s">
-        <v>236</v>
+        <v>271</v>
       </c>
       <c r="D51" t="s">
-        <v>235</v>
+        <v>106</v>
       </c>
       <c r="E51" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>234</v>
+        <v>2</v>
       </c>
       <c r="G51">
         <v>1</v>
       </c>
       <c r="H51" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J51" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>270</v>
       </c>
       <c r="L51" t="s">
-        <v>232</v>
+        <v>269</v>
       </c>
       <c r="M51" t="s">
-        <v>68</v>
+        <v>33</v>
       </c>
       <c r="N51" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O51" t="s">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="P51" t="s">
-        <v>67</v>
+        <v>229</v>
       </c>
       <c r="Q51" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="R51" t="s">
-        <v>135</v>
+        <v>268</v>
       </c>
       <c r="S51">
-        <v>4237</v>
+        <v>4207</v>
       </c>
       <c r="T51">
-        <v>254622</v>
+        <v>240235</v>
       </c>
       <c r="U51">
-        <v>3594</v>
+        <v>3564</v>
       </c>
       <c r="V51" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B52">
-        <v>187157</v>
+        <v>187104</v>
       </c>
       <c r="C52" t="s">
-        <v>231</v>
+        <v>267</v>
       </c>
       <c r="D52" t="s">
-        <v>230</v>
+        <v>266</v>
       </c>
       <c r="E52" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="F52" t="s">
-        <v>122</v>
+        <v>45</v>
       </c>
       <c r="G52">
         <v>1</v>
       </c>
       <c r="H52" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="J52" t="s">
-        <v>39</v>
+        <v>265</v>
       </c>
       <c r="L52" t="s">
-        <v>229</v>
+        <v>264</v>
       </c>
       <c r="M52" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="N52" t="s">
-        <v>5</v>
+        <v>115</v>
       </c>
       <c r="O52" t="s">
-        <v>35</v>
+        <v>263</v>
       </c>
       <c r="P52" t="s">
-        <v>54</v>
+        <v>128</v>
       </c>
       <c r="Q52" t="s">
-        <v>53</v>
+        <v>127</v>
       </c>
       <c r="R52" t="s">
-        <v>52</v>
+        <v>262</v>
       </c>
       <c r="S52">
-        <v>4197</v>
+        <v>4150</v>
       </c>
       <c r="T52">
-        <v>257238</v>
+        <v>251741</v>
       </c>
       <c r="U52">
-        <v>3554</v>
+        <v>3507</v>
       </c>
       <c r="V52" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B53">
-        <v>187158</v>
+        <v>187113</v>
       </c>
       <c r="C53" t="s">
-        <v>228</v>
+        <v>261</v>
       </c>
       <c r="D53" t="s">
-        <v>227</v>
+        <v>260</v>
       </c>
       <c r="E53" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>122</v>
+        <v>225</v>
       </c>
       <c r="G53">
         <v>1</v>
       </c>
       <c r="H53" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J53" t="s">
-        <v>226</v>
+        <v>69</v>
       </c>
       <c r="L53" t="s">
-        <v>225</v>
+        <v>259</v>
       </c>
       <c r="M53" t="s">
-        <v>103</v>
+        <v>52</v>
       </c>
       <c r="N53" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O53" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="P53" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q53" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="R53" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="S53">
-        <v>4196</v>
+        <v>4197</v>
       </c>
       <c r="T53">
-        <v>257239</v>
+        <v>252717</v>
       </c>
       <c r="U53">
-        <v>3553</v>
+        <v>3554</v>
       </c>
       <c r="V53" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B54">
-        <v>187161</v>
+        <v>187116</v>
       </c>
       <c r="C54" t="s">
-        <v>224</v>
+        <v>258</v>
       </c>
       <c r="D54" t="s">
-        <v>223</v>
+        <v>257</v>
       </c>
       <c r="E54" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>114</v>
+        <v>225</v>
       </c>
       <c r="G54">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H54" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="J54" t="s">
-        <v>39</v>
+        <v>233</v>
+      </c>
+      <c r="K54" t="s">
+        <v>232</v>
       </c>
       <c r="L54" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="M54" t="s">
-        <v>68</v>
+        <v>230</v>
       </c>
       <c r="N54" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O54" t="s">
-        <v>4</v>
+        <v>209</v>
       </c>
       <c r="P54" t="s">
-        <v>67</v>
+        <v>229</v>
       </c>
       <c r="Q54" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="R54" t="s">
-        <v>66</v>
+        <v>228</v>
       </c>
       <c r="S54">
-        <v>4236</v>
+        <v>4205</v>
       </c>
       <c r="T54">
-        <v>257772</v>
+        <v>252720</v>
       </c>
       <c r="U54">
-        <v>3593</v>
+        <v>3562</v>
       </c>
       <c r="V54" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B55">
-        <v>187193</v>
+        <v>187126</v>
       </c>
       <c r="C55" t="s">
-        <v>221</v>
+        <v>256</v>
       </c>
       <c r="D55" t="s">
-        <v>220</v>
+        <v>255</v>
       </c>
       <c r="E55" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>219</v>
+        <v>150</v>
       </c>
       <c r="G55">
         <v>1</v>
       </c>
       <c r="H55" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J55" t="s">
-        <v>218</v>
+        <v>69</v>
+      </c>
+      <c r="K55" t="s">
+        <v>254</v>
       </c>
       <c r="L55" t="s">
-        <v>217</v>
+        <v>253</v>
       </c>
       <c r="M55" t="s">
-        <v>216</v>
+        <v>66</v>
       </c>
       <c r="N55" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="O55" t="s">
-        <v>215</v>
+        <v>57</v>
       </c>
       <c r="P55" t="s">
-        <v>207</v>
+        <v>65</v>
       </c>
       <c r="Q55" t="s">
         <v>2</v>
       </c>
       <c r="R55" t="s">
-        <v>214</v>
+        <v>136</v>
       </c>
       <c r="S55">
-        <v>4285</v>
+        <v>4237</v>
       </c>
       <c r="T55">
-        <v>261078</v>
+        <v>254622</v>
       </c>
       <c r="U55">
-        <v>3642</v>
+        <v>3594</v>
       </c>
       <c r="V55" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B56">
-        <v>187198</v>
+        <v>187157</v>
       </c>
       <c r="C56" t="s">
-        <v>213</v>
+        <v>252</v>
       </c>
       <c r="D56" t="s">
-        <v>212</v>
+        <v>251</v>
       </c>
       <c r="E56" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>203</v>
+        <v>127</v>
       </c>
       <c r="G56">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H56" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J56" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>35</v>
       </c>
       <c r="L56" t="s">
-        <v>209</v>
+        <v>250</v>
       </c>
       <c r="M56" t="s">
-        <v>208</v>
+        <v>52</v>
       </c>
       <c r="N56" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O56" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
       <c r="P56" t="s">
-        <v>207</v>
+        <v>50</v>
       </c>
       <c r="Q56" t="s">
-        <v>2</v>
+        <v>49</v>
       </c>
       <c r="R56" t="s">
-        <v>206</v>
+        <v>48</v>
       </c>
       <c r="S56">
-        <v>4205</v>
+        <v>4197</v>
       </c>
       <c r="T56">
-        <v>261357</v>
+        <v>257238</v>
       </c>
       <c r="U56">
-        <v>3562</v>
+        <v>3554</v>
       </c>
       <c r="V56" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B57">
-        <v>187211</v>
+        <v>187158</v>
       </c>
       <c r="C57" t="s">
-        <v>205</v>
+        <v>249</v>
       </c>
       <c r="D57" t="s">
-        <v>204</v>
+        <v>248</v>
       </c>
       <c r="E57" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>203</v>
+        <v>127</v>
       </c>
       <c r="G57">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H57" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J57" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>247</v>
       </c>
       <c r="L57" t="s">
-        <v>200</v>
+        <v>246</v>
       </c>
       <c r="M57" t="s">
-        <v>199</v>
+        <v>108</v>
       </c>
       <c r="N57" t="s">
-        <v>110</v>
+        <v>51</v>
       </c>
       <c r="O57" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
       <c r="P57" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q57" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="R57" t="s">
-        <v>198</v>
+        <v>48</v>
       </c>
       <c r="S57">
-        <v>4117</v>
+        <v>4196</v>
       </c>
       <c r="T57">
-        <v>261370</v>
+        <v>257239</v>
       </c>
       <c r="U57">
-        <v>3474</v>
+        <v>3553</v>
       </c>
       <c r="V57" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B58">
-        <v>187218</v>
+        <v>187161</v>
       </c>
       <c r="C58" t="s">
-        <v>197</v>
+        <v>245</v>
       </c>
       <c r="D58" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="E58" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F58" t="s">
-        <v>10</v>
+        <v>119</v>
       </c>
       <c r="G58">
         <v>1</v>
       </c>
       <c r="H58" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J58" t="s">
-        <v>126</v>
+        <v>35</v>
       </c>
       <c r="L58" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="M58" t="s">
-        <v>129</v>
+        <v>66</v>
       </c>
       <c r="N58" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O58" t="s">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="P58" t="s">
-        <v>128</v>
+        <v>65</v>
       </c>
       <c r="Q58" t="s">
-        <v>86</v>
+        <v>2</v>
       </c>
       <c r="R58" t="s">
-        <v>194</v>
+        <v>64</v>
       </c>
       <c r="S58">
-        <v>4246</v>
+        <v>4236</v>
       </c>
       <c r="T58">
-        <v>262082</v>
+        <v>257772</v>
       </c>
       <c r="U58">
-        <v>3603</v>
+        <v>3593</v>
       </c>
       <c r="V58" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B59">
-        <v>187230</v>
+        <v>187193</v>
       </c>
       <c r="C59" t="s">
-        <v>193</v>
+        <v>242</v>
       </c>
       <c r="D59" t="s">
-        <v>192</v>
+        <v>241</v>
       </c>
       <c r="E59" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>122</v>
+        <v>240</v>
       </c>
       <c r="G59">
         <v>1</v>
       </c>
       <c r="H59" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J59" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>239</v>
       </c>
       <c r="L59" t="s">
-        <v>190</v>
+        <v>238</v>
       </c>
       <c r="M59" t="s">
-        <v>68</v>
+        <v>237</v>
       </c>
       <c r="N59" t="s">
         <v>5</v>
       </c>
       <c r="O59" t="s">
-        <v>4</v>
+        <v>170</v>
       </c>
       <c r="P59" t="s">
-        <v>67</v>
+        <v>229</v>
       </c>
       <c r="Q59" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="R59" t="s">
-        <v>135</v>
+        <v>236</v>
       </c>
       <c r="S59">
-        <v>4237</v>
+        <v>4285</v>
       </c>
       <c r="T59">
-        <v>262511</v>
+        <v>261078</v>
       </c>
       <c r="U59">
-        <v>3594</v>
+        <v>3642</v>
       </c>
       <c r="V59" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B60">
-        <v>187235</v>
+        <v>187198</v>
       </c>
       <c r="C60" t="s">
-        <v>189</v>
+        <v>235</v>
       </c>
       <c r="D60" t="s">
-        <v>188</v>
+        <v>234</v>
       </c>
       <c r="E60" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F60" t="s">
+        <v>225</v>
+      </c>
+      <c r="G60">
         <v>2</v>
       </c>
-      <c r="G60">
-[...1 lines deleted...]
-      </c>
       <c r="H60" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J60" t="s">
-        <v>8</v>
+        <v>233</v>
+      </c>
+      <c r="K60" t="s">
+        <v>232</v>
       </c>
       <c r="L60" t="s">
-        <v>187</v>
+        <v>231</v>
       </c>
       <c r="M60" t="s">
-        <v>111</v>
+        <v>230</v>
       </c>
       <c r="N60" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O60" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="P60" t="s">
-        <v>3</v>
+        <v>229</v>
       </c>
       <c r="Q60" t="s">
-        <v>2</v>
+        <v>45</v>
       </c>
       <c r="R60" t="s">
-        <v>185</v>
+        <v>228</v>
       </c>
       <c r="S60">
-        <v>4208</v>
+        <v>4205</v>
       </c>
       <c r="T60">
-        <v>262573</v>
+        <v>261357</v>
       </c>
       <c r="U60">
-        <v>3565</v>
+        <v>3562</v>
       </c>
       <c r="V60" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B61">
-        <v>187256</v>
+        <v>187211</v>
       </c>
       <c r="C61" t="s">
-        <v>184</v>
+        <v>227</v>
       </c>
       <c r="D61" t="s">
-        <v>183</v>
+        <v>226</v>
       </c>
       <c r="E61" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>132</v>
+        <v>225</v>
       </c>
       <c r="G61">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H61" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J61" t="s">
-        <v>8</v>
+        <v>224</v>
       </c>
       <c r="K61" t="s">
-        <v>182</v>
+        <v>223</v>
       </c>
       <c r="L61" t="s">
-        <v>181</v>
+        <v>222</v>
       </c>
       <c r="M61" t="s">
-        <v>68</v>
+        <v>221</v>
       </c>
       <c r="N61" t="s">
-        <v>5</v>
+        <v>115</v>
       </c>
       <c r="O61" t="s">
-        <v>4</v>
+        <v>209</v>
       </c>
       <c r="P61" t="s">
-        <v>67</v>
+        <v>50</v>
       </c>
       <c r="Q61" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="R61" t="s">
-        <v>135</v>
+        <v>220</v>
       </c>
       <c r="S61">
-        <v>4237</v>
+        <v>4117</v>
       </c>
       <c r="T61">
-        <v>262597</v>
+        <v>261370</v>
       </c>
       <c r="U61">
-        <v>3594</v>
+        <v>3474</v>
       </c>
       <c r="V61" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B62">
-        <v>187275</v>
+        <v>187218</v>
       </c>
       <c r="C62" t="s">
-        <v>12</v>
+        <v>219</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>218</v>
       </c>
       <c r="E62" t="s">
+        <v>70</v>
+      </c>
+      <c r="F62" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="G62">
         <v>1</v>
       </c>
       <c r="H62" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J62" t="s">
-        <v>180</v>
+        <v>22</v>
       </c>
       <c r="L62" t="s">
-        <v>7</v>
+        <v>217</v>
       </c>
       <c r="M62" t="s">
-        <v>6</v>
+        <v>132</v>
       </c>
       <c r="N62" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O62" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="P62" t="s">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="Q62" t="s">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="R62" t="s">
-        <v>179</v>
+        <v>90</v>
       </c>
       <c r="S62">
-        <v>4209</v>
+        <v>4246</v>
       </c>
       <c r="T62">
-        <v>263580</v>
+        <v>262082</v>
       </c>
       <c r="U62">
-        <v>3566</v>
+        <v>3603</v>
       </c>
       <c r="V62" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B63">
-        <v>187282</v>
+        <v>187230</v>
       </c>
       <c r="C63" t="s">
-        <v>178</v>
+        <v>216</v>
       </c>
       <c r="D63" t="s">
-        <v>177</v>
+        <v>215</v>
       </c>
       <c r="E63" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="G63">
         <v>1</v>
       </c>
       <c r="H63" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J63" t="s">
-        <v>176</v>
+        <v>69</v>
       </c>
       <c r="K63" t="s">
-        <v>175</v>
+        <v>214</v>
       </c>
       <c r="L63" t="s">
-        <v>174</v>
+        <v>213</v>
       </c>
       <c r="M63" t="s">
-        <v>173</v>
+        <v>66</v>
       </c>
       <c r="N63" t="s">
-        <v>110</v>
+        <v>51</v>
       </c>
       <c r="O63" t="s">
-        <v>109</v>
+        <v>57</v>
       </c>
       <c r="P63" t="s">
-        <v>172</v>
+        <v>65</v>
       </c>
       <c r="Q63" t="s">
-        <v>86</v>
+        <v>2</v>
       </c>
       <c r="R63" t="s">
-        <v>171</v>
+        <v>136</v>
       </c>
       <c r="S63">
-        <v>4124</v>
+        <v>4237</v>
       </c>
       <c r="T63">
-        <v>263977</v>
+        <v>262511</v>
       </c>
       <c r="U63">
-        <v>3481</v>
+        <v>3594</v>
       </c>
       <c r="V63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B64">
-        <v>187309</v>
+        <v>187235</v>
       </c>
       <c r="C64" t="s">
-        <v>170</v>
+        <v>212</v>
       </c>
       <c r="D64" t="s">
-        <v>169</v>
+        <v>211</v>
       </c>
       <c r="E64" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="G64">
         <v>1</v>
       </c>
       <c r="H64" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="J64" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="L64" t="s">
-        <v>168</v>
+        <v>210</v>
       </c>
       <c r="M64" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="N64" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O64" t="s">
-        <v>35</v>
+        <v>209</v>
       </c>
       <c r="P64" t="s">
-        <v>54</v>
+        <v>196</v>
       </c>
       <c r="Q64" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="R64" t="s">
-        <v>52</v>
+        <v>208</v>
       </c>
       <c r="S64">
-        <v>4196</v>
+        <v>4208</v>
       </c>
       <c r="T64">
-        <v>266609</v>
+        <v>262573</v>
       </c>
       <c r="U64">
-        <v>3553</v>
+        <v>3565</v>
       </c>
       <c r="V64" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B65">
-        <v>187318</v>
+        <v>187256</v>
       </c>
       <c r="C65" t="s">
-        <v>167</v>
+        <v>207</v>
       </c>
       <c r="D65" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="E65" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="G65">
         <v>1</v>
       </c>
       <c r="H65" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J65" t="s">
-        <v>165</v>
+        <v>69</v>
+      </c>
+      <c r="K65" t="s">
+        <v>205</v>
       </c>
       <c r="L65" t="s">
-        <v>164</v>
+        <v>204</v>
       </c>
       <c r="M65" t="s">
-        <v>163</v>
+        <v>66</v>
       </c>
       <c r="N65" t="s">
-        <v>110</v>
+        <v>51</v>
       </c>
       <c r="O65" t="s">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="P65" t="s">
-        <v>162</v>
+        <v>65</v>
       </c>
       <c r="Q65" t="s">
         <v>2</v>
       </c>
       <c r="R65" t="s">
-        <v>1</v>
+        <v>136</v>
       </c>
       <c r="S65">
-        <v>4156</v>
+        <v>4237</v>
       </c>
       <c r="T65">
-        <v>267181</v>
+        <v>262597</v>
       </c>
       <c r="U65">
-        <v>3513</v>
+        <v>3594</v>
       </c>
       <c r="V65" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B66">
-        <v>187349</v>
+        <v>187257</v>
       </c>
       <c r="C66" t="s">
-        <v>161</v>
+        <v>203</v>
       </c>
       <c r="D66" t="s">
-        <v>160</v>
+        <v>202</v>
       </c>
       <c r="E66" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="G66">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H66" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J66" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="L66" t="s">
-        <v>159</v>
+        <v>201</v>
       </c>
       <c r="M66" t="s">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="N66" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="O66" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="P66" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="Q66" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="R66" t="s">
-        <v>52</v>
+        <v>131</v>
       </c>
       <c r="S66">
-        <v>4196</v>
+        <v>4266</v>
       </c>
       <c r="T66">
-        <v>268500</v>
+        <v>262598</v>
       </c>
       <c r="U66">
-        <v>3553</v>
+        <v>3623</v>
       </c>
       <c r="V66" t="s">
         <v>0</v>
+      </c>
+      <c r="W66" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B67">
-        <v>187352</v>
+        <v>187275</v>
       </c>
       <c r="C67" t="s">
-        <v>158</v>
+        <v>200</v>
       </c>
       <c r="D67" t="s">
-        <v>157</v>
+        <v>199</v>
       </c>
       <c r="E67" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>2</v>
+        <v>29</v>
       </c>
       <c r="G67">
         <v>1</v>
       </c>
       <c r="H67" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="J67" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="L67" t="s">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="M67" t="s">
-        <v>154</v>
+        <v>197</v>
       </c>
       <c r="N67" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O67" t="s">
-        <v>153</v>
+        <v>31</v>
       </c>
       <c r="P67" t="s">
-        <v>67</v>
+        <v>196</v>
       </c>
       <c r="Q67" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="R67" t="s">
-        <v>152</v>
+        <v>195</v>
       </c>
       <c r="S67">
-        <v>4239</v>
+        <v>4209</v>
       </c>
       <c r="T67">
-        <v>268602</v>
+        <v>263580</v>
       </c>
       <c r="U67">
-        <v>3596</v>
+        <v>3566</v>
       </c>
       <c r="V67" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B68">
-        <v>187357</v>
+        <v>187282</v>
       </c>
       <c r="C68" t="s">
-        <v>150</v>
+        <v>194</v>
       </c>
       <c r="D68" t="s">
-        <v>149</v>
+        <v>193</v>
       </c>
       <c r="E68" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="F68" t="s">
-        <v>28</v>
+        <v>94</v>
       </c>
       <c r="G68">
         <v>1</v>
       </c>
       <c r="H68" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J68" t="s">
-        <v>39</v>
+        <v>192</v>
+      </c>
+      <c r="K68" t="s">
+        <v>191</v>
       </c>
       <c r="L68" t="s">
-        <v>151</v>
+        <v>190</v>
       </c>
       <c r="M68" t="s">
-        <v>55</v>
+        <v>189</v>
       </c>
       <c r="N68" t="s">
-        <v>5</v>
+        <v>115</v>
       </c>
       <c r="O68" t="s">
-        <v>35</v>
+        <v>114</v>
       </c>
       <c r="P68" t="s">
-        <v>54</v>
+        <v>188</v>
       </c>
       <c r="Q68" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="R68" t="s">
-        <v>52</v>
+        <v>187</v>
       </c>
       <c r="S68">
-        <v>4197</v>
+        <v>4124</v>
       </c>
       <c r="T68">
-        <v>269475</v>
+        <v>263977</v>
       </c>
       <c r="U68">
-        <v>3554</v>
+        <v>3481</v>
       </c>
       <c r="V68" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B69">
-        <v>187357</v>
+        <v>187309</v>
       </c>
       <c r="C69" t="s">
-        <v>150</v>
+        <v>186</v>
       </c>
       <c r="D69" t="s">
-        <v>149</v>
+        <v>185</v>
       </c>
       <c r="E69" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="G69">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H69" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J69" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>35</v>
       </c>
       <c r="L69" t="s">
-        <v>147</v>
+        <v>184</v>
       </c>
       <c r="M69" t="s">
-        <v>60</v>
+        <v>108</v>
       </c>
       <c r="N69" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="O69" t="s">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="P69" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="Q69" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="R69" t="s">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="S69">
-        <v>4193</v>
+        <v>4196</v>
       </c>
       <c r="T69">
-        <v>269475</v>
+        <v>266609</v>
       </c>
       <c r="U69">
-        <v>3550</v>
+        <v>3553</v>
       </c>
       <c r="V69" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B70">
-        <v>187397</v>
+        <v>187318</v>
       </c>
       <c r="C70" t="s">
-        <v>146</v>
+        <v>183</v>
       </c>
       <c r="D70" t="s">
-        <v>145</v>
+        <v>182</v>
       </c>
       <c r="E70" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F70" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G70">
         <v>1</v>
       </c>
       <c r="H70" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J70" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>181</v>
       </c>
       <c r="L70" t="s">
-        <v>143</v>
+        <v>180</v>
       </c>
       <c r="M70" t="s">
-        <v>23</v>
+        <v>179</v>
       </c>
       <c r="N70" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="O70" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="P70" t="s">
-        <v>20</v>
+        <v>178</v>
       </c>
       <c r="Q70" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="R70" t="s">
-        <v>142</v>
+        <v>177</v>
       </c>
       <c r="S70">
-        <v>4158</v>
+        <v>4156</v>
       </c>
       <c r="T70">
-        <v>271381</v>
+        <v>267181</v>
       </c>
       <c r="U70">
-        <v>3515</v>
+        <v>3513</v>
       </c>
       <c r="V70" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B71">
-        <v>187398</v>
+        <v>187335</v>
       </c>
       <c r="C71" t="s">
-        <v>139</v>
+        <v>173</v>
       </c>
       <c r="D71" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="E71" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>132</v>
+        <v>49</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J71" t="s">
-        <v>131</v>
+        <v>176</v>
       </c>
       <c r="L71" t="s">
-        <v>141</v>
+        <v>175</v>
       </c>
       <c r="M71" t="s">
-        <v>140</v>
+        <v>91</v>
       </c>
       <c r="N71" t="s">
-        <v>5</v>
+        <v>115</v>
       </c>
       <c r="O71" t="s">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="P71" t="s">
-        <v>128</v>
+        <v>169</v>
       </c>
       <c r="Q71" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="R71" t="s">
-        <v>127</v>
+        <v>174</v>
       </c>
       <c r="S71">
-        <v>4245</v>
+        <v>4171</v>
       </c>
       <c r="T71">
-        <v>271430</v>
+        <v>267671</v>
       </c>
       <c r="U71">
-        <v>3602</v>
+        <v>3528</v>
       </c>
       <c r="V71" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B72">
-        <v>187398</v>
+        <v>187335</v>
       </c>
       <c r="C72" t="s">
-        <v>139</v>
+        <v>173</v>
       </c>
       <c r="D72" t="s">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="E72" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>132</v>
+        <v>49</v>
       </c>
       <c r="G72">
         <v>2</v>
       </c>
       <c r="H72" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J72" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>35</v>
       </c>
       <c r="L72" t="s">
-        <v>136</v>
+        <v>171</v>
       </c>
       <c r="M72" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="N72" t="s">
         <v>5</v>
       </c>
       <c r="O72" t="s">
-        <v>4</v>
+        <v>170</v>
       </c>
       <c r="P72" t="s">
-        <v>67</v>
+        <v>169</v>
       </c>
       <c r="Q72" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="R72" t="s">
-        <v>135</v>
+        <v>168</v>
       </c>
       <c r="S72">
-        <v>4237</v>
+        <v>4169</v>
       </c>
       <c r="T72">
-        <v>271430</v>
+        <v>267671</v>
       </c>
       <c r="U72">
-        <v>3594</v>
+        <v>3526</v>
       </c>
       <c r="V72" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B73">
-        <v>187399</v>
+        <v>187349</v>
       </c>
       <c r="C73" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="D73" t="s">
-        <v>133</v>
+        <v>166</v>
       </c>
       <c r="E73" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>132</v>
+        <v>49</v>
       </c>
       <c r="G73">
         <v>1</v>
       </c>
       <c r="H73" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J73" t="s">
-        <v>131</v>
+        <v>35</v>
       </c>
       <c r="L73" t="s">
-        <v>130</v>
+        <v>165</v>
       </c>
       <c r="M73" t="s">
-        <v>129</v>
+        <v>108</v>
       </c>
       <c r="N73" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O73" t="s">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="P73" t="s">
-        <v>128</v>
+        <v>50</v>
       </c>
       <c r="Q73" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="R73" t="s">
-        <v>127</v>
+        <v>48</v>
       </c>
       <c r="S73">
-        <v>4247</v>
+        <v>4196</v>
       </c>
       <c r="T73">
-        <v>271450</v>
+        <v>268500</v>
       </c>
       <c r="U73">
-        <v>3604</v>
+        <v>3553</v>
       </c>
       <c r="V73" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B74">
-        <v>187400</v>
+        <v>187352</v>
       </c>
       <c r="C74" t="s">
-        <v>120</v>
+        <v>164</v>
       </c>
       <c r="D74" t="s">
-        <v>119</v>
+        <v>163</v>
       </c>
       <c r="E74" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F74" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="G74">
         <v>1</v>
       </c>
       <c r="H74" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J74" t="s">
-        <v>126</v>
+        <v>69</v>
+      </c>
+      <c r="K74" t="s">
+        <v>162</v>
       </c>
       <c r="L74" t="s">
-        <v>125</v>
+        <v>161</v>
       </c>
       <c r="M74" t="s">
-        <v>124</v>
+        <v>160</v>
       </c>
       <c r="N74" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="O74" t="s">
-        <v>21</v>
+        <v>159</v>
       </c>
       <c r="P74" t="s">
-        <v>123</v>
+        <v>65</v>
       </c>
       <c r="Q74" t="s">
-        <v>122</v>
+        <v>2</v>
       </c>
       <c r="R74" t="s">
-        <v>121</v>
+        <v>158</v>
       </c>
       <c r="S74">
-        <v>4144</v>
+        <v>4239</v>
       </c>
       <c r="T74">
-        <v>271453</v>
+        <v>268602</v>
       </c>
       <c r="U74">
-        <v>3501</v>
+        <v>3596</v>
       </c>
       <c r="V74" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B75">
-        <v>187400</v>
+        <v>187357</v>
       </c>
       <c r="C75" t="s">
-        <v>120</v>
+        <v>156</v>
       </c>
       <c r="D75" t="s">
-        <v>119</v>
+        <v>155</v>
       </c>
       <c r="E75" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>86</v>
+        <v>11</v>
       </c>
       <c r="G75">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H75" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J75" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>35</v>
       </c>
       <c r="L75" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M75" t="s">
-        <v>116</v>
+        <v>52</v>
       </c>
       <c r="N75" t="s">
-        <v>97</v>
+        <v>51</v>
       </c>
       <c r="O75" t="s">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="P75" t="s">
-        <v>115</v>
+        <v>50</v>
       </c>
       <c r="Q75" t="s">
-        <v>114</v>
+        <v>49</v>
       </c>
       <c r="R75" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="S75">
-        <v>4112</v>
+        <v>4197</v>
       </c>
       <c r="T75">
-        <v>271453</v>
+        <v>269475</v>
       </c>
       <c r="U75">
-        <v>3469</v>
+        <v>3554</v>
       </c>
       <c r="V75" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B76">
-        <v>187402</v>
+        <v>187357</v>
       </c>
       <c r="C76" t="s">
-        <v>107</v>
+        <v>156</v>
       </c>
       <c r="D76" t="s">
-        <v>106</v>
+        <v>155</v>
       </c>
       <c r="E76" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>86</v>
+        <v>11</v>
       </c>
       <c r="G76">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H76" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J76" t="s">
-        <v>8</v>
+        <v>75</v>
       </c>
       <c r="K76" t="s">
-        <v>113</v>
+        <v>154</v>
       </c>
       <c r="L76" t="s">
-        <v>112</v>
+        <v>153</v>
       </c>
       <c r="M76" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
       <c r="N76" t="s">
-        <v>110</v>
+        <v>32</v>
       </c>
       <c r="O76" t="s">
-        <v>109</v>
+        <v>57</v>
       </c>
       <c r="P76" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="Q76" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="R76" t="s">
-        <v>108</v>
+        <v>56</v>
       </c>
       <c r="S76">
-        <v>4161</v>
+        <v>4193</v>
       </c>
       <c r="T76">
-        <v>271455</v>
+        <v>269475</v>
       </c>
       <c r="U76">
-        <v>3518</v>
+        <v>3550</v>
       </c>
       <c r="V76" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B77">
-        <v>187402</v>
+        <v>187391</v>
       </c>
       <c r="C77" t="s">
-        <v>107</v>
+        <v>152</v>
       </c>
       <c r="D77" t="s">
-        <v>106</v>
+        <v>151</v>
       </c>
       <c r="E77" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>86</v>
+        <v>150</v>
       </c>
       <c r="G77">
         <v>2</v>
       </c>
       <c r="H77" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J77" t="s">
-        <v>105</v>
+        <v>149</v>
       </c>
       <c r="L77" t="s">
-        <v>104</v>
+        <v>148</v>
       </c>
       <c r="M77" t="s">
-        <v>103</v>
+        <v>20</v>
       </c>
       <c r="N77" t="s">
         <v>5</v>
       </c>
       <c r="O77" t="s">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="P77" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="Q77" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="R77" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="S77">
-        <v>4196</v>
+        <v>4264</v>
       </c>
       <c r="T77">
-        <v>271455</v>
+        <v>271262</v>
       </c>
       <c r="U77">
-        <v>3553</v>
+        <v>3621</v>
       </c>
       <c r="V77" t="s">
         <v>0</v>
+      </c>
+      <c r="W77" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B78">
-        <v>187407</v>
+        <v>187397</v>
       </c>
       <c r="C78" t="s">
-        <v>102</v>
+        <v>147</v>
       </c>
       <c r="D78" t="s">
-        <v>101</v>
+        <v>146</v>
       </c>
       <c r="E78" t="s">
+        <v>70</v>
+      </c>
+      <c r="F78" t="s">
         <v>29</v>
       </c>
-      <c r="F78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G78">
+        <v>1</v>
+      </c>
+      <c r="H78" t="s">
+        <v>23</v>
+      </c>
+      <c r="J78" t="s">
+        <v>69</v>
+      </c>
+      <c r="K78" t="s">
+        <v>145</v>
+      </c>
+      <c r="L78" t="s">
+        <v>144</v>
+      </c>
+      <c r="M78" t="s">
+        <v>6</v>
+      </c>
+      <c r="N78" t="s">
+        <v>5</v>
+      </c>
+      <c r="O78" t="s">
+        <v>4</v>
+      </c>
+      <c r="P78" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q78" t="s">
         <v>2</v>
       </c>
-      <c r="H78" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="R78" t="s">
-        <v>95</v>
+        <v>143</v>
       </c>
       <c r="S78">
-        <v>4108</v>
+        <v>4158</v>
       </c>
       <c r="T78">
-        <v>271600</v>
+        <v>271381</v>
       </c>
       <c r="U78">
-        <v>3465</v>
+        <v>3515</v>
       </c>
       <c r="V78" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B79">
-        <v>187420</v>
+        <v>187398</v>
       </c>
       <c r="C79" t="s">
+        <v>140</v>
+      </c>
+      <c r="D79" t="s">
+        <v>139</v>
+      </c>
+      <c r="E79" t="s">
+        <v>12</v>
+      </c>
+      <c r="F79" t="s">
         <v>94</v>
       </c>
-      <c r="D79" t="s">
+      <c r="G79">
+        <v>0</v>
+      </c>
+      <c r="H79" t="s">
+        <v>23</v>
+      </c>
+      <c r="J79" t="s">
         <v>93</v>
       </c>
-      <c r="E79" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L79" t="s">
-        <v>92</v>
+        <v>142</v>
       </c>
       <c r="M79" t="s">
-        <v>37</v>
+        <v>141</v>
       </c>
       <c r="N79" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="O79" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="P79" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="Q79" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="R79" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="S79">
-        <v>4274</v>
+        <v>4245</v>
       </c>
       <c r="T79">
-        <v>272688</v>
+        <v>271430</v>
       </c>
       <c r="U79">
-        <v>3631</v>
+        <v>3602</v>
       </c>
       <c r="V79" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B80">
-        <v>187445</v>
+        <v>187398</v>
       </c>
       <c r="C80" t="s">
-        <v>91</v>
+        <v>140</v>
       </c>
       <c r="D80" t="s">
-        <v>90</v>
+        <v>139</v>
       </c>
       <c r="E80" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>28</v>
+        <v>94</v>
       </c>
       <c r="G80">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H80" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="J80" t="s">
-        <v>39</v>
+        <v>69</v>
+      </c>
+      <c r="K80" t="s">
+        <v>138</v>
       </c>
       <c r="L80" t="s">
-        <v>89</v>
+        <v>137</v>
       </c>
       <c r="M80" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="N80" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O80" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="P80" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="Q80" t="s">
-        <v>53</v>
+        <v>2</v>
       </c>
       <c r="R80" t="s">
-        <v>52</v>
+        <v>136</v>
       </c>
       <c r="S80">
-        <v>4197</v>
+        <v>4237</v>
       </c>
       <c r="T80">
-        <v>274751</v>
+        <v>271430</v>
       </c>
       <c r="U80">
-        <v>3554</v>
+        <v>3594</v>
       </c>
       <c r="V80" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B81">
-        <v>187455</v>
+        <v>187399</v>
       </c>
       <c r="C81" t="s">
-        <v>88</v>
+        <v>135</v>
       </c>
       <c r="D81" t="s">
-        <v>87</v>
+        <v>134</v>
       </c>
       <c r="E81" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="G81">
         <v>1</v>
       </c>
       <c r="H81" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="J81" t="s">
-        <v>39</v>
+        <v>93</v>
       </c>
       <c r="L81" t="s">
-        <v>85</v>
+        <v>133</v>
       </c>
       <c r="M81" t="s">
-        <v>55</v>
+        <v>132</v>
       </c>
       <c r="N81" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O81" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="P81" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="Q81" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="R81" t="s">
-        <v>52</v>
+        <v>131</v>
       </c>
       <c r="S81">
-        <v>4197</v>
+        <v>4247</v>
       </c>
       <c r="T81">
-        <v>275135</v>
+        <v>271450</v>
       </c>
       <c r="U81">
-        <v>3554</v>
+        <v>3604</v>
       </c>
       <c r="V81" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B82">
-        <v>187475</v>
+        <v>187400</v>
       </c>
       <c r="C82" t="s">
-        <v>84</v>
+        <v>125</v>
       </c>
       <c r="D82" t="s">
-        <v>83</v>
+        <v>124</v>
       </c>
       <c r="E82" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="F82" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G82">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H82" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J82" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>22</v>
       </c>
       <c r="L82" t="s">
-        <v>81</v>
+        <v>130</v>
       </c>
       <c r="M82" t="s">
-        <v>80</v>
+        <v>129</v>
       </c>
       <c r="N82" t="s">
-        <v>36</v>
+        <v>5</v>
       </c>
       <c r="O82" t="s">
         <v>4</v>
       </c>
       <c r="P82" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="Q82" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="R82" t="s">
-        <v>79</v>
+        <v>126</v>
       </c>
       <c r="S82">
-        <v>4195</v>
+        <v>4144</v>
       </c>
       <c r="T82">
-        <v>276549</v>
+        <v>271453</v>
       </c>
       <c r="U82">
-        <v>3552</v>
+        <v>3501</v>
       </c>
       <c r="V82" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B83">
-        <v>187524</v>
+        <v>187400</v>
       </c>
       <c r="C83" t="s">
-        <v>78</v>
+        <v>125</v>
       </c>
       <c r="D83" t="s">
-        <v>77</v>
+        <v>124</v>
       </c>
       <c r="E83" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="F83" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G83">
         <v>2</v>
       </c>
       <c r="H83" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J83" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="K83" t="s">
-        <v>75</v>
+        <v>123</v>
       </c>
       <c r="L83" t="s">
-        <v>74</v>
+        <v>122</v>
       </c>
       <c r="M83" t="s">
-        <v>60</v>
+        <v>121</v>
       </c>
       <c r="N83" t="s">
-        <v>36</v>
+        <v>102</v>
       </c>
       <c r="O83" t="s">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="P83" t="s">
-        <v>44</v>
+        <v>120</v>
       </c>
       <c r="Q83" t="s">
-        <v>16</v>
+        <v>119</v>
       </c>
       <c r="R83" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="S83">
-        <v>4193</v>
+        <v>4112</v>
       </c>
       <c r="T83">
-        <v>279770</v>
+        <v>271453</v>
       </c>
       <c r="U83">
-        <v>3550</v>
+        <v>3469</v>
       </c>
       <c r="V83" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B84">
-        <v>187536</v>
+        <v>187402</v>
       </c>
       <c r="C84" t="s">
-        <v>73</v>
+        <v>112</v>
       </c>
       <c r="D84" t="s">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="E84" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G84">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H84" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J84" t="s">
-        <v>8</v>
+        <v>69</v>
       </c>
       <c r="K84" t="s">
-        <v>70</v>
+        <v>118</v>
       </c>
       <c r="L84" t="s">
-        <v>69</v>
+        <v>117</v>
       </c>
       <c r="M84" t="s">
-        <v>68</v>
+        <v>116</v>
       </c>
       <c r="N84" t="s">
-        <v>5</v>
+        <v>115</v>
       </c>
       <c r="O84" t="s">
-        <v>4</v>
+        <v>114</v>
       </c>
       <c r="P84" t="s">
-        <v>67</v>
+        <v>3</v>
       </c>
       <c r="Q84" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="R84" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="S84">
-        <v>4236</v>
+        <v>4161</v>
       </c>
       <c r="T84">
-        <v>280337</v>
+        <v>271455</v>
       </c>
       <c r="U84">
-        <v>3593</v>
+        <v>3518</v>
       </c>
       <c r="V84" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B85">
-        <v>187538</v>
+        <v>187402</v>
       </c>
       <c r="C85" t="s">
-        <v>65</v>
+        <v>112</v>
       </c>
       <c r="D85" t="s">
-        <v>64</v>
+        <v>111</v>
       </c>
       <c r="E85" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G85">
         <v>2</v>
       </c>
       <c r="H85" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J85" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>110</v>
       </c>
       <c r="L85" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="M85" t="s">
-        <v>60</v>
+        <v>108</v>
       </c>
       <c r="N85" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="O85" t="s">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="P85" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="Q85" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="R85" t="s">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="S85">
-        <v>4193</v>
+        <v>4196</v>
       </c>
       <c r="T85">
-        <v>280495</v>
+        <v>271455</v>
       </c>
       <c r="U85">
-        <v>3550</v>
+        <v>3553</v>
       </c>
       <c r="V85" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B86">
-        <v>187617</v>
+        <v>187407</v>
       </c>
       <c r="C86" t="s">
-        <v>58</v>
+        <v>107</v>
       </c>
       <c r="D86" t="s">
-        <v>57</v>
+        <v>106</v>
       </c>
       <c r="E86" t="s">
+        <v>12</v>
+      </c>
+      <c r="F86" t="s">
+        <v>2</v>
+      </c>
+      <c r="G86">
+        <v>2</v>
+      </c>
+      <c r="H86" t="s">
+        <v>10</v>
+      </c>
+      <c r="J86" t="s">
+        <v>75</v>
+      </c>
+      <c r="K86" t="s">
+        <v>105</v>
+      </c>
+      <c r="L86" t="s">
+        <v>104</v>
+      </c>
+      <c r="M86" t="s">
+        <v>103</v>
+      </c>
+      <c r="N86" t="s">
+        <v>102</v>
+      </c>
+      <c r="O86" t="s">
+        <v>31</v>
+      </c>
+      <c r="P86" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q86" t="s">
         <v>29</v>
       </c>
-      <c r="F86" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R86" t="s">
-        <v>52</v>
+        <v>100</v>
       </c>
       <c r="S86">
-        <v>4197</v>
+        <v>4108</v>
       </c>
       <c r="T86">
-        <v>285843</v>
+        <v>271600</v>
       </c>
       <c r="U86">
-        <v>3554</v>
+        <v>3465</v>
       </c>
       <c r="V86" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B87">
-        <v>187624</v>
+        <v>187420</v>
       </c>
       <c r="C87" t="s">
-        <v>51</v>
+        <v>99</v>
       </c>
       <c r="D87" t="s">
-        <v>50</v>
+        <v>98</v>
       </c>
       <c r="E87" t="s">
+        <v>12</v>
+      </c>
+      <c r="F87" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
       <c r="G87">
         <v>2</v>
       </c>
       <c r="H87" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J87" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="L87" t="s">
-        <v>47</v>
+        <v>97</v>
       </c>
       <c r="M87" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="N87" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="O87" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="P87" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="Q87" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="R87" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="S87">
-        <v>4198</v>
+        <v>4274</v>
       </c>
       <c r="T87">
-        <v>286181</v>
+        <v>272688</v>
       </c>
       <c r="U87">
-        <v>3555</v>
+        <v>3631</v>
       </c>
       <c r="V87" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B88">
-        <v>187697</v>
+        <v>187425</v>
       </c>
       <c r="C88" t="s">
-        <v>41</v>
+        <v>96</v>
       </c>
       <c r="D88" t="s">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="E88" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="F88" t="s">
-        <v>28</v>
+        <v>94</v>
       </c>
       <c r="G88">
         <v>2</v>
       </c>
       <c r="H88" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="J88" t="s">
-        <v>39</v>
+        <v>93</v>
       </c>
       <c r="L88" t="s">
-        <v>38</v>
+        <v>92</v>
       </c>
       <c r="M88" t="s">
-        <v>37</v>
+        <v>91</v>
       </c>
       <c r="N88" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="O88" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="P88" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="Q88" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="R88" t="s">
-        <v>33</v>
+        <v>90</v>
       </c>
       <c r="S88">
-        <v>4274</v>
+        <v>4265</v>
       </c>
       <c r="T88">
-        <v>293823</v>
+        <v>272750</v>
       </c>
       <c r="U88">
-        <v>3631</v>
+        <v>3622</v>
       </c>
       <c r="V88" t="s">
         <v>0</v>
+      </c>
+      <c r="W88" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="B89">
-        <v>101200</v>
+        <v>187445</v>
       </c>
       <c r="C89" t="s">
+        <v>89</v>
+      </c>
+      <c r="D89" t="s">
+        <v>88</v>
+      </c>
+      <c r="E89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>11</v>
+      </c>
+      <c r="G89">
+        <v>1</v>
+      </c>
+      <c r="H89" t="s">
+        <v>10</v>
+      </c>
+      <c r="J89" t="s">
+        <v>35</v>
+      </c>
+      <c r="L89" t="s">
+        <v>87</v>
+      </c>
+      <c r="M89" t="s">
+        <v>52</v>
+      </c>
+      <c r="N89" t="s">
+        <v>51</v>
+      </c>
+      <c r="O89" t="s">
         <v>31</v>
       </c>
-      <c r="D89" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="P89" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="Q89" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="R89" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="S89">
-        <v>4159</v>
+        <v>4197</v>
       </c>
       <c r="T89">
-        <v>220159</v>
+        <v>274751</v>
       </c>
       <c r="U89">
-        <v>3516</v>
+        <v>3554</v>
       </c>
       <c r="V89" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" t="s">
-        <v>13</v>
+        <v>27</v>
+      </c>
+      <c r="B90">
+        <v>187455</v>
       </c>
       <c r="C90" t="s">
+        <v>86</v>
+      </c>
+      <c r="D90" t="s">
+        <v>85</v>
+      </c>
+      <c r="E90" t="s">
+        <v>12</v>
+      </c>
+      <c r="F90" t="s">
         <v>18</v>
       </c>
-      <c r="D90" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G90">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H90" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J90" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="L90" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="M90" t="s">
-        <v>6</v>
+        <v>52</v>
       </c>
       <c r="N90" t="s">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="O90" t="s">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="P90" t="s">
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="Q90" t="s">
-        <v>2</v>
+        <v>49</v>
       </c>
       <c r="R90" t="s">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="S90">
-        <v>4213</v>
+        <v>4197</v>
+      </c>
+      <c r="T90">
+        <v>275135</v>
       </c>
       <c r="U90">
-        <v>3570</v>
+        <v>3554</v>
       </c>
       <c r="V90" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" t="s">
-        <v>13</v>
+        <v>27</v>
+      </c>
+      <c r="B91">
+        <v>187475</v>
       </c>
       <c r="C91" t="s">
+        <v>83</v>
+      </c>
+      <c r="D91" t="s">
+        <v>82</v>
+      </c>
+      <c r="E91" t="s">
         <v>12</v>
       </c>
-      <c r="D91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F91" t="s">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="G91">
         <v>2</v>
       </c>
       <c r="H91" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J91" t="s">
-        <v>8</v>
+        <v>75</v>
+      </c>
+      <c r="K91" t="s">
+        <v>81</v>
       </c>
       <c r="L91" t="s">
-        <v>7</v>
+        <v>80</v>
       </c>
       <c r="M91" t="s">
-        <v>6</v>
+        <v>79</v>
       </c>
       <c r="N91" t="s">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="O91" t="s">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="P91" t="s">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="Q91" t="s">
         <v>2</v>
       </c>
       <c r="R91" t="s">
+        <v>78</v>
+      </c>
+      <c r="S91">
+        <v>4195</v>
+      </c>
+      <c r="T91">
+        <v>276549</v>
+      </c>
+      <c r="U91">
+        <v>3552</v>
+      </c>
+      <c r="V91" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:23">
+      <c r="A92" t="s">
+        <v>27</v>
+      </c>
+      <c r="B92">
+        <v>187524</v>
+      </c>
+      <c r="C92" t="s">
+        <v>77</v>
+      </c>
+      <c r="D92" t="s">
+        <v>76</v>
+      </c>
+      <c r="E92" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" t="s">
+        <v>2</v>
+      </c>
+      <c r="G92">
+        <v>2</v>
+      </c>
+      <c r="H92" t="s">
+        <v>23</v>
+      </c>
+      <c r="J92" t="s">
+        <v>75</v>
+      </c>
+      <c r="K92" t="s">
+        <v>74</v>
+      </c>
+      <c r="L92" t="s">
+        <v>73</v>
+      </c>
+      <c r="M92" t="s">
+        <v>58</v>
+      </c>
+      <c r="N92" t="s">
+        <v>32</v>
+      </c>
+      <c r="O92" t="s">
+        <v>57</v>
+      </c>
+      <c r="P92" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>2</v>
+      </c>
+      <c r="R92" t="s">
+        <v>56</v>
+      </c>
+      <c r="S92">
+        <v>4193</v>
+      </c>
+      <c r="T92">
+        <v>279770</v>
+      </c>
+      <c r="U92">
+        <v>3550</v>
+      </c>
+      <c r="V92" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:23">
+      <c r="A93" t="s">
+        <v>27</v>
+      </c>
+      <c r="B93">
+        <v>187536</v>
+      </c>
+      <c r="C93" t="s">
+        <v>72</v>
+      </c>
+      <c r="D93" t="s">
+        <v>71</v>
+      </c>
+      <c r="E93" t="s">
+        <v>70</v>
+      </c>
+      <c r="F93" t="s">
+        <v>29</v>
+      </c>
+      <c r="G93">
         <v>1</v>
       </c>
-      <c r="S91">
-[...5 lines deleted...]
-      <c r="V91" t="s">
+      <c r="H93" t="s">
+        <v>23</v>
+      </c>
+      <c r="J93" t="s">
+        <v>69</v>
+      </c>
+      <c r="K93" t="s">
+        <v>68</v>
+      </c>
+      <c r="L93" t="s">
+        <v>67</v>
+      </c>
+      <c r="M93" t="s">
+        <v>66</v>
+      </c>
+      <c r="N93" t="s">
+        <v>51</v>
+      </c>
+      <c r="O93" t="s">
+        <v>57</v>
+      </c>
+      <c r="P93" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>2</v>
+      </c>
+      <c r="R93" t="s">
+        <v>64</v>
+      </c>
+      <c r="S93">
+        <v>4236</v>
+      </c>
+      <c r="T93">
+        <v>280337</v>
+      </c>
+      <c r="U93">
+        <v>3593</v>
+      </c>
+      <c r="V93" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:23">
+      <c r="A94" t="s">
+        <v>27</v>
+      </c>
+      <c r="B94">
+        <v>187538</v>
+      </c>
+      <c r="C94" t="s">
+        <v>63</v>
+      </c>
+      <c r="D94" t="s">
+        <v>62</v>
+      </c>
+      <c r="E94" t="s">
+        <v>12</v>
+      </c>
+      <c r="F94" t="s">
+        <v>29</v>
+      </c>
+      <c r="G94">
+        <v>2</v>
+      </c>
+      <c r="H94" t="s">
+        <v>23</v>
+      </c>
+      <c r="J94" t="s">
+        <v>61</v>
+      </c>
+      <c r="K94" t="s">
+        <v>60</v>
+      </c>
+      <c r="L94" t="s">
+        <v>59</v>
+      </c>
+      <c r="M94" t="s">
+        <v>58</v>
+      </c>
+      <c r="N94" t="s">
+        <v>32</v>
+      </c>
+      <c r="O94" t="s">
+        <v>57</v>
+      </c>
+      <c r="P94" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>2</v>
+      </c>
+      <c r="R94" t="s">
+        <v>56</v>
+      </c>
+      <c r="S94">
+        <v>4193</v>
+      </c>
+      <c r="T94">
+        <v>280495</v>
+      </c>
+      <c r="U94">
+        <v>3550</v>
+      </c>
+      <c r="V94" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:23">
+      <c r="A95" t="s">
+        <v>27</v>
+      </c>
+      <c r="B95">
+        <v>187617</v>
+      </c>
+      <c r="C95" t="s">
+        <v>55</v>
+      </c>
+      <c r="D95" t="s">
+        <v>54</v>
+      </c>
+      <c r="E95" t="s">
+        <v>12</v>
+      </c>
+      <c r="F95" t="s">
+        <v>49</v>
+      </c>
+      <c r="G95">
+        <v>1</v>
+      </c>
+      <c r="H95" t="s">
+        <v>23</v>
+      </c>
+      <c r="J95" t="s">
+        <v>35</v>
+      </c>
+      <c r="L95" t="s">
+        <v>53</v>
+      </c>
+      <c r="M95" t="s">
+        <v>52</v>
+      </c>
+      <c r="N95" t="s">
+        <v>51</v>
+      </c>
+      <c r="O95" t="s">
+        <v>31</v>
+      </c>
+      <c r="P95" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>49</v>
+      </c>
+      <c r="R95" t="s">
+        <v>48</v>
+      </c>
+      <c r="S95">
+        <v>4197</v>
+      </c>
+      <c r="T95">
+        <v>285843</v>
+      </c>
+      <c r="U95">
+        <v>3554</v>
+      </c>
+      <c r="V95" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:23">
+      <c r="A96" t="s">
+        <v>27</v>
+      </c>
+      <c r="B96">
+        <v>187624</v>
+      </c>
+      <c r="C96" t="s">
+        <v>47</v>
+      </c>
+      <c r="D96" t="s">
+        <v>46</v>
+      </c>
+      <c r="E96" t="s">
+        <v>12</v>
+      </c>
+      <c r="F96" t="s">
+        <v>45</v>
+      </c>
+      <c r="G96">
+        <v>2</v>
+      </c>
+      <c r="H96" t="s">
+        <v>23</v>
+      </c>
+      <c r="J96" t="s">
+        <v>44</v>
+      </c>
+      <c r="K96" t="s">
+        <v>43</v>
+      </c>
+      <c r="L96" t="s">
+        <v>42</v>
+      </c>
+      <c r="M96" t="s">
+        <v>41</v>
+      </c>
+      <c r="N96" t="s">
+        <v>32</v>
+      </c>
+      <c r="O96" t="s">
+        <v>40</v>
+      </c>
+      <c r="P96" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>2</v>
+      </c>
+      <c r="R96" t="s">
+        <v>38</v>
+      </c>
+      <c r="S96">
+        <v>4198</v>
+      </c>
+      <c r="T96">
+        <v>286181</v>
+      </c>
+      <c r="U96">
+        <v>3555</v>
+      </c>
+      <c r="V96" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:23">
+      <c r="A97" t="s">
+        <v>27</v>
+      </c>
+      <c r="B97">
+        <v>187697</v>
+      </c>
+      <c r="C97" t="s">
+        <v>37</v>
+      </c>
+      <c r="D97" t="s">
+        <v>36</v>
+      </c>
+      <c r="E97" t="s">
+        <v>12</v>
+      </c>
+      <c r="F97" t="s">
+        <v>11</v>
+      </c>
+      <c r="G97">
+        <v>2</v>
+      </c>
+      <c r="H97" t="s">
+        <v>10</v>
+      </c>
+      <c r="J97" t="s">
+        <v>35</v>
+      </c>
+      <c r="L97" t="s">
+        <v>34</v>
+      </c>
+      <c r="M97" t="s">
+        <v>33</v>
+      </c>
+      <c r="N97" t="s">
+        <v>32</v>
+      </c>
+      <c r="O97" t="s">
+        <v>31</v>
+      </c>
+      <c r="P97" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>29</v>
+      </c>
+      <c r="R97" t="s">
+        <v>28</v>
+      </c>
+      <c r="S97">
+        <v>4274</v>
+      </c>
+      <c r="T97">
+        <v>293823</v>
+      </c>
+      <c r="U97">
+        <v>3631</v>
+      </c>
+      <c r="V97" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:23">
+      <c r="A98" t="s">
+        <v>27</v>
+      </c>
+      <c r="B98">
+        <v>187854</v>
+      </c>
+      <c r="C98" t="s">
+        <v>26</v>
+      </c>
+      <c r="D98" t="s">
+        <v>25</v>
+      </c>
+      <c r="E98" t="s">
+        <v>12</v>
+      </c>
+      <c r="F98" t="s">
+        <v>24</v>
+      </c>
+      <c r="G98">
+        <v>2</v>
+      </c>
+      <c r="H98" t="s">
+        <v>23</v>
+      </c>
+      <c r="J98" t="s">
+        <v>22</v>
+      </c>
+      <c r="L98" t="s">
+        <v>21</v>
+      </c>
+      <c r="M98" t="s">
+        <v>20</v>
+      </c>
+      <c r="N98" t="s">
+        <v>5</v>
+      </c>
+      <c r="O98" t="s">
+        <v>4</v>
+      </c>
+      <c r="P98" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>18</v>
+      </c>
+      <c r="R98" t="s">
+        <v>17</v>
+      </c>
+      <c r="S98">
+        <v>4264</v>
+      </c>
+      <c r="T98">
+        <v>302742</v>
+      </c>
+      <c r="U98">
+        <v>3621</v>
+      </c>
+      <c r="V98" t="s">
+        <v>0</v>
+      </c>
+      <c r="W98" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="99" spans="1:23">
+      <c r="A99" t="s">
+        <v>15</v>
+      </c>
+      <c r="B99">
+        <v>101200</v>
+      </c>
+      <c r="C99" t="s">
+        <v>14</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>12</v>
+      </c>
+      <c r="F99" t="s">
+        <v>11</v>
+      </c>
+      <c r="G99">
+        <v>2</v>
+      </c>
+      <c r="H99" t="s">
+        <v>10</v>
+      </c>
+      <c r="J99" t="s">
+        <v>9</v>
+      </c>
+      <c r="K99" t="s">
+        <v>8</v>
+      </c>
+      <c r="L99" t="s">
+        <v>7</v>
+      </c>
+      <c r="M99" t="s">
+        <v>6</v>
+      </c>
+      <c r="N99" t="s">
+        <v>5</v>
+      </c>
+      <c r="O99" t="s">
+        <v>4</v>
+      </c>
+      <c r="P99" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>2</v>
+      </c>
+      <c r="R99" t="s">
+        <v>1</v>
+      </c>
+      <c r="S99">
+        <v>4159</v>
+      </c>
+      <c r="T99">
+        <v>220159</v>
+      </c>
+      <c r="U99">
+        <v>3516</v>
+      </c>
+      <c r="V99" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:W91"/>
-  <conditionalFormatting sqref="G3:G91">
+  <autoFilter ref="A2:W99"/>
+  <conditionalFormatting sqref="G3:G99">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>