--- v0 (2025-11-26)
+++ v1 (2025-12-18)
@@ -7,132 +7,219 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$4</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$8</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>PCC</t>
   </si>
   <si>
+    <t>0211</t>
+  </si>
+  <si>
+    <t>Men's 7,5km Interval Start Standing Classic</t>
+  </si>
+  <si>
+    <t>NOR</t>
+  </si>
+  <si>
+    <t>Beitostoelen</t>
+  </si>
+  <si>
+    <t>INT</t>
+  </si>
+  <si>
+    <t>COC</t>
+  </si>
+  <si>
+    <t>22.11.2025</t>
+  </si>
+  <si>
+    <t>22.11.2025 00:00</t>
+  </si>
+  <si>
+    <t>12343.6 - Did not follow the marked course</t>
+  </si>
+  <si>
+    <t>Disqualification (DSQ)</t>
+  </si>
+  <si>
+    <t>ITA</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>Alessandro</t>
+  </si>
+  <si>
+    <t>Capovilla</t>
+  </si>
+  <si>
+    <t>Athlete</t>
+  </si>
+  <si>
     <t>0212</t>
   </si>
   <si>
     <t>Men's 5km Interval Start Sitting Classic</t>
   </si>
   <si>
-    <t>NOR</t>
-[...25 lines deleted...]
-  <si>
     <t>Alexander</t>
   </si>
   <si>
     <t>Steinheim</t>
   </si>
   <si>
-    <t>Athlete</t>
-[...1 lines deleted...]
-  <si>
     <t>0197</t>
   </si>
   <si>
     <t>Women's 1km Sprint Qualification Sitting Classic</t>
   </si>
   <si>
     <t>SPQ</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>21.11.2025 00:00</t>
   </si>
   <si>
-    <t>12352.2.2</t>
+    <t>222.8 - Violation of fluorinated ski wax prohibition</t>
   </si>
   <si>
     <t>GER</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <t>Johanna</t>
   </si>
   <si>
     <t>Pfluegner</t>
+  </si>
+  <si>
+    <t>0210</t>
+  </si>
+  <si>
+    <t>Men's 7,5km Interval Start Vision Impaired Classic</t>
+  </si>
+  <si>
+    <t>CHN</t>
+  </si>
+  <si>
+    <t>Hesong</t>
+  </si>
+  <si>
+    <t>Dang</t>
+  </si>
+  <si>
+    <t>0050</t>
+  </si>
+  <si>
+    <t>Men's 10km Mass Start Sitting Classic</t>
+  </si>
+  <si>
+    <t>CAN</t>
+  </si>
+  <si>
+    <t>Canmore</t>
+  </si>
+  <si>
+    <t>MAS</t>
+  </si>
+  <si>
+    <t>WC</t>
+  </si>
+  <si>
+    <t>07.12.2025</t>
+  </si>
+  <si>
+    <t>07.12.2025 00:00</t>
+  </si>
+  <si>
+    <t>12343.5 - Did not wear proper identification (bib, leg bib, transponder, GPS)</t>
+  </si>
+  <si>
+    <t>Written Reprimand</t>
+  </si>
+  <si>
+    <t>GBR</t>
+  </si>
+  <si>
+    <t>Scott</t>
+  </si>
+  <si>
+    <t>Meenagh</t>
+  </si>
+  <si>
+    <t>0052</t>
+  </si>
+  <si>
+    <t>Men's 10km Mass Start Standing Classic</t>
+  </si>
+  <si>
+    <t>12343.8 - Violation of the classical technique rules</t>
+  </si>
+  <si>
+    <t>JPN</t>
+  </si>
+  <si>
+    <t>Yoshihiro</t>
+  </si>
+  <si>
+    <t>Nitta</t>
   </si>
   <si>
     <t>Major_category</t>
   </si>
   <si>
     <t>Discipline</t>
   </si>
   <si>
     <t>Raceid</t>
   </si>
   <si>
     <t>Competitorid</t>
   </si>
   <si>
     <t>Codex</t>
   </si>
   <si>
     <t>Race</t>
   </si>
   <si>
     <t>Nation</t>
   </si>
   <si>
     <t>Place</t>
   </si>
@@ -553,287 +640,535 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W4"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="65.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.994" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.14" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="21.281" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
-        <v>48</v>
+        <v>77</v>
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="1" t="s">
-        <v>47</v>
+        <v>76</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>45</v>
+        <v>74</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>43</v>
+        <v>72</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>42</v>
+        <v>71</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>40</v>
+        <v>69</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>39</v>
+        <v>68</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="M2" s="1" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="O2" s="1" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="P2" s="1" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="Q2" s="1" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="R2" s="1" t="s">
-        <v>30</v>
+        <v>59</v>
       </c>
       <c r="S2" s="1" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="T2" s="1" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
       <c r="U2" s="1" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="V2" s="1" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="W2" s="1" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B3">
-        <v>101043</v>
+        <v>100068</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="D3" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="E3" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
       <c r="H3" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="J3" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="L3" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="M3" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="N3" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="O3" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>4</v>
+        <v>38</v>
       </c>
       <c r="Q3" t="s">
-        <v>3</v>
+        <v>37</v>
       </c>
       <c r="R3" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="S3" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="T3">
-        <v>292175</v>
+        <v>289481</v>
       </c>
       <c r="U3">
-        <v>786</v>
+        <v>641</v>
       </c>
       <c r="V3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B4">
-        <v>101141</v>
+        <v>100503</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>3</v>
+        <v>45</v>
       </c>
       <c r="G4">
         <v>2</v>
       </c>
       <c r="H4" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="J4" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="L4" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>7</v>
+        <v>41</v>
       </c>
       <c r="N4" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="O4" t="s">
-        <v>5</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>4</v>
+        <v>38</v>
       </c>
       <c r="Q4" t="s">
-        <v>3</v>
+        <v>37</v>
       </c>
       <c r="R4" t="s">
-        <v>2</v>
+        <v>36</v>
       </c>
       <c r="S4" t="s">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="T4">
-        <v>298571</v>
+        <v>290756</v>
       </c>
       <c r="U4">
-        <v>801</v>
+        <v>639</v>
       </c>
       <c r="V4" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="5" spans="1:23">
+      <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5">
+        <v>100678</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5">
+        <v>2</v>
+      </c>
+      <c r="H5" t="s">
+        <v>10</v>
+      </c>
+      <c r="J5" t="s">
+        <v>9</v>
+      </c>
+      <c r="L5" t="s">
+        <v>8</v>
+      </c>
+      <c r="M5" t="s">
+        <v>7</v>
+      </c>
+      <c r="N5" t="s">
+        <v>6</v>
+      </c>
+      <c r="O5" t="s">
+        <v>5</v>
+      </c>
+      <c r="P5" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>3</v>
+      </c>
+      <c r="R5" t="s">
+        <v>31</v>
+      </c>
+      <c r="S5" t="s">
+        <v>30</v>
+      </c>
+      <c r="T5">
+        <v>291276</v>
+      </c>
+      <c r="U5">
+        <v>799</v>
+      </c>
+      <c r="V5" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6">
+        <v>101043</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G6">
+        <v>2</v>
+      </c>
+      <c r="H6" t="s">
+        <v>10</v>
+      </c>
+      <c r="J6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L6" t="s">
+        <v>24</v>
+      </c>
+      <c r="M6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N6" t="s">
+        <v>6</v>
+      </c>
+      <c r="O6" t="s">
+        <v>22</v>
+      </c>
+      <c r="P6" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>3</v>
+      </c>
+      <c r="R6" t="s">
+        <v>21</v>
+      </c>
+      <c r="S6" t="s">
+        <v>20</v>
+      </c>
+      <c r="T6">
+        <v>292175</v>
+      </c>
+      <c r="U6">
+        <v>786</v>
+      </c>
+      <c r="V6" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7">
+        <v>101141</v>
+      </c>
+      <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>3</v>
+      </c>
+      <c r="G7">
+        <v>2</v>
+      </c>
+      <c r="H7" t="s">
+        <v>10</v>
+      </c>
+      <c r="J7" t="s">
+        <v>9</v>
+      </c>
+      <c r="L7" t="s">
+        <v>8</v>
+      </c>
+      <c r="M7" t="s">
+        <v>7</v>
+      </c>
+      <c r="N7" t="s">
+        <v>6</v>
+      </c>
+      <c r="O7" t="s">
+        <v>5</v>
+      </c>
+      <c r="P7" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>3</v>
+      </c>
+      <c r="R7" t="s">
+        <v>17</v>
+      </c>
+      <c r="S7" t="s">
+        <v>16</v>
+      </c>
+      <c r="T7">
+        <v>298571</v>
+      </c>
+      <c r="U7">
+        <v>801</v>
+      </c>
+      <c r="V7" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8">
+        <v>101146</v>
+      </c>
+      <c r="C8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8">
+        <v>2</v>
+      </c>
+      <c r="H8" t="s">
+        <v>10</v>
+      </c>
+      <c r="J8" t="s">
+        <v>9</v>
+      </c>
+      <c r="L8" t="s">
+        <v>8</v>
+      </c>
+      <c r="M8" t="s">
+        <v>7</v>
+      </c>
+      <c r="N8" t="s">
+        <v>6</v>
+      </c>
+      <c r="O8" t="s">
+        <v>5</v>
+      </c>
+      <c r="P8" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>3</v>
+      </c>
+      <c r="R8" t="s">
+        <v>2</v>
+      </c>
+      <c r="S8" t="s">
+        <v>1</v>
+      </c>
+      <c r="T8">
+        <v>299031</v>
+      </c>
+      <c r="U8">
+        <v>800</v>
+      </c>
+      <c r="V8" t="s">
+        <v>0</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:W4"/>
-  <conditionalFormatting sqref="G3:G4">
+  <autoFilter ref="A2:W8"/>
+  <conditionalFormatting sqref="G3:G8">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>