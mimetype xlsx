--- v1 (2025-12-18)
+++ v2 (2026-02-07)
@@ -7,219 +7,522 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$8</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>PCC</t>
   </si>
   <si>
+    <t>0123</t>
+  </si>
+  <si>
+    <t>Women's 1.5km Sprint Final Vision Impaired Classic</t>
+  </si>
+  <si>
+    <t>GER</t>
+  </si>
+  <si>
+    <t>Finsterau</t>
+  </si>
+  <si>
+    <t>SPF</t>
+  </si>
+  <si>
+    <t>WC</t>
+  </si>
+  <si>
+    <t>17.01.2026</t>
+  </si>
+  <si>
+    <t>17.01.2026 00:00</t>
+  </si>
+  <si>
+    <t>12343.8 - Violation of the classical technique rules</t>
+  </si>
+  <si>
+    <t>Competition suspension, Written Reprimand</t>
+  </si>
+  <si>
+    <t>RUS</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>Sergei</t>
+  </si>
+  <si>
+    <t>Siniakin</t>
+  </si>
+  <si>
+    <t>Guide</t>
+  </si>
+  <si>
     <t>0211</t>
   </si>
   <si>
     <t>Men's 7,5km Interval Start Standing Classic</t>
   </si>
   <si>
     <t>NOR</t>
   </si>
   <si>
     <t>Beitostoelen</t>
   </si>
   <si>
     <t>INT</t>
   </si>
   <si>
     <t>COC</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>22.11.2025 00:00</t>
   </si>
   <si>
     <t>12343.6 - Did not follow the marked course</t>
   </si>
   <si>
     <t>Disqualification (DSQ)</t>
   </si>
   <si>
     <t>ITA</t>
   </si>
   <si>
-    <t>M</t>
-[...1 lines deleted...]
-  <si>
     <t>Alessandro</t>
   </si>
   <si>
     <t>Capovilla</t>
   </si>
   <si>
     <t>Athlete</t>
   </si>
   <si>
     <t>0212</t>
   </si>
   <si>
     <t>Men's 5km Interval Start Sitting Classic</t>
   </si>
   <si>
     <t>Alexander</t>
   </si>
   <si>
     <t>Steinheim</t>
   </si>
   <si>
+    <t>0114</t>
+  </si>
+  <si>
+    <t>Men's 1km Sprint Qualification Sitting Classic</t>
+  </si>
+  <si>
+    <t>SPQ</t>
+  </si>
+  <si>
+    <t>Equip. Rules 7.2.1.4 - out of contact with seat</t>
+  </si>
+  <si>
+    <t>Verbal Reprimand</t>
+  </si>
+  <si>
+    <t>Diego</t>
+  </si>
+  <si>
+    <t>Colombari</t>
+  </si>
+  <si>
     <t>0197</t>
   </si>
   <si>
     <t>Women's 1km Sprint Qualification Sitting Classic</t>
   </si>
   <si>
-    <t>SPQ</t>
-[...1 lines deleted...]
-  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>21.11.2025 00:00</t>
   </si>
   <si>
     <t>222.8 - Violation of fluorinated ski wax prohibition</t>
   </si>
   <si>
-    <t>GER</t>
-[...1 lines deleted...]
-  <si>
     <t>W</t>
   </si>
   <si>
     <t>Johanna</t>
   </si>
   <si>
     <t>Pfluegner</t>
   </si>
   <si>
+    <t>0229</t>
+  </si>
+  <si>
+    <t>Women's 1km Sprint Final Vision Impaired Free</t>
+  </si>
+  <si>
+    <t>POL</t>
+  </si>
+  <si>
+    <t>Szklarska Poreba-Jakuszyce</t>
+  </si>
+  <si>
+    <t>28.01.2026</t>
+  </si>
+  <si>
+    <t>28.01.2026 00:00</t>
+  </si>
+  <si>
+    <t>12343.5 - Did not wear proper identification (bib, leg bib, transponder, GPS)</t>
+  </si>
+  <si>
+    <t>250CHF</t>
+  </si>
+  <si>
+    <t>Monetary Fine</t>
+  </si>
+  <si>
+    <t>JPN</t>
+  </si>
+  <si>
+    <t>Kotoha</t>
+  </si>
+  <si>
+    <t>Matsudo</t>
+  </si>
+  <si>
+    <t>0110</t>
+  </si>
+  <si>
+    <t>Men's 10km Mass Start Standing Free</t>
+  </si>
+  <si>
+    <t>MAS</t>
+  </si>
+  <si>
+    <t>15.01.2026</t>
+  </si>
+  <si>
+    <t>15.01.2026 00:00</t>
+  </si>
+  <si>
+    <t>CZE</t>
+  </si>
+  <si>
+    <t>Miroslav</t>
+  </si>
+  <si>
+    <t>Motejzik</t>
+  </si>
+  <si>
+    <t>0300</t>
+  </si>
+  <si>
+    <t>Mixed 4x2.5km Open Relay Classic/Free</t>
+  </si>
+  <si>
+    <t>TEO</t>
+  </si>
+  <si>
+    <t>18.01.2026</t>
+  </si>
+  <si>
+    <t>18.01.2026 00:00</t>
+  </si>
+  <si>
+    <t>Matej</t>
+  </si>
+  <si>
+    <t>Skoda</t>
+  </si>
+  <si>
+    <t>0116</t>
+  </si>
+  <si>
+    <t>Men's 1.5km Sprint Qualification Standing Classic</t>
+  </si>
+  <si>
+    <t>Sanction to Team</t>
+  </si>
+  <si>
+    <t>12344.1 - Not following special regulations of the Jury</t>
+  </si>
+  <si>
+    <t>UKR</t>
+  </si>
+  <si>
+    <t>Serafym</t>
+  </si>
+  <si>
+    <t>Drahun</t>
+  </si>
+  <si>
+    <t>12343.5 - Incorrect ski marking</t>
+  </si>
+  <si>
+    <t>FRA</t>
+  </si>
+  <si>
+    <t>Karl</t>
+  </si>
+  <si>
+    <t>Tabouret</t>
+  </si>
+  <si>
+    <t>0108</t>
+  </si>
+  <si>
+    <t>Men's 10km Mass Start Sitting Free</t>
+  </si>
+  <si>
+    <t>Oleksandr</t>
+  </si>
+  <si>
+    <t>Aleksyk</t>
+  </si>
+  <si>
+    <t>CHN</t>
+  </si>
+  <si>
+    <t>Zhongwu</t>
+  </si>
+  <si>
+    <t>Mao</t>
+  </si>
+  <si>
+    <t>Zixu</t>
+  </si>
+  <si>
+    <t>Liu</t>
+  </si>
+  <si>
     <t>0210</t>
   </si>
   <si>
     <t>Men's 7,5km Interval Start Vision Impaired Classic</t>
   </si>
   <si>
-    <t>CHN</t>
-[...1 lines deleted...]
-  <si>
     <t>Hesong</t>
   </si>
   <si>
     <t>Dang</t>
   </si>
   <si>
+    <t>KAZ</t>
+  </si>
+  <si>
+    <t>Yuriy</t>
+  </si>
+  <si>
+    <t>Berezin</t>
+  </si>
+  <si>
+    <t>0107</t>
+  </si>
+  <si>
+    <t>Women's 10km Mass Start Sitting Free</t>
+  </si>
+  <si>
+    <t>Shiyu</t>
+  </si>
+  <si>
+    <t>Wang</t>
+  </si>
+  <si>
+    <t>0113</t>
+  </si>
+  <si>
+    <t>0122</t>
+  </si>
+  <si>
+    <t>Men's 1.5km Sprint Final Standing Classic</t>
+  </si>
+  <si>
+    <t>Jiayun</t>
+  </si>
+  <si>
+    <t>Cai</t>
+  </si>
+  <si>
     <t>0050</t>
   </si>
   <si>
     <t>Men's 10km Mass Start Sitting Classic</t>
   </si>
   <si>
     <t>CAN</t>
   </si>
   <si>
     <t>Canmore</t>
   </si>
   <si>
-    <t>MAS</t>
-[...4 lines deleted...]
-  <si>
     <t>07.12.2025</t>
   </si>
   <si>
     <t>07.12.2025 00:00</t>
   </si>
   <si>
-    <t>12343.5 - Did not wear proper identification (bib, leg bib, transponder, GPS)</t>
-[...1 lines deleted...]
-  <si>
     <t>Written Reprimand</t>
   </si>
   <si>
     <t>GBR</t>
   </si>
   <si>
     <t>Scott</t>
   </si>
   <si>
     <t>Meenagh</t>
   </si>
   <si>
+    <t>BLR</t>
+  </si>
+  <si>
+    <t>Arkadz</t>
+  </si>
+  <si>
+    <t>Shykuts</t>
+  </si>
+  <si>
+    <t>0228</t>
+  </si>
+  <si>
+    <t>Men's 1km Sprint Final Standing Free</t>
+  </si>
+  <si>
+    <t>12352.4.1 - Early Start Infraction</t>
+  </si>
+  <si>
+    <t>Time Penalty</t>
+  </si>
+  <si>
+    <t>Alexandr</t>
+  </si>
+  <si>
+    <t>Gerlits</t>
+  </si>
+  <si>
+    <t>Taras</t>
+  </si>
+  <si>
+    <t>Rad</t>
+  </si>
+  <si>
+    <t>205.5 - Unsportsmanlike behaviour</t>
+  </si>
+  <si>
+    <t>SUI</t>
+  </si>
+  <si>
+    <t>Luca</t>
+  </si>
+  <si>
+    <t>Tavasci</t>
+  </si>
+  <si>
+    <t>0101</t>
+  </si>
+  <si>
+    <t>Women's 10km Interval Start Sitting Free</t>
+  </si>
+  <si>
+    <t>14.01.2026</t>
+  </si>
+  <si>
+    <t>14.01.2026 00:00</t>
+  </si>
+  <si>
+    <t>Equip. Rules 7.2.1.4 - Out of contact with seat</t>
+  </si>
+  <si>
+    <t>Lidziya</t>
+  </si>
+  <si>
+    <t>Loban</t>
+  </si>
+  <si>
+    <t>Natalia</t>
+  </si>
+  <si>
+    <t>Kocherova</t>
+  </si>
+  <si>
+    <t>Sergey</t>
+  </si>
+  <si>
+    <t>Ussoltsev</t>
+  </si>
+  <si>
+    <t>Vladislav</t>
+  </si>
+  <si>
+    <t>Lekomtsev</t>
+  </si>
+  <si>
     <t>0052</t>
   </si>
   <si>
     <t>Men's 10km Mass Start Standing Classic</t>
   </si>
   <si>
-    <t>12343.8 - Violation of the classical technique rules</t>
-[...4 lines deleted...]
-  <si>
     <t>Yoshihiro</t>
   </si>
   <si>
     <t>Nitta</t>
+  </si>
+  <si>
+    <t>Dzmitry</t>
   </si>
   <si>
     <t>Major_category</t>
   </si>
   <si>
     <t>Discipline</t>
   </si>
   <si>
     <t>Raceid</t>
   </si>
   <si>
     <t>Competitorid</t>
   </si>
   <si>
     <t>Codex</t>
   </si>
   <si>
     <t>Race</t>
   </si>
   <si>
     <t>Nation</t>
   </si>
   <si>
     <t>Place</t>
   </si>
@@ -640,535 +943,2171 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W8"/>
+  <dimension ref="A1:W34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="65.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.14" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.994" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="21.281" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
-        <v>77</v>
+        <v>178</v>
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="1" t="s">
-        <v>76</v>
+        <v>177</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>75</v>
+        <v>176</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>74</v>
+        <v>175</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>73</v>
+        <v>174</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>72</v>
+        <v>173</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>70</v>
+        <v>171</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>69</v>
+        <v>170</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>68</v>
+        <v>169</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>67</v>
+        <v>168</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>66</v>
+        <v>167</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>65</v>
+        <v>166</v>
       </c>
       <c r="M2" s="1" t="s">
-        <v>64</v>
+        <v>165</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>63</v>
+        <v>164</v>
       </c>
       <c r="O2" s="1" t="s">
-        <v>62</v>
+        <v>163</v>
       </c>
       <c r="P2" s="1" t="s">
-        <v>61</v>
+        <v>162</v>
       </c>
       <c r="Q2" s="1" t="s">
-        <v>60</v>
+        <v>161</v>
       </c>
       <c r="R2" s="1" t="s">
-        <v>59</v>
+        <v>160</v>
       </c>
       <c r="S2" s="1" t="s">
-        <v>58</v>
+        <v>159</v>
       </c>
       <c r="T2" s="1" t="s">
-        <v>57</v>
+        <v>158</v>
       </c>
       <c r="U2" s="1" t="s">
-        <v>56</v>
+        <v>157</v>
       </c>
       <c r="V2" s="1" t="s">
-        <v>55</v>
+        <v>156</v>
       </c>
       <c r="W2" s="1" t="s">
-        <v>54</v>
+        <v>155</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="B3">
-        <v>100068</v>
+        <v>100024</v>
       </c>
       <c r="C3" t="s">
-        <v>53</v>
+        <v>143</v>
       </c>
       <c r="D3" t="s">
-        <v>52</v>
+        <v>154</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>51</v>
+        <v>122</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
       <c r="H3" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="J3" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="L3" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="M3" t="s">
-        <v>41</v>
+        <v>7</v>
       </c>
       <c r="N3" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="O3" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="Q3" t="s">
-        <v>37</v>
+        <v>3</v>
       </c>
       <c r="R3" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="S3" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="T3">
-        <v>289481</v>
+        <v>289436</v>
       </c>
       <c r="U3">
-        <v>641</v>
+        <v>703</v>
       </c>
       <c r="V3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="B4">
-        <v>100503</v>
+        <v>100024</v>
       </c>
       <c r="C4" t="s">
-        <v>47</v>
+        <v>143</v>
       </c>
       <c r="D4" t="s">
-        <v>46</v>
+        <v>154</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>45</v>
+        <v>122</v>
       </c>
       <c r="G4">
         <v>2</v>
       </c>
       <c r="H4" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="M4" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="N4" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="P4" t="s">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="Q4" t="s">
-        <v>37</v>
+        <v>3</v>
       </c>
       <c r="R4" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="S4" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="T4">
-        <v>290756</v>
+        <v>289436</v>
       </c>
       <c r="U4">
-        <v>639</v>
+        <v>697</v>
       </c>
       <c r="V4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="B5">
-        <v>100678</v>
+        <v>100068</v>
       </c>
       <c r="C5" t="s">
-        <v>34</v>
+        <v>153</v>
       </c>
       <c r="D5" t="s">
-        <v>33</v>
+        <v>152</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
       <c r="G5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H5" t="s">
-        <v>10</v>
+        <v>118</v>
       </c>
       <c r="J5" t="s">
         <v>9</v>
       </c>
       <c r="L5" t="s">
-        <v>8</v>
+        <v>117</v>
       </c>
       <c r="M5" t="s">
-        <v>7</v>
+        <v>116</v>
       </c>
       <c r="N5" t="s">
         <v>6</v>
       </c>
       <c r="O5" t="s">
-        <v>5</v>
+        <v>63</v>
       </c>
       <c r="P5" t="s">
-        <v>4</v>
+        <v>115</v>
       </c>
       <c r="Q5" t="s">
-        <v>3</v>
+        <v>114</v>
       </c>
       <c r="R5" t="s">
-        <v>31</v>
+        <v>151</v>
       </c>
       <c r="S5" t="s">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="T5">
-        <v>291276</v>
+        <v>289481</v>
       </c>
       <c r="U5">
-        <v>799</v>
+        <v>641</v>
       </c>
       <c r="V5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="B6">
-        <v>101043</v>
+        <v>100150</v>
       </c>
       <c r="C6" t="s">
-        <v>29</v>
+        <v>149</v>
       </c>
       <c r="D6" t="s">
-        <v>28</v>
+        <v>148</v>
       </c>
       <c r="E6" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="G6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H6" t="s">
         <v>10</v>
       </c>
       <c r="J6" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="L6" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="M6" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="N6" t="s">
         <v>6</v>
       </c>
       <c r="O6" t="s">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="P6" t="s">
         <v>4</v>
       </c>
       <c r="Q6" t="s">
         <v>3</v>
       </c>
       <c r="R6" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="S6" t="s">
-        <v>20</v>
+        <v>108</v>
       </c>
       <c r="T6">
-        <v>292175</v>
+        <v>289571</v>
       </c>
       <c r="U6">
-        <v>786</v>
+        <v>711</v>
       </c>
       <c r="V6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="B7">
-        <v>101141</v>
+        <v>100231</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>147</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>146</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="G7">
         <v>2</v>
       </c>
       <c r="H7" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="J7" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="L7" t="s">
         <v>8</v>
       </c>
       <c r="M7" t="s">
         <v>7</v>
       </c>
       <c r="N7" t="s">
         <v>6</v>
       </c>
       <c r="O7" t="s">
-        <v>5</v>
+        <v>36</v>
       </c>
       <c r="P7" t="s">
         <v>4</v>
       </c>
       <c r="Q7" t="s">
         <v>3</v>
       </c>
       <c r="R7" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="S7" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="T7">
-        <v>298571</v>
+        <v>289864</v>
       </c>
       <c r="U7">
-        <v>801</v>
+        <v>703</v>
       </c>
       <c r="V7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="B8">
-        <v>101146</v>
+        <v>100231</v>
       </c>
       <c r="C8" t="s">
-        <v>14</v>
+        <v>147</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
       <c r="G8">
         <v>2</v>
       </c>
       <c r="H8" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="J8" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="L8" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="M8" t="s">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="N8" t="s">
         <v>6</v>
       </c>
       <c r="O8" t="s">
-        <v>5</v>
+        <v>63</v>
       </c>
       <c r="P8" t="s">
         <v>4</v>
       </c>
       <c r="Q8" t="s">
         <v>3</v>
       </c>
       <c r="R8" t="s">
-        <v>2</v>
+        <v>88</v>
       </c>
       <c r="S8" t="s">
-        <v>1</v>
+        <v>87</v>
       </c>
       <c r="T8">
-        <v>299031</v>
+        <v>289864</v>
       </c>
       <c r="U8">
-        <v>800</v>
+        <v>697</v>
       </c>
       <c r="V8" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="9" spans="1:23">
+      <c r="A9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9">
+        <v>100243</v>
+      </c>
+      <c r="C9" t="s">
+        <v>145</v>
+      </c>
+      <c r="D9" t="s">
+        <v>144</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9">
+        <v>2</v>
+      </c>
+      <c r="H9" t="s">
+        <v>38</v>
+      </c>
+      <c r="J9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>65</v>
+      </c>
+      <c r="M9" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" t="s">
+        <v>6</v>
+      </c>
+      <c r="O9" t="s">
+        <v>63</v>
+      </c>
+      <c r="P9" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>3</v>
+      </c>
+      <c r="R9" t="s">
+        <v>104</v>
+      </c>
+      <c r="S9" t="s">
+        <v>103</v>
+      </c>
+      <c r="T9">
+        <v>289893</v>
+      </c>
+      <c r="U9">
+        <v>696</v>
+      </c>
+      <c r="V9" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10">
+        <v>100261</v>
+      </c>
+      <c r="C10" t="s">
+        <v>143</v>
+      </c>
+      <c r="D10" t="s">
+        <v>142</v>
+      </c>
+      <c r="E10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" t="s">
+        <v>122</v>
+      </c>
+      <c r="G10">
+        <v>2</v>
+      </c>
+      <c r="H10" t="s">
+        <v>38</v>
+      </c>
+      <c r="J10" t="s">
+        <v>141</v>
+      </c>
+      <c r="L10" t="s">
+        <v>140</v>
+      </c>
+      <c r="M10" t="s">
+        <v>139</v>
+      </c>
+      <c r="N10" t="s">
+        <v>6</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>3</v>
+      </c>
+      <c r="R10" t="s">
+        <v>138</v>
+      </c>
+      <c r="S10" t="s">
+        <v>137</v>
+      </c>
+      <c r="T10">
+        <v>289935</v>
+      </c>
+      <c r="U10">
+        <v>690</v>
+      </c>
+      <c r="V10" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11">
+        <v>100425</v>
+      </c>
+      <c r="C11" t="s">
+        <v>136</v>
+      </c>
+      <c r="D11" t="s">
+        <v>135</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>134</v>
+      </c>
+      <c r="G11">
+        <v>2</v>
+      </c>
+      <c r="H11" t="s">
+        <v>57</v>
+      </c>
+      <c r="I11" t="s">
+        <v>56</v>
+      </c>
+      <c r="J11" t="s">
+        <v>133</v>
+      </c>
+      <c r="L11" t="s">
+        <v>65</v>
+      </c>
+      <c r="M11" t="s">
+        <v>64</v>
+      </c>
+      <c r="N11" t="s">
+        <v>6</v>
+      </c>
+      <c r="O11" t="s">
+        <v>63</v>
+      </c>
+      <c r="P11" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>3</v>
+      </c>
+      <c r="R11" t="s">
+        <v>62</v>
+      </c>
+      <c r="S11" t="s">
+        <v>61</v>
+      </c>
+      <c r="T11">
+        <v>290481</v>
+      </c>
+      <c r="U11">
+        <v>699</v>
+      </c>
+      <c r="V11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12">
+        <v>100432</v>
+      </c>
+      <c r="C12" t="s">
+        <v>132</v>
+      </c>
+      <c r="D12" t="s">
+        <v>131</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>80</v>
+      </c>
+      <c r="G12">
+        <v>2</v>
+      </c>
+      <c r="H12" t="s">
+        <v>38</v>
+      </c>
+      <c r="J12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>65</v>
+      </c>
+      <c r="M12" t="s">
+        <v>64</v>
+      </c>
+      <c r="N12" t="s">
+        <v>6</v>
+      </c>
+      <c r="O12" t="s">
+        <v>63</v>
+      </c>
+      <c r="P12" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>3</v>
+      </c>
+      <c r="R12" t="s">
+        <v>88</v>
+      </c>
+      <c r="S12" t="s">
+        <v>87</v>
+      </c>
+      <c r="T12">
+        <v>290532</v>
+      </c>
+      <c r="U12">
+        <v>697</v>
+      </c>
+      <c r="V12" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13">
+        <v>100479</v>
+      </c>
+      <c r="C13" t="s">
+        <v>130</v>
+      </c>
+      <c r="D13" t="s">
+        <v>129</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>100</v>
+      </c>
+      <c r="G13">
+        <v>2</v>
+      </c>
+      <c r="H13" t="s">
+        <v>128</v>
+      </c>
+      <c r="J13" t="s">
+        <v>127</v>
+      </c>
+      <c r="L13" t="s">
+        <v>54</v>
+      </c>
+      <c r="M13" t="s">
+        <v>53</v>
+      </c>
+      <c r="N13" t="s">
+        <v>6</v>
+      </c>
+      <c r="O13" t="s">
+        <v>5</v>
+      </c>
+      <c r="P13" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>51</v>
+      </c>
+      <c r="R13" t="s">
+        <v>126</v>
+      </c>
+      <c r="S13" t="s">
+        <v>125</v>
+      </c>
+      <c r="T13">
+        <v>290679</v>
+      </c>
+      <c r="U13">
+        <v>817</v>
+      </c>
+      <c r="V13" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:23">
+      <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14">
+        <v>100500</v>
+      </c>
+      <c r="C14" t="s">
+        <v>124</v>
+      </c>
+      <c r="D14" t="s">
+        <v>123</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>122</v>
+      </c>
+      <c r="G14">
+        <v>2</v>
+      </c>
+      <c r="H14" t="s">
+        <v>38</v>
+      </c>
+      <c r="J14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>65</v>
+      </c>
+      <c r="M14" t="s">
+        <v>64</v>
+      </c>
+      <c r="N14" t="s">
+        <v>6</v>
+      </c>
+      <c r="O14" t="s">
+        <v>63</v>
+      </c>
+      <c r="P14" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>3</v>
+      </c>
+      <c r="R14" t="s">
+        <v>88</v>
+      </c>
+      <c r="S14" t="s">
+        <v>87</v>
+      </c>
+      <c r="T14">
+        <v>290738</v>
+      </c>
+      <c r="U14">
+        <v>697</v>
+      </c>
+      <c r="V14" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:23">
+      <c r="A15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B15">
+        <v>100503</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" t="s">
+        <v>120</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>119</v>
+      </c>
+      <c r="G15">
+        <v>1</v>
+      </c>
+      <c r="H15" t="s">
+        <v>118</v>
+      </c>
+      <c r="J15" t="s">
+        <v>55</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>116</v>
+      </c>
+      <c r="N15" t="s">
+        <v>6</v>
+      </c>
+      <c r="O15" t="s">
+        <v>63</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>114</v>
+      </c>
+      <c r="R15" t="s">
+        <v>113</v>
+      </c>
+      <c r="S15" t="s">
+        <v>112</v>
+      </c>
+      <c r="T15">
+        <v>290756</v>
+      </c>
+      <c r="U15">
+        <v>639</v>
+      </c>
+      <c r="V15" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:23">
+      <c r="A16" t="s">
+        <v>29</v>
+      </c>
+      <c r="B16">
+        <v>100582</v>
+      </c>
+      <c r="C16" t="s">
+        <v>111</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>91</v>
+      </c>
+      <c r="G16">
+        <v>1</v>
+      </c>
+      <c r="H16" t="s">
+        <v>10</v>
+      </c>
+      <c r="J16" t="s">
+        <v>9</v>
+      </c>
+      <c r="L16" t="s">
+        <v>8</v>
+      </c>
+      <c r="M16" t="s">
+        <v>7</v>
+      </c>
+      <c r="N16" t="s">
+        <v>6</v>
+      </c>
+      <c r="O16" t="s">
+        <v>5</v>
+      </c>
+      <c r="P16" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>3</v>
+      </c>
+      <c r="R16" t="s">
+        <v>109</v>
+      </c>
+      <c r="S16" t="s">
+        <v>108</v>
+      </c>
+      <c r="T16">
+        <v>290980</v>
+      </c>
+      <c r="U16">
+        <v>711</v>
+      </c>
+      <c r="V16" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:23">
+      <c r="A17" t="s">
+        <v>29</v>
+      </c>
+      <c r="B17">
+        <v>100607</v>
+      </c>
+      <c r="C17" t="s">
+        <v>106</v>
+      </c>
+      <c r="D17" t="s">
+        <v>105</v>
+      </c>
+      <c r="E17" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" t="s">
+        <v>91</v>
+      </c>
+      <c r="G17">
+        <v>2</v>
+      </c>
+      <c r="H17" t="s">
+        <v>38</v>
+      </c>
+      <c r="J17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>8</v>
+      </c>
+      <c r="M17" t="s">
+        <v>7</v>
+      </c>
+      <c r="N17" t="s">
+        <v>6</v>
+      </c>
+      <c r="O17" t="s">
+        <v>36</v>
+      </c>
+      <c r="P17" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>3</v>
+      </c>
+      <c r="R17" t="s">
+        <v>42</v>
+      </c>
+      <c r="S17" t="s">
+        <v>107</v>
+      </c>
+      <c r="T17">
+        <v>291041</v>
+      </c>
+      <c r="U17">
+        <v>702</v>
+      </c>
+      <c r="V17" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:23">
+      <c r="A18" t="s">
+        <v>29</v>
+      </c>
+      <c r="B18">
+        <v>100607</v>
+      </c>
+      <c r="C18" t="s">
+        <v>106</v>
+      </c>
+      <c r="D18" t="s">
+        <v>105</v>
+      </c>
+      <c r="E18" t="s">
+        <v>46</v>
+      </c>
+      <c r="F18" t="s">
+        <v>91</v>
+      </c>
+      <c r="G18">
+        <v>2</v>
+      </c>
+      <c r="H18" t="s">
+        <v>38</v>
+      </c>
+      <c r="J18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>65</v>
+      </c>
+      <c r="M18" t="s">
+        <v>64</v>
+      </c>
+      <c r="N18" t="s">
+        <v>6</v>
+      </c>
+      <c r="O18" t="s">
+        <v>63</v>
+      </c>
+      <c r="P18" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>3</v>
+      </c>
+      <c r="R18" t="s">
+        <v>104</v>
+      </c>
+      <c r="S18" t="s">
+        <v>103</v>
+      </c>
+      <c r="T18">
+        <v>291041</v>
+      </c>
+      <c r="U18">
+        <v>696</v>
+      </c>
+      <c r="V18" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:23">
+      <c r="A19" t="s">
+        <v>29</v>
+      </c>
+      <c r="B19">
+        <v>100624</v>
+      </c>
+      <c r="C19" t="s">
+        <v>102</v>
+      </c>
+      <c r="D19" t="s">
+        <v>101</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>100</v>
+      </c>
+      <c r="G19">
+        <v>2</v>
+      </c>
+      <c r="H19" t="s">
+        <v>38</v>
+      </c>
+      <c r="J19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>8</v>
+      </c>
+      <c r="M19" t="s">
+        <v>7</v>
+      </c>
+      <c r="N19" t="s">
+        <v>6</v>
+      </c>
+      <c r="O19" t="s">
+        <v>36</v>
+      </c>
+      <c r="P19" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>3</v>
+      </c>
+      <c r="R19" t="s">
+        <v>35</v>
+      </c>
+      <c r="S19" t="s">
+        <v>34</v>
+      </c>
+      <c r="T19">
+        <v>291110</v>
+      </c>
+      <c r="U19">
+        <v>703</v>
+      </c>
+      <c r="V19" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:23">
+      <c r="A20" t="s">
+        <v>29</v>
+      </c>
+      <c r="B20">
+        <v>100624</v>
+      </c>
+      <c r="C20" t="s">
+        <v>102</v>
+      </c>
+      <c r="D20" t="s">
+        <v>101</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>100</v>
+      </c>
+      <c r="G20">
+        <v>2</v>
+      </c>
+      <c r="H20" t="s">
+        <v>38</v>
+      </c>
+      <c r="J20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>65</v>
+      </c>
+      <c r="M20" t="s">
+        <v>64</v>
+      </c>
+      <c r="N20" t="s">
+        <v>6</v>
+      </c>
+      <c r="O20" t="s">
+        <v>63</v>
+      </c>
+      <c r="P20" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>3</v>
+      </c>
+      <c r="R20" t="s">
+        <v>88</v>
+      </c>
+      <c r="S20" t="s">
+        <v>87</v>
+      </c>
+      <c r="T20">
+        <v>291110</v>
+      </c>
+      <c r="U20">
+        <v>697</v>
+      </c>
+      <c r="V20" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:23">
+      <c r="A21" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21">
+        <v>100678</v>
+      </c>
+      <c r="C21" t="s">
+        <v>99</v>
+      </c>
+      <c r="D21" t="s">
+        <v>98</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>91</v>
+      </c>
+      <c r="G21">
+        <v>2</v>
+      </c>
+      <c r="H21" t="s">
+        <v>25</v>
+      </c>
+      <c r="J21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>23</v>
+      </c>
+      <c r="M21" t="s">
+        <v>22</v>
+      </c>
+      <c r="N21" t="s">
+        <v>21</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>18</v>
+      </c>
+      <c r="R21" t="s">
+        <v>97</v>
+      </c>
+      <c r="S21" t="s">
+        <v>96</v>
+      </c>
+      <c r="T21">
+        <v>291276</v>
+      </c>
+      <c r="U21">
+        <v>799</v>
+      </c>
+      <c r="V21" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:23">
+      <c r="A22" t="s">
+        <v>29</v>
+      </c>
+      <c r="B22">
+        <v>100692</v>
+      </c>
+      <c r="C22" t="s">
+        <v>95</v>
+      </c>
+      <c r="D22" t="s">
+        <v>94</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>91</v>
+      </c>
+      <c r="G22">
+        <v>2</v>
+      </c>
+      <c r="H22" t="s">
+        <v>57</v>
+      </c>
+      <c r="I22" t="s">
+        <v>56</v>
+      </c>
+      <c r="J22" t="s">
+        <v>55</v>
+      </c>
+      <c r="K22" t="s">
+        <v>78</v>
+      </c>
+      <c r="L22" t="s">
+        <v>8</v>
+      </c>
+      <c r="M22" t="s">
+        <v>7</v>
+      </c>
+      <c r="N22" t="s">
+        <v>6</v>
+      </c>
+      <c r="O22" t="s">
+        <v>36</v>
+      </c>
+      <c r="P22" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>3</v>
+      </c>
+      <c r="R22" t="s">
+        <v>35</v>
+      </c>
+      <c r="S22" t="s">
+        <v>34</v>
+      </c>
+      <c r="T22">
+        <v>291290</v>
+      </c>
+      <c r="U22">
+        <v>703</v>
+      </c>
+      <c r="V22" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:23">
+      <c r="A23" t="s">
+        <v>29</v>
+      </c>
+      <c r="B23">
+        <v>100693</v>
+      </c>
+      <c r="C23" t="s">
+        <v>93</v>
+      </c>
+      <c r="D23" t="s">
+        <v>92</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>91</v>
+      </c>
+      <c r="G23">
+        <v>2</v>
+      </c>
+      <c r="H23" t="s">
+        <v>38</v>
+      </c>
+      <c r="J23" t="s">
+        <v>83</v>
+      </c>
+      <c r="K23" t="s">
+        <v>78</v>
+      </c>
+      <c r="L23" t="s">
+        <v>8</v>
+      </c>
+      <c r="M23" t="s">
+        <v>7</v>
+      </c>
+      <c r="N23" t="s">
+        <v>6</v>
+      </c>
+      <c r="O23" t="s">
+        <v>36</v>
+      </c>
+      <c r="P23" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>3</v>
+      </c>
+      <c r="R23" t="s">
+        <v>35</v>
+      </c>
+      <c r="S23" t="s">
+        <v>34</v>
+      </c>
+      <c r="T23">
+        <v>291291</v>
+      </c>
+      <c r="U23">
+        <v>703</v>
+      </c>
+      <c r="V23" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:23">
+      <c r="A24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B24">
+        <v>100714</v>
+      </c>
+      <c r="C24" t="s">
+        <v>90</v>
+      </c>
+      <c r="D24" t="s">
+        <v>89</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>80</v>
+      </c>
+      <c r="G24">
+        <v>2</v>
+      </c>
+      <c r="H24" t="s">
+        <v>38</v>
+      </c>
+      <c r="J24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24" t="s">
+        <v>65</v>
+      </c>
+      <c r="M24" t="s">
+        <v>64</v>
+      </c>
+      <c r="N24" t="s">
+        <v>6</v>
+      </c>
+      <c r="O24" t="s">
+        <v>63</v>
+      </c>
+      <c r="P24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>3</v>
+      </c>
+      <c r="R24" t="s">
+        <v>88</v>
+      </c>
+      <c r="S24" t="s">
+        <v>87</v>
+      </c>
+      <c r="T24">
+        <v>291360</v>
+      </c>
+      <c r="U24">
+        <v>697</v>
+      </c>
+      <c r="V24" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:23">
+      <c r="A25" t="s">
+        <v>29</v>
+      </c>
+      <c r="B25">
+        <v>100730</v>
+      </c>
+      <c r="C25" t="s">
+        <v>86</v>
+      </c>
+      <c r="D25" t="s">
+        <v>85</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>84</v>
+      </c>
+      <c r="G25">
+        <v>2</v>
+      </c>
+      <c r="H25" t="s">
+        <v>38</v>
+      </c>
+      <c r="J25" t="s">
+        <v>83</v>
+      </c>
+      <c r="K25" t="s">
+        <v>78</v>
+      </c>
+      <c r="L25" t="s">
+        <v>8</v>
+      </c>
+      <c r="M25" t="s">
+        <v>7</v>
+      </c>
+      <c r="N25" t="s">
+        <v>6</v>
+      </c>
+      <c r="O25" t="s">
+        <v>36</v>
+      </c>
+      <c r="P25" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>3</v>
+      </c>
+      <c r="R25" t="s">
+        <v>77</v>
+      </c>
+      <c r="S25" t="s">
+        <v>76</v>
+      </c>
+      <c r="T25">
+        <v>291387</v>
+      </c>
+      <c r="U25">
+        <v>705</v>
+      </c>
+      <c r="V25" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:23">
+      <c r="A26" t="s">
+        <v>29</v>
+      </c>
+      <c r="B26">
+        <v>100822</v>
+      </c>
+      <c r="C26" t="s">
+        <v>82</v>
+      </c>
+      <c r="D26" t="s">
+        <v>81</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>80</v>
+      </c>
+      <c r="G26">
+        <v>2</v>
+      </c>
+      <c r="H26" t="s">
+        <v>57</v>
+      </c>
+      <c r="I26" t="s">
+        <v>56</v>
+      </c>
+      <c r="J26" t="s">
+        <v>79</v>
+      </c>
+      <c r="K26" t="s">
+        <v>78</v>
+      </c>
+      <c r="L26" t="s">
+        <v>8</v>
+      </c>
+      <c r="M26" t="s">
+        <v>7</v>
+      </c>
+      <c r="N26" t="s">
+        <v>6</v>
+      </c>
+      <c r="O26" t="s">
+        <v>36</v>
+      </c>
+      <c r="P26" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>3</v>
+      </c>
+      <c r="R26" t="s">
+        <v>77</v>
+      </c>
+      <c r="S26" t="s">
+        <v>76</v>
+      </c>
+      <c r="T26">
+        <v>291616</v>
+      </c>
+      <c r="U26">
+        <v>705</v>
+      </c>
+      <c r="V26" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:23">
+      <c r="A27" t="s">
+        <v>29</v>
+      </c>
+      <c r="B27">
+        <v>100936</v>
+      </c>
+      <c r="C27" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>66</v>
+      </c>
+      <c r="G27">
+        <v>2</v>
+      </c>
+      <c r="H27" t="s">
+        <v>25</v>
+      </c>
+      <c r="J27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>73</v>
+      </c>
+      <c r="M27" t="s">
+        <v>72</v>
+      </c>
+      <c r="N27" t="s">
+        <v>6</v>
+      </c>
+      <c r="O27" t="s">
+        <v>71</v>
+      </c>
+      <c r="P27" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>3</v>
+      </c>
+      <c r="R27" t="s">
+        <v>70</v>
+      </c>
+      <c r="S27" t="s">
+        <v>69</v>
+      </c>
+      <c r="T27">
+        <v>291894</v>
+      </c>
+      <c r="U27">
+        <v>3801</v>
+      </c>
+      <c r="V27" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:23">
+      <c r="A28" t="s">
+        <v>29</v>
+      </c>
+      <c r="B28">
+        <v>100937</v>
+      </c>
+      <c r="C28" t="s">
+        <v>68</v>
+      </c>
+      <c r="D28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>66</v>
+      </c>
+      <c r="G28">
+        <v>2</v>
+      </c>
+      <c r="H28" t="s">
+        <v>25</v>
+      </c>
+      <c r="J28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>65</v>
+      </c>
+      <c r="M28" t="s">
+        <v>64</v>
+      </c>
+      <c r="N28" t="s">
+        <v>6</v>
+      </c>
+      <c r="O28" t="s">
+        <v>63</v>
+      </c>
+      <c r="P28" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>3</v>
+      </c>
+      <c r="R28" t="s">
+        <v>62</v>
+      </c>
+      <c r="S28" t="s">
+        <v>61</v>
+      </c>
+      <c r="T28">
+        <v>291895</v>
+      </c>
+      <c r="U28">
+        <v>699</v>
+      </c>
+      <c r="V28" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:23">
+      <c r="A29" t="s">
+        <v>29</v>
+      </c>
+      <c r="B29">
+        <v>100991</v>
+      </c>
+      <c r="C29" t="s">
+        <v>60</v>
+      </c>
+      <c r="D29" t="s">
+        <v>59</v>
+      </c>
+      <c r="E29" t="s">
+        <v>46</v>
+      </c>
+      <c r="F29" t="s">
+        <v>58</v>
+      </c>
+      <c r="G29">
+        <v>2</v>
+      </c>
+      <c r="H29" t="s">
+        <v>57</v>
+      </c>
+      <c r="I29" t="s">
+        <v>56</v>
+      </c>
+      <c r="J29" t="s">
+        <v>55</v>
+      </c>
+      <c r="L29" t="s">
+        <v>54</v>
+      </c>
+      <c r="M29" t="s">
+        <v>53</v>
+      </c>
+      <c r="N29" t="s">
+        <v>6</v>
+      </c>
+      <c r="O29" t="s">
+        <v>5</v>
+      </c>
+      <c r="P29" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>51</v>
+      </c>
+      <c r="R29" t="s">
+        <v>50</v>
+      </c>
+      <c r="S29" t="s">
+        <v>49</v>
+      </c>
+      <c r="T29">
+        <v>292038</v>
+      </c>
+      <c r="U29">
+        <v>818</v>
+      </c>
+      <c r="V29" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:23">
+      <c r="A30" t="s">
+        <v>29</v>
+      </c>
+      <c r="B30">
+        <v>101043</v>
+      </c>
+      <c r="C30" t="s">
+        <v>48</v>
+      </c>
+      <c r="D30" t="s">
+        <v>47</v>
+      </c>
+      <c r="E30" t="s">
+        <v>46</v>
+      </c>
+      <c r="F30" t="s">
+        <v>3</v>
+      </c>
+      <c r="G30">
+        <v>2</v>
+      </c>
+      <c r="H30" t="s">
+        <v>25</v>
+      </c>
+      <c r="J30" t="s">
+        <v>45</v>
+      </c>
+      <c r="L30" t="s">
+        <v>44</v>
+      </c>
+      <c r="M30" t="s">
+        <v>43</v>
+      </c>
+      <c r="N30" t="s">
+        <v>21</v>
+      </c>
+      <c r="O30" t="s">
+        <v>36</v>
+      </c>
+      <c r="P30" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>18</v>
+      </c>
+      <c r="R30" t="s">
+        <v>42</v>
+      </c>
+      <c r="S30" t="s">
+        <v>41</v>
+      </c>
+      <c r="T30">
+        <v>292175</v>
+      </c>
+      <c r="U30">
+        <v>786</v>
+      </c>
+      <c r="V30" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:23">
+      <c r="A31" t="s">
+        <v>29</v>
+      </c>
+      <c r="B31">
+        <v>101072</v>
+      </c>
+      <c r="C31" t="s">
+        <v>40</v>
+      </c>
+      <c r="D31" t="s">
+        <v>39</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>26</v>
+      </c>
+      <c r="G31">
+        <v>2</v>
+      </c>
+      <c r="H31" t="s">
+        <v>38</v>
+      </c>
+      <c r="J31" t="s">
+        <v>37</v>
+      </c>
+      <c r="L31" t="s">
+        <v>8</v>
+      </c>
+      <c r="M31" t="s">
+        <v>7</v>
+      </c>
+      <c r="N31" t="s">
+        <v>6</v>
+      </c>
+      <c r="O31" t="s">
+        <v>36</v>
+      </c>
+      <c r="P31" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>3</v>
+      </c>
+      <c r="R31" t="s">
+        <v>35</v>
+      </c>
+      <c r="S31" t="s">
+        <v>34</v>
+      </c>
+      <c r="T31">
+        <v>292238</v>
+      </c>
+      <c r="U31">
+        <v>703</v>
+      </c>
+      <c r="V31" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:23">
+      <c r="A32" t="s">
+        <v>29</v>
+      </c>
+      <c r="B32">
+        <v>101141</v>
+      </c>
+      <c r="C32" t="s">
+        <v>33</v>
+      </c>
+      <c r="D32" t="s">
+        <v>32</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32">
+        <v>2</v>
+      </c>
+      <c r="H32" t="s">
+        <v>25</v>
+      </c>
+      <c r="J32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>23</v>
+      </c>
+      <c r="M32" t="s">
+        <v>22</v>
+      </c>
+      <c r="N32" t="s">
+        <v>21</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>18</v>
+      </c>
+      <c r="R32" t="s">
+        <v>31</v>
+      </c>
+      <c r="S32" t="s">
+        <v>30</v>
+      </c>
+      <c r="T32">
+        <v>298571</v>
+      </c>
+      <c r="U32">
+        <v>801</v>
+      </c>
+      <c r="V32" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:23">
+      <c r="A33" t="s">
+        <v>29</v>
+      </c>
+      <c r="B33">
+        <v>101146</v>
+      </c>
+      <c r="C33" t="s">
+        <v>28</v>
+      </c>
+      <c r="D33" t="s">
+        <v>27</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>26</v>
+      </c>
+      <c r="G33">
+        <v>2</v>
+      </c>
+      <c r="H33" t="s">
+        <v>25</v>
+      </c>
+      <c r="J33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>23</v>
+      </c>
+      <c r="M33" t="s">
+        <v>22</v>
+      </c>
+      <c r="N33" t="s">
+        <v>21</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>18</v>
+      </c>
+      <c r="R33" t="s">
+        <v>17</v>
+      </c>
+      <c r="S33" t="s">
+        <v>16</v>
+      </c>
+      <c r="T33">
+        <v>299031</v>
+      </c>
+      <c r="U33">
+        <v>800</v>
+      </c>
+      <c r="V33" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:23">
+      <c r="A34" t="s">
+        <v>15</v>
+      </c>
+      <c r="B34">
+        <v>100771</v>
+      </c>
+      <c r="C34" t="s">
+        <v>14</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34">
+        <v>1</v>
+      </c>
+      <c r="H34" t="s">
+        <v>10</v>
+      </c>
+      <c r="J34" t="s">
+        <v>9</v>
+      </c>
+      <c r="L34" t="s">
+        <v>8</v>
+      </c>
+      <c r="M34" t="s">
+        <v>7</v>
+      </c>
+      <c r="N34" t="s">
+        <v>6</v>
+      </c>
+      <c r="O34" t="s">
+        <v>5</v>
+      </c>
+      <c r="P34" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>3</v>
+      </c>
+      <c r="R34" t="s">
+        <v>2</v>
+      </c>
+      <c r="S34" t="s">
+        <v>1</v>
+      </c>
+      <c r="T34">
+        <v>291481</v>
+      </c>
+      <c r="U34">
+        <v>712</v>
+      </c>
+      <c r="V34" t="s">
+        <v>0</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:W8"/>
-  <conditionalFormatting sqref="G3:G8">
+  <autoFilter ref="A2:W34"/>
+  <conditionalFormatting sqref="G3:G34">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>