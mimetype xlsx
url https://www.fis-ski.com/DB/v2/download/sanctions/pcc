--- v2 (2026-02-07)
+++ v3 (2026-03-20)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$34</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$W$43</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
   <si>
     <t>PCC</t>
   </si>
   <si>
     <t>0123</t>
   </si>
   <si>
     <t>Women's 1.5km Sprint Final Vision Impaired Classic</t>
   </si>
   <si>
     <t>GER</t>
   </si>
   <si>
     <t>Finsterau</t>
   </si>
   <si>
     <t>SPF</t>
   </si>
   <si>
     <t>WC</t>
   </si>
   <si>
     <t>17.01.2026</t>
   </si>
   <si>
@@ -244,231 +244,396 @@
   <si>
     <t>Motejzik</t>
   </si>
   <si>
     <t>0300</t>
   </si>
   <si>
     <t>Mixed 4x2.5km Open Relay Classic/Free</t>
   </si>
   <si>
     <t>TEO</t>
   </si>
   <si>
     <t>18.01.2026</t>
   </si>
   <si>
     <t>18.01.2026 00:00</t>
   </si>
   <si>
     <t>Matej</t>
   </si>
   <si>
     <t>Skoda</t>
   </si>
   <si>
+    <t>PWG</t>
+  </si>
+  <si>
+    <t>0071</t>
+  </si>
+  <si>
+    <t>Women's 10km Interval Start Vision Impaired Classic</t>
+  </si>
+  <si>
+    <t>Milano Cortina</t>
+  </si>
+  <si>
+    <t>11.03.2026</t>
+  </si>
+  <si>
+    <t>11.03.2026 13:00</t>
+  </si>
+  <si>
+    <t>Fluor sticker was not filled out.</t>
+  </si>
+  <si>
+    <t>Written Reprimand</t>
+  </si>
+  <si>
+    <t>KAZ</t>
+  </si>
+  <si>
+    <t>Anna</t>
+  </si>
+  <si>
+    <t>Grachova</t>
+  </si>
+  <si>
     <t>0116</t>
   </si>
   <si>
     <t>Men's 1.5km Sprint Qualification Standing Classic</t>
   </si>
   <si>
     <t>Sanction to Team</t>
   </si>
   <si>
     <t>12344.1 - Not following special regulations of the Jury</t>
   </si>
   <si>
     <t>UKR</t>
   </si>
   <si>
     <t>Serafym</t>
   </si>
   <si>
     <t>Drahun</t>
   </si>
   <si>
+    <t>0074</t>
+  </si>
+  <si>
+    <t>14.03.2026</t>
+  </si>
+  <si>
+    <t>14.03.2026 11:55</t>
+  </si>
+  <si>
+    <t>12344.1 - Not following special regulations of the Jury, 12342.5 - Violation by guide (skating while holding)</t>
+  </si>
+  <si>
+    <t>Aneta</t>
+  </si>
+  <si>
+    <t>Kobryn</t>
+  </si>
+  <si>
     <t>12343.5 - Incorrect ski marking</t>
   </si>
   <si>
     <t>FRA</t>
   </si>
   <si>
     <t>Karl</t>
   </si>
   <si>
     <t>Tabouret</t>
   </si>
   <si>
+    <t>0070</t>
+  </si>
+  <si>
+    <t>Men's 10km Interval Start Standing Classic</t>
+  </si>
+  <si>
+    <t>11.03.2026 12:15</t>
+  </si>
+  <si>
+    <t>Athlete started with blank/empty fluor sticker (Jury had - in TCM - given clear instruction regarding this)</t>
+  </si>
+  <si>
+    <t>0076</t>
+  </si>
+  <si>
+    <t>Men's 20km Interval Start Sitting Free</t>
+  </si>
+  <si>
+    <t>15.03.2026</t>
+  </si>
+  <si>
+    <t>15.03.2026 10:30</t>
+  </si>
+  <si>
+    <t>12343.5 - Did not wear proper identification (bib, leg bib, transponder, GPS), Did not fill out the fluor sticker</t>
+  </si>
+  <si>
+    <t>Pavlo</t>
+  </si>
+  <si>
+    <t>Bal</t>
+  </si>
+  <si>
     <t>0108</t>
   </si>
   <si>
     <t>Men's 10km Mass Start Sitting Free</t>
   </si>
   <si>
     <t>Oleksandr</t>
   </si>
   <si>
     <t>Aleksyk</t>
   </si>
   <si>
     <t>CHN</t>
   </si>
   <si>
     <t>Zhongwu</t>
   </si>
   <si>
     <t>Mao</t>
   </si>
   <si>
     <t>Zixu</t>
   </si>
   <si>
     <t>Liu</t>
   </si>
   <si>
     <t>0210</t>
   </si>
   <si>
     <t>Men's 7,5km Interval Start Vision Impaired Classic</t>
   </si>
   <si>
     <t>Hesong</t>
   </si>
   <si>
     <t>Dang</t>
   </si>
   <si>
-    <t>KAZ</t>
-[...1 lines deleted...]
-  <si>
     <t>Yuriy</t>
   </si>
   <si>
     <t>Berezin</t>
   </si>
   <si>
     <t>0107</t>
   </si>
   <si>
     <t>Women's 10km Mass Start Sitting Free</t>
   </si>
   <si>
     <t>Shiyu</t>
   </si>
   <si>
     <t>Wang</t>
   </si>
   <si>
     <t>0113</t>
   </si>
   <si>
+    <t>0064</t>
+  </si>
+  <si>
+    <t>10.03.2026</t>
+  </si>
+  <si>
+    <t>10.03.2026 15:02</t>
+  </si>
+  <si>
+    <t>12343.8 - Violation of the classical technique rules, Guide was skating 10 - 12 times in uphill</t>
+  </si>
+  <si>
+    <t>Leonie</t>
+  </si>
+  <si>
+    <t>Walter</t>
+  </si>
+  <si>
     <t>0122</t>
   </si>
   <si>
     <t>Men's 1.5km Sprint Final Standing Classic</t>
   </si>
   <si>
     <t>Jiayun</t>
   </si>
   <si>
     <t>Cai</t>
   </si>
   <si>
+    <t>0068</t>
+  </si>
+  <si>
+    <t>Men's 10km Interval Start Sitting Classic</t>
+  </si>
+  <si>
+    <t>11.03.2026 10:30</t>
+  </si>
+  <si>
+    <t>12344.1 - Not following special regulations of the Jury, Equipment rule 7.2.1.4 - out of contact with seat</t>
+  </si>
+  <si>
+    <t>GEO</t>
+  </si>
+  <si>
+    <t>Temuri</t>
+  </si>
+  <si>
+    <t>Dadiani</t>
+  </si>
+  <si>
     <t>0050</t>
   </si>
   <si>
     <t>Men's 10km Mass Start Sitting Classic</t>
   </si>
   <si>
     <t>CAN</t>
   </si>
   <si>
     <t>Canmore</t>
   </si>
   <si>
     <t>07.12.2025</t>
   </si>
   <si>
     <t>07.12.2025 00:00</t>
   </si>
   <si>
-    <t>Written Reprimand</t>
-[...1 lines deleted...]
-  <si>
     <t>GBR</t>
   </si>
   <si>
     <t>Scott</t>
   </si>
   <si>
     <t>Meenagh</t>
   </si>
   <si>
+    <t>15.03.2026 10:35</t>
+  </si>
+  <si>
+    <t>12344.1 - Not following special regulations of the Jury, Did not follow equip. rule 7.2.1.4 - out of contact with seat</t>
+  </si>
+  <si>
     <t>BLR</t>
   </si>
   <si>
     <t>Arkadz</t>
   </si>
   <si>
     <t>Shykuts</t>
   </si>
   <si>
     <t>0228</t>
   </si>
   <si>
     <t>Men's 1km Sprint Final Standing Free</t>
   </si>
   <si>
     <t>12352.4.1 - Early Start Infraction</t>
   </si>
   <si>
     <t>Time Penalty</t>
   </si>
   <si>
     <t>Alexandr</t>
   </si>
   <si>
     <t>Gerlits</t>
   </si>
   <si>
+    <t>0058</t>
+  </si>
+  <si>
+    <t>Men's 1km Sprint Final Sitting Classic</t>
+  </si>
+  <si>
+    <t>10.03.2026 12:45</t>
+  </si>
+  <si>
+    <t>Broke competitors poles when overtaking</t>
+  </si>
+  <si>
+    <t>12343.9 - Obstruction</t>
+  </si>
+  <si>
+    <t>Collin</t>
+  </si>
+  <si>
+    <t>Cameron</t>
+  </si>
+  <si>
     <t>Taras</t>
   </si>
   <si>
     <t>Rad</t>
   </si>
   <si>
     <t>205.5 - Unsportsmanlike behaviour</t>
   </si>
   <si>
     <t>SUI</t>
   </si>
   <si>
     <t>Luca</t>
   </si>
   <si>
     <t>Tavasci</t>
+  </si>
+  <si>
+    <t>0073</t>
+  </si>
+  <si>
+    <t>Mixed 4x2.5km Mixed Relay Classic/Free</t>
+  </si>
+  <si>
+    <t>TEM</t>
+  </si>
+  <si>
+    <t>14.03.2026 10:10</t>
+  </si>
+  <si>
+    <t>12344.1 - Not following special regulations of the Jury, Violation of equip. rule 7.2.1.4 - out of contact with seat</t>
+  </si>
+  <si>
+    <t>Ivan</t>
+  </si>
+  <si>
+    <t>Golubkov</t>
   </si>
   <si>
     <t>0101</t>
   </si>
   <si>
     <t>Women's 10km Interval Start Sitting Free</t>
   </si>
   <si>
     <t>14.01.2026</t>
   </si>
   <si>
     <t>14.01.2026 00:00</t>
   </si>
   <si>
     <t>Equip. Rules 7.2.1.4 - Out of contact with seat</t>
   </si>
   <si>
     <t>Lidziya</t>
   </si>
   <si>
     <t>Loban</t>
   </si>
   <si>
     <t>Natalia</t>
   </si>
@@ -943,178 +1108,178 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W34"/>
+  <dimension ref="A1:W43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="2" activePane="bottomLeft" state="frozen" topLeftCell="A3"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="65.413" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="14.996" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="91.978" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="24.994" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="14.996" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.711" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.14" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.998" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.14" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="21.281" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
-        <v>178</v>
+        <v>233</v>
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="1" t="s">
-        <v>177</v>
+        <v>232</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>176</v>
+        <v>231</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>175</v>
+        <v>230</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>174</v>
+        <v>229</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>173</v>
+        <v>228</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>172</v>
+        <v>227</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>171</v>
+        <v>226</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>170</v>
+        <v>225</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>169</v>
+        <v>224</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>168</v>
+        <v>223</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>167</v>
+        <v>222</v>
       </c>
       <c r="L2" s="1" t="s">
-        <v>166</v>
+        <v>221</v>
       </c>
       <c r="M2" s="1" t="s">
-        <v>165</v>
+        <v>220</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>164</v>
+        <v>219</v>
       </c>
       <c r="O2" s="1" t="s">
-        <v>163</v>
+        <v>218</v>
       </c>
       <c r="P2" s="1" t="s">
-        <v>162</v>
+        <v>217</v>
       </c>
       <c r="Q2" s="1" t="s">
-        <v>161</v>
+        <v>216</v>
       </c>
       <c r="R2" s="1" t="s">
-        <v>160</v>
+        <v>215</v>
       </c>
       <c r="S2" s="1" t="s">
-        <v>159</v>
+        <v>214</v>
       </c>
       <c r="T2" s="1" t="s">
-        <v>158</v>
+        <v>213</v>
       </c>
       <c r="U2" s="1" t="s">
-        <v>157</v>
+        <v>212</v>
       </c>
       <c r="V2" s="1" t="s">
-        <v>156</v>
+        <v>211</v>
       </c>
       <c r="W2" s="1" t="s">
-        <v>155</v>
+        <v>210</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3">
         <v>100024</v>
       </c>
       <c r="C3" t="s">
-        <v>143</v>
+        <v>198</v>
       </c>
       <c r="D3" t="s">
-        <v>154</v>
+        <v>209</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>122</v>
+        <v>163</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
       <c r="J3" t="s">
         <v>37</v>
       </c>
       <c r="L3" t="s">
         <v>8</v>
       </c>
       <c r="M3" t="s">
         <v>7</v>
       </c>
       <c r="N3" t="s">
         <v>6</v>
       </c>
       <c r="O3" t="s">
         <v>36</v>
       </c>
       <c r="P3" t="s">
         <v>4</v>
       </c>
@@ -1123,246 +1288,246 @@
       </c>
       <c r="R3" t="s">
         <v>35</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="T3">
         <v>289436</v>
       </c>
       <c r="U3">
         <v>703</v>
       </c>
       <c r="V3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4">
         <v>100024</v>
       </c>
       <c r="C4" t="s">
-        <v>143</v>
+        <v>198</v>
       </c>
       <c r="D4" t="s">
-        <v>154</v>
+        <v>209</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>122</v>
+        <v>163</v>
       </c>
       <c r="G4">
         <v>2</v>
       </c>
       <c r="H4" t="s">
         <v>38</v>
       </c>
       <c r="J4" t="s">
         <v>37</v>
       </c>
       <c r="L4" t="s">
         <v>65</v>
       </c>
       <c r="M4" t="s">
         <v>64</v>
       </c>
       <c r="N4" t="s">
         <v>6</v>
       </c>
       <c r="O4" t="s">
         <v>63</v>
       </c>
       <c r="P4" t="s">
         <v>4</v>
       </c>
       <c r="Q4" t="s">
         <v>3</v>
       </c>
       <c r="R4" t="s">
-        <v>88</v>
+        <v>116</v>
       </c>
       <c r="S4" t="s">
-        <v>87</v>
+        <v>115</v>
       </c>
       <c r="T4">
         <v>289436</v>
       </c>
       <c r="U4">
         <v>697</v>
       </c>
       <c r="V4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5">
         <v>100068</v>
       </c>
       <c r="C5" t="s">
-        <v>153</v>
+        <v>208</v>
       </c>
       <c r="D5" t="s">
-        <v>152</v>
+        <v>207</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>58</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" t="s">
-        <v>118</v>
+        <v>83</v>
       </c>
       <c r="J5" t="s">
         <v>9</v>
       </c>
       <c r="L5" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="M5" t="s">
-        <v>116</v>
+        <v>156</v>
       </c>
       <c r="N5" t="s">
         <v>6</v>
       </c>
       <c r="O5" t="s">
         <v>63</v>
       </c>
       <c r="P5" t="s">
-        <v>115</v>
+        <v>155</v>
       </c>
       <c r="Q5" t="s">
-        <v>114</v>
+        <v>154</v>
       </c>
       <c r="R5" t="s">
-        <v>151</v>
+        <v>206</v>
       </c>
       <c r="S5" t="s">
-        <v>150</v>
+        <v>205</v>
       </c>
       <c r="T5">
         <v>289481</v>
       </c>
       <c r="U5">
         <v>641</v>
       </c>
       <c r="V5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6">
         <v>100150</v>
       </c>
       <c r="C6" t="s">
-        <v>149</v>
+        <v>204</v>
       </c>
       <c r="D6" t="s">
-        <v>148</v>
+        <v>203</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6" t="s">
         <v>10</v>
       </c>
       <c r="J6" t="s">
         <v>9</v>
       </c>
       <c r="L6" t="s">
         <v>8</v>
       </c>
       <c r="M6" t="s">
         <v>7</v>
       </c>
       <c r="N6" t="s">
         <v>6</v>
       </c>
       <c r="O6" t="s">
         <v>5</v>
       </c>
       <c r="P6" t="s">
         <v>4</v>
       </c>
       <c r="Q6" t="s">
         <v>3</v>
       </c>
       <c r="R6" t="s">
-        <v>109</v>
+        <v>142</v>
       </c>
       <c r="S6" t="s">
-        <v>108</v>
+        <v>141</v>
       </c>
       <c r="T6">
         <v>289571</v>
       </c>
       <c r="U6">
         <v>711</v>
       </c>
       <c r="V6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="B7">
         <v>100231</v>
       </c>
       <c r="C7" t="s">
-        <v>147</v>
+        <v>202</v>
       </c>
       <c r="D7" t="s">
-        <v>146</v>
+        <v>201</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="G7">
         <v>2</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
       <c r="J7" t="s">
         <v>37</v>
       </c>
       <c r="L7" t="s">
         <v>8</v>
       </c>
       <c r="M7" t="s">
         <v>7</v>
       </c>
       <c r="N7" t="s">
         <v>6</v>
       </c>
       <c r="O7" t="s">
         <v>36</v>
       </c>
       <c r="P7" t="s">
         <v>4</v>
       </c>
@@ -1371,1743 +1536,2337 @@
       </c>
       <c r="R7" t="s">
         <v>35</v>
       </c>
       <c r="S7" t="s">
         <v>34</v>
       </c>
       <c r="T7">
         <v>289864</v>
       </c>
       <c r="U7">
         <v>703</v>
       </c>
       <c r="V7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>29</v>
       </c>
       <c r="B8">
         <v>100231</v>
       </c>
       <c r="C8" t="s">
-        <v>147</v>
+        <v>202</v>
       </c>
       <c r="D8" t="s">
-        <v>146</v>
+        <v>201</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="G8">
         <v>2</v>
       </c>
       <c r="H8" t="s">
         <v>38</v>
       </c>
       <c r="J8" t="s">
         <v>37</v>
       </c>
       <c r="L8" t="s">
         <v>65</v>
       </c>
       <c r="M8" t="s">
         <v>64</v>
       </c>
       <c r="N8" t="s">
         <v>6</v>
       </c>
       <c r="O8" t="s">
         <v>63</v>
       </c>
       <c r="P8" t="s">
         <v>4</v>
       </c>
       <c r="Q8" t="s">
         <v>3</v>
       </c>
       <c r="R8" t="s">
-        <v>88</v>
+        <v>116</v>
       </c>
       <c r="S8" t="s">
-        <v>87</v>
+        <v>115</v>
       </c>
       <c r="T8">
         <v>289864</v>
       </c>
       <c r="U8">
         <v>697</v>
       </c>
       <c r="V8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>29</v>
       </c>
       <c r="B9">
         <v>100243</v>
       </c>
       <c r="C9" t="s">
-        <v>145</v>
+        <v>200</v>
       </c>
       <c r="D9" t="s">
-        <v>144</v>
+        <v>199</v>
       </c>
       <c r="E9" t="s">
         <v>46</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9">
         <v>2</v>
       </c>
       <c r="H9" t="s">
         <v>38</v>
       </c>
       <c r="J9" t="s">
         <v>37</v>
       </c>
       <c r="L9" t="s">
         <v>65</v>
       </c>
       <c r="M9" t="s">
         <v>64</v>
       </c>
       <c r="N9" t="s">
         <v>6</v>
       </c>
       <c r="O9" t="s">
         <v>63</v>
       </c>
       <c r="P9" t="s">
         <v>4</v>
       </c>
       <c r="Q9" t="s">
         <v>3</v>
       </c>
       <c r="R9" t="s">
-        <v>104</v>
+        <v>131</v>
       </c>
       <c r="S9" t="s">
-        <v>103</v>
+        <v>130</v>
       </c>
       <c r="T9">
         <v>289893</v>
       </c>
       <c r="U9">
         <v>696</v>
       </c>
       <c r="V9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>29</v>
       </c>
       <c r="B10">
         <v>100261</v>
       </c>
       <c r="C10" t="s">
-        <v>143</v>
+        <v>198</v>
       </c>
       <c r="D10" t="s">
-        <v>142</v>
+        <v>197</v>
       </c>
       <c r="E10" t="s">
         <v>46</v>
       </c>
       <c r="F10" t="s">
-        <v>122</v>
+        <v>163</v>
       </c>
       <c r="G10">
         <v>2</v>
       </c>
       <c r="H10" t="s">
         <v>38</v>
       </c>
       <c r="J10" t="s">
-        <v>141</v>
+        <v>196</v>
       </c>
       <c r="L10" t="s">
-        <v>140</v>
+        <v>195</v>
       </c>
       <c r="M10" t="s">
-        <v>139</v>
+        <v>194</v>
       </c>
       <c r="N10" t="s">
         <v>6</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
         <v>4</v>
       </c>
       <c r="Q10" t="s">
         <v>3</v>
       </c>
       <c r="R10" t="s">
-        <v>138</v>
+        <v>193</v>
       </c>
       <c r="S10" t="s">
-        <v>137</v>
+        <v>192</v>
       </c>
       <c r="T10">
         <v>289935</v>
       </c>
       <c r="U10">
         <v>690</v>
       </c>
       <c r="V10" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>29</v>
       </c>
       <c r="B11">
-        <v>100425</v>
+        <v>100262</v>
       </c>
       <c r="C11" t="s">
-        <v>136</v>
+        <v>191</v>
       </c>
       <c r="D11" t="s">
-        <v>135</v>
+        <v>190</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>134</v>
+        <v>11</v>
       </c>
       <c r="G11">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H11" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>83</v>
       </c>
       <c r="J11" t="s">
-        <v>133</v>
+        <v>189</v>
       </c>
       <c r="L11" t="s">
-        <v>65</v>
+        <v>188</v>
       </c>
       <c r="M11" t="s">
-        <v>64</v>
+        <v>95</v>
       </c>
       <c r="N11" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="O11" t="s">
-        <v>63</v>
+        <v>187</v>
       </c>
       <c r="P11" t="s">
-        <v>4</v>
+        <v>79</v>
       </c>
       <c r="Q11" t="s">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="R11" t="s">
-        <v>62</v>
+        <v>186</v>
       </c>
       <c r="S11" t="s">
-        <v>61</v>
+        <v>185</v>
       </c>
       <c r="T11">
-        <v>290481</v>
+        <v>289938</v>
       </c>
       <c r="U11">
-        <v>699</v>
+        <v>662</v>
       </c>
       <c r="V11" t="s">
         <v>0</v>
+      </c>
+      <c r="W11" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>29</v>
       </c>
       <c r="B12">
-        <v>100432</v>
+        <v>100425</v>
       </c>
       <c r="C12" t="s">
-        <v>132</v>
+        <v>184</v>
       </c>
       <c r="D12" t="s">
-        <v>131</v>
+        <v>183</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>80</v>
+        <v>182</v>
       </c>
       <c r="G12">
         <v>2</v>
       </c>
       <c r="H12" t="s">
-        <v>38</v>
+        <v>57</v>
+      </c>
+      <c r="I12" t="s">
+        <v>56</v>
       </c>
       <c r="J12" t="s">
-        <v>37</v>
+        <v>181</v>
       </c>
       <c r="L12" t="s">
         <v>65</v>
       </c>
       <c r="M12" t="s">
         <v>64</v>
       </c>
       <c r="N12" t="s">
         <v>6</v>
       </c>
       <c r="O12" t="s">
         <v>63</v>
       </c>
       <c r="P12" t="s">
         <v>4</v>
       </c>
       <c r="Q12" t="s">
         <v>3</v>
       </c>
       <c r="R12" t="s">
-        <v>88</v>
+        <v>62</v>
       </c>
       <c r="S12" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="T12">
-        <v>290532</v>
+        <v>290481</v>
       </c>
       <c r="U12">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="V12" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13">
-        <v>100479</v>
+        <v>100432</v>
       </c>
       <c r="C13" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="D13" t="s">
-        <v>129</v>
+        <v>179</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="G13">
         <v>2</v>
       </c>
       <c r="H13" t="s">
-        <v>128</v>
+        <v>38</v>
       </c>
       <c r="J13" t="s">
-        <v>127</v>
+        <v>37</v>
       </c>
       <c r="L13" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="M13" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="N13" t="s">
         <v>6</v>
       </c>
       <c r="O13" t="s">
-        <v>5</v>
+        <v>63</v>
       </c>
       <c r="P13" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="Q13" t="s">
-        <v>51</v>
+        <v>3</v>
       </c>
       <c r="R13" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="S13" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="T13">
-        <v>290679</v>
+        <v>290532</v>
       </c>
       <c r="U13">
-        <v>817</v>
+        <v>697</v>
       </c>
       <c r="V13" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14">
-        <v>100500</v>
+        <v>100447</v>
       </c>
       <c r="C14" t="s">
-        <v>124</v>
+        <v>178</v>
       </c>
       <c r="D14" t="s">
-        <v>123</v>
+        <v>177</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="G14">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H14" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="J14" t="s">
-        <v>37</v>
+        <v>176</v>
+      </c>
+      <c r="K14" t="s">
+        <v>175</v>
       </c>
       <c r="L14" t="s">
-        <v>65</v>
+        <v>174</v>
       </c>
       <c r="M14" t="s">
-        <v>64</v>
+        <v>136</v>
       </c>
       <c r="N14" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="O14" t="s">
-        <v>63</v>
+        <v>5</v>
       </c>
       <c r="P14" t="s">
-        <v>4</v>
+        <v>79</v>
       </c>
       <c r="Q14" t="s">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="R14" t="s">
-        <v>88</v>
+        <v>173</v>
       </c>
       <c r="S14" t="s">
-        <v>87</v>
+        <v>172</v>
       </c>
       <c r="T14">
-        <v>290738</v>
+        <v>290564</v>
       </c>
       <c r="U14">
-        <v>697</v>
+        <v>647</v>
       </c>
       <c r="V14" t="s">
         <v>0</v>
+      </c>
+      <c r="W14" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>29</v>
       </c>
       <c r="B15">
-        <v>100503</v>
+        <v>100479</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>171</v>
       </c>
       <c r="D15" t="s">
-        <v>120</v>
+        <v>170</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>119</v>
+        <v>84</v>
       </c>
       <c r="G15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H15" t="s">
-        <v>118</v>
+        <v>169</v>
       </c>
       <c r="J15" t="s">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="L15" t="s">
-        <v>117</v>
+        <v>54</v>
       </c>
       <c r="M15" t="s">
-        <v>116</v>
+        <v>53</v>
       </c>
       <c r="N15" t="s">
         <v>6</v>
       </c>
       <c r="O15" t="s">
-        <v>63</v>
+        <v>5</v>
       </c>
       <c r="P15" t="s">
-        <v>115</v>
+        <v>52</v>
       </c>
       <c r="Q15" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="R15" t="s">
-        <v>113</v>
+        <v>167</v>
       </c>
       <c r="S15" t="s">
-        <v>112</v>
+        <v>166</v>
       </c>
       <c r="T15">
-        <v>290756</v>
+        <v>290679</v>
       </c>
       <c r="U15">
-        <v>639</v>
+        <v>817</v>
       </c>
       <c r="V15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>29</v>
       </c>
       <c r="B16">
-        <v>100582</v>
+        <v>100500</v>
       </c>
       <c r="C16" t="s">
-        <v>111</v>
+        <v>165</v>
       </c>
       <c r="D16" t="s">
-        <v>110</v>
+        <v>164</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>91</v>
+        <v>163</v>
       </c>
       <c r="G16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H16" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="J16" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="M16" t="s">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="N16" t="s">
         <v>6</v>
       </c>
       <c r="O16" t="s">
-        <v>5</v>
+        <v>63</v>
       </c>
       <c r="P16" t="s">
         <v>4</v>
       </c>
       <c r="Q16" t="s">
         <v>3</v>
       </c>
       <c r="R16" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="S16" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="T16">
-        <v>290980</v>
+        <v>290738</v>
       </c>
       <c r="U16">
-        <v>711</v>
+        <v>697</v>
       </c>
       <c r="V16" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>29</v>
       </c>
       <c r="B17">
-        <v>100607</v>
+        <v>100503</v>
       </c>
       <c r="C17" t="s">
-        <v>106</v>
+        <v>160</v>
       </c>
       <c r="D17" t="s">
-        <v>105</v>
+        <v>159</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>91</v>
+        <v>158</v>
       </c>
       <c r="G17">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H17" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="J17" t="s">
-        <v>37</v>
+        <v>162</v>
       </c>
       <c r="L17" t="s">
-        <v>8</v>
+        <v>161</v>
       </c>
       <c r="M17" t="s">
-        <v>7</v>
+        <v>110</v>
       </c>
       <c r="N17" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="O17" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>4</v>
+        <v>79</v>
       </c>
       <c r="Q17" t="s">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="R17" t="s">
-        <v>42</v>
+        <v>109</v>
       </c>
       <c r="S17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="T17">
-        <v>291041</v>
+        <v>290756</v>
       </c>
       <c r="U17">
-        <v>702</v>
+        <v>665</v>
       </c>
       <c r="V17" t="s">
         <v>0</v>
+      </c>
+      <c r="W17" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>29</v>
       </c>
       <c r="B18">
-        <v>100607</v>
+        <v>100503</v>
       </c>
       <c r="C18" t="s">
-        <v>106</v>
+        <v>160</v>
       </c>
       <c r="D18" t="s">
-        <v>105</v>
+        <v>159</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>91</v>
+        <v>158</v>
       </c>
       <c r="G18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H18" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="J18" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="L18" t="s">
-        <v>65</v>
+        <v>157</v>
       </c>
       <c r="M18" t="s">
-        <v>64</v>
+        <v>156</v>
       </c>
       <c r="N18" t="s">
         <v>6</v>
       </c>
       <c r="O18" t="s">
         <v>63</v>
       </c>
       <c r="P18" t="s">
-        <v>4</v>
+        <v>155</v>
       </c>
       <c r="Q18" t="s">
-        <v>3</v>
+        <v>154</v>
       </c>
       <c r="R18" t="s">
-        <v>104</v>
+        <v>153</v>
       </c>
       <c r="S18" t="s">
-        <v>103</v>
+        <v>152</v>
       </c>
       <c r="T18">
-        <v>291041</v>
+        <v>290756</v>
       </c>
       <c r="U18">
-        <v>696</v>
+        <v>639</v>
       </c>
       <c r="V18" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>29</v>
       </c>
       <c r="B19">
-        <v>100624</v>
+        <v>100538</v>
       </c>
       <c r="C19" t="s">
-        <v>102</v>
+        <v>151</v>
       </c>
       <c r="D19" t="s">
-        <v>101</v>
+        <v>150</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>100</v>
+        <v>149</v>
       </c>
       <c r="G19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H19" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="J19" t="s">
-        <v>37</v>
+        <v>148</v>
       </c>
       <c r="L19" t="s">
-        <v>8</v>
+        <v>147</v>
       </c>
       <c r="M19" t="s">
-        <v>7</v>
+        <v>80</v>
       </c>
       <c r="N19" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="O19" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>4</v>
+        <v>79</v>
       </c>
       <c r="Q19" t="s">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="R19" t="s">
-        <v>35</v>
+        <v>146</v>
       </c>
       <c r="S19" t="s">
-        <v>34</v>
+        <v>145</v>
       </c>
       <c r="T19">
-        <v>291110</v>
+        <v>290877</v>
       </c>
       <c r="U19">
-        <v>703</v>
+        <v>657</v>
       </c>
       <c r="V19" t="s">
         <v>0</v>
+      </c>
+      <c r="W19" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
         <v>29</v>
       </c>
       <c r="B20">
-        <v>100624</v>
+        <v>100582</v>
       </c>
       <c r="C20" t="s">
-        <v>102</v>
+        <v>144</v>
       </c>
       <c r="D20" t="s">
-        <v>101</v>
+        <v>143</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="G20">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H20" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="J20" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="L20" t="s">
-        <v>65</v>
+        <v>8</v>
       </c>
       <c r="M20" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="N20" t="s">
         <v>6</v>
       </c>
       <c r="O20" t="s">
-        <v>63</v>
+        <v>5</v>
       </c>
       <c r="P20" t="s">
         <v>4</v>
       </c>
       <c r="Q20" t="s">
         <v>3</v>
       </c>
       <c r="R20" t="s">
-        <v>88</v>
+        <v>142</v>
       </c>
       <c r="S20" t="s">
-        <v>87</v>
+        <v>141</v>
       </c>
       <c r="T20">
-        <v>291110</v>
+        <v>290980</v>
       </c>
       <c r="U20">
-        <v>697</v>
+        <v>711</v>
       </c>
       <c r="V20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>29</v>
       </c>
       <c r="B21">
-        <v>100678</v>
+        <v>100585</v>
       </c>
       <c r="C21" t="s">
-        <v>99</v>
+        <v>140</v>
       </c>
       <c r="D21" t="s">
-        <v>98</v>
+        <v>139</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F21" t="s">
-        <v>91</v>
+        <v>3</v>
       </c>
       <c r="G21">
+        <v>1</v>
+      </c>
+      <c r="H21" t="s">
+        <v>10</v>
+      </c>
+      <c r="J21" t="s">
+        <v>138</v>
+      </c>
+      <c r="L21" t="s">
+        <v>137</v>
+      </c>
+      <c r="M21" t="s">
+        <v>136</v>
+      </c>
+      <c r="N21" t="s">
+        <v>76</v>
+      </c>
+      <c r="O21" t="s">
+        <v>5</v>
+      </c>
+      <c r="P21" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>26</v>
+      </c>
+      <c r="R21" t="s">
         <v>2</v>
       </c>
-      <c r="H21" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="S21" t="s">
-        <v>96</v>
+        <v>135</v>
       </c>
       <c r="T21">
-        <v>291276</v>
+        <v>290983</v>
       </c>
       <c r="U21">
-        <v>799</v>
+        <v>653</v>
       </c>
       <c r="V21" t="s">
         <v>0</v>
+      </c>
+      <c r="W21" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
         <v>29</v>
       </c>
       <c r="B22">
-        <v>100692</v>
+        <v>100607</v>
       </c>
       <c r="C22" t="s">
-        <v>95</v>
+        <v>133</v>
       </c>
       <c r="D22" t="s">
-        <v>94</v>
+        <v>132</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F22" t="s">
-        <v>91</v>
+        <v>119</v>
       </c>
       <c r="G22">
         <v>2</v>
       </c>
       <c r="H22" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="J22" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="L22" t="s">
         <v>8</v>
       </c>
       <c r="M22" t="s">
         <v>7</v>
       </c>
       <c r="N22" t="s">
         <v>6</v>
       </c>
       <c r="O22" t="s">
         <v>36</v>
       </c>
       <c r="P22" t="s">
         <v>4</v>
       </c>
       <c r="Q22" t="s">
         <v>3</v>
       </c>
       <c r="R22" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="S22" t="s">
-        <v>34</v>
+        <v>134</v>
       </c>
       <c r="T22">
-        <v>291290</v>
+        <v>291041</v>
       </c>
       <c r="U22">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="V22" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
         <v>29</v>
       </c>
       <c r="B23">
-        <v>100693</v>
+        <v>100607</v>
       </c>
       <c r="C23" t="s">
-        <v>93</v>
+        <v>133</v>
       </c>
       <c r="D23" t="s">
-        <v>92</v>
+        <v>132</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F23" t="s">
-        <v>91</v>
+        <v>119</v>
       </c>
       <c r="G23">
         <v>2</v>
       </c>
       <c r="H23" t="s">
         <v>38</v>
       </c>
       <c r="J23" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="L23" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="M23" t="s">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="N23" t="s">
         <v>6</v>
       </c>
       <c r="O23" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="P23" t="s">
         <v>4</v>
       </c>
       <c r="Q23" t="s">
         <v>3</v>
       </c>
       <c r="R23" t="s">
-        <v>35</v>
+        <v>131</v>
       </c>
       <c r="S23" t="s">
-        <v>34</v>
+        <v>130</v>
       </c>
       <c r="T23">
-        <v>291291</v>
+        <v>291041</v>
       </c>
       <c r="U23">
-        <v>703</v>
+        <v>696</v>
       </c>
       <c r="V23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
         <v>29</v>
       </c>
       <c r="B24">
-        <v>100714</v>
+        <v>100624</v>
       </c>
       <c r="C24" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="D24" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="G24">
         <v>2</v>
       </c>
       <c r="H24" t="s">
         <v>38</v>
       </c>
       <c r="J24" t="s">
         <v>37</v>
       </c>
       <c r="L24" t="s">
-        <v>65</v>
+        <v>8</v>
       </c>
       <c r="M24" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="N24" t="s">
         <v>6</v>
       </c>
       <c r="O24" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="P24" t="s">
         <v>4</v>
       </c>
       <c r="Q24" t="s">
         <v>3</v>
       </c>
       <c r="R24" t="s">
-        <v>88</v>
+        <v>35</v>
       </c>
       <c r="S24" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="T24">
-        <v>291360</v>
+        <v>291110</v>
       </c>
       <c r="U24">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="V24" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
         <v>29</v>
       </c>
       <c r="B25">
-        <v>100730</v>
+        <v>100624</v>
       </c>
       <c r="C25" t="s">
-        <v>86</v>
+        <v>129</v>
       </c>
       <c r="D25" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
         <v>84</v>
       </c>
       <c r="G25">
         <v>2</v>
       </c>
       <c r="H25" t="s">
         <v>38</v>
       </c>
       <c r="J25" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="L25" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="M25" t="s">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="N25" t="s">
         <v>6</v>
       </c>
       <c r="O25" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="P25" t="s">
         <v>4</v>
       </c>
       <c r="Q25" t="s">
         <v>3</v>
       </c>
       <c r="R25" t="s">
-        <v>77</v>
+        <v>116</v>
       </c>
       <c r="S25" t="s">
-        <v>76</v>
+        <v>115</v>
       </c>
       <c r="T25">
-        <v>291387</v>
+        <v>291110</v>
       </c>
       <c r="U25">
-        <v>705</v>
+        <v>697</v>
       </c>
       <c r="V25" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26">
-        <v>100822</v>
+        <v>100678</v>
       </c>
       <c r="C26" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="D26" t="s">
-        <v>81</v>
+        <v>126</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>80</v>
+        <v>119</v>
       </c>
       <c r="G26">
         <v>2</v>
       </c>
       <c r="H26" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>25</v>
       </c>
       <c r="J26" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="M26" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="N26" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="O26" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="Q26" t="s">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="R26" t="s">
-        <v>77</v>
+        <v>125</v>
       </c>
       <c r="S26" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="T26">
-        <v>291616</v>
+        <v>291276</v>
       </c>
       <c r="U26">
-        <v>705</v>
+        <v>799</v>
       </c>
       <c r="V26" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
         <v>29</v>
       </c>
       <c r="B27">
-        <v>100936</v>
+        <v>100692</v>
       </c>
       <c r="C27" t="s">
-        <v>75</v>
+        <v>123</v>
       </c>
       <c r="D27" t="s">
-        <v>74</v>
+        <v>122</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>66</v>
+        <v>119</v>
       </c>
       <c r="G27">
         <v>2</v>
       </c>
       <c r="H27" t="s">
-        <v>25</v>
+        <v>57</v>
+      </c>
+      <c r="I27" t="s">
+        <v>56</v>
       </c>
       <c r="J27" t="s">
-        <v>24</v>
+        <v>55</v>
+      </c>
+      <c r="K27" t="s">
+        <v>89</v>
       </c>
       <c r="L27" t="s">
-        <v>73</v>
+        <v>8</v>
       </c>
       <c r="M27" t="s">
-        <v>72</v>
+        <v>7</v>
       </c>
       <c r="N27" t="s">
         <v>6</v>
       </c>
       <c r="O27" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="P27" t="s">
         <v>4</v>
       </c>
       <c r="Q27" t="s">
         <v>3</v>
       </c>
       <c r="R27" t="s">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="S27" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="T27">
-        <v>291894</v>
+        <v>291290</v>
       </c>
       <c r="U27">
-        <v>3801</v>
+        <v>703</v>
       </c>
       <c r="V27" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
         <v>29</v>
       </c>
       <c r="B28">
-        <v>100937</v>
+        <v>100693</v>
       </c>
       <c r="C28" t="s">
-        <v>68</v>
+        <v>121</v>
       </c>
       <c r="D28" t="s">
-        <v>67</v>
+        <v>120</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>66</v>
+        <v>119</v>
       </c>
       <c r="G28">
         <v>2</v>
       </c>
       <c r="H28" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="J28" t="s">
-        <v>24</v>
+        <v>100</v>
+      </c>
+      <c r="K28" t="s">
+        <v>89</v>
       </c>
       <c r="L28" t="s">
-        <v>65</v>
+        <v>8</v>
       </c>
       <c r="M28" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="N28" t="s">
         <v>6</v>
       </c>
       <c r="O28" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="P28" t="s">
         <v>4</v>
       </c>
       <c r="Q28" t="s">
         <v>3</v>
       </c>
       <c r="R28" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="S28" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="T28">
-        <v>291895</v>
+        <v>291291</v>
       </c>
       <c r="U28">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="V28" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
         <v>29</v>
       </c>
       <c r="B29">
-        <v>100991</v>
+        <v>100714</v>
       </c>
       <c r="C29" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
       <c r="D29" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="E29" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>58</v>
+        <v>91</v>
       </c>
       <c r="G29">
         <v>2</v>
       </c>
       <c r="H29" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="J29" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="L29" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="M29" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="N29" t="s">
         <v>6</v>
       </c>
       <c r="O29" t="s">
-        <v>5</v>
+        <v>63</v>
       </c>
       <c r="P29" t="s">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="Q29" t="s">
-        <v>51</v>
+        <v>3</v>
       </c>
       <c r="R29" t="s">
-        <v>50</v>
+        <v>116</v>
       </c>
       <c r="S29" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="T29">
-        <v>292038</v>
+        <v>291360</v>
       </c>
       <c r="U29">
-        <v>818</v>
+        <v>697</v>
       </c>
       <c r="V29" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
         <v>29</v>
       </c>
       <c r="B30">
-        <v>101043</v>
+        <v>100715</v>
       </c>
       <c r="C30" t="s">
-        <v>48</v>
+        <v>114</v>
       </c>
       <c r="D30" t="s">
-        <v>47</v>
+        <v>113</v>
       </c>
       <c r="E30" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>3</v>
+        <v>91</v>
       </c>
       <c r="G30">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H30" t="s">
-        <v>25</v>
+        <v>83</v>
       </c>
       <c r="J30" t="s">
-        <v>45</v>
+        <v>112</v>
       </c>
       <c r="L30" t="s">
-        <v>44</v>
+        <v>111</v>
       </c>
       <c r="M30" t="s">
-        <v>43</v>
+        <v>110</v>
       </c>
       <c r="N30" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="O30" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>19</v>
+        <v>79</v>
       </c>
       <c r="Q30" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="R30" t="s">
-        <v>42</v>
+        <v>109</v>
       </c>
       <c r="S30" t="s">
-        <v>41</v>
+        <v>108</v>
       </c>
       <c r="T30">
-        <v>292175</v>
+        <v>291361</v>
       </c>
       <c r="U30">
-        <v>786</v>
+        <v>665</v>
       </c>
       <c r="V30" t="s">
         <v>0</v>
+      </c>
+      <c r="W30" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
         <v>29</v>
       </c>
       <c r="B31">
-        <v>101072</v>
+        <v>100730</v>
       </c>
       <c r="C31" t="s">
-        <v>40</v>
+        <v>103</v>
       </c>
       <c r="D31" t="s">
-        <v>39</v>
+        <v>102</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
+        <v>101</v>
+      </c>
+      <c r="G31">
+        <v>1</v>
+      </c>
+      <c r="H31" t="s">
+        <v>83</v>
+      </c>
+      <c r="J31" t="s">
+        <v>55</v>
+      </c>
+      <c r="K31" t="s">
+        <v>107</v>
+      </c>
+      <c r="L31" t="s">
+        <v>106</v>
+      </c>
+      <c r="M31" t="s">
+        <v>80</v>
+      </c>
+      <c r="N31" t="s">
+        <v>76</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q31" t="s">
         <v>26</v>
       </c>
-      <c r="G31">
-[...25 lines deleted...]
-      </c>
       <c r="R31" t="s">
-        <v>35</v>
+        <v>105</v>
       </c>
       <c r="S31" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="T31">
-        <v>292238</v>
+        <v>291387</v>
       </c>
       <c r="U31">
-        <v>703</v>
+        <v>659</v>
       </c>
       <c r="V31" t="s">
         <v>0</v>
+      </c>
+      <c r="W31" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
         <v>29</v>
       </c>
       <c r="B32">
-        <v>101141</v>
+        <v>100730</v>
       </c>
       <c r="C32" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="D32" t="s">
-        <v>32</v>
+        <v>102</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>18</v>
+        <v>101</v>
       </c>
       <c r="G32">
         <v>2</v>
       </c>
       <c r="H32" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="J32" t="s">
-        <v>24</v>
+        <v>100</v>
+      </c>
+      <c r="K32" t="s">
+        <v>89</v>
       </c>
       <c r="L32" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="M32" t="s">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="N32" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="O32" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="P32" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="Q32" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="R32" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
       <c r="S32" t="s">
-        <v>30</v>
+        <v>87</v>
       </c>
       <c r="T32">
-        <v>298571</v>
+        <v>291387</v>
       </c>
       <c r="U32">
-        <v>801</v>
+        <v>705</v>
       </c>
       <c r="V32" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
         <v>29</v>
       </c>
       <c r="B33">
-        <v>101146</v>
+        <v>100734</v>
       </c>
       <c r="C33" t="s">
-        <v>28</v>
+        <v>99</v>
       </c>
       <c r="D33" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F33" t="s">
+        <v>51</v>
+      </c>
+      <c r="G33">
+        <v>1</v>
+      </c>
+      <c r="H33" t="s">
+        <v>83</v>
+      </c>
+      <c r="J33" t="s">
+        <v>97</v>
+      </c>
+      <c r="L33" t="s">
+        <v>96</v>
+      </c>
+      <c r="M33" t="s">
+        <v>95</v>
+      </c>
+      <c r="N33" t="s">
+        <v>76</v>
+      </c>
+      <c r="O33" t="s">
+        <v>71</v>
+      </c>
+      <c r="P33" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q33" t="s">
         <v>26</v>
       </c>
-      <c r="G33">
-[...25 lines deleted...]
-      </c>
       <c r="R33" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="S33" t="s">
-        <v>16</v>
+        <v>94</v>
       </c>
       <c r="T33">
-        <v>299031</v>
+        <v>291392</v>
       </c>
       <c r="U33">
-        <v>800</v>
+        <v>663</v>
       </c>
       <c r="V33" t="s">
         <v>0</v>
+      </c>
+      <c r="W33" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="B34">
-        <v>100771</v>
+        <v>100822</v>
       </c>
       <c r="C34" t="s">
-        <v>14</v>
+        <v>93</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>11</v>
+        <v>91</v>
       </c>
       <c r="G34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H34" t="s">
-        <v>10</v>
+        <v>57</v>
+      </c>
+      <c r="I34" t="s">
+        <v>56</v>
       </c>
       <c r="J34" t="s">
-        <v>9</v>
+        <v>90</v>
+      </c>
+      <c r="K34" t="s">
+        <v>89</v>
       </c>
       <c r="L34" t="s">
         <v>8</v>
       </c>
       <c r="M34" t="s">
         <v>7</v>
       </c>
       <c r="N34" t="s">
         <v>6</v>
       </c>
       <c r="O34" t="s">
-        <v>5</v>
+        <v>36</v>
       </c>
       <c r="P34" t="s">
         <v>4</v>
       </c>
       <c r="Q34" t="s">
         <v>3</v>
       </c>
       <c r="R34" t="s">
+        <v>88</v>
+      </c>
+      <c r="S34" t="s">
+        <v>87</v>
+      </c>
+      <c r="T34">
+        <v>291616</v>
+      </c>
+      <c r="U34">
+        <v>705</v>
+      </c>
+      <c r="V34" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:23">
+      <c r="A35" t="s">
+        <v>29</v>
+      </c>
+      <c r="B35">
+        <v>100875</v>
+      </c>
+      <c r="C35" t="s">
+        <v>86</v>
+      </c>
+      <c r="D35" t="s">
+        <v>85</v>
+      </c>
+      <c r="E35" t="s">
+        <v>46</v>
+      </c>
+      <c r="F35" t="s">
+        <v>84</v>
+      </c>
+      <c r="G35">
+        <v>1</v>
+      </c>
+      <c r="H35" t="s">
+        <v>83</v>
+      </c>
+      <c r="J35" t="s">
+        <v>55</v>
+      </c>
+      <c r="K35" t="s">
+        <v>82</v>
+      </c>
+      <c r="L35" t="s">
+        <v>81</v>
+      </c>
+      <c r="M35" t="s">
+        <v>80</v>
+      </c>
+      <c r="N35" t="s">
+        <v>76</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>26</v>
+      </c>
+      <c r="R35" t="s">
+        <v>78</v>
+      </c>
+      <c r="S35" t="s">
+        <v>77</v>
+      </c>
+      <c r="T35">
+        <v>291739</v>
+      </c>
+      <c r="U35">
+        <v>660</v>
+      </c>
+      <c r="V35" t="s">
+        <v>0</v>
+      </c>
+      <c r="W35" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="36" spans="1:23">
+      <c r="A36" t="s">
+        <v>29</v>
+      </c>
+      <c r="B36">
+        <v>100936</v>
+      </c>
+      <c r="C36" t="s">
+        <v>75</v>
+      </c>
+      <c r="D36" t="s">
+        <v>74</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>66</v>
+      </c>
+      <c r="G36">
         <v>2</v>
       </c>
-      <c r="S34" t="s">
+      <c r="H36" t="s">
+        <v>25</v>
+      </c>
+      <c r="J36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>73</v>
+      </c>
+      <c r="M36" t="s">
+        <v>72</v>
+      </c>
+      <c r="N36" t="s">
+        <v>6</v>
+      </c>
+      <c r="O36" t="s">
+        <v>71</v>
+      </c>
+      <c r="P36" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>3</v>
+      </c>
+      <c r="R36" t="s">
+        <v>70</v>
+      </c>
+      <c r="S36" t="s">
+        <v>69</v>
+      </c>
+      <c r="T36">
+        <v>291894</v>
+      </c>
+      <c r="U36">
+        <v>3801</v>
+      </c>
+      <c r="V36" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:23">
+      <c r="A37" t="s">
+        <v>29</v>
+      </c>
+      <c r="B37">
+        <v>100937</v>
+      </c>
+      <c r="C37" t="s">
+        <v>68</v>
+      </c>
+      <c r="D37" t="s">
+        <v>67</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>66</v>
+      </c>
+      <c r="G37">
+        <v>2</v>
+      </c>
+      <c r="H37" t="s">
+        <v>25</v>
+      </c>
+      <c r="J37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>65</v>
+      </c>
+      <c r="M37" t="s">
+        <v>64</v>
+      </c>
+      <c r="N37" t="s">
+        <v>6</v>
+      </c>
+      <c r="O37" t="s">
+        <v>63</v>
+      </c>
+      <c r="P37" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>3</v>
+      </c>
+      <c r="R37" t="s">
+        <v>62</v>
+      </c>
+      <c r="S37" t="s">
+        <v>61</v>
+      </c>
+      <c r="T37">
+        <v>291895</v>
+      </c>
+      <c r="U37">
+        <v>699</v>
+      </c>
+      <c r="V37" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:23">
+      <c r="A38" t="s">
+        <v>29</v>
+      </c>
+      <c r="B38">
+        <v>100991</v>
+      </c>
+      <c r="C38" t="s">
+        <v>60</v>
+      </c>
+      <c r="D38" t="s">
+        <v>59</v>
+      </c>
+      <c r="E38" t="s">
+        <v>46</v>
+      </c>
+      <c r="F38" t="s">
+        <v>58</v>
+      </c>
+      <c r="G38">
+        <v>2</v>
+      </c>
+      <c r="H38" t="s">
+        <v>57</v>
+      </c>
+      <c r="I38" t="s">
+        <v>56</v>
+      </c>
+      <c r="J38" t="s">
+        <v>55</v>
+      </c>
+      <c r="L38" t="s">
+        <v>54</v>
+      </c>
+      <c r="M38" t="s">
+        <v>53</v>
+      </c>
+      <c r="N38" t="s">
+        <v>6</v>
+      </c>
+      <c r="O38" t="s">
+        <v>5</v>
+      </c>
+      <c r="P38" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>51</v>
+      </c>
+      <c r="R38" t="s">
+        <v>50</v>
+      </c>
+      <c r="S38" t="s">
+        <v>49</v>
+      </c>
+      <c r="T38">
+        <v>292038</v>
+      </c>
+      <c r="U38">
+        <v>818</v>
+      </c>
+      <c r="V38" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:23">
+      <c r="A39" t="s">
+        <v>29</v>
+      </c>
+      <c r="B39">
+        <v>101043</v>
+      </c>
+      <c r="C39" t="s">
+        <v>48</v>
+      </c>
+      <c r="D39" t="s">
+        <v>47</v>
+      </c>
+      <c r="E39" t="s">
+        <v>46</v>
+      </c>
+      <c r="F39" t="s">
+        <v>3</v>
+      </c>
+      <c r="G39">
+        <v>2</v>
+      </c>
+      <c r="H39" t="s">
+        <v>25</v>
+      </c>
+      <c r="J39" t="s">
+        <v>45</v>
+      </c>
+      <c r="L39" t="s">
+        <v>44</v>
+      </c>
+      <c r="M39" t="s">
+        <v>43</v>
+      </c>
+      <c r="N39" t="s">
+        <v>21</v>
+      </c>
+      <c r="O39" t="s">
+        <v>36</v>
+      </c>
+      <c r="P39" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>18</v>
+      </c>
+      <c r="R39" t="s">
+        <v>42</v>
+      </c>
+      <c r="S39" t="s">
+        <v>41</v>
+      </c>
+      <c r="T39">
+        <v>292175</v>
+      </c>
+      <c r="U39">
+        <v>786</v>
+      </c>
+      <c r="V39" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:23">
+      <c r="A40" t="s">
+        <v>29</v>
+      </c>
+      <c r="B40">
+        <v>101072</v>
+      </c>
+      <c r="C40" t="s">
+        <v>40</v>
+      </c>
+      <c r="D40" t="s">
+        <v>39</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>26</v>
+      </c>
+      <c r="G40">
+        <v>2</v>
+      </c>
+      <c r="H40" t="s">
+        <v>38</v>
+      </c>
+      <c r="J40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40" t="s">
+        <v>8</v>
+      </c>
+      <c r="M40" t="s">
+        <v>7</v>
+      </c>
+      <c r="N40" t="s">
+        <v>6</v>
+      </c>
+      <c r="O40" t="s">
+        <v>36</v>
+      </c>
+      <c r="P40" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>3</v>
+      </c>
+      <c r="R40" t="s">
+        <v>35</v>
+      </c>
+      <c r="S40" t="s">
+        <v>34</v>
+      </c>
+      <c r="T40">
+        <v>292238</v>
+      </c>
+      <c r="U40">
+        <v>703</v>
+      </c>
+      <c r="V40" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:23">
+      <c r="A41" t="s">
+        <v>29</v>
+      </c>
+      <c r="B41">
+        <v>101141</v>
+      </c>
+      <c r="C41" t="s">
+        <v>33</v>
+      </c>
+      <c r="D41" t="s">
+        <v>32</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>18</v>
+      </c>
+      <c r="G41">
+        <v>2</v>
+      </c>
+      <c r="H41" t="s">
+        <v>25</v>
+      </c>
+      <c r="J41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>23</v>
+      </c>
+      <c r="M41" t="s">
+        <v>22</v>
+      </c>
+      <c r="N41" t="s">
+        <v>21</v>
+      </c>
+      <c r="O41" t="s">
+        <v>20</v>
+      </c>
+      <c r="P41" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>18</v>
+      </c>
+      <c r="R41" t="s">
+        <v>31</v>
+      </c>
+      <c r="S41" t="s">
+        <v>30</v>
+      </c>
+      <c r="T41">
+        <v>298571</v>
+      </c>
+      <c r="U41">
+        <v>801</v>
+      </c>
+      <c r="V41" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:23">
+      <c r="A42" t="s">
+        <v>29</v>
+      </c>
+      <c r="B42">
+        <v>101146</v>
+      </c>
+      <c r="C42" t="s">
+        <v>28</v>
+      </c>
+      <c r="D42" t="s">
+        <v>27</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>26</v>
+      </c>
+      <c r="G42">
+        <v>2</v>
+      </c>
+      <c r="H42" t="s">
+        <v>25</v>
+      </c>
+      <c r="J42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>23</v>
+      </c>
+      <c r="M42" t="s">
+        <v>22</v>
+      </c>
+      <c r="N42" t="s">
+        <v>21</v>
+      </c>
+      <c r="O42" t="s">
+        <v>20</v>
+      </c>
+      <c r="P42" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>18</v>
+      </c>
+      <c r="R42" t="s">
+        <v>17</v>
+      </c>
+      <c r="S42" t="s">
+        <v>16</v>
+      </c>
+      <c r="T42">
+        <v>299031</v>
+      </c>
+      <c r="U42">
+        <v>800</v>
+      </c>
+      <c r="V42" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:23">
+      <c r="A43" t="s">
+        <v>15</v>
+      </c>
+      <c r="B43">
+        <v>100771</v>
+      </c>
+      <c r="C43" t="s">
+        <v>14</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43">
         <v>1</v>
       </c>
-      <c r="T34">
+      <c r="H43" t="s">
+        <v>10</v>
+      </c>
+      <c r="J43" t="s">
+        <v>9</v>
+      </c>
+      <c r="L43" t="s">
+        <v>8</v>
+      </c>
+      <c r="M43" t="s">
+        <v>7</v>
+      </c>
+      <c r="N43" t="s">
+        <v>6</v>
+      </c>
+      <c r="O43" t="s">
+        <v>5</v>
+      </c>
+      <c r="P43" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>3</v>
+      </c>
+      <c r="R43" t="s">
+        <v>2</v>
+      </c>
+      <c r="S43" t="s">
+        <v>1</v>
+      </c>
+      <c r="T43">
         <v>291481</v>
       </c>
-      <c r="U34">
+      <c r="U43">
         <v>712</v>
       </c>
-      <c r="V34" t="s">
+      <c r="V43" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:W34"/>
-  <conditionalFormatting sqref="G3:G34">
+  <autoFilter ref="A2:W43"/>
+  <conditionalFormatting sqref="G3:G43">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>